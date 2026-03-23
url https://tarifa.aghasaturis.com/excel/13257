--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="583" uniqueCount="583">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="568" uniqueCount="568">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
@@ -1010,65 +1010,50 @@
   <si>
     <t>Velamp-SL608-Farola LED solar 2300 lúmenes IP65 SPIELBERG</t>
   </si>
   <si>
     <t>8003910112117</t>
   </si>
   <si>
     <t>P10-03-047-V02-P01</t>
   </si>
   <si>
     <t>A1954110110SL373</t>
   </si>
   <si>
     <t>SL373</t>
   </si>
   <si>
     <t>Velamp-SL373-Farola CRUISER (15 W)</t>
   </si>
   <si>
     <t>8003910110373</t>
   </si>
   <si>
     <t>P10-03-048-V01-P01</t>
   </si>
   <si>
-    <t>A1954110120SL374</t>
-[...13 lines deleted...]
-  <si>
     <t>A1954110130SL375</t>
   </si>
   <si>
     <t>SL375</t>
   </si>
   <si>
     <t>Velamp-SL375-Farola CRUISER (40 W)</t>
   </si>
   <si>
     <t>8003910112100</t>
   </si>
   <si>
     <t>P10-03-048-V01-P03</t>
   </si>
   <si>
     <t>A1954120100SL361</t>
   </si>
   <si>
     <t>SL361</t>
   </si>
   <si>
     <t>Velamp-SL361-Foco MAYA (8 W)</t>
   </si>
   <si>
     <t>8003910114999</t>
@@ -1085,65 +1070,50 @@
   <si>
     <t>Velamp-SL363-Foco MAYA (12 W)</t>
   </si>
   <si>
     <t>8003910115002</t>
   </si>
   <si>
     <t>P10-03-048-V02-P02</t>
   </si>
   <si>
     <t>A1954120120SL356</t>
   </si>
   <si>
     <t>SL356</t>
   </si>
   <si>
     <t>Velamp-SL356-Foco LED solar con monoblock y detector de movimiento SUGAR</t>
   </si>
   <si>
     <t>8003910116108</t>
   </si>
   <si>
     <t>P10-03-049-V01-P01</t>
   </si>
   <si>
-    <t>A1954120130SL365</t>
-[...13 lines deleted...]
-  <si>
     <t>A1954120140SL366</t>
   </si>
   <si>
     <t>SL366</t>
   </si>
   <si>
     <t>Velamp-SL366-Proyector LED con detector de presencia y panel solar remoto CUBE 4.800 lm</t>
   </si>
   <si>
     <t>8003910112087</t>
   </si>
   <si>
     <t>P10-03-050-V01-P01</t>
   </si>
   <si>
     <t>A1954120150SL367</t>
   </si>
   <si>
     <t>SL367</t>
   </si>
   <si>
     <t>Velamp-SL367-Proyector LED con detector de presencia y panel solar remoto CUBE 9.600 lm</t>
   </si>
   <si>
     <t>8003910115194</t>
@@ -1173,65 +1143,50 @@
     <t>LT040</t>
   </si>
   <si>
     <t>Velamp-LT040-Regleta LED recargable LACTEA (40 cm)</t>
   </si>
   <si>
     <t>8003910115057</t>
   </si>
   <si>
     <t>P10-03-051-V01-P02</t>
   </si>
   <si>
     <t>A1955100120LT011</t>
   </si>
   <si>
     <t>LT011</t>
   </si>
   <si>
     <t>Velamp-LT011-Mini Regleta LED con detector de movimiento SMARTY</t>
   </si>
   <si>
     <t>8003910923171</t>
   </si>
   <si>
     <t>P10-03-051-V02-P01</t>
-  </si>
-[...13 lines deleted...]
-    <t>P10-03-051-V03-P01</t>
   </si>
   <si>
     <t>A1955100140IL05LED</t>
   </si>
   <si>
     <t>IL05LED</t>
   </si>
   <si>
     <t>Velamp-IL05LED-Lámpara LED de un toque redonda blanca PUSHLIGHT</t>
   </si>
   <si>
     <t>8003910116627</t>
   </si>
   <si>
     <t>P10-03-052-V01-P01</t>
   </si>
   <si>
     <t>A1955100150IL12</t>
   </si>
   <si>
     <t>IL12</t>
   </si>
   <si>
     <t>Velamp-IL12-Mini lámpara LED de un toque redonda con acabado en aluminio MINIPUSHLIGHT</t>
   </si>
@@ -1805,51 +1760,51 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M115"/>
+  <dimension ref="A1:M112"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="14"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="7"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="19"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -3722,1483 +3677,1396 @@
       </c>
       <c r="H65" t="s">
         <v>331</v>
       </c>
       <c r="I65">
         <v>2</v>
       </c>
       <c r="J65" t="s">
         <v>16</v>
       </c>
       <c r="K65" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>333</v>
       </c>
       <c r="B66" t="s">
         <v>334</v>
       </c>
       <c r="C66" t="s">
         <v>335</v>
       </c>
       <c r="D66">
-        <v>129.9</v>
+        <v>249.9</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
         <v>336</v>
       </c>
       <c r="I66">
         <v>1</v>
       </c>
       <c r="J66" t="s">
         <v>16</v>
       </c>
       <c r="K66" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>338</v>
       </c>
       <c r="B67" t="s">
         <v>339</v>
       </c>
       <c r="C67" t="s">
         <v>340</v>
       </c>
       <c r="D67">
-        <v>249.9</v>
+        <v>22.9</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
         <v>341</v>
       </c>
       <c r="I67">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J67" t="s">
         <v>16</v>
       </c>
       <c r="K67" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>343</v>
       </c>
       <c r="B68" t="s">
         <v>344</v>
       </c>
       <c r="C68" t="s">
         <v>345</v>
       </c>
       <c r="D68">
-        <v>22.9</v>
+        <v>36.9</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
         <v>346</v>
       </c>
       <c r="I68">
         <v>4</v>
       </c>
       <c r="J68" t="s">
         <v>16</v>
       </c>
       <c r="K68" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>348</v>
       </c>
       <c r="B69" t="s">
         <v>349</v>
       </c>
       <c r="C69" t="s">
         <v>350</v>
       </c>
       <c r="D69">
-        <v>36.9</v>
+        <v>49.9</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
         <v>351</v>
       </c>
       <c r="I69">
         <v>4</v>
       </c>
       <c r="J69" t="s">
         <v>16</v>
       </c>
       <c r="K69" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>353</v>
       </c>
       <c r="B70" t="s">
         <v>354</v>
       </c>
       <c r="C70" t="s">
         <v>355</v>
       </c>
       <c r="D70">
-        <v>49.9</v>
+        <v>109.9</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="H70" t="s">
         <v>356</v>
       </c>
       <c r="I70">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J70" t="s">
         <v>16</v>
       </c>
       <c r="K70" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>358</v>
       </c>
       <c r="B71" t="s">
         <v>359</v>
       </c>
       <c r="C71" t="s">
         <v>360</v>
       </c>
       <c r="D71">
-        <v>54.9</v>
+        <v>249.9</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
         <v>361</v>
       </c>
       <c r="I71">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J71" t="s">
         <v>16</v>
       </c>
       <c r="K71" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>363</v>
       </c>
       <c r="B72" t="s">
         <v>364</v>
       </c>
       <c r="C72" t="s">
         <v>365</v>
       </c>
       <c r="D72">
-        <v>109.9</v>
+        <v>20.9</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
         <v>366</v>
       </c>
       <c r="I72">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J72" t="s">
         <v>16</v>
       </c>
       <c r="K72" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>368</v>
       </c>
       <c r="B73" t="s">
         <v>369</v>
       </c>
       <c r="C73" t="s">
         <v>370</v>
       </c>
       <c r="D73">
-        <v>249.9</v>
+        <v>26.9</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
         <v>371</v>
       </c>
       <c r="I73">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J73" t="s">
         <v>16</v>
       </c>
       <c r="K73" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>373</v>
       </c>
       <c r="B74" t="s">
         <v>374</v>
       </c>
       <c r="C74" t="s">
         <v>375</v>
       </c>
       <c r="D74">
-        <v>20.9</v>
+        <v>12.9</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
         <v>376</v>
       </c>
       <c r="I74">
         <v>6</v>
       </c>
       <c r="J74" t="s">
         <v>16</v>
       </c>
       <c r="K74" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>378</v>
       </c>
       <c r="B75" t="s">
         <v>379</v>
       </c>
       <c r="C75" t="s">
         <v>380</v>
       </c>
       <c r="D75">
-        <v>26.9</v>
+        <v>5.9</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
         <v>381</v>
       </c>
       <c r="I75">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="J75" t="s">
         <v>16</v>
       </c>
       <c r="K75" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>383</v>
       </c>
       <c r="B76" t="s">
         <v>384</v>
       </c>
       <c r="C76" t="s">
         <v>385</v>
       </c>
       <c r="D76">
-        <v>12.9</v>
+        <v>4.9</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
         <v>386</v>
       </c>
       <c r="I76">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J76" t="s">
         <v>16</v>
       </c>
       <c r="K76" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>388</v>
       </c>
       <c r="B77" t="s">
         <v>389</v>
       </c>
       <c r="C77" t="s">
         <v>390</v>
       </c>
       <c r="D77">
-        <v>6.9</v>
+        <v>9.9</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
         <v>391</v>
       </c>
       <c r="I77">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J77" t="s">
         <v>16</v>
       </c>
       <c r="K77" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>393</v>
       </c>
       <c r="B78" t="s">
         <v>394</v>
       </c>
       <c r="C78" t="s">
         <v>395</v>
       </c>
       <c r="D78">
         <v>5.9</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
         <v>396</v>
       </c>
       <c r="I78">
         <v>12</v>
       </c>
       <c r="J78" t="s">
         <v>16</v>
       </c>
       <c r="K78" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>398</v>
       </c>
       <c r="B79" t="s">
         <v>399</v>
       </c>
       <c r="C79" t="s">
         <v>400</v>
       </c>
       <c r="D79">
-        <v>4.9</v>
+        <v>5.9</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
         <v>401</v>
       </c>
       <c r="I79">
         <v>12</v>
       </c>
       <c r="J79" t="s">
         <v>16</v>
       </c>
       <c r="K79" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>403</v>
       </c>
       <c r="B80" t="s">
         <v>404</v>
       </c>
       <c r="C80" t="s">
         <v>405</v>
       </c>
       <c r="D80">
-        <v>9.9</v>
+        <v>6.9</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
         <v>406</v>
       </c>
       <c r="I80">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J80" t="s">
         <v>16</v>
       </c>
       <c r="K80" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>408</v>
       </c>
       <c r="B81" t="s">
         <v>409</v>
       </c>
       <c r="C81" t="s">
         <v>410</v>
       </c>
       <c r="D81">
-        <v>5.9</v>
+        <v>52.9</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
         <v>411</v>
       </c>
       <c r="I81">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="J81" t="s">
         <v>16</v>
       </c>
       <c r="K81" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>413</v>
       </c>
       <c r="B82" t="s">
         <v>414</v>
       </c>
       <c r="C82" t="s">
         <v>415</v>
       </c>
       <c r="D82">
-        <v>5.9</v>
+        <v>29.9</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
         <v>416</v>
       </c>
       <c r="I82">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J82" t="s">
         <v>16</v>
       </c>
       <c r="K82" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>418</v>
       </c>
       <c r="B83" t="s">
         <v>419</v>
       </c>
       <c r="C83" t="s">
         <v>420</v>
       </c>
       <c r="D83">
-        <v>6.9</v>
+        <v>19.9</v>
       </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
         <v>421</v>
       </c>
       <c r="I83">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J83" t="s">
         <v>16</v>
       </c>
       <c r="K83" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>423</v>
       </c>
       <c r="B84" t="s">
         <v>424</v>
       </c>
       <c r="C84" t="s">
         <v>425</v>
       </c>
       <c r="D84">
-        <v>52.9</v>
+        <v>13.9</v>
       </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
         <v>426</v>
       </c>
       <c r="I84">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J84" t="s">
         <v>16</v>
       </c>
       <c r="K84" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>428</v>
       </c>
       <c r="B85" t="s">
         <v>429</v>
       </c>
       <c r="C85" t="s">
         <v>430</v>
       </c>
       <c r="D85">
-        <v>29.9</v>
+        <v>10.9</v>
       </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="H85" t="s">
         <v>431</v>
       </c>
       <c r="I85">
         <v>6</v>
       </c>
       <c r="J85" t="s">
         <v>16</v>
       </c>
       <c r="K85" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>433</v>
       </c>
       <c r="B86" t="s">
         <v>434</v>
       </c>
       <c r="C86" t="s">
         <v>435</v>
       </c>
       <c r="D86">
-        <v>19.9</v>
+        <v>9.9</v>
       </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="H86" t="s">
         <v>436</v>
       </c>
       <c r="I86">
         <v>6</v>
       </c>
       <c r="J86" t="s">
         <v>16</v>
       </c>
       <c r="K86" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>438</v>
       </c>
       <c r="B87" t="s">
         <v>439</v>
       </c>
       <c r="C87" t="s">
         <v>440</v>
       </c>
       <c r="D87">
-        <v>13.9</v>
+        <v>7.9</v>
       </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
         <v>441</v>
       </c>
       <c r="I87">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J87" t="s">
         <v>16</v>
       </c>
       <c r="K87" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>443</v>
       </c>
       <c r="B88" t="s">
         <v>444</v>
       </c>
       <c r="C88" t="s">
         <v>445</v>
       </c>
       <c r="D88">
-        <v>10.9</v>
+        <v>5.9</v>
       </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
         <v>446</v>
       </c>
       <c r="I88">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J88" t="s">
         <v>16</v>
       </c>
       <c r="K88" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>448</v>
       </c>
       <c r="B89" t="s">
         <v>449</v>
       </c>
       <c r="C89" t="s">
         <v>450</v>
       </c>
       <c r="D89">
-        <v>9.9</v>
+        <v>6.9</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89" t="s">
         <v>451</v>
       </c>
       <c r="I89">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J89" t="s">
         <v>16</v>
       </c>
       <c r="K89" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>453</v>
       </c>
       <c r="B90" t="s">
         <v>454</v>
       </c>
       <c r="C90" t="s">
         <v>455</v>
       </c>
       <c r="D90">
-        <v>7.9</v>
+        <v>18.9</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
         <v>456</v>
       </c>
       <c r="I90">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J90" t="s">
         <v>16</v>
       </c>
       <c r="K90" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>458</v>
       </c>
       <c r="B91" t="s">
         <v>459</v>
       </c>
       <c r="C91" t="s">
         <v>460</v>
       </c>
       <c r="D91">
-        <v>5.9</v>
+        <v>19.9</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
         <v>461</v>
       </c>
       <c r="I91">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J91" t="s">
         <v>16</v>
       </c>
       <c r="K91" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>463</v>
       </c>
       <c r="B92" t="s">
         <v>464</v>
       </c>
       <c r="C92" t="s">
         <v>465</v>
       </c>
       <c r="D92">
-        <v>6.9</v>
+        <v>2.2</v>
       </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="H92" t="s">
         <v>466</v>
       </c>
       <c r="I92">
         <v>12</v>
       </c>
       <c r="J92" t="s">
         <v>16</v>
       </c>
       <c r="K92" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>468</v>
       </c>
       <c r="B93" t="s">
         <v>469</v>
       </c>
       <c r="C93" t="s">
         <v>470</v>
       </c>
       <c r="D93">
-        <v>18.9</v>
+        <v>5.9</v>
       </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="H93" t="s">
         <v>471</v>
       </c>
       <c r="I93">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J93" t="s">
         <v>16</v>
       </c>
       <c r="K93" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>473</v>
       </c>
       <c r="B94" t="s">
         <v>474</v>
       </c>
       <c r="C94" t="s">
         <v>475</v>
       </c>
       <c r="D94">
-        <v>19.9</v>
+        <v>5.9</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
         <v>476</v>
       </c>
       <c r="I94">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J94" t="s">
         <v>16</v>
       </c>
       <c r="K94" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>478</v>
       </c>
       <c r="B95" t="s">
         <v>479</v>
       </c>
       <c r="C95" t="s">
         <v>480</v>
       </c>
       <c r="D95">
-        <v>2.2</v>
+        <v>8.9</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95" t="s">
         <v>481</v>
       </c>
       <c r="I95">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J95" t="s">
         <v>16</v>
       </c>
       <c r="K95" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>483</v>
       </c>
       <c r="B96" t="s">
         <v>484</v>
       </c>
       <c r="C96" t="s">
         <v>485</v>
       </c>
       <c r="D96">
-        <v>5.9</v>
+        <v>2.05</v>
       </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="H96" t="s">
         <v>486</v>
       </c>
       <c r="I96">
         <v>12</v>
       </c>
       <c r="J96" t="s">
         <v>16</v>
       </c>
       <c r="K96" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>488</v>
       </c>
       <c r="B97" t="s">
         <v>489</v>
       </c>
       <c r="C97" t="s">
         <v>490</v>
       </c>
       <c r="D97">
-        <v>5.9</v>
+        <v>4.05</v>
       </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
         <v>491</v>
       </c>
       <c r="I97">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="J97" t="s">
         <v>16</v>
       </c>
       <c r="K97" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>493</v>
       </c>
       <c r="B98" t="s">
         <v>494</v>
       </c>
       <c r="C98" t="s">
         <v>495</v>
       </c>
       <c r="D98">
-        <v>8.9</v>
+        <v>5.7</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="H98" t="s">
         <v>496</v>
       </c>
       <c r="I98">
         <v>6</v>
       </c>
       <c r="J98" t="s">
         <v>16</v>
       </c>
       <c r="K98" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>498</v>
       </c>
       <c r="B99" t="s">
         <v>499</v>
       </c>
       <c r="C99" t="s">
         <v>500</v>
       </c>
       <c r="D99">
-        <v>2.05</v>
+        <v>10.95</v>
       </c>
       <c r="G99" t="s">
         <v>14</v>
       </c>
       <c r="H99" t="s">
         <v>501</v>
       </c>
       <c r="I99">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J99" t="s">
         <v>16</v>
       </c>
       <c r="K99" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>503</v>
       </c>
       <c r="B100" t="s">
         <v>504</v>
       </c>
       <c r="C100" t="s">
         <v>505</v>
       </c>
       <c r="D100">
-        <v>4.05</v>
+        <v>2.05</v>
       </c>
       <c r="G100" t="s">
         <v>14</v>
       </c>
       <c r="H100" t="s">
         <v>506</v>
       </c>
       <c r="I100">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J100" t="s">
         <v>16</v>
       </c>
       <c r="K100" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>508</v>
       </c>
       <c r="B101" t="s">
         <v>509</v>
       </c>
       <c r="C101" t="s">
         <v>510</v>
       </c>
       <c r="D101">
-        <v>5.7</v>
+        <v>4.05</v>
       </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="H101" t="s">
         <v>511</v>
       </c>
       <c r="I101">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J101" t="s">
         <v>16</v>
       </c>
       <c r="K101" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>513</v>
       </c>
       <c r="B102" t="s">
         <v>514</v>
       </c>
       <c r="C102" t="s">
         <v>515</v>
       </c>
       <c r="D102">
-        <v>10.95</v>
+        <v>5.7</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
         <v>516</v>
       </c>
       <c r="I102">
         <v>6</v>
       </c>
       <c r="J102" t="s">
         <v>16</v>
       </c>
       <c r="K102" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>518</v>
       </c>
       <c r="B103" t="s">
         <v>519</v>
       </c>
       <c r="C103" t="s">
         <v>520</v>
       </c>
       <c r="D103">
-        <v>2.05</v>
+        <v>10.95</v>
       </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
         <v>521</v>
       </c>
       <c r="I103">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J103" t="s">
         <v>16</v>
       </c>
       <c r="K103" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>523</v>
       </c>
       <c r="B104" t="s">
         <v>524</v>
       </c>
       <c r="C104" t="s">
         <v>525</v>
       </c>
       <c r="D104">
-        <v>4.05</v>
+        <v>3.8</v>
       </c>
       <c r="G104" t="s">
         <v>14</v>
       </c>
       <c r="H104" t="s">
         <v>526</v>
       </c>
       <c r="I104">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J104" t="s">
         <v>16</v>
       </c>
       <c r="K104" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>528</v>
       </c>
       <c r="B105" t="s">
         <v>529</v>
       </c>
       <c r="C105" t="s">
         <v>530</v>
       </c>
       <c r="D105">
         <v>5.7</v>
       </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
         <v>531</v>
       </c>
       <c r="I105">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J105" t="s">
         <v>16</v>
       </c>
       <c r="K105" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>533</v>
       </c>
       <c r="B106" t="s">
         <v>534</v>
       </c>
       <c r="C106" t="s">
         <v>535</v>
       </c>
       <c r="D106">
-        <v>10.95</v>
+        <v>3.3</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
         <v>536</v>
       </c>
       <c r="I106">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J106" t="s">
         <v>16</v>
       </c>
       <c r="K106" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>538</v>
       </c>
       <c r="B107" t="s">
         <v>539</v>
       </c>
       <c r="C107" t="s">
         <v>540</v>
       </c>
       <c r="D107">
-        <v>3.8</v>
+        <v>2.9</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107" t="s">
         <v>541</v>
       </c>
       <c r="I107">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="J107" t="s">
         <v>16</v>
       </c>
       <c r="K107" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>543</v>
       </c>
       <c r="B108" t="s">
         <v>544</v>
       </c>
       <c r="C108" t="s">
         <v>545</v>
       </c>
       <c r="D108">
-        <v>5.7</v>
+        <v>5.9</v>
       </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="H108" t="s">
         <v>546</v>
       </c>
       <c r="I108">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="J108" t="s">
         <v>16</v>
       </c>
       <c r="K108" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>548</v>
       </c>
       <c r="B109" t="s">
         <v>549</v>
       </c>
       <c r="C109" t="s">
         <v>550</v>
       </c>
       <c r="D109">
-        <v>3.3</v>
+        <v>26.9</v>
       </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="H109" t="s">
         <v>551</v>
       </c>
       <c r="I109">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="J109" t="s">
         <v>16</v>
       </c>
       <c r="K109" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>553</v>
       </c>
       <c r="B110" t="s">
         <v>554</v>
       </c>
       <c r="C110" t="s">
         <v>555</v>
       </c>
       <c r="D110">
-        <v>2.9</v>
+        <v>43.9</v>
       </c>
       <c r="G110" t="s">
         <v>14</v>
       </c>
       <c r="H110" t="s">
         <v>556</v>
       </c>
       <c r="I110">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="J110" t="s">
         <v>16</v>
       </c>
       <c r="K110" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>558</v>
       </c>
       <c r="B111" t="s">
         <v>559</v>
       </c>
       <c r="C111" t="s">
         <v>560</v>
       </c>
       <c r="D111">
-        <v>5.9</v>
+        <v>69.9</v>
       </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="H111" t="s">
         <v>561</v>
       </c>
       <c r="I111">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J111" t="s">
         <v>16</v>
       </c>
       <c r="K111" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>563</v>
       </c>
       <c r="B112" t="s">
         <v>564</v>
       </c>
       <c r="C112" t="s">
         <v>565</v>
       </c>
       <c r="D112">
-        <v>26.9</v>
+        <v>99.9</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112" t="s">
         <v>566</v>
       </c>
       <c r="I112">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J112" t="s">
         <v>16</v>
       </c>
       <c r="K112" t="s">
         <v>567</v>
-      </c>
-[...85 lines deleted...]
-        <v>582</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>