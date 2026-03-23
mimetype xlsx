--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2107" uniqueCount="2107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2112" uniqueCount="2112">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
@@ -63,50 +63,65 @@
     <t>Marca</t>
   </si>
   <si>
     <t>Página Catálogo</t>
   </si>
   <si>
     <t>A127200020031062</t>
   </si>
   <si>
     <t>3106-2</t>
   </si>
   <si>
     <t>MPS-3106-2-Hoja sierra calar 3106 (pack de 2 uds)</t>
   </si>
   <si>
     <t>RI</t>
   </si>
   <si>
     <t>4028655231064</t>
   </si>
   <si>
     <t>MPS</t>
   </si>
   <si>
     <t>P03-03-011-V01-P01</t>
+  </si>
+  <si>
+    <t>A12760001275509</t>
+  </si>
+  <si>
+    <t>5509</t>
+  </si>
+  <si>
+    <t>MPS-5509-Adaptador para corona vástago hexagonal (Ø 9,5 mm para coronas 32-210 mm)</t>
+  </si>
+  <si>
+    <t>4028655055097</t>
+  </si>
+  <si>
+    <t>P03-03-058-V01-P07W</t>
   </si>
   <si>
     <t>A12720004653165F5</t>
   </si>
   <si>
     <t>3165-F-5</t>
   </si>
   <si>
     <t>MPS-3165-F-5-Hojas sierra de calar MPS 3165-F (5 uds)</t>
   </si>
   <si>
     <t>4028655316563</t>
   </si>
   <si>
     <t>P03-03-018-V02-P02W</t>
   </si>
   <si>
     <t>A12745003656127</t>
   </si>
   <si>
     <t>6127</t>
   </si>
   <si>
     <t>MPS-6127-Sierra de corona M42 HSS-Co8 BiMetal serie 60 (127 mm)</t>
   </si>
@@ -6377,56 +6392,56 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M420"/>
+  <dimension ref="A1:M421"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="19"/>
     <col min="3" max="3" width="60"/>
-    <col min="4" max="4" width="7"/>
+    <col min="4" max="4" width="8"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="6"/>
     <col min="11" max="11" width="20"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -6467,1588 +6482,1588 @@
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
       <c r="K2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3">
-        <v>14.68</v>
+        <v>12.7405</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>16</v>
       </c>
       <c r="K3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4">
-        <v>44.01</v>
+        <v>14.68</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
       <c r="I4">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5">
-        <v>46.13</v>
+        <v>44.01</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="I5">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>16</v>
       </c>
       <c r="K5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6">
-        <v>21</v>
+        <v>46.13</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
       <c r="I6">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>16</v>
       </c>
       <c r="K6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7">
-        <v>5.2</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
       <c r="I7">
         <v>10</v>
       </c>
       <c r="J7" t="s">
         <v>16</v>
       </c>
       <c r="K7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8">
-        <v>5.26</v>
+        <v>5.2</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>46</v>
       </c>
       <c r="I8">
         <v>10</v>
       </c>
       <c r="J8" t="s">
         <v>16</v>
       </c>
       <c r="K8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9">
-        <v>4.39</v>
+        <v>5.26</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
       <c r="I9">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="J9" t="s">
         <v>16</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
         <v>55</v>
       </c>
       <c r="D10">
-        <v>5.56</v>
+        <v>4.39</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
       <c r="I10">
         <v>20</v>
       </c>
       <c r="J10" t="s">
         <v>16</v>
       </c>
       <c r="K10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>58</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11">
-        <v>14.99</v>
+        <v>5.56</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>61</v>
       </c>
       <c r="I11">
         <v>20</v>
       </c>
       <c r="J11" t="s">
         <v>16</v>
       </c>
       <c r="K11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>63</v>
       </c>
       <c r="B12" t="s">
         <v>64</v>
       </c>
       <c r="C12" t="s">
         <v>65</v>
       </c>
       <c r="D12">
-        <v>2.03</v>
+        <v>14.99</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>66</v>
       </c>
       <c r="I12">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J12" t="s">
         <v>16</v>
       </c>
       <c r="K12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>68</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
       <c r="C13" t="s">
         <v>70</v>
       </c>
       <c r="D13">
-        <v>4.32</v>
+        <v>2.03</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
         <v>71</v>
       </c>
       <c r="I13">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J13" t="s">
         <v>16</v>
       </c>
       <c r="K13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>73</v>
       </c>
       <c r="B14" t="s">
         <v>74</v>
       </c>
       <c r="C14" t="s">
         <v>75</v>
       </c>
       <c r="D14">
-        <v>2.29</v>
+        <v>4.32</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>76</v>
       </c>
       <c r="I14">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J14" t="s">
         <v>16</v>
       </c>
       <c r="K14" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>78</v>
       </c>
       <c r="B15" t="s">
         <v>79</v>
       </c>
       <c r="C15" t="s">
         <v>80</v>
       </c>
       <c r="D15">
-        <v>4.63</v>
+        <v>2.29</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>81</v>
       </c>
       <c r="I15">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J15" t="s">
         <v>16</v>
       </c>
       <c r="K15" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16" t="s">
         <v>85</v>
       </c>
       <c r="D16">
-        <v>6.01</v>
+        <v>4.63</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>86</v>
       </c>
       <c r="I16">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J16" t="s">
         <v>16</v>
       </c>
       <c r="K16" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>88</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
       <c r="C17" t="s">
         <v>90</v>
       </c>
       <c r="D17">
-        <v>13.53</v>
+        <v>6.01</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>91</v>
       </c>
       <c r="I17">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J17" t="s">
         <v>16</v>
       </c>
       <c r="K17" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>93</v>
       </c>
       <c r="B18" t="s">
         <v>94</v>
       </c>
       <c r="C18" t="s">
         <v>95</v>
       </c>
       <c r="D18">
         <v>13.53</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>96</v>
       </c>
       <c r="I18">
         <v>20</v>
       </c>
       <c r="J18" t="s">
         <v>16</v>
       </c>
       <c r="K18" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>98</v>
       </c>
       <c r="B19" t="s">
         <v>99</v>
       </c>
       <c r="C19" t="s">
         <v>100</v>
       </c>
       <c r="D19">
-        <v>2.48</v>
+        <v>13.53</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>101</v>
       </c>
       <c r="I19">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J19" t="s">
         <v>16</v>
       </c>
       <c r="K19" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>103</v>
       </c>
       <c r="B20" t="s">
         <v>104</v>
       </c>
       <c r="C20" t="s">
         <v>105</v>
       </c>
       <c r="D20">
-        <v>4.92</v>
+        <v>2.48</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>106</v>
       </c>
       <c r="I20">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J20" t="s">
         <v>16</v>
       </c>
       <c r="K20" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>108</v>
       </c>
       <c r="B21" t="s">
         <v>109</v>
       </c>
       <c r="C21" t="s">
         <v>110</v>
       </c>
       <c r="D21">
-        <v>2.84</v>
+        <v>4.92</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>111</v>
       </c>
       <c r="I21">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J21" t="s">
         <v>16</v>
       </c>
       <c r="K21" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>113</v>
       </c>
       <c r="B22" t="s">
         <v>114</v>
       </c>
       <c r="C22" t="s">
         <v>115</v>
       </c>
       <c r="D22">
-        <v>6.14</v>
+        <v>2.84</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>116</v>
       </c>
       <c r="I22">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J22" t="s">
         <v>16</v>
       </c>
       <c r="K22" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>118</v>
       </c>
       <c r="B23" t="s">
         <v>119</v>
       </c>
       <c r="C23" t="s">
         <v>120</v>
       </c>
       <c r="D23">
-        <v>7.87</v>
+        <v>6.14</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>121</v>
       </c>
       <c r="I23">
         <v>20</v>
       </c>
       <c r="J23" t="s">
         <v>16</v>
       </c>
       <c r="K23" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>123</v>
       </c>
       <c r="B24" t="s">
         <v>124</v>
       </c>
       <c r="C24" t="s">
         <v>125</v>
       </c>
       <c r="D24">
-        <v>8.47</v>
+        <v>7.87</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>126</v>
       </c>
       <c r="I24">
         <v>20</v>
       </c>
       <c r="J24" t="s">
         <v>16</v>
       </c>
       <c r="K24" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>128</v>
       </c>
       <c r="B25" t="s">
         <v>129</v>
       </c>
       <c r="C25" t="s">
         <v>130</v>
       </c>
       <c r="D25">
-        <v>2.79</v>
+        <v>8.47</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>131</v>
       </c>
       <c r="I25">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J25" t="s">
         <v>16</v>
       </c>
       <c r="K25" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>133</v>
       </c>
       <c r="B26" t="s">
         <v>134</v>
       </c>
       <c r="C26" t="s">
         <v>135</v>
       </c>
       <c r="D26">
-        <v>5.89</v>
+        <v>2.79</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>136</v>
       </c>
       <c r="I26">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J26" t="s">
         <v>16</v>
       </c>
       <c r="K26" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>138</v>
       </c>
       <c r="B27" t="s">
         <v>139</v>
       </c>
       <c r="C27" t="s">
         <v>140</v>
       </c>
       <c r="D27">
-        <v>15.25</v>
+        <v>5.89</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>141</v>
       </c>
       <c r="I27">
         <v>20</v>
       </c>
       <c r="J27" t="s">
         <v>16</v>
       </c>
       <c r="K27" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>143</v>
       </c>
       <c r="B28" t="s">
         <v>144</v>
       </c>
       <c r="C28" t="s">
         <v>145</v>
       </c>
       <c r="D28">
-        <v>2.81</v>
+        <v>15.25</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>146</v>
       </c>
       <c r="I28">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J28" t="s">
         <v>16</v>
       </c>
       <c r="K28" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>148</v>
       </c>
       <c r="B29" t="s">
         <v>149</v>
       </c>
       <c r="C29" t="s">
         <v>150</v>
       </c>
       <c r="D29">
-        <v>6.04</v>
+        <v>2.81</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>151</v>
       </c>
       <c r="I29">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J29" t="s">
         <v>16</v>
       </c>
       <c r="K29" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>153</v>
       </c>
       <c r="B30" t="s">
         <v>154</v>
       </c>
       <c r="C30" t="s">
         <v>155</v>
       </c>
       <c r="D30">
-        <v>7.87</v>
+        <v>6.04</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>156</v>
       </c>
       <c r="I30">
         <v>20</v>
       </c>
       <c r="J30" t="s">
         <v>16</v>
       </c>
       <c r="K30" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>158</v>
       </c>
       <c r="B31" t="s">
         <v>159</v>
       </c>
       <c r="C31" t="s">
         <v>160</v>
       </c>
       <c r="D31">
-        <v>7.23</v>
+        <v>7.87</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>161</v>
       </c>
       <c r="I31">
         <v>20</v>
       </c>
       <c r="J31" t="s">
         <v>16</v>
       </c>
       <c r="K31" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>163</v>
       </c>
       <c r="B32" t="s">
         <v>164</v>
       </c>
       <c r="C32" t="s">
         <v>165</v>
       </c>
       <c r="D32">
-        <v>2.94</v>
+        <v>7.23</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>166</v>
       </c>
       <c r="I32">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J32" t="s">
         <v>16</v>
       </c>
       <c r="K32" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>168</v>
       </c>
       <c r="B33" t="s">
         <v>169</v>
       </c>
       <c r="C33" t="s">
         <v>170</v>
       </c>
       <c r="D33">
-        <v>6.25</v>
+        <v>2.94</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>171</v>
       </c>
       <c r="I33">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J33" t="s">
         <v>16</v>
       </c>
       <c r="K33" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>173</v>
       </c>
       <c r="B34" t="s">
         <v>174</v>
       </c>
       <c r="C34" t="s">
         <v>175</v>
       </c>
       <c r="D34">
-        <v>7.02</v>
+        <v>6.25</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>176</v>
       </c>
       <c r="I34">
         <v>20</v>
       </c>
       <c r="J34" t="s">
         <v>16</v>
       </c>
       <c r="K34" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>178</v>
       </c>
       <c r="B35" t="s">
         <v>179</v>
       </c>
       <c r="C35" t="s">
         <v>180</v>
       </c>
       <c r="D35">
-        <v>3.08</v>
+        <v>7.02</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>181</v>
       </c>
       <c r="I35">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J35" t="s">
         <v>16</v>
       </c>
       <c r="K35" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>183</v>
       </c>
       <c r="B36" t="s">
         <v>184</v>
       </c>
       <c r="C36" t="s">
         <v>185</v>
       </c>
       <c r="D36">
-        <v>7.23</v>
+        <v>3.08</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>186</v>
       </c>
       <c r="I36">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J36" t="s">
         <v>16</v>
       </c>
       <c r="K36" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>188</v>
       </c>
       <c r="B37" t="s">
         <v>189</v>
       </c>
       <c r="C37" t="s">
         <v>190</v>
       </c>
       <c r="D37">
-        <v>6.04</v>
+        <v>7.23</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
         <v>191</v>
       </c>
       <c r="I37">
         <v>20</v>
       </c>
       <c r="J37" t="s">
         <v>16</v>
       </c>
       <c r="K37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>195</v>
       </c>
       <c r="D38">
-        <v>7.25</v>
+        <v>6.04</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>196</v>
       </c>
       <c r="I38">
         <v>20</v>
       </c>
       <c r="J38" t="s">
         <v>16</v>
       </c>
       <c r="K38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>199</v>
       </c>
       <c r="C39" t="s">
         <v>200</v>
       </c>
       <c r="D39">
-        <v>9.35</v>
+        <v>7.25</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>201</v>
       </c>
       <c r="I39">
         <v>20</v>
       </c>
       <c r="J39" t="s">
         <v>16</v>
       </c>
       <c r="K39" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>203</v>
       </c>
       <c r="B40" t="s">
         <v>204</v>
       </c>
       <c r="C40" t="s">
         <v>205</v>
       </c>
       <c r="D40">
-        <v>5.06</v>
+        <v>9.35</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>206</v>
       </c>
       <c r="I40">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J40" t="s">
         <v>16</v>
       </c>
       <c r="K40" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>208</v>
       </c>
       <c r="B41" t="s">
         <v>209</v>
       </c>
       <c r="C41" t="s">
         <v>210</v>
       </c>
       <c r="D41">
-        <v>12.15</v>
+        <v>5.06</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
         <v>211</v>
       </c>
       <c r="I41">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J41" t="s">
         <v>16</v>
       </c>
       <c r="K41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
       <c r="C42" t="s">
         <v>215</v>
       </c>
       <c r="D42">
-        <v>2.94</v>
+        <v>12.15</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>216</v>
       </c>
       <c r="I42">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J42" t="s">
         <v>16</v>
       </c>
       <c r="K42" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>218</v>
       </c>
       <c r="B43" t="s">
         <v>219</v>
       </c>
       <c r="C43" t="s">
         <v>220</v>
       </c>
       <c r="D43">
-        <v>6.52</v>
+        <v>2.94</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>221</v>
       </c>
       <c r="I43">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J43" t="s">
         <v>16</v>
       </c>
       <c r="K43" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>223</v>
       </c>
       <c r="B44" t="s">
         <v>224</v>
       </c>
       <c r="C44" t="s">
         <v>225</v>
       </c>
       <c r="D44">
-        <v>11.24</v>
+        <v>6.52</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>226</v>
       </c>
       <c r="I44">
         <v>20</v>
       </c>
       <c r="J44" t="s">
         <v>16</v>
       </c>
       <c r="K44" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>228</v>
       </c>
       <c r="B45" t="s">
         <v>229</v>
       </c>
       <c r="C45" t="s">
         <v>230</v>
       </c>
       <c r="D45">
-        <v>8.14</v>
+        <v>11.24</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>231</v>
       </c>
       <c r="I45">
         <v>20</v>
       </c>
       <c r="J45" t="s">
         <v>16</v>
       </c>
       <c r="K45" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>233</v>
       </c>
       <c r="B46" t="s">
         <v>234</v>
       </c>
       <c r="C46" t="s">
         <v>235</v>
       </c>
       <c r="D46">
-        <v>2.89</v>
+        <v>8.14</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>236</v>
       </c>
       <c r="I46">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J46" t="s">
         <v>16</v>
       </c>
       <c r="K46" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>238</v>
       </c>
       <c r="B47" t="s">
         <v>239</v>
       </c>
       <c r="C47" t="s">
         <v>240</v>
       </c>
       <c r="D47">
-        <v>6.78</v>
+        <v>2.89</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>241</v>
       </c>
       <c r="I47">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J47" t="s">
         <v>16</v>
       </c>
       <c r="K47" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>243</v>
       </c>
       <c r="B48" t="s">
         <v>244</v>
       </c>
       <c r="C48" t="s">
         <v>245</v>
       </c>
       <c r="D48">
-        <v>7.23</v>
+        <v>6.78</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>246</v>
       </c>
       <c r="I48">
         <v>20</v>
       </c>
       <c r="J48" t="s">
         <v>16</v>
       </c>
       <c r="K48" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>248</v>
       </c>
       <c r="B49" t="s">
         <v>249</v>
       </c>
       <c r="C49" t="s">
         <v>250</v>
       </c>
       <c r="D49">
-        <v>8.54</v>
+        <v>7.23</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
         <v>251</v>
       </c>
       <c r="I49">
         <v>20</v>
       </c>
       <c r="J49" t="s">
         <v>16</v>
       </c>
       <c r="K49" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>253</v>
       </c>
       <c r="B50" t="s">
         <v>254</v>
       </c>
       <c r="C50" t="s">
         <v>255</v>
       </c>
       <c r="D50">
-        <v>8.69</v>
+        <v>8.54</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>256</v>
       </c>
       <c r="I50">
         <v>20</v>
       </c>
       <c r="J50" t="s">
         <v>16</v>
       </c>
       <c r="K50" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>258</v>
       </c>
       <c r="B51" t="s">
         <v>259</v>
       </c>
       <c r="C51" t="s">
         <v>260</v>
       </c>
       <c r="D51">
-        <v>11.24</v>
+        <v>8.69</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>261</v>
       </c>
       <c r="I51">
         <v>20</v>
       </c>
       <c r="J51" t="s">
         <v>16</v>
       </c>
       <c r="K51" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>263</v>
       </c>
       <c r="B52" t="s">
         <v>264</v>
       </c>
       <c r="C52" t="s">
         <v>265</v>
       </c>
       <c r="D52">
-        <v>2.81</v>
+        <v>11.24</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>266</v>
       </c>
       <c r="I52">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J52" t="s">
         <v>16</v>
       </c>
       <c r="K52" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>268</v>
       </c>
       <c r="B53" t="s">
         <v>269</v>
       </c>
       <c r="C53" t="s">
         <v>270</v>
       </c>
       <c r="D53">
-        <v>6.52</v>
+        <v>2.81</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
         <v>271</v>
       </c>
       <c r="I53">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J53" t="s">
         <v>16</v>
       </c>
       <c r="K53" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>273</v>
       </c>
       <c r="B54" t="s">
         <v>274</v>
       </c>
       <c r="C54" t="s">
         <v>275</v>
       </c>
       <c r="D54">
-        <v>6.7</v>
+        <v>6.52</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
         <v>276</v>
       </c>
       <c r="I54">
         <v>20</v>
       </c>
       <c r="J54" t="s">
         <v>16</v>
       </c>
       <c r="K54" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>278</v>
       </c>
       <c r="B55" t="s">
         <v>279</v>
       </c>
       <c r="C55" t="s">
         <v>280</v>
       </c>
       <c r="D55">
-        <v>8.06</v>
+        <v>6.7</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
         <v>281</v>
       </c>
       <c r="I55">
         <v>20</v>
       </c>
       <c r="J55" t="s">
         <v>16</v>
       </c>
       <c r="K55" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>283</v>
       </c>
       <c r="B56" t="s">
         <v>284</v>
       </c>
       <c r="C56" t="s">
         <v>285</v>
       </c>
       <c r="D56">
-        <v>12.32</v>
+        <v>8.06</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
         <v>286</v>
       </c>
       <c r="I56">
         <v>20</v>
       </c>
       <c r="J56" t="s">
         <v>16</v>
       </c>
       <c r="K56" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>288</v>
       </c>
       <c r="B57" t="s">
         <v>289</v>
       </c>
       <c r="C57" t="s">
@@ -8062,689 +8077,689 @@
       </c>
       <c r="H57" t="s">
         <v>291</v>
       </c>
       <c r="I57">
         <v>20</v>
       </c>
       <c r="J57" t="s">
         <v>16</v>
       </c>
       <c r="K57" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>293</v>
       </c>
       <c r="B58" t="s">
         <v>294</v>
       </c>
       <c r="C58" t="s">
         <v>295</v>
       </c>
       <c r="D58">
-        <v>14.34</v>
+        <v>12.32</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
         <v>296</v>
       </c>
       <c r="I58">
         <v>20</v>
       </c>
       <c r="J58" t="s">
         <v>16</v>
       </c>
       <c r="K58" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>298</v>
       </c>
       <c r="B59" t="s">
         <v>299</v>
       </c>
       <c r="C59" t="s">
         <v>300</v>
       </c>
       <c r="D59">
-        <v>3.44</v>
+        <v>14.34</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
         <v>301</v>
       </c>
       <c r="I59">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J59" t="s">
         <v>16</v>
       </c>
       <c r="K59" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>303</v>
       </c>
       <c r="B60" t="s">
         <v>304</v>
       </c>
       <c r="C60" t="s">
         <v>305</v>
       </c>
       <c r="D60">
-        <v>6.68</v>
+        <v>3.44</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
         <v>306</v>
       </c>
       <c r="I60">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J60" t="s">
         <v>16</v>
       </c>
       <c r="K60" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>308</v>
       </c>
       <c r="B61" t="s">
         <v>309</v>
       </c>
       <c r="C61" t="s">
         <v>310</v>
       </c>
       <c r="D61">
-        <v>3.13</v>
+        <v>6.68</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
         <v>311</v>
       </c>
       <c r="I61">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J61" t="s">
         <v>16</v>
       </c>
       <c r="K61" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>313</v>
       </c>
       <c r="B62" t="s">
         <v>314</v>
       </c>
       <c r="C62" t="s">
         <v>315</v>
       </c>
       <c r="D62">
-        <v>6.33</v>
+        <v>3.13</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
         <v>316</v>
       </c>
       <c r="I62">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J62" t="s">
         <v>16</v>
       </c>
       <c r="K62" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>318</v>
       </c>
       <c r="B63" t="s">
         <v>319</v>
       </c>
       <c r="C63" t="s">
         <v>320</v>
       </c>
       <c r="D63">
-        <v>6.71</v>
+        <v>6.33</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
         <v>321</v>
       </c>
       <c r="I63">
         <v>20</v>
       </c>
       <c r="J63" t="s">
         <v>16</v>
       </c>
       <c r="K63" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>323</v>
       </c>
       <c r="B64" t="s">
         <v>324</v>
       </c>
       <c r="C64" t="s">
         <v>325</v>
       </c>
       <c r="D64">
-        <v>8</v>
+        <v>6.71</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
         <v>326</v>
       </c>
       <c r="I64">
         <v>20</v>
       </c>
       <c r="J64" t="s">
         <v>16</v>
       </c>
       <c r="K64" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>328</v>
       </c>
       <c r="B65" t="s">
         <v>329</v>
       </c>
       <c r="C65" t="s">
         <v>330</v>
       </c>
       <c r="D65">
-        <v>3.13</v>
+        <v>8</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
         <v>331</v>
       </c>
       <c r="I65">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J65" t="s">
         <v>16</v>
       </c>
       <c r="K65" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>333</v>
       </c>
       <c r="B66" t="s">
         <v>334</v>
       </c>
       <c r="C66" t="s">
         <v>335</v>
       </c>
       <c r="D66">
-        <v>6.33</v>
+        <v>3.13</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
         <v>336</v>
       </c>
       <c r="I66">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J66" t="s">
         <v>16</v>
       </c>
       <c r="K66" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>338</v>
       </c>
       <c r="B67" t="s">
         <v>339</v>
       </c>
       <c r="C67" t="s">
         <v>340</v>
       </c>
       <c r="D67">
-        <v>6.71</v>
+        <v>6.33</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
         <v>341</v>
       </c>
       <c r="I67">
         <v>20</v>
       </c>
       <c r="J67" t="s">
         <v>16</v>
       </c>
       <c r="K67" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>343</v>
       </c>
       <c r="B68" t="s">
         <v>344</v>
       </c>
       <c r="C68" t="s">
         <v>345</v>
       </c>
       <c r="D68">
-        <v>5.51</v>
+        <v>6.71</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
         <v>346</v>
       </c>
       <c r="I68">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J68" t="s">
         <v>16</v>
       </c>
       <c r="K68" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>348</v>
       </c>
       <c r="B69" t="s">
         <v>349</v>
       </c>
       <c r="C69" t="s">
         <v>350</v>
       </c>
       <c r="D69">
-        <v>10.59</v>
+        <v>5.51</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
         <v>351</v>
       </c>
       <c r="I69">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J69" t="s">
         <v>16</v>
       </c>
       <c r="K69" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>353</v>
       </c>
       <c r="B70" t="s">
         <v>354</v>
       </c>
       <c r="C70" t="s">
         <v>355</v>
       </c>
       <c r="D70">
         <v>10.59</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="H70" t="s">
         <v>356</v>
       </c>
       <c r="I70">
         <v>20</v>
       </c>
       <c r="J70" t="s">
         <v>16</v>
       </c>
       <c r="K70" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>358</v>
       </c>
       <c r="B71" t="s">
         <v>359</v>
       </c>
       <c r="C71" t="s">
         <v>360</v>
       </c>
       <c r="D71">
-        <v>9.12</v>
+        <v>10.59</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
         <v>361</v>
       </c>
       <c r="I71">
         <v>20</v>
       </c>
       <c r="J71" t="s">
         <v>16</v>
       </c>
       <c r="K71" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>363</v>
       </c>
       <c r="B72" t="s">
         <v>364</v>
       </c>
       <c r="C72" t="s">
         <v>365</v>
       </c>
       <c r="D72">
-        <v>7.37</v>
+        <v>9.12</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
         <v>366</v>
       </c>
       <c r="I72">
         <v>20</v>
       </c>
       <c r="J72" t="s">
         <v>16</v>
       </c>
       <c r="K72" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>368</v>
       </c>
       <c r="B73" t="s">
         <v>369</v>
       </c>
       <c r="C73" t="s">
         <v>370</v>
       </c>
       <c r="D73">
-        <v>7.25</v>
+        <v>7.37</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
         <v>371</v>
       </c>
       <c r="I73">
         <v>20</v>
       </c>
       <c r="J73" t="s">
         <v>16</v>
       </c>
       <c r="K73" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>373</v>
       </c>
       <c r="B74" t="s">
         <v>374</v>
       </c>
       <c r="C74" t="s">
         <v>375</v>
       </c>
       <c r="D74">
-        <v>7.44</v>
+        <v>7.25</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
         <v>376</v>
       </c>
       <c r="I74">
         <v>20</v>
       </c>
       <c r="J74" t="s">
         <v>16</v>
       </c>
       <c r="K74" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>378</v>
       </c>
       <c r="B75" t="s">
         <v>379</v>
       </c>
       <c r="C75" t="s">
         <v>380</v>
       </c>
       <c r="D75">
-        <v>8.5</v>
+        <v>7.44</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
         <v>381</v>
       </c>
       <c r="I75">
         <v>20</v>
       </c>
       <c r="J75" t="s">
         <v>16</v>
       </c>
       <c r="K75" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>383</v>
       </c>
       <c r="B76" t="s">
         <v>384</v>
       </c>
       <c r="C76" t="s">
         <v>385</v>
       </c>
       <c r="D76">
-        <v>8.59</v>
+        <v>8.5</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
         <v>386</v>
       </c>
       <c r="I76">
         <v>20</v>
       </c>
       <c r="J76" t="s">
         <v>16</v>
       </c>
       <c r="K76" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>388</v>
       </c>
       <c r="B77" t="s">
         <v>389</v>
       </c>
       <c r="C77" t="s">
         <v>390</v>
       </c>
       <c r="D77">
-        <v>7.25</v>
+        <v>8.59</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
         <v>391</v>
       </c>
       <c r="I77">
         <v>20</v>
       </c>
       <c r="J77" t="s">
         <v>16</v>
       </c>
       <c r="K77" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>393</v>
       </c>
       <c r="B78" t="s">
         <v>394</v>
       </c>
       <c r="C78" t="s">
         <v>395</v>
       </c>
       <c r="D78">
-        <v>7.44</v>
+        <v>7.25</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
         <v>396</v>
       </c>
       <c r="I78">
         <v>20</v>
       </c>
       <c r="J78" t="s">
         <v>16</v>
       </c>
       <c r="K78" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>398</v>
       </c>
       <c r="B79" t="s">
         <v>399</v>
       </c>
       <c r="C79" t="s">
         <v>400</v>
       </c>
       <c r="D79">
-        <v>10.38</v>
+        <v>7.44</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
         <v>401</v>
       </c>
       <c r="I79">
         <v>20</v>
       </c>
       <c r="J79" t="s">
         <v>16</v>
       </c>
       <c r="K79" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>403</v>
       </c>
       <c r="B80" t="s">
         <v>404</v>
       </c>
       <c r="C80" t="s">
         <v>405</v>
       </c>
       <c r="D80">
-        <v>11.34</v>
+        <v>10.38</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
         <v>406</v>
       </c>
       <c r="I80">
         <v>20</v>
       </c>
       <c r="J80" t="s">
         <v>16</v>
       </c>
       <c r="K80" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>408</v>
       </c>
       <c r="B81" t="s">
         <v>409</v>
       </c>
       <c r="C81" t="s">
@@ -8758,312 +8773,312 @@
       </c>
       <c r="H81" t="s">
         <v>411</v>
       </c>
       <c r="I81">
         <v>20</v>
       </c>
       <c r="J81" t="s">
         <v>16</v>
       </c>
       <c r="K81" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>413</v>
       </c>
       <c r="B82" t="s">
         <v>414</v>
       </c>
       <c r="C82" t="s">
         <v>415</v>
       </c>
       <c r="D82">
-        <v>18.95</v>
+        <v>11.34</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
         <v>416</v>
       </c>
       <c r="I82">
         <v>20</v>
       </c>
       <c r="J82" t="s">
         <v>16</v>
       </c>
       <c r="K82" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>418</v>
       </c>
       <c r="B83" t="s">
         <v>419</v>
       </c>
       <c r="C83" t="s">
         <v>420</v>
       </c>
       <c r="D83">
-        <v>11.34</v>
+        <v>18.95</v>
       </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
         <v>421</v>
       </c>
       <c r="I83">
         <v>20</v>
       </c>
       <c r="J83" t="s">
         <v>16</v>
       </c>
       <c r="K83" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>423</v>
       </c>
       <c r="B84" t="s">
         <v>424</v>
       </c>
       <c r="C84" t="s">
         <v>425</v>
       </c>
       <c r="D84">
-        <v>34.1</v>
+        <v>11.34</v>
       </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
         <v>426</v>
       </c>
       <c r="I84">
         <v>20</v>
       </c>
       <c r="J84" t="s">
         <v>16</v>
       </c>
       <c r="K84" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>428</v>
       </c>
       <c r="B85" t="s">
         <v>429</v>
       </c>
       <c r="C85" t="s">
         <v>430</v>
       </c>
       <c r="D85">
-        <v>14.72</v>
+        <v>34.1</v>
       </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="H85" t="s">
         <v>431</v>
       </c>
       <c r="I85">
         <v>20</v>
       </c>
       <c r="J85" t="s">
         <v>16</v>
       </c>
       <c r="K85" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>433</v>
       </c>
       <c r="B86" t="s">
         <v>434</v>
       </c>
       <c r="C86" t="s">
         <v>435</v>
       </c>
       <c r="D86">
-        <v>12.34</v>
+        <v>14.72</v>
       </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="H86" t="s">
         <v>436</v>
       </c>
       <c r="I86">
         <v>20</v>
       </c>
       <c r="J86" t="s">
         <v>16</v>
       </c>
       <c r="K86" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>438</v>
       </c>
       <c r="B87" t="s">
         <v>439</v>
       </c>
       <c r="C87" t="s">
         <v>440</v>
       </c>
       <c r="D87">
-        <v>4.01</v>
+        <v>12.34</v>
       </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
         <v>441</v>
       </c>
       <c r="I87">
         <v>20</v>
       </c>
       <c r="J87" t="s">
         <v>16</v>
       </c>
       <c r="K87" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>443</v>
       </c>
       <c r="B88" t="s">
         <v>444</v>
       </c>
       <c r="C88" t="s">
         <v>445</v>
       </c>
       <c r="D88">
-        <v>13.68</v>
+        <v>4.01</v>
       </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
         <v>446</v>
       </c>
       <c r="I88">
         <v>20</v>
       </c>
       <c r="J88" t="s">
         <v>16</v>
       </c>
       <c r="K88" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>448</v>
       </c>
       <c r="B89" t="s">
         <v>449</v>
       </c>
       <c r="C89" t="s">
         <v>450</v>
       </c>
       <c r="D89">
-        <v>19.78</v>
+        <v>13.68</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89" t="s">
         <v>451</v>
       </c>
       <c r="I89">
         <v>20</v>
       </c>
       <c r="J89" t="s">
         <v>16</v>
       </c>
       <c r="K89" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>453</v>
       </c>
       <c r="B90" t="s">
         <v>454</v>
       </c>
       <c r="C90" t="s">
         <v>455</v>
       </c>
       <c r="D90">
-        <v>31.91</v>
+        <v>19.78</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
         <v>456</v>
       </c>
       <c r="I90">
         <v>20</v>
       </c>
       <c r="J90" t="s">
         <v>16</v>
       </c>
       <c r="K90" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>458</v>
       </c>
       <c r="B91" t="s">
         <v>459</v>
       </c>
       <c r="C91" t="s">
         <v>460</v>
       </c>
       <c r="D91">
-        <v>13.49</v>
+        <v>31.91</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
         <v>461</v>
       </c>
       <c r="I91">
         <v>20</v>
       </c>
       <c r="J91" t="s">
         <v>16</v>
       </c>
       <c r="K91" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>463</v>
       </c>
       <c r="B92" t="s">
         <v>464</v>
       </c>
       <c r="C92" t="s">
@@ -9106,51 +9121,51 @@
       </c>
       <c r="H93" t="s">
         <v>471</v>
       </c>
       <c r="I93">
         <v>20</v>
       </c>
       <c r="J93" t="s">
         <v>16</v>
       </c>
       <c r="K93" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>473</v>
       </c>
       <c r="B94" t="s">
         <v>474</v>
       </c>
       <c r="C94" t="s">
         <v>475</v>
       </c>
       <c r="D94">
-        <v>18.07</v>
+        <v>13.49</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
         <v>476</v>
       </c>
       <c r="I94">
         <v>20</v>
       </c>
       <c r="J94" t="s">
         <v>16</v>
       </c>
       <c r="K94" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>478</v>
       </c>
       <c r="B95" t="s">
         <v>479</v>
       </c>
       <c r="C95" t="s">
@@ -9164,196 +9179,196 @@
       </c>
       <c r="H95" t="s">
         <v>481</v>
       </c>
       <c r="I95">
         <v>20</v>
       </c>
       <c r="J95" t="s">
         <v>16</v>
       </c>
       <c r="K95" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>483</v>
       </c>
       <c r="B96" t="s">
         <v>484</v>
       </c>
       <c r="C96" t="s">
         <v>485</v>
       </c>
       <c r="D96">
-        <v>24.97</v>
+        <v>18.07</v>
       </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="H96" t="s">
         <v>486</v>
       </c>
       <c r="I96">
         <v>20</v>
       </c>
       <c r="J96" t="s">
         <v>16</v>
       </c>
       <c r="K96" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>488</v>
       </c>
       <c r="B97" t="s">
         <v>489</v>
       </c>
       <c r="C97" t="s">
         <v>490</v>
       </c>
       <c r="D97">
-        <v>14.94</v>
+        <v>24.97</v>
       </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
         <v>491</v>
       </c>
       <c r="I97">
         <v>20</v>
       </c>
       <c r="J97" t="s">
         <v>16</v>
       </c>
       <c r="K97" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>493</v>
       </c>
       <c r="B98" t="s">
         <v>494</v>
       </c>
       <c r="C98" t="s">
         <v>495</v>
       </c>
       <c r="D98">
-        <v>17.95</v>
+        <v>14.94</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="H98" t="s">
         <v>496</v>
       </c>
       <c r="I98">
         <v>20</v>
       </c>
       <c r="J98" t="s">
         <v>16</v>
       </c>
       <c r="K98" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>498</v>
       </c>
       <c r="B99" t="s">
         <v>499</v>
       </c>
       <c r="C99" t="s">
         <v>500</v>
       </c>
       <c r="D99">
-        <v>19</v>
+        <v>17.95</v>
       </c>
       <c r="G99" t="s">
         <v>14</v>
       </c>
       <c r="H99" t="s">
         <v>501</v>
       </c>
       <c r="I99">
         <v>20</v>
       </c>
       <c r="J99" t="s">
         <v>16</v>
       </c>
       <c r="K99" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>503</v>
       </c>
       <c r="B100" t="s">
         <v>504</v>
       </c>
       <c r="C100" t="s">
         <v>505</v>
       </c>
       <c r="D100">
-        <v>27.94</v>
+        <v>19</v>
       </c>
       <c r="G100" t="s">
         <v>14</v>
       </c>
       <c r="H100" t="s">
         <v>506</v>
       </c>
       <c r="I100">
         <v>20</v>
       </c>
       <c r="J100" t="s">
         <v>16</v>
       </c>
       <c r="K100" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>508</v>
       </c>
       <c r="B101" t="s">
         <v>509</v>
       </c>
       <c r="C101" t="s">
         <v>510</v>
       </c>
       <c r="D101">
-        <v>22.66</v>
+        <v>27.94</v>
       </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="H101" t="s">
         <v>511</v>
       </c>
       <c r="I101">
         <v>20</v>
       </c>
       <c r="J101" t="s">
         <v>16</v>
       </c>
       <c r="K101" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>513</v>
       </c>
       <c r="B102" t="s">
         <v>514</v>
       </c>
       <c r="C102" t="s">
@@ -9367,1646 +9382,1646 @@
       </c>
       <c r="H102" t="s">
         <v>516</v>
       </c>
       <c r="I102">
         <v>20</v>
       </c>
       <c r="J102" t="s">
         <v>16</v>
       </c>
       <c r="K102" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>518</v>
       </c>
       <c r="B103" t="s">
         <v>519</v>
       </c>
       <c r="C103" t="s">
         <v>520</v>
       </c>
       <c r="D103">
-        <v>6.99</v>
+        <v>22.66</v>
       </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
         <v>521</v>
       </c>
       <c r="I103">
         <v>20</v>
       </c>
       <c r="J103" t="s">
         <v>16</v>
       </c>
       <c r="K103" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>523</v>
       </c>
       <c r="B104" t="s">
         <v>524</v>
       </c>
       <c r="C104" t="s">
         <v>525</v>
       </c>
       <c r="D104">
-        <v>15.44</v>
+        <v>6.99</v>
       </c>
       <c r="G104" t="s">
         <v>14</v>
       </c>
       <c r="H104" t="s">
         <v>526</v>
       </c>
       <c r="I104">
         <v>20</v>
       </c>
       <c r="J104" t="s">
         <v>16</v>
       </c>
       <c r="K104" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>528</v>
       </c>
       <c r="B105" t="s">
         <v>529</v>
       </c>
       <c r="C105" t="s">
         <v>530</v>
       </c>
       <c r="D105">
-        <v>5.96</v>
+        <v>15.44</v>
       </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
         <v>531</v>
       </c>
       <c r="I105">
         <v>20</v>
       </c>
       <c r="J105" t="s">
         <v>16</v>
       </c>
       <c r="K105" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>533</v>
       </c>
       <c r="B106" t="s">
         <v>534</v>
       </c>
       <c r="C106" t="s">
         <v>535</v>
       </c>
       <c r="D106">
-        <v>12.46</v>
+        <v>5.96</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
         <v>536</v>
       </c>
       <c r="I106">
         <v>20</v>
       </c>
       <c r="J106" t="s">
         <v>16</v>
       </c>
       <c r="K106" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>538</v>
       </c>
       <c r="B107" t="s">
         <v>539</v>
       </c>
       <c r="C107" t="s">
         <v>540</v>
       </c>
       <c r="D107">
-        <v>12.08</v>
+        <v>12.46</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107" t="s">
         <v>541</v>
       </c>
       <c r="I107">
         <v>20</v>
       </c>
       <c r="J107" t="s">
         <v>16</v>
       </c>
       <c r="K107" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>543</v>
       </c>
       <c r="B108" t="s">
         <v>544</v>
       </c>
       <c r="C108" t="s">
         <v>545</v>
       </c>
       <c r="D108">
-        <v>9.76</v>
+        <v>12.08</v>
       </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="H108" t="s">
         <v>546</v>
       </c>
       <c r="I108">
         <v>20</v>
       </c>
       <c r="J108" t="s">
         <v>16</v>
       </c>
       <c r="K108" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>548</v>
       </c>
       <c r="B109" t="s">
         <v>549</v>
       </c>
       <c r="C109" t="s">
         <v>550</v>
       </c>
       <c r="D109">
-        <v>15.44</v>
+        <v>9.76</v>
       </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="H109" t="s">
         <v>551</v>
       </c>
       <c r="I109">
         <v>20</v>
       </c>
       <c r="J109" t="s">
         <v>16</v>
       </c>
       <c r="K109" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>553</v>
       </c>
       <c r="B110" t="s">
         <v>554</v>
       </c>
       <c r="C110" t="s">
         <v>555</v>
       </c>
       <c r="D110">
-        <v>9.76</v>
+        <v>15.44</v>
       </c>
       <c r="G110" t="s">
         <v>14</v>
       </c>
       <c r="H110" t="s">
         <v>556</v>
       </c>
       <c r="I110">
         <v>20</v>
       </c>
       <c r="J110" t="s">
         <v>16</v>
       </c>
       <c r="K110" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>558</v>
       </c>
       <c r="B111" t="s">
         <v>559</v>
       </c>
       <c r="C111" t="s">
         <v>560</v>
       </c>
       <c r="D111">
-        <v>12.08</v>
+        <v>9.76</v>
       </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="H111" t="s">
         <v>561</v>
       </c>
       <c r="I111">
         <v>20</v>
       </c>
       <c r="J111" t="s">
         <v>16</v>
       </c>
       <c r="K111" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>563</v>
       </c>
       <c r="B112" t="s">
         <v>564</v>
       </c>
       <c r="C112" t="s">
         <v>565</v>
       </c>
       <c r="D112">
-        <v>9.76</v>
+        <v>12.08</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112" t="s">
         <v>566</v>
       </c>
       <c r="I112">
         <v>20</v>
       </c>
       <c r="J112" t="s">
         <v>16</v>
       </c>
       <c r="K112" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>568</v>
       </c>
       <c r="B113" t="s">
         <v>569</v>
       </c>
       <c r="C113" t="s">
         <v>570</v>
       </c>
       <c r="D113">
-        <v>12.08</v>
+        <v>9.76</v>
       </c>
       <c r="G113" t="s">
         <v>14</v>
       </c>
       <c r="H113" t="s">
         <v>571</v>
       </c>
       <c r="I113">
         <v>20</v>
       </c>
       <c r="J113" t="s">
         <v>16</v>
       </c>
       <c r="K113" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>573</v>
       </c>
       <c r="B114" t="s">
         <v>574</v>
       </c>
       <c r="C114" t="s">
         <v>575</v>
       </c>
       <c r="D114">
-        <v>8.07</v>
+        <v>12.08</v>
       </c>
       <c r="G114" t="s">
         <v>14</v>
       </c>
       <c r="H114" t="s">
         <v>576</v>
       </c>
       <c r="I114">
         <v>20</v>
       </c>
       <c r="J114" t="s">
         <v>16</v>
       </c>
       <c r="K114" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>578</v>
       </c>
       <c r="B115" t="s">
         <v>579</v>
       </c>
       <c r="C115" t="s">
         <v>580</v>
       </c>
       <c r="D115">
-        <v>15.8</v>
+        <v>8.07</v>
       </c>
       <c r="G115" t="s">
         <v>14</v>
       </c>
       <c r="H115" t="s">
         <v>581</v>
       </c>
       <c r="I115">
         <v>20</v>
       </c>
       <c r="J115" t="s">
         <v>16</v>
       </c>
       <c r="K115" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>583</v>
       </c>
       <c r="B116" t="s">
         <v>584</v>
       </c>
       <c r="C116" t="s">
         <v>585</v>
       </c>
       <c r="D116">
-        <v>23.24</v>
+        <v>15.8</v>
       </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="H116" t="s">
         <v>586</v>
       </c>
       <c r="I116">
         <v>20</v>
       </c>
       <c r="J116" t="s">
         <v>16</v>
       </c>
       <c r="K116" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>588</v>
       </c>
       <c r="B117" t="s">
         <v>589</v>
       </c>
       <c r="C117" t="s">
         <v>590</v>
       </c>
       <c r="D117">
-        <v>13.91</v>
+        <v>23.24</v>
       </c>
       <c r="G117" t="s">
         <v>14</v>
       </c>
       <c r="H117" t="s">
         <v>591</v>
       </c>
       <c r="I117">
         <v>20</v>
       </c>
       <c r="J117" t="s">
         <v>16</v>
       </c>
       <c r="K117" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>593</v>
       </c>
       <c r="B118" t="s">
         <v>594</v>
       </c>
       <c r="C118" t="s">
         <v>595</v>
       </c>
       <c r="D118">
-        <v>32.17</v>
+        <v>13.91</v>
       </c>
       <c r="G118" t="s">
         <v>14</v>
       </c>
       <c r="H118" t="s">
         <v>596</v>
       </c>
       <c r="I118">
         <v>20</v>
       </c>
       <c r="J118" t="s">
         <v>16</v>
       </c>
       <c r="K118" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>598</v>
       </c>
       <c r="B119" t="s">
         <v>599</v>
       </c>
       <c r="C119" t="s">
         <v>600</v>
       </c>
       <c r="D119">
-        <v>8.12</v>
+        <v>32.17</v>
       </c>
       <c r="G119" t="s">
         <v>14</v>
       </c>
       <c r="H119" t="s">
         <v>601</v>
       </c>
       <c r="I119">
         <v>20</v>
       </c>
       <c r="J119" t="s">
         <v>16</v>
       </c>
       <c r="K119" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>603</v>
       </c>
       <c r="B120" t="s">
         <v>604</v>
       </c>
       <c r="C120" t="s">
         <v>605</v>
       </c>
       <c r="D120">
-        <v>18.76</v>
+        <v>8.12</v>
       </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="H120" t="s">
         <v>606</v>
       </c>
       <c r="I120">
         <v>20</v>
       </c>
       <c r="J120" t="s">
         <v>16</v>
       </c>
       <c r="K120" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>608</v>
       </c>
       <c r="B121" t="s">
         <v>609</v>
       </c>
       <c r="C121" t="s">
         <v>610</v>
       </c>
       <c r="D121">
-        <v>25.35</v>
+        <v>18.76</v>
       </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="H121" t="s">
         <v>611</v>
       </c>
       <c r="I121">
         <v>20</v>
       </c>
       <c r="J121" t="s">
         <v>16</v>
       </c>
       <c r="K121" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>613</v>
       </c>
       <c r="B122" t="s">
         <v>614</v>
       </c>
       <c r="C122" t="s">
         <v>615</v>
       </c>
       <c r="D122">
-        <v>14.06</v>
+        <v>25.35</v>
       </c>
       <c r="G122" t="s">
         <v>14</v>
       </c>
       <c r="H122" t="s">
         <v>616</v>
       </c>
       <c r="I122">
         <v>20</v>
       </c>
       <c r="J122" t="s">
         <v>16</v>
       </c>
       <c r="K122" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>618</v>
       </c>
       <c r="B123" t="s">
         <v>619</v>
       </c>
       <c r="C123" t="s">
         <v>620</v>
       </c>
       <c r="D123">
-        <v>17.64</v>
+        <v>14.06</v>
       </c>
       <c r="G123" t="s">
         <v>14</v>
       </c>
       <c r="H123" t="s">
         <v>621</v>
       </c>
       <c r="I123">
         <v>20</v>
       </c>
       <c r="J123" t="s">
         <v>16</v>
       </c>
       <c r="K123" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>623</v>
       </c>
       <c r="B124" t="s">
         <v>624</v>
       </c>
       <c r="C124" t="s">
         <v>625</v>
       </c>
       <c r="D124">
-        <v>24.96</v>
+        <v>17.64</v>
       </c>
       <c r="G124" t="s">
         <v>14</v>
       </c>
       <c r="H124" t="s">
         <v>626</v>
       </c>
       <c r="I124">
         <v>20</v>
       </c>
       <c r="J124" t="s">
         <v>16</v>
       </c>
       <c r="K124" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>628</v>
       </c>
       <c r="B125" t="s">
         <v>629</v>
       </c>
       <c r="C125" t="s">
         <v>630</v>
       </c>
       <c r="D125">
-        <v>19.69</v>
+        <v>24.96</v>
       </c>
       <c r="G125" t="s">
         <v>14</v>
       </c>
       <c r="H125" t="s">
         <v>631</v>
       </c>
       <c r="I125">
         <v>20</v>
       </c>
       <c r="J125" t="s">
         <v>16</v>
       </c>
       <c r="K125" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>633</v>
       </c>
       <c r="B126" t="s">
         <v>634</v>
       </c>
       <c r="C126" t="s">
         <v>635</v>
       </c>
       <c r="D126">
-        <v>6.9</v>
+        <v>19.69</v>
       </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="H126" t="s">
         <v>636</v>
       </c>
       <c r="I126">
         <v>20</v>
       </c>
       <c r="J126" t="s">
         <v>16</v>
       </c>
       <c r="K126" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>638</v>
       </c>
       <c r="B127" t="s">
         <v>639</v>
       </c>
       <c r="C127" t="s">
         <v>640</v>
       </c>
       <c r="D127">
-        <v>14.06</v>
+        <v>6.9</v>
       </c>
       <c r="G127" t="s">
         <v>14</v>
       </c>
       <c r="H127" t="s">
         <v>641</v>
       </c>
       <c r="I127">
         <v>20</v>
       </c>
       <c r="J127" t="s">
         <v>16</v>
       </c>
       <c r="K127" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>643</v>
       </c>
       <c r="B128" t="s">
         <v>644</v>
       </c>
       <c r="C128" t="s">
         <v>645</v>
       </c>
       <c r="D128">
-        <v>19.69</v>
+        <v>14.06</v>
       </c>
       <c r="G128" t="s">
         <v>14</v>
       </c>
       <c r="H128" t="s">
         <v>646</v>
       </c>
       <c r="I128">
         <v>20</v>
       </c>
       <c r="J128" t="s">
         <v>16</v>
       </c>
       <c r="K128" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>648</v>
       </c>
       <c r="B129" t="s">
         <v>649</v>
       </c>
       <c r="C129" t="s">
         <v>650</v>
       </c>
       <c r="D129">
-        <v>12.13</v>
+        <v>19.69</v>
       </c>
       <c r="G129" t="s">
         <v>14</v>
       </c>
       <c r="H129" t="s">
         <v>651</v>
       </c>
       <c r="I129">
         <v>20</v>
       </c>
       <c r="J129" t="s">
         <v>16</v>
       </c>
       <c r="K129" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>653</v>
       </c>
       <c r="B130" t="s">
         <v>654</v>
       </c>
       <c r="C130" t="s">
         <v>655</v>
       </c>
       <c r="D130">
-        <v>6.9</v>
+        <v>12.13</v>
       </c>
       <c r="G130" t="s">
         <v>14</v>
       </c>
       <c r="H130" t="s">
         <v>656</v>
       </c>
       <c r="I130">
         <v>20</v>
       </c>
       <c r="J130" t="s">
         <v>16</v>
       </c>
       <c r="K130" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>658</v>
       </c>
       <c r="B131" t="s">
         <v>659</v>
       </c>
       <c r="C131" t="s">
         <v>660</v>
       </c>
       <c r="D131">
-        <v>14.06</v>
+        <v>6.9</v>
       </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="H131" t="s">
         <v>661</v>
       </c>
       <c r="I131">
         <v>20</v>
       </c>
       <c r="J131" t="s">
         <v>16</v>
       </c>
       <c r="K131" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>663</v>
       </c>
       <c r="B132" t="s">
         <v>664</v>
       </c>
       <c r="C132" t="s">
         <v>665</v>
       </c>
       <c r="D132">
-        <v>17.64</v>
+        <v>14.06</v>
       </c>
       <c r="G132" t="s">
         <v>14</v>
       </c>
       <c r="H132" t="s">
         <v>666</v>
       </c>
       <c r="I132">
         <v>20</v>
       </c>
       <c r="J132" t="s">
         <v>16</v>
       </c>
       <c r="K132" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>668</v>
       </c>
       <c r="B133" t="s">
         <v>669</v>
       </c>
       <c r="C133" t="s">
         <v>670</v>
       </c>
       <c r="D133">
-        <v>19.69</v>
+        <v>17.64</v>
       </c>
       <c r="G133" t="s">
         <v>14</v>
       </c>
       <c r="H133" t="s">
         <v>671</v>
       </c>
       <c r="I133">
         <v>20</v>
       </c>
       <c r="J133" t="s">
         <v>16</v>
       </c>
       <c r="K133" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>673</v>
       </c>
       <c r="B134" t="s">
         <v>674</v>
       </c>
       <c r="C134" t="s">
         <v>675</v>
       </c>
       <c r="D134">
-        <v>18.38</v>
+        <v>19.69</v>
       </c>
       <c r="G134" t="s">
         <v>14</v>
       </c>
       <c r="H134" t="s">
         <v>676</v>
       </c>
       <c r="I134">
         <v>20</v>
       </c>
       <c r="J134" t="s">
         <v>16</v>
       </c>
       <c r="K134" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>678</v>
       </c>
       <c r="B135" t="s">
         <v>679</v>
       </c>
       <c r="C135" t="s">
         <v>680</v>
       </c>
       <c r="D135">
-        <v>21.03</v>
+        <v>18.38</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="H135" t="s">
         <v>681</v>
       </c>
       <c r="I135">
         <v>20</v>
       </c>
       <c r="J135" t="s">
         <v>16</v>
       </c>
       <c r="K135" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>683</v>
       </c>
       <c r="B136" t="s">
         <v>684</v>
       </c>
       <c r="C136" t="s">
         <v>685</v>
       </c>
       <c r="D136">
-        <v>6.9</v>
+        <v>21.03</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136" t="s">
         <v>686</v>
       </c>
       <c r="I136">
         <v>20</v>
       </c>
       <c r="J136" t="s">
         <v>16</v>
       </c>
       <c r="K136" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>688</v>
       </c>
       <c r="B137" t="s">
         <v>689</v>
       </c>
       <c r="C137" t="s">
         <v>690</v>
       </c>
       <c r="D137">
-        <v>14.22</v>
+        <v>6.9</v>
       </c>
       <c r="G137" t="s">
         <v>14</v>
       </c>
       <c r="H137" t="s">
         <v>691</v>
       </c>
       <c r="I137">
         <v>20</v>
       </c>
       <c r="J137" t="s">
         <v>16</v>
       </c>
       <c r="K137" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>693</v>
       </c>
       <c r="B138" t="s">
         <v>694</v>
       </c>
       <c r="C138" t="s">
         <v>695</v>
       </c>
       <c r="D138">
-        <v>18.38</v>
+        <v>14.22</v>
       </c>
       <c r="G138" t="s">
         <v>14</v>
       </c>
       <c r="H138" t="s">
         <v>696</v>
       </c>
       <c r="I138">
         <v>20</v>
       </c>
       <c r="J138" t="s">
         <v>16</v>
       </c>
       <c r="K138" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>698</v>
       </c>
       <c r="B139" t="s">
         <v>699</v>
       </c>
       <c r="C139" t="s">
         <v>700</v>
       </c>
       <c r="D139">
-        <v>21.03</v>
+        <v>18.38</v>
       </c>
       <c r="G139" t="s">
         <v>14</v>
       </c>
       <c r="H139" t="s">
         <v>701</v>
       </c>
       <c r="I139">
         <v>20</v>
       </c>
       <c r="J139" t="s">
         <v>16</v>
       </c>
       <c r="K139" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>703</v>
       </c>
       <c r="B140" t="s">
         <v>704</v>
       </c>
       <c r="C140" t="s">
         <v>705</v>
       </c>
       <c r="D140">
-        <v>8.19</v>
+        <v>21.03</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
         <v>706</v>
       </c>
       <c r="I140">
         <v>20</v>
       </c>
       <c r="J140" t="s">
         <v>16</v>
       </c>
       <c r="K140" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>708</v>
       </c>
       <c r="B141" t="s">
         <v>709</v>
       </c>
       <c r="C141" t="s">
         <v>710</v>
       </c>
       <c r="D141">
-        <v>17.64</v>
+        <v>8.19</v>
       </c>
       <c r="G141" t="s">
         <v>14</v>
       </c>
       <c r="H141" t="s">
         <v>711</v>
       </c>
       <c r="I141">
         <v>20</v>
       </c>
       <c r="J141" t="s">
         <v>16</v>
       </c>
       <c r="K141" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>713</v>
       </c>
       <c r="B142" t="s">
         <v>714</v>
       </c>
       <c r="C142" t="s">
         <v>715</v>
       </c>
       <c r="D142">
-        <v>9.57</v>
+        <v>17.64</v>
       </c>
       <c r="G142" t="s">
         <v>14</v>
       </c>
       <c r="H142" t="s">
         <v>716</v>
       </c>
       <c r="I142">
         <v>20</v>
       </c>
       <c r="J142" t="s">
         <v>16</v>
       </c>
       <c r="K142" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>718</v>
       </c>
       <c r="B143" t="s">
         <v>719</v>
       </c>
       <c r="C143" t="s">
         <v>720</v>
       </c>
       <c r="D143">
-        <v>19.69</v>
+        <v>9.57</v>
       </c>
       <c r="G143" t="s">
         <v>14</v>
       </c>
       <c r="H143" t="s">
         <v>721</v>
       </c>
       <c r="I143">
         <v>20</v>
       </c>
       <c r="J143" t="s">
         <v>16</v>
       </c>
       <c r="K143" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>723</v>
       </c>
       <c r="B144" t="s">
         <v>724</v>
       </c>
       <c r="C144" t="s">
         <v>725</v>
       </c>
       <c r="D144">
-        <v>24.96</v>
+        <v>19.69</v>
       </c>
       <c r="G144" t="s">
         <v>14</v>
       </c>
       <c r="H144" t="s">
         <v>726</v>
       </c>
       <c r="I144">
         <v>20</v>
       </c>
       <c r="J144" t="s">
         <v>16</v>
       </c>
       <c r="K144" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>728</v>
       </c>
       <c r="B145" t="s">
         <v>729</v>
       </c>
       <c r="C145" t="s">
         <v>730</v>
       </c>
       <c r="D145">
-        <v>28.49</v>
+        <v>24.96</v>
       </c>
       <c r="G145" t="s">
         <v>14</v>
       </c>
       <c r="H145" t="s">
         <v>731</v>
       </c>
       <c r="I145">
         <v>20</v>
       </c>
       <c r="J145" t="s">
         <v>16</v>
       </c>
       <c r="K145" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>733</v>
       </c>
       <c r="B146" t="s">
         <v>734</v>
       </c>
       <c r="C146" t="s">
         <v>735</v>
       </c>
       <c r="D146">
-        <v>18.69</v>
+        <v>28.49</v>
       </c>
       <c r="G146" t="s">
         <v>14</v>
       </c>
       <c r="H146" t="s">
         <v>736</v>
       </c>
       <c r="I146">
         <v>20</v>
       </c>
       <c r="J146" t="s">
         <v>16</v>
       </c>
       <c r="K146" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>738</v>
       </c>
       <c r="B147" t="s">
         <v>739</v>
       </c>
       <c r="C147" t="s">
         <v>740</v>
       </c>
       <c r="D147">
-        <v>23.37</v>
+        <v>18.69</v>
       </c>
       <c r="G147" t="s">
         <v>14</v>
       </c>
       <c r="H147" t="s">
         <v>741</v>
       </c>
       <c r="I147">
         <v>20</v>
       </c>
       <c r="J147" t="s">
         <v>16</v>
       </c>
       <c r="K147" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>743</v>
       </c>
       <c r="B148" t="s">
         <v>744</v>
       </c>
       <c r="C148" t="s">
         <v>745</v>
       </c>
       <c r="D148">
-        <v>32.86</v>
+        <v>23.37</v>
       </c>
       <c r="G148" t="s">
         <v>14</v>
       </c>
       <c r="H148" t="s">
         <v>746</v>
       </c>
       <c r="I148">
         <v>20</v>
       </c>
       <c r="J148" t="s">
         <v>16</v>
       </c>
       <c r="K148" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>748</v>
       </c>
       <c r="B149" t="s">
         <v>749</v>
       </c>
       <c r="C149" t="s">
         <v>750</v>
       </c>
       <c r="D149">
-        <v>25.82</v>
+        <v>32.86</v>
       </c>
       <c r="G149" t="s">
         <v>14</v>
       </c>
       <c r="H149" t="s">
         <v>751</v>
       </c>
       <c r="I149">
         <v>20</v>
       </c>
       <c r="J149" t="s">
         <v>16</v>
       </c>
       <c r="K149" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>753</v>
       </c>
       <c r="B150" t="s">
         <v>754</v>
       </c>
       <c r="C150" t="s">
         <v>755</v>
       </c>
       <c r="D150">
-        <v>30.96</v>
+        <v>25.82</v>
       </c>
       <c r="G150" t="s">
         <v>14</v>
       </c>
       <c r="H150" t="s">
         <v>756</v>
       </c>
       <c r="I150">
         <v>20</v>
       </c>
       <c r="J150" t="s">
         <v>16</v>
       </c>
       <c r="K150" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>758</v>
       </c>
       <c r="B151" t="s">
         <v>759</v>
       </c>
       <c r="C151" t="s">
         <v>760</v>
       </c>
       <c r="D151">
-        <v>6.9</v>
+        <v>30.96</v>
       </c>
       <c r="G151" t="s">
         <v>14</v>
       </c>
       <c r="H151" t="s">
         <v>761</v>
       </c>
       <c r="I151">
         <v>20</v>
       </c>
       <c r="J151" t="s">
         <v>16</v>
       </c>
       <c r="K151" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>763</v>
       </c>
       <c r="B152" t="s">
         <v>764</v>
       </c>
       <c r="C152" t="s">
         <v>765</v>
       </c>
       <c r="D152">
-        <v>18.38</v>
+        <v>6.9</v>
       </c>
       <c r="G152" t="s">
         <v>14</v>
       </c>
       <c r="H152" t="s">
         <v>766</v>
       </c>
       <c r="I152">
         <v>20</v>
       </c>
       <c r="J152" t="s">
         <v>16</v>
       </c>
       <c r="K152" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>768</v>
       </c>
       <c r="B153" t="s">
         <v>769</v>
       </c>
       <c r="C153" t="s">
         <v>770</v>
       </c>
       <c r="D153">
-        <v>12.38</v>
+        <v>18.38</v>
       </c>
       <c r="G153" t="s">
         <v>14</v>
       </c>
       <c r="H153" t="s">
         <v>771</v>
       </c>
       <c r="I153">
         <v>20</v>
       </c>
       <c r="J153" t="s">
         <v>16</v>
       </c>
       <c r="K153" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>773</v>
       </c>
       <c r="B154" t="s">
         <v>774</v>
       </c>
       <c r="C154" t="s">
         <v>775</v>
       </c>
       <c r="D154">
-        <v>9.95</v>
+        <v>12.38</v>
       </c>
       <c r="G154" t="s">
         <v>14</v>
       </c>
       <c r="H154" t="s">
         <v>776</v>
       </c>
       <c r="I154">
         <v>20</v>
       </c>
       <c r="J154" t="s">
         <v>16</v>
       </c>
       <c r="K154" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>778</v>
       </c>
       <c r="B155" t="s">
         <v>779</v>
       </c>
       <c r="C155" t="s">
         <v>780</v>
       </c>
       <c r="D155">
-        <v>20.48</v>
+        <v>9.95</v>
       </c>
       <c r="G155" t="s">
         <v>14</v>
       </c>
       <c r="H155" t="s">
         <v>781</v>
       </c>
       <c r="I155">
         <v>20</v>
       </c>
       <c r="J155" t="s">
         <v>16</v>
       </c>
       <c r="K155" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>783</v>
       </c>
       <c r="B156" t="s">
         <v>784</v>
       </c>
       <c r="C156" t="s">
         <v>785</v>
       </c>
       <c r="D156">
-        <v>25.82</v>
+        <v>20.48</v>
       </c>
       <c r="G156" t="s">
         <v>14</v>
       </c>
       <c r="H156" t="s">
         <v>786</v>
       </c>
       <c r="I156">
         <v>20</v>
       </c>
       <c r="J156" t="s">
         <v>16</v>
       </c>
       <c r="K156" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>788</v>
       </c>
       <c r="B157" t="s">
         <v>789</v>
       </c>
       <c r="C157" t="s">
         <v>790</v>
       </c>
       <c r="D157">
-        <v>23.18</v>
+        <v>25.82</v>
       </c>
       <c r="G157" t="s">
         <v>14</v>
       </c>
       <c r="H157" t="s">
         <v>791</v>
       </c>
       <c r="I157">
         <v>20</v>
       </c>
       <c r="J157" t="s">
         <v>16</v>
       </c>
       <c r="K157" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>793</v>
       </c>
       <c r="B158" t="s">
         <v>794</v>
       </c>
       <c r="C158" t="s">
         <v>795</v>
       </c>
       <c r="D158">
-        <v>26.7</v>
+        <v>23.18</v>
       </c>
       <c r="G158" t="s">
         <v>14</v>
       </c>
       <c r="H158" t="s">
         <v>796</v>
       </c>
       <c r="I158">
         <v>20</v>
       </c>
       <c r="J158" t="s">
         <v>16</v>
       </c>
       <c r="K158" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>798</v>
       </c>
       <c r="B159" t="s">
         <v>799</v>
       </c>
       <c r="C159" t="s">
@@ -11020,727 +11035,727 @@
       </c>
       <c r="H159" t="s">
         <v>801</v>
       </c>
       <c r="I159">
         <v>20</v>
       </c>
       <c r="J159" t="s">
         <v>16</v>
       </c>
       <c r="K159" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>803</v>
       </c>
       <c r="B160" t="s">
         <v>804</v>
       </c>
       <c r="C160" t="s">
         <v>805</v>
       </c>
       <c r="D160">
-        <v>11.5</v>
+        <v>26.7</v>
       </c>
       <c r="G160" t="s">
         <v>14</v>
       </c>
       <c r="H160" t="s">
         <v>806</v>
       </c>
       <c r="I160">
         <v>20</v>
       </c>
       <c r="J160" t="s">
         <v>16</v>
       </c>
       <c r="K160" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>808</v>
       </c>
       <c r="B161" t="s">
         <v>809</v>
       </c>
       <c r="C161" t="s">
         <v>810</v>
       </c>
       <c r="D161">
-        <v>22.53</v>
+        <v>11.5</v>
       </c>
       <c r="G161" t="s">
         <v>14</v>
       </c>
       <c r="H161" t="s">
         <v>811</v>
       </c>
       <c r="I161">
         <v>20</v>
       </c>
       <c r="J161" t="s">
         <v>16</v>
       </c>
       <c r="K161" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>813</v>
       </c>
       <c r="B162" t="s">
         <v>814</v>
       </c>
       <c r="C162" t="s">
         <v>815</v>
       </c>
       <c r="D162">
-        <v>13.7</v>
+        <v>22.53</v>
       </c>
       <c r="G162" t="s">
         <v>14</v>
       </c>
       <c r="H162" t="s">
         <v>816</v>
       </c>
       <c r="I162">
         <v>20</v>
       </c>
       <c r="J162" t="s">
         <v>16</v>
       </c>
       <c r="K162" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>818</v>
       </c>
       <c r="B163" t="s">
         <v>819</v>
       </c>
       <c r="C163" t="s">
         <v>820</v>
       </c>
       <c r="D163">
-        <v>30.96</v>
+        <v>13.7</v>
       </c>
       <c r="G163" t="s">
         <v>14</v>
       </c>
       <c r="H163" t="s">
         <v>821</v>
       </c>
       <c r="I163">
         <v>20</v>
       </c>
       <c r="J163" t="s">
         <v>16</v>
       </c>
       <c r="K163" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>823</v>
       </c>
       <c r="B164" t="s">
         <v>824</v>
       </c>
       <c r="C164" t="s">
         <v>825</v>
       </c>
       <c r="D164">
-        <v>37.45</v>
+        <v>30.96</v>
       </c>
       <c r="G164" t="s">
         <v>14</v>
       </c>
       <c r="H164" t="s">
         <v>826</v>
       </c>
       <c r="I164">
         <v>20</v>
       </c>
       <c r="J164" t="s">
         <v>16</v>
       </c>
       <c r="K164" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>828</v>
       </c>
       <c r="B165" t="s">
         <v>829</v>
       </c>
       <c r="C165" t="s">
         <v>830</v>
       </c>
       <c r="D165">
-        <v>33.08</v>
+        <v>37.45</v>
       </c>
       <c r="G165" t="s">
         <v>14</v>
       </c>
       <c r="H165" t="s">
         <v>831</v>
       </c>
       <c r="I165">
         <v>20</v>
       </c>
       <c r="J165" t="s">
         <v>16</v>
       </c>
       <c r="K165" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>833</v>
       </c>
       <c r="B166" t="s">
         <v>834</v>
       </c>
       <c r="C166" t="s">
         <v>835</v>
       </c>
       <c r="D166">
-        <v>40</v>
+        <v>33.08</v>
       </c>
       <c r="G166" t="s">
         <v>14</v>
       </c>
       <c r="H166" t="s">
         <v>836</v>
       </c>
       <c r="I166">
         <v>20</v>
       </c>
       <c r="J166" t="s">
         <v>16</v>
       </c>
       <c r="K166" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>838</v>
       </c>
       <c r="B167" t="s">
         <v>839</v>
       </c>
       <c r="C167" t="s">
         <v>840</v>
       </c>
       <c r="D167">
-        <v>30.98</v>
+        <v>40</v>
       </c>
       <c r="G167" t="s">
         <v>14</v>
       </c>
       <c r="H167" t="s">
         <v>841</v>
       </c>
       <c r="I167">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="J167" t="s">
         <v>16</v>
       </c>
       <c r="K167" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>843</v>
       </c>
       <c r="B168" t="s">
         <v>844</v>
       </c>
       <c r="C168" t="s">
         <v>845</v>
       </c>
       <c r="D168">
-        <v>36.15</v>
+        <v>30.98</v>
       </c>
       <c r="G168" t="s">
         <v>14</v>
       </c>
       <c r="H168" t="s">
         <v>846</v>
       </c>
       <c r="I168">
         <v>5</v>
       </c>
       <c r="J168" t="s">
         <v>16</v>
       </c>
       <c r="K168" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>848</v>
       </c>
       <c r="B169" t="s">
         <v>849</v>
       </c>
       <c r="C169" t="s">
         <v>850</v>
       </c>
       <c r="D169">
-        <v>57.66</v>
+        <v>36.15</v>
       </c>
       <c r="G169" t="s">
         <v>14</v>
       </c>
       <c r="H169" t="s">
         <v>851</v>
       </c>
       <c r="I169">
         <v>5</v>
       </c>
       <c r="J169" t="s">
         <v>16</v>
       </c>
       <c r="K169" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>853</v>
       </c>
       <c r="B170" t="s">
         <v>854</v>
       </c>
       <c r="C170" t="s">
         <v>855</v>
       </c>
       <c r="D170">
-        <v>15.85</v>
+        <v>57.66</v>
       </c>
       <c r="G170" t="s">
         <v>14</v>
       </c>
       <c r="H170" t="s">
         <v>856</v>
       </c>
       <c r="I170">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="J170" t="s">
         <v>16</v>
       </c>
       <c r="K170" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>858</v>
       </c>
       <c r="B171" t="s">
         <v>859</v>
       </c>
       <c r="C171" t="s">
         <v>860</v>
       </c>
       <c r="D171">
-        <v>19.69</v>
+        <v>15.85</v>
       </c>
       <c r="G171" t="s">
         <v>14</v>
       </c>
       <c r="H171" t="s">
         <v>861</v>
       </c>
       <c r="I171">
         <v>20</v>
       </c>
       <c r="J171" t="s">
         <v>16</v>
       </c>
       <c r="K171" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>863</v>
       </c>
       <c r="B172" t="s">
         <v>864</v>
       </c>
       <c r="C172" t="s">
         <v>865</v>
       </c>
       <c r="D172">
-        <v>13.96</v>
+        <v>19.69</v>
       </c>
       <c r="G172" t="s">
         <v>14</v>
       </c>
       <c r="H172" t="s">
         <v>866</v>
       </c>
       <c r="I172">
         <v>20</v>
       </c>
       <c r="J172" t="s">
         <v>16</v>
       </c>
       <c r="K172" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>868</v>
       </c>
       <c r="B173" t="s">
         <v>869</v>
       </c>
       <c r="C173" t="s">
         <v>870</v>
       </c>
       <c r="D173">
-        <v>18.43</v>
+        <v>13.96</v>
       </c>
       <c r="G173" t="s">
         <v>14</v>
       </c>
       <c r="H173" t="s">
         <v>871</v>
       </c>
       <c r="I173">
         <v>20</v>
       </c>
       <c r="J173" t="s">
         <v>16</v>
       </c>
       <c r="K173" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>873</v>
       </c>
       <c r="B174" t="s">
         <v>874</v>
       </c>
       <c r="C174" t="s">
         <v>875</v>
       </c>
       <c r="D174">
-        <v>26.23</v>
+        <v>18.43</v>
       </c>
       <c r="G174" t="s">
         <v>14</v>
       </c>
       <c r="H174" t="s">
         <v>876</v>
       </c>
       <c r="I174">
         <v>20</v>
       </c>
       <c r="J174" t="s">
         <v>16</v>
       </c>
       <c r="K174" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>878</v>
       </c>
       <c r="B175" t="s">
         <v>879</v>
       </c>
       <c r="C175" t="s">
         <v>880</v>
       </c>
       <c r="D175">
-        <v>24.96</v>
+        <v>26.23</v>
       </c>
       <c r="G175" t="s">
         <v>14</v>
       </c>
       <c r="H175" t="s">
         <v>881</v>
       </c>
       <c r="I175">
         <v>20</v>
       </c>
       <c r="J175" t="s">
         <v>16</v>
       </c>
       <c r="K175" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>883</v>
       </c>
       <c r="B176" t="s">
         <v>884</v>
       </c>
       <c r="C176" t="s">
         <v>885</v>
       </c>
       <c r="D176">
-        <v>30.98</v>
+        <v>24.96</v>
       </c>
       <c r="G176" t="s">
         <v>14</v>
       </c>
       <c r="H176" t="s">
         <v>886</v>
       </c>
       <c r="I176">
         <v>20</v>
       </c>
       <c r="J176" t="s">
         <v>16</v>
       </c>
       <c r="K176" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>888</v>
       </c>
       <c r="B177" t="s">
         <v>889</v>
       </c>
       <c r="C177" t="s">
         <v>890</v>
       </c>
       <c r="D177">
-        <v>18.73</v>
+        <v>30.98</v>
       </c>
       <c r="G177" t="s">
         <v>14</v>
       </c>
       <c r="H177" t="s">
         <v>891</v>
       </c>
       <c r="I177">
         <v>20</v>
       </c>
       <c r="J177" t="s">
         <v>16</v>
       </c>
       <c r="K177" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>893</v>
       </c>
       <c r="B178" t="s">
         <v>894</v>
       </c>
       <c r="C178" t="s">
         <v>895</v>
       </c>
       <c r="D178">
-        <v>29.04</v>
+        <v>18.73</v>
       </c>
       <c r="G178" t="s">
         <v>14</v>
       </c>
       <c r="H178" t="s">
         <v>896</v>
       </c>
       <c r="I178">
         <v>20</v>
       </c>
       <c r="J178" t="s">
         <v>16</v>
       </c>
       <c r="K178" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>898</v>
       </c>
       <c r="B179" t="s">
         <v>899</v>
       </c>
       <c r="C179" t="s">
         <v>900</v>
       </c>
       <c r="D179">
-        <v>38.93</v>
+        <v>29.04</v>
       </c>
       <c r="G179" t="s">
         <v>14</v>
       </c>
       <c r="H179" t="s">
         <v>901</v>
       </c>
       <c r="I179">
         <v>20</v>
       </c>
       <c r="J179" t="s">
         <v>16</v>
       </c>
       <c r="K179" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>903</v>
       </c>
       <c r="B180" t="s">
         <v>904</v>
       </c>
       <c r="C180" t="s">
         <v>905</v>
       </c>
       <c r="D180">
-        <v>15.85</v>
+        <v>38.93</v>
       </c>
       <c r="G180" t="s">
         <v>14</v>
       </c>
       <c r="H180" t="s">
         <v>906</v>
       </c>
       <c r="I180">
         <v>20</v>
       </c>
       <c r="J180" t="s">
         <v>16</v>
       </c>
       <c r="K180" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>908</v>
       </c>
       <c r="B181" t="s">
         <v>909</v>
       </c>
       <c r="C181" t="s">
         <v>910</v>
       </c>
       <c r="D181">
-        <v>21.89</v>
+        <v>15.85</v>
       </c>
       <c r="G181" t="s">
         <v>14</v>
       </c>
       <c r="H181" t="s">
         <v>911</v>
       </c>
       <c r="I181">
         <v>20</v>
       </c>
       <c r="J181" t="s">
         <v>16</v>
       </c>
       <c r="K181" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>913</v>
       </c>
       <c r="B182" t="s">
         <v>914</v>
       </c>
       <c r="C182" t="s">
         <v>915</v>
       </c>
       <c r="D182">
-        <v>30.96</v>
+        <v>21.89</v>
       </c>
       <c r="G182" t="s">
         <v>14</v>
       </c>
       <c r="H182" t="s">
         <v>916</v>
       </c>
       <c r="I182">
         <v>20</v>
       </c>
       <c r="J182" t="s">
         <v>16</v>
       </c>
       <c r="K182" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>918</v>
       </c>
       <c r="B183" t="s">
         <v>919</v>
       </c>
       <c r="C183" t="s">
         <v>920</v>
       </c>
       <c r="D183">
-        <v>10.81</v>
+        <v>30.96</v>
       </c>
       <c r="G183" t="s">
         <v>14</v>
       </c>
       <c r="H183" t="s">
         <v>921</v>
       </c>
       <c r="I183">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="J183" t="s">
         <v>16</v>
       </c>
       <c r="K183" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>923</v>
       </c>
       <c r="B184" t="s">
         <v>924</v>
       </c>
       <c r="C184" t="s">
         <v>925</v>
       </c>
       <c r="D184">
         <v>10.81</v>
       </c>
       <c r="G184" t="s">
         <v>14</v>
       </c>
       <c r="H184" t="s">
@@ -11803,747 +11818,747 @@
       </c>
       <c r="H186" t="s">
         <v>936</v>
       </c>
       <c r="I186">
         <v>1</v>
       </c>
       <c r="J186" t="s">
         <v>16</v>
       </c>
       <c r="K186" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>938</v>
       </c>
       <c r="B187" t="s">
         <v>939</v>
       </c>
       <c r="C187" t="s">
         <v>940</v>
       </c>
       <c r="D187">
-        <v>12.98</v>
+        <v>10.81</v>
       </c>
       <c r="G187" t="s">
         <v>14</v>
       </c>
       <c r="H187" t="s">
         <v>941</v>
       </c>
       <c r="I187">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J187" t="s">
         <v>16</v>
       </c>
       <c r="K187" t="s">
         <v>942</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>943</v>
       </c>
       <c r="B188" t="s">
         <v>944</v>
       </c>
       <c r="C188" t="s">
         <v>945</v>
       </c>
       <c r="D188">
-        <v>35.44</v>
+        <v>12.98</v>
       </c>
       <c r="G188" t="s">
         <v>14</v>
       </c>
       <c r="H188" t="s">
         <v>946</v>
       </c>
       <c r="I188">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J188" t="s">
         <v>16</v>
       </c>
       <c r="K188" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>948</v>
       </c>
       <c r="B189" t="s">
         <v>949</v>
       </c>
       <c r="C189" t="s">
         <v>950</v>
       </c>
       <c r="D189">
-        <v>113.84</v>
+        <v>35.44</v>
       </c>
       <c r="G189" t="s">
         <v>14</v>
       </c>
       <c r="H189" t="s">
         <v>951</v>
       </c>
       <c r="I189">
         <v>1</v>
       </c>
       <c r="J189" t="s">
         <v>16</v>
       </c>
       <c r="K189" t="s">
         <v>952</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>953</v>
       </c>
       <c r="B190" t="s">
         <v>954</v>
       </c>
       <c r="C190" t="s">
         <v>955</v>
       </c>
       <c r="D190">
-        <v>13.91</v>
+        <v>113.84</v>
       </c>
       <c r="G190" t="s">
         <v>14</v>
       </c>
       <c r="H190" t="s">
         <v>956</v>
       </c>
       <c r="I190">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J190" t="s">
         <v>16</v>
       </c>
       <c r="K190" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>958</v>
       </c>
       <c r="B191" t="s">
         <v>959</v>
       </c>
       <c r="C191" t="s">
         <v>960</v>
       </c>
       <c r="D191">
-        <v>38.29</v>
+        <v>13.91</v>
       </c>
       <c r="G191" t="s">
         <v>14</v>
       </c>
       <c r="H191" t="s">
         <v>961</v>
       </c>
       <c r="I191">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J191" t="s">
         <v>16</v>
       </c>
       <c r="K191" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>963</v>
       </c>
       <c r="B192" t="s">
         <v>964</v>
       </c>
       <c r="C192" t="s">
         <v>965</v>
       </c>
       <c r="D192">
-        <v>123.31</v>
+        <v>38.29</v>
       </c>
       <c r="G192" t="s">
         <v>14</v>
       </c>
       <c r="H192" t="s">
         <v>966</v>
       </c>
       <c r="I192">
         <v>1</v>
       </c>
       <c r="J192" t="s">
         <v>16</v>
       </c>
       <c r="K192" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>968</v>
       </c>
       <c r="B193" t="s">
         <v>969</v>
       </c>
       <c r="C193" t="s">
         <v>970</v>
       </c>
       <c r="D193">
-        <v>15.73</v>
+        <v>123.31</v>
       </c>
       <c r="G193" t="s">
         <v>14</v>
       </c>
       <c r="H193" t="s">
         <v>971</v>
       </c>
       <c r="I193">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J193" t="s">
         <v>16</v>
       </c>
       <c r="K193" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>973</v>
       </c>
       <c r="B194" t="s">
         <v>974</v>
       </c>
       <c r="C194" t="s">
         <v>975</v>
       </c>
       <c r="D194">
-        <v>43.76</v>
+        <v>15.73</v>
       </c>
       <c r="G194" t="s">
         <v>14</v>
       </c>
       <c r="H194" t="s">
         <v>976</v>
       </c>
       <c r="I194">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J194" t="s">
         <v>16</v>
       </c>
       <c r="K194" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>978</v>
       </c>
       <c r="B195" t="s">
         <v>979</v>
       </c>
       <c r="C195" t="s">
         <v>980</v>
       </c>
       <c r="D195">
-        <v>141.56</v>
+        <v>43.76</v>
       </c>
       <c r="G195" t="s">
         <v>14</v>
       </c>
       <c r="H195" t="s">
         <v>981</v>
       </c>
       <c r="I195">
         <v>1</v>
       </c>
       <c r="J195" t="s">
         <v>16</v>
       </c>
       <c r="K195" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>983</v>
       </c>
       <c r="B196" t="s">
         <v>984</v>
       </c>
       <c r="C196" t="s">
         <v>985</v>
       </c>
       <c r="D196">
-        <v>14.01</v>
+        <v>141.56</v>
       </c>
       <c r="G196" t="s">
         <v>14</v>
       </c>
       <c r="H196" t="s">
         <v>986</v>
       </c>
       <c r="I196">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J196" t="s">
         <v>16</v>
       </c>
       <c r="K196" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>988</v>
       </c>
       <c r="B197" t="s">
         <v>989</v>
       </c>
       <c r="C197" t="s">
         <v>990</v>
       </c>
       <c r="D197">
-        <v>38.59</v>
+        <v>14.01</v>
       </c>
       <c r="G197" t="s">
         <v>14</v>
       </c>
       <c r="H197" t="s">
         <v>991</v>
       </c>
       <c r="I197">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J197" t="s">
         <v>16</v>
       </c>
       <c r="K197" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>993</v>
       </c>
       <c r="B198" t="s">
         <v>994</v>
       </c>
       <c r="C198" t="s">
         <v>995</v>
       </c>
       <c r="D198">
-        <v>124.33</v>
+        <v>38.59</v>
       </c>
       <c r="G198" t="s">
         <v>14</v>
       </c>
       <c r="H198" t="s">
         <v>996</v>
       </c>
       <c r="I198">
         <v>1</v>
       </c>
       <c r="J198" t="s">
         <v>16</v>
       </c>
       <c r="K198" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>998</v>
       </c>
       <c r="B199" t="s">
         <v>999</v>
       </c>
       <c r="C199" t="s">
         <v>1000</v>
       </c>
       <c r="D199">
-        <v>16.51</v>
+        <v>124.33</v>
       </c>
       <c r="G199" t="s">
         <v>14</v>
       </c>
       <c r="H199" t="s">
         <v>1001</v>
       </c>
       <c r="I199">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J199" t="s">
         <v>16</v>
       </c>
       <c r="K199" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>1003</v>
       </c>
       <c r="B200" t="s">
         <v>1004</v>
       </c>
       <c r="C200" t="s">
         <v>1005</v>
       </c>
       <c r="D200">
-        <v>46.12</v>
+        <v>16.51</v>
       </c>
       <c r="G200" t="s">
         <v>14</v>
       </c>
       <c r="H200" t="s">
         <v>1006</v>
       </c>
       <c r="I200">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J200" t="s">
         <v>16</v>
       </c>
       <c r="K200" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>1008</v>
       </c>
       <c r="B201" t="s">
         <v>1009</v>
       </c>
       <c r="C201" t="s">
         <v>1010</v>
       </c>
       <c r="D201">
-        <v>149.42</v>
+        <v>46.12</v>
       </c>
       <c r="G201" t="s">
         <v>14</v>
       </c>
       <c r="H201" t="s">
         <v>1011</v>
       </c>
       <c r="I201">
         <v>1</v>
       </c>
       <c r="J201" t="s">
         <v>16</v>
       </c>
       <c r="K201" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>1013</v>
       </c>
       <c r="B202" t="s">
         <v>1014</v>
       </c>
       <c r="C202" t="s">
         <v>1015</v>
       </c>
       <c r="D202">
-        <v>15.99</v>
+        <v>149.42</v>
       </c>
       <c r="G202" t="s">
         <v>14</v>
       </c>
       <c r="H202" t="s">
         <v>1016</v>
       </c>
       <c r="I202">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J202" t="s">
         <v>16</v>
       </c>
       <c r="K202" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>1018</v>
       </c>
       <c r="B203" t="s">
         <v>1019</v>
       </c>
       <c r="C203" t="s">
         <v>1020</v>
       </c>
       <c r="D203">
-        <v>44.57</v>
+        <v>15.99</v>
       </c>
       <c r="G203" t="s">
         <v>14</v>
       </c>
       <c r="H203" t="s">
         <v>1021</v>
       </c>
       <c r="I203">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J203" t="s">
         <v>16</v>
       </c>
       <c r="K203" t="s">
         <v>1022</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>1023</v>
       </c>
       <c r="B204" t="s">
         <v>1024</v>
       </c>
       <c r="C204" t="s">
         <v>1025</v>
       </c>
       <c r="D204">
-        <v>144.23</v>
+        <v>44.57</v>
       </c>
       <c r="G204" t="s">
         <v>14</v>
       </c>
       <c r="H204" t="s">
         <v>1026</v>
       </c>
       <c r="I204">
         <v>1</v>
       </c>
       <c r="J204" t="s">
         <v>16</v>
       </c>
       <c r="K204" t="s">
         <v>1027</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>1028</v>
       </c>
       <c r="B205" t="s">
         <v>1029</v>
       </c>
       <c r="C205" t="s">
         <v>1030</v>
       </c>
       <c r="D205">
-        <v>11.74</v>
+        <v>144.23</v>
       </c>
       <c r="G205" t="s">
         <v>14</v>
       </c>
       <c r="H205" t="s">
         <v>1031</v>
       </c>
       <c r="I205">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J205" t="s">
         <v>16</v>
       </c>
       <c r="K205" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>1033</v>
       </c>
       <c r="B206" t="s">
         <v>1034</v>
       </c>
       <c r="C206" t="s">
         <v>1035</v>
       </c>
       <c r="D206">
-        <v>31.76</v>
+        <v>11.74</v>
       </c>
       <c r="G206" t="s">
         <v>14</v>
       </c>
       <c r="H206" t="s">
         <v>1036</v>
       </c>
       <c r="I206">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J206" t="s">
         <v>16</v>
       </c>
       <c r="K206" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>1038</v>
       </c>
       <c r="B207" t="s">
         <v>1039</v>
       </c>
       <c r="C207" t="s">
         <v>1040</v>
       </c>
       <c r="D207">
-        <v>101.57</v>
+        <v>31.76</v>
       </c>
       <c r="G207" t="s">
         <v>14</v>
       </c>
       <c r="H207" t="s">
         <v>1041</v>
       </c>
       <c r="I207">
         <v>1</v>
       </c>
       <c r="J207" t="s">
         <v>16</v>
       </c>
       <c r="K207" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>1043</v>
       </c>
       <c r="B208" t="s">
         <v>1044</v>
       </c>
       <c r="C208" t="s">
         <v>1045</v>
       </c>
       <c r="D208">
-        <v>128.76</v>
+        <v>101.57</v>
       </c>
       <c r="G208" t="s">
         <v>14</v>
       </c>
       <c r="H208" t="s">
         <v>1046</v>
       </c>
       <c r="I208">
         <v>1</v>
       </c>
       <c r="J208" t="s">
         <v>16</v>
       </c>
       <c r="K208" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>1048</v>
       </c>
       <c r="B209" t="s">
         <v>1049</v>
       </c>
       <c r="C209" t="s">
         <v>1050</v>
       </c>
       <c r="D209">
-        <v>180</v>
+        <v>128.76</v>
       </c>
       <c r="G209" t="s">
         <v>14</v>
       </c>
       <c r="H209" t="s">
         <v>1051</v>
       </c>
       <c r="I209">
         <v>1</v>
       </c>
       <c r="J209" t="s">
         <v>16</v>
       </c>
       <c r="K209" t="s">
         <v>1052</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>1053</v>
       </c>
       <c r="B210" t="s">
         <v>1054</v>
       </c>
       <c r="C210" t="s">
         <v>1055</v>
       </c>
       <c r="D210">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="G210" t="s">
         <v>14</v>
       </c>
       <c r="H210" t="s">
         <v>1056</v>
       </c>
       <c r="I210">
         <v>1</v>
       </c>
       <c r="J210" t="s">
         <v>16</v>
       </c>
       <c r="K210" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>1058</v>
       </c>
       <c r="B211" t="s">
         <v>1059</v>
       </c>
       <c r="C211" t="s">
         <v>1060</v>
       </c>
       <c r="D211">
-        <v>180</v>
+        <v>198</v>
       </c>
       <c r="G211" t="s">
         <v>14</v>
       </c>
       <c r="H211" t="s">
         <v>1061</v>
       </c>
       <c r="I211">
         <v>1</v>
       </c>
       <c r="J211" t="s">
         <v>16</v>
       </c>
       <c r="K211" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>1063</v>
       </c>
       <c r="B212" t="s">
         <v>1064</v>
       </c>
       <c r="C212" t="s">
@@ -12557,4381 +12572,4381 @@
       </c>
       <c r="H212" t="s">
         <v>1066</v>
       </c>
       <c r="I212">
         <v>1</v>
       </c>
       <c r="J212" t="s">
         <v>16</v>
       </c>
       <c r="K212" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>1068</v>
       </c>
       <c r="B213" t="s">
         <v>1069</v>
       </c>
       <c r="C213" t="s">
         <v>1070</v>
       </c>
       <c r="D213">
-        <v>3.95</v>
+        <v>180</v>
       </c>
       <c r="G213" t="s">
         <v>14</v>
       </c>
       <c r="H213" t="s">
         <v>1071</v>
       </c>
       <c r="I213">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J213" t="s">
         <v>16</v>
       </c>
       <c r="K213" t="s">
         <v>1072</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>1073</v>
       </c>
       <c r="B214" t="s">
         <v>1074</v>
       </c>
       <c r="C214" t="s">
         <v>1075</v>
       </c>
       <c r="D214">
-        <v>4.51</v>
+        <v>3.95</v>
       </c>
       <c r="G214" t="s">
         <v>14</v>
       </c>
       <c r="H214" t="s">
         <v>1076</v>
       </c>
       <c r="I214">
         <v>10</v>
       </c>
       <c r="J214" t="s">
         <v>16</v>
       </c>
       <c r="K214" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>1078</v>
       </c>
       <c r="B215" t="s">
         <v>1079</v>
       </c>
       <c r="C215" t="s">
         <v>1080</v>
       </c>
       <c r="D215">
-        <v>4.68</v>
+        <v>4.51</v>
       </c>
       <c r="G215" t="s">
         <v>14</v>
       </c>
       <c r="H215" t="s">
         <v>1081</v>
       </c>
       <c r="I215">
         <v>10</v>
       </c>
       <c r="J215" t="s">
         <v>16</v>
       </c>
       <c r="K215" t="s">
         <v>1082</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>1083</v>
       </c>
       <c r="B216" t="s">
         <v>1084</v>
       </c>
       <c r="C216" t="s">
         <v>1085</v>
       </c>
       <c r="D216">
-        <v>5.22</v>
+        <v>4.68</v>
       </c>
       <c r="G216" t="s">
         <v>14</v>
       </c>
       <c r="H216" t="s">
         <v>1086</v>
       </c>
       <c r="I216">
         <v>10</v>
       </c>
       <c r="J216" t="s">
         <v>16</v>
       </c>
       <c r="K216" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>1088</v>
       </c>
       <c r="B217" t="s">
         <v>1089</v>
       </c>
       <c r="C217" t="s">
         <v>1090</v>
       </c>
       <c r="D217">
-        <v>5.49</v>
+        <v>5.22</v>
       </c>
       <c r="G217" t="s">
         <v>14</v>
       </c>
       <c r="H217" t="s">
         <v>1091</v>
       </c>
       <c r="I217">
         <v>10</v>
       </c>
       <c r="J217" t="s">
         <v>16</v>
       </c>
       <c r="K217" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>1093</v>
       </c>
       <c r="B218" t="s">
         <v>1094</v>
       </c>
       <c r="C218" t="s">
         <v>1095</v>
       </c>
       <c r="D218">
-        <v>5.66</v>
+        <v>5.49</v>
       </c>
       <c r="G218" t="s">
         <v>14</v>
       </c>
       <c r="H218" t="s">
         <v>1096</v>
       </c>
       <c r="I218">
         <v>10</v>
       </c>
       <c r="J218" t="s">
         <v>16</v>
       </c>
       <c r="K218" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>1098</v>
       </c>
       <c r="B219" t="s">
         <v>1099</v>
       </c>
       <c r="C219" t="s">
         <v>1100</v>
       </c>
       <c r="D219">
-        <v>5.93</v>
+        <v>5.66</v>
       </c>
       <c r="G219" t="s">
         <v>14</v>
       </c>
       <c r="H219" t="s">
         <v>1101</v>
       </c>
       <c r="I219">
         <v>10</v>
       </c>
       <c r="J219" t="s">
         <v>16</v>
       </c>
       <c r="K219" t="s">
         <v>1102</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>1103</v>
       </c>
       <c r="B220" t="s">
         <v>1104</v>
       </c>
       <c r="C220" t="s">
         <v>1105</v>
       </c>
       <c r="D220">
-        <v>6.39</v>
+        <v>5.93</v>
       </c>
       <c r="G220" t="s">
         <v>14</v>
       </c>
       <c r="H220" t="s">
         <v>1106</v>
       </c>
       <c r="I220">
         <v>10</v>
       </c>
       <c r="J220" t="s">
         <v>16</v>
       </c>
       <c r="K220" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>1108</v>
       </c>
       <c r="B221" t="s">
         <v>1109</v>
       </c>
       <c r="C221" t="s">
         <v>1110</v>
       </c>
       <c r="D221">
-        <v>6.66</v>
+        <v>6.39</v>
       </c>
       <c r="G221" t="s">
         <v>14</v>
       </c>
       <c r="H221" t="s">
         <v>1111</v>
       </c>
       <c r="I221">
         <v>10</v>
       </c>
       <c r="J221" t="s">
         <v>16</v>
       </c>
       <c r="K221" t="s">
         <v>1112</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>1113</v>
       </c>
       <c r="B222" t="s">
         <v>1114</v>
       </c>
       <c r="C222" t="s">
         <v>1115</v>
       </c>
       <c r="D222">
-        <v>7.13</v>
+        <v>6.66</v>
       </c>
       <c r="G222" t="s">
         <v>14</v>
       </c>
       <c r="H222" t="s">
         <v>1116</v>
       </c>
       <c r="I222">
         <v>10</v>
       </c>
       <c r="J222" t="s">
         <v>16</v>
       </c>
       <c r="K222" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>1118</v>
       </c>
       <c r="B223" t="s">
         <v>1119</v>
       </c>
       <c r="C223" t="s">
         <v>1120</v>
       </c>
       <c r="D223">
-        <v>7.59</v>
+        <v>7.13</v>
       </c>
       <c r="G223" t="s">
         <v>14</v>
       </c>
       <c r="H223" t="s">
         <v>1121</v>
       </c>
       <c r="I223">
         <v>10</v>
       </c>
       <c r="J223" t="s">
         <v>16</v>
       </c>
       <c r="K223" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>1123</v>
       </c>
       <c r="B224" t="s">
         <v>1124</v>
       </c>
       <c r="C224" t="s">
         <v>1125</v>
       </c>
       <c r="D224">
-        <v>7.86</v>
+        <v>7.59</v>
       </c>
       <c r="G224" t="s">
         <v>14</v>
       </c>
       <c r="H224" t="s">
         <v>1126</v>
       </c>
       <c r="I224">
         <v>10</v>
       </c>
       <c r="J224" t="s">
         <v>16</v>
       </c>
       <c r="K224" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>1128</v>
       </c>
       <c r="B225" t="s">
         <v>1129</v>
       </c>
       <c r="C225" t="s">
         <v>1130</v>
       </c>
       <c r="D225">
-        <v>8.3</v>
+        <v>7.86</v>
       </c>
       <c r="G225" t="s">
         <v>14</v>
       </c>
       <c r="H225" t="s">
         <v>1131</v>
       </c>
       <c r="I225">
         <v>10</v>
       </c>
       <c r="J225" t="s">
         <v>16</v>
       </c>
       <c r="K225" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
         <v>1133</v>
       </c>
       <c r="B226" t="s">
         <v>1134</v>
       </c>
       <c r="C226" t="s">
         <v>1135</v>
       </c>
       <c r="D226">
-        <v>8.55</v>
+        <v>8.3</v>
       </c>
       <c r="G226" t="s">
         <v>14</v>
       </c>
       <c r="H226" t="s">
         <v>1136</v>
       </c>
       <c r="I226">
         <v>10</v>
       </c>
       <c r="J226" t="s">
         <v>16</v>
       </c>
       <c r="K226" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>1138</v>
       </c>
       <c r="B227" t="s">
         <v>1139</v>
       </c>
       <c r="C227" t="s">
         <v>1140</v>
       </c>
       <c r="D227">
-        <v>9.01</v>
+        <v>8.55</v>
       </c>
       <c r="G227" t="s">
         <v>14</v>
       </c>
       <c r="H227" t="s">
         <v>1141</v>
       </c>
       <c r="I227">
         <v>10</v>
       </c>
       <c r="J227" t="s">
         <v>16</v>
       </c>
       <c r="K227" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>1143</v>
       </c>
       <c r="B228" t="s">
         <v>1144</v>
       </c>
       <c r="C228" t="s">
         <v>1145</v>
       </c>
       <c r="D228">
-        <v>9.11</v>
+        <v>9.01</v>
       </c>
       <c r="G228" t="s">
         <v>14</v>
       </c>
       <c r="H228" t="s">
         <v>1146</v>
       </c>
       <c r="I228">
         <v>10</v>
       </c>
       <c r="J228" t="s">
         <v>16</v>
       </c>
       <c r="K228" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>1148</v>
       </c>
       <c r="B229" t="s">
         <v>1149</v>
       </c>
       <c r="C229" t="s">
         <v>1150</v>
       </c>
       <c r="D229">
-        <v>9.25</v>
+        <v>9.11</v>
       </c>
       <c r="G229" t="s">
         <v>14</v>
       </c>
       <c r="H229" t="s">
         <v>1151</v>
       </c>
       <c r="I229">
         <v>10</v>
       </c>
       <c r="J229" t="s">
         <v>16</v>
       </c>
       <c r="K229" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
         <v>1153</v>
       </c>
       <c r="B230" t="s">
         <v>1154</v>
       </c>
       <c r="C230" t="s">
         <v>1155</v>
       </c>
       <c r="D230">
-        <v>9.3</v>
+        <v>9.25</v>
       </c>
       <c r="G230" t="s">
         <v>14</v>
       </c>
       <c r="H230" t="s">
         <v>1156</v>
       </c>
       <c r="I230">
         <v>10</v>
       </c>
       <c r="J230" t="s">
         <v>16</v>
       </c>
       <c r="K230" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>1158</v>
       </c>
       <c r="B231" t="s">
         <v>1159</v>
       </c>
       <c r="C231" t="s">
         <v>1160</v>
       </c>
       <c r="D231">
-        <v>9.43</v>
+        <v>9.3</v>
       </c>
       <c r="G231" t="s">
         <v>14</v>
       </c>
       <c r="H231" t="s">
         <v>1161</v>
       </c>
       <c r="I231">
         <v>10</v>
       </c>
       <c r="J231" t="s">
         <v>16</v>
       </c>
       <c r="K231" t="s">
         <v>1162</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
         <v>1163</v>
       </c>
       <c r="B232" t="s">
         <v>1164</v>
       </c>
       <c r="C232" t="s">
         <v>1165</v>
       </c>
       <c r="D232">
-        <v>9.56</v>
+        <v>9.43</v>
       </c>
       <c r="G232" t="s">
         <v>14</v>
       </c>
       <c r="H232" t="s">
         <v>1166</v>
       </c>
       <c r="I232">
         <v>10</v>
       </c>
       <c r="J232" t="s">
         <v>16</v>
       </c>
       <c r="K232" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
         <v>1168</v>
       </c>
       <c r="B233" t="s">
         <v>1169</v>
       </c>
       <c r="C233" t="s">
         <v>1170</v>
       </c>
       <c r="D233">
-        <v>10.91</v>
+        <v>9.56</v>
       </c>
       <c r="G233" t="s">
         <v>14</v>
       </c>
       <c r="H233" t="s">
         <v>1171</v>
       </c>
       <c r="I233">
         <v>10</v>
       </c>
       <c r="J233" t="s">
         <v>16</v>
       </c>
       <c r="K233" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>1173</v>
       </c>
       <c r="B234" t="s">
         <v>1174</v>
       </c>
       <c r="C234" t="s">
         <v>1175</v>
       </c>
       <c r="D234">
-        <v>10.95</v>
+        <v>10.91</v>
       </c>
       <c r="G234" t="s">
         <v>14</v>
       </c>
       <c r="H234" t="s">
         <v>1176</v>
       </c>
       <c r="I234">
         <v>10</v>
       </c>
       <c r="J234" t="s">
         <v>16</v>
       </c>
       <c r="K234" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>1178</v>
       </c>
       <c r="B235" t="s">
         <v>1179</v>
       </c>
       <c r="C235" t="s">
         <v>1180</v>
       </c>
       <c r="D235">
-        <v>11.07</v>
+        <v>10.95</v>
       </c>
       <c r="G235" t="s">
         <v>14</v>
       </c>
       <c r="H235" t="s">
         <v>1181</v>
       </c>
       <c r="I235">
         <v>10</v>
       </c>
       <c r="J235" t="s">
         <v>16</v>
       </c>
       <c r="K235" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
         <v>1183</v>
       </c>
       <c r="B236" t="s">
         <v>1184</v>
       </c>
       <c r="C236" t="s">
         <v>1185</v>
       </c>
       <c r="D236">
-        <v>11.18</v>
+        <v>11.07</v>
       </c>
       <c r="G236" t="s">
         <v>14</v>
       </c>
       <c r="H236" t="s">
         <v>1186</v>
       </c>
       <c r="I236">
         <v>10</v>
       </c>
       <c r="J236" t="s">
         <v>16</v>
       </c>
       <c r="K236" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
         <v>1188</v>
       </c>
       <c r="B237" t="s">
         <v>1189</v>
       </c>
       <c r="C237" t="s">
         <v>1190</v>
       </c>
       <c r="D237">
-        <v>11.44</v>
+        <v>11.18</v>
       </c>
       <c r="G237" t="s">
         <v>14</v>
       </c>
       <c r="H237" t="s">
         <v>1191</v>
       </c>
       <c r="I237">
         <v>10</v>
       </c>
       <c r="J237" t="s">
         <v>16</v>
       </c>
       <c r="K237" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
         <v>1193</v>
       </c>
       <c r="B238" t="s">
         <v>1194</v>
       </c>
       <c r="C238" t="s">
         <v>1195</v>
       </c>
       <c r="D238">
-        <v>11.53</v>
+        <v>11.44</v>
       </c>
       <c r="G238" t="s">
         <v>14</v>
       </c>
       <c r="H238" t="s">
         <v>1196</v>
       </c>
       <c r="I238">
         <v>10</v>
       </c>
       <c r="J238" t="s">
         <v>16</v>
       </c>
       <c r="K238" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
         <v>1198</v>
       </c>
       <c r="B239" t="s">
         <v>1199</v>
       </c>
       <c r="C239" t="s">
         <v>1200</v>
       </c>
       <c r="D239">
-        <v>13.23</v>
+        <v>11.53</v>
       </c>
       <c r="G239" t="s">
         <v>14</v>
       </c>
       <c r="H239" t="s">
         <v>1201</v>
       </c>
       <c r="I239">
         <v>10</v>
       </c>
       <c r="J239" t="s">
         <v>16</v>
       </c>
       <c r="K239" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
         <v>1203</v>
       </c>
       <c r="B240" t="s">
         <v>1204</v>
       </c>
       <c r="C240" t="s">
         <v>1205</v>
       </c>
       <c r="D240">
-        <v>13.34</v>
+        <v>13.23</v>
       </c>
       <c r="G240" t="s">
         <v>14</v>
       </c>
       <c r="H240" t="s">
         <v>1206</v>
       </c>
       <c r="I240">
         <v>10</v>
       </c>
       <c r="J240" t="s">
         <v>16</v>
       </c>
       <c r="K240" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
         <v>1208</v>
       </c>
       <c r="B241" t="s">
         <v>1209</v>
       </c>
       <c r="C241" t="s">
         <v>1210</v>
       </c>
       <c r="D241">
-        <v>13.78</v>
+        <v>13.34</v>
       </c>
       <c r="G241" t="s">
         <v>14</v>
       </c>
       <c r="H241" t="s">
         <v>1211</v>
       </c>
       <c r="I241">
         <v>10</v>
       </c>
       <c r="J241" t="s">
         <v>16</v>
       </c>
       <c r="K241" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
         <v>1213</v>
       </c>
       <c r="B242" t="s">
         <v>1214</v>
       </c>
       <c r="C242" t="s">
         <v>1215</v>
       </c>
       <c r="D242">
-        <v>13.85</v>
+        <v>13.78</v>
       </c>
       <c r="G242" t="s">
         <v>14</v>
       </c>
       <c r="H242" t="s">
         <v>1216</v>
       </c>
       <c r="I242">
         <v>10</v>
       </c>
       <c r="J242" t="s">
         <v>16</v>
       </c>
       <c r="K242" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
         <v>1218</v>
       </c>
       <c r="B243" t="s">
         <v>1219</v>
       </c>
       <c r="C243" t="s">
         <v>1220</v>
       </c>
       <c r="D243">
-        <v>14.17</v>
+        <v>13.85</v>
       </c>
       <c r="G243" t="s">
         <v>14</v>
       </c>
       <c r="H243" t="s">
         <v>1221</v>
       </c>
       <c r="I243">
         <v>10</v>
       </c>
       <c r="J243" t="s">
         <v>16</v>
       </c>
       <c r="K243" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
         <v>1223</v>
       </c>
       <c r="B244" t="s">
         <v>1224</v>
       </c>
       <c r="C244" t="s">
         <v>1225</v>
       </c>
       <c r="D244">
-        <v>14.37</v>
+        <v>14.17</v>
       </c>
       <c r="G244" t="s">
         <v>14</v>
       </c>
       <c r="H244" t="s">
         <v>1226</v>
       </c>
       <c r="I244">
         <v>10</v>
       </c>
       <c r="J244" t="s">
         <v>16</v>
       </c>
       <c r="K244" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>1228</v>
       </c>
       <c r="B245" t="s">
         <v>1229</v>
       </c>
       <c r="C245" t="s">
         <v>1230</v>
       </c>
       <c r="D245">
-        <v>14.6</v>
+        <v>14.37</v>
       </c>
       <c r="G245" t="s">
         <v>14</v>
       </c>
       <c r="H245" t="s">
         <v>1231</v>
       </c>
       <c r="I245">
         <v>10</v>
       </c>
       <c r="J245" t="s">
         <v>16</v>
       </c>
       <c r="K245" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>1233</v>
       </c>
       <c r="B246" t="s">
         <v>1234</v>
       </c>
       <c r="C246" t="s">
         <v>1235</v>
       </c>
       <c r="D246">
-        <v>14.8</v>
+        <v>14.6</v>
       </c>
       <c r="G246" t="s">
         <v>14</v>
       </c>
       <c r="H246" t="s">
         <v>1236</v>
       </c>
       <c r="I246">
         <v>10</v>
       </c>
       <c r="J246" t="s">
         <v>16</v>
       </c>
       <c r="K246" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>1238</v>
       </c>
       <c r="B247" t="s">
         <v>1239</v>
       </c>
       <c r="C247" t="s">
         <v>1240</v>
       </c>
       <c r="D247">
-        <v>15.26</v>
+        <v>14.8</v>
       </c>
       <c r="G247" t="s">
         <v>14</v>
       </c>
       <c r="H247" t="s">
         <v>1241</v>
       </c>
       <c r="I247">
         <v>10</v>
       </c>
       <c r="J247" t="s">
         <v>16</v>
       </c>
       <c r="K247" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
         <v>1243</v>
       </c>
       <c r="B248" t="s">
         <v>1244</v>
       </c>
       <c r="C248" t="s">
         <v>1245</v>
       </c>
       <c r="D248">
-        <v>15.29</v>
+        <v>15.26</v>
       </c>
       <c r="G248" t="s">
         <v>14</v>
       </c>
       <c r="H248" t="s">
         <v>1246</v>
       </c>
       <c r="I248">
         <v>10</v>
       </c>
       <c r="J248" t="s">
         <v>16</v>
       </c>
       <c r="K248" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>1248</v>
       </c>
       <c r="B249" t="s">
         <v>1249</v>
       </c>
       <c r="C249" t="s">
         <v>1250</v>
       </c>
       <c r="D249">
-        <v>15.47</v>
+        <v>15.29</v>
       </c>
       <c r="G249" t="s">
         <v>14</v>
       </c>
       <c r="H249" t="s">
         <v>1251</v>
       </c>
       <c r="I249">
         <v>10</v>
       </c>
       <c r="J249" t="s">
         <v>16</v>
       </c>
       <c r="K249" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
         <v>1253</v>
       </c>
       <c r="B250" t="s">
         <v>1254</v>
       </c>
       <c r="C250" t="s">
         <v>1255</v>
       </c>
       <c r="D250">
-        <v>15.65</v>
+        <v>15.47</v>
       </c>
       <c r="G250" t="s">
         <v>14</v>
       </c>
       <c r="H250" t="s">
         <v>1256</v>
       </c>
       <c r="I250">
         <v>10</v>
       </c>
       <c r="J250" t="s">
         <v>16</v>
       </c>
       <c r="K250" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
         <v>1258</v>
       </c>
       <c r="B251" t="s">
         <v>1259</v>
       </c>
       <c r="C251" t="s">
         <v>1260</v>
       </c>
       <c r="D251">
-        <v>16.02</v>
+        <v>15.65</v>
       </c>
       <c r="G251" t="s">
         <v>14</v>
       </c>
       <c r="H251" t="s">
         <v>1261</v>
       </c>
       <c r="I251">
         <v>10</v>
       </c>
       <c r="J251" t="s">
         <v>16</v>
       </c>
       <c r="K251" t="s">
         <v>1262</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
         <v>1263</v>
       </c>
       <c r="B252" t="s">
         <v>1264</v>
       </c>
       <c r="C252" t="s">
         <v>1265</v>
       </c>
       <c r="D252">
-        <v>16.27</v>
+        <v>16.02</v>
       </c>
       <c r="G252" t="s">
         <v>14</v>
       </c>
       <c r="H252" t="s">
         <v>1266</v>
       </c>
       <c r="I252">
         <v>10</v>
       </c>
       <c r="J252" t="s">
         <v>16</v>
       </c>
       <c r="K252" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
         <v>1268</v>
       </c>
       <c r="B253" t="s">
         <v>1269</v>
       </c>
       <c r="C253" t="s">
         <v>1270</v>
       </c>
       <c r="D253">
-        <v>16.4</v>
+        <v>16.27</v>
       </c>
       <c r="G253" t="s">
         <v>14</v>
       </c>
       <c r="H253" t="s">
         <v>1271</v>
       </c>
       <c r="I253">
         <v>10</v>
       </c>
       <c r="J253" t="s">
         <v>16</v>
       </c>
       <c r="K253" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>1273</v>
       </c>
       <c r="B254" t="s">
         <v>1274</v>
       </c>
       <c r="C254" t="s">
         <v>1275</v>
       </c>
       <c r="D254">
-        <v>16.61</v>
+        <v>16.4</v>
       </c>
       <c r="G254" t="s">
         <v>14</v>
       </c>
       <c r="H254" t="s">
         <v>1276</v>
       </c>
       <c r="I254">
         <v>10</v>
       </c>
       <c r="J254" t="s">
         <v>16</v>
       </c>
       <c r="K254" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
         <v>1278</v>
       </c>
       <c r="B255" t="s">
         <v>1279</v>
       </c>
       <c r="C255" t="s">
         <v>1280</v>
       </c>
       <c r="D255">
-        <v>16.82</v>
+        <v>16.61</v>
       </c>
       <c r="G255" t="s">
         <v>14</v>
       </c>
       <c r="H255" t="s">
         <v>1281</v>
       </c>
       <c r="I255">
         <v>10</v>
       </c>
       <c r="J255" t="s">
         <v>16</v>
       </c>
       <c r="K255" t="s">
         <v>1282</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
         <v>1283</v>
       </c>
       <c r="B256" t="s">
         <v>1284</v>
       </c>
       <c r="C256" t="s">
         <v>1285</v>
       </c>
       <c r="D256">
-        <v>16.93</v>
+        <v>16.82</v>
       </c>
       <c r="G256" t="s">
         <v>14</v>
       </c>
       <c r="H256" t="s">
         <v>1286</v>
       </c>
       <c r="I256">
         <v>10</v>
       </c>
       <c r="J256" t="s">
         <v>16</v>
       </c>
       <c r="K256" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
         <v>1288</v>
       </c>
       <c r="B257" t="s">
         <v>1289</v>
       </c>
       <c r="C257" t="s">
         <v>1290</v>
       </c>
       <c r="D257">
-        <v>19.66</v>
+        <v>16.93</v>
       </c>
       <c r="G257" t="s">
         <v>14</v>
       </c>
       <c r="H257" t="s">
         <v>1291</v>
       </c>
       <c r="I257">
         <v>10</v>
       </c>
       <c r="J257" t="s">
         <v>16</v>
       </c>
       <c r="K257" t="s">
         <v>1292</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
         <v>1293</v>
       </c>
       <c r="B258" t="s">
         <v>1294</v>
       </c>
       <c r="C258" t="s">
         <v>1295</v>
       </c>
       <c r="D258">
-        <v>23.28</v>
+        <v>19.66</v>
       </c>
       <c r="G258" t="s">
         <v>14</v>
       </c>
       <c r="H258" t="s">
         <v>1296</v>
       </c>
       <c r="I258">
         <v>10</v>
       </c>
       <c r="J258" t="s">
         <v>16</v>
       </c>
       <c r="K258" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>1298</v>
       </c>
       <c r="B259" t="s">
         <v>1299</v>
       </c>
       <c r="C259" t="s">
         <v>1300</v>
       </c>
       <c r="D259">
-        <v>24.38</v>
+        <v>23.28</v>
       </c>
       <c r="G259" t="s">
         <v>14</v>
       </c>
       <c r="H259" t="s">
         <v>1301</v>
       </c>
       <c r="I259">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J259" t="s">
         <v>16</v>
       </c>
       <c r="K259" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>1303</v>
       </c>
       <c r="B260" t="s">
         <v>1304</v>
       </c>
       <c r="C260" t="s">
         <v>1305</v>
       </c>
       <c r="D260">
-        <v>24.96</v>
+        <v>24.38</v>
       </c>
       <c r="G260" t="s">
         <v>14</v>
       </c>
       <c r="H260" t="s">
         <v>1306</v>
       </c>
       <c r="I260">
         <v>1</v>
       </c>
       <c r="J260" t="s">
         <v>16</v>
       </c>
       <c r="K260" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
         <v>1308</v>
       </c>
       <c r="B261" t="s">
         <v>1309</v>
       </c>
       <c r="C261" t="s">
         <v>1310</v>
       </c>
       <c r="D261">
-        <v>26.33</v>
+        <v>24.96</v>
       </c>
       <c r="G261" t="s">
         <v>14</v>
       </c>
       <c r="H261" t="s">
         <v>1311</v>
       </c>
       <c r="I261">
         <v>1</v>
       </c>
       <c r="J261" t="s">
         <v>16</v>
       </c>
       <c r="K261" t="s">
         <v>1312</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
         <v>1313</v>
       </c>
       <c r="B262" t="s">
         <v>1314</v>
       </c>
       <c r="C262" t="s">
         <v>1315</v>
       </c>
       <c r="D262">
-        <v>27.62</v>
+        <v>26.33</v>
       </c>
       <c r="G262" t="s">
         <v>14</v>
       </c>
       <c r="H262" t="s">
         <v>1316</v>
       </c>
       <c r="I262">
         <v>1</v>
       </c>
       <c r="J262" t="s">
         <v>16</v>
       </c>
       <c r="K262" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
         <v>1318</v>
       </c>
       <c r="B263" t="s">
         <v>1319</v>
       </c>
       <c r="C263" t="s">
         <v>1320</v>
       </c>
       <c r="D263">
-        <v>27.77</v>
+        <v>27.62</v>
       </c>
       <c r="G263" t="s">
         <v>14</v>
       </c>
       <c r="H263" t="s">
         <v>1321</v>
       </c>
       <c r="I263">
         <v>1</v>
       </c>
       <c r="J263" t="s">
         <v>16</v>
       </c>
       <c r="K263" t="s">
         <v>1322</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
         <v>1323</v>
       </c>
       <c r="B264" t="s">
         <v>1324</v>
       </c>
       <c r="C264" t="s">
         <v>1325</v>
       </c>
       <c r="D264">
-        <v>28.77</v>
+        <v>27.77</v>
       </c>
       <c r="G264" t="s">
         <v>14</v>
       </c>
       <c r="H264" t="s">
         <v>1326</v>
       </c>
       <c r="I264">
         <v>1</v>
       </c>
       <c r="J264" t="s">
         <v>16</v>
       </c>
       <c r="K264" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
         <v>1328</v>
       </c>
       <c r="B265" t="s">
         <v>1329</v>
       </c>
       <c r="C265" t="s">
         <v>1330</v>
       </c>
       <c r="D265">
-        <v>30.47</v>
+        <v>28.77</v>
       </c>
       <c r="G265" t="s">
         <v>14</v>
       </c>
       <c r="H265" t="s">
         <v>1331</v>
       </c>
       <c r="I265">
         <v>1</v>
       </c>
       <c r="J265" t="s">
         <v>16</v>
       </c>
       <c r="K265" t="s">
         <v>1332</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
         <v>1333</v>
       </c>
       <c r="B266" t="s">
         <v>1334</v>
       </c>
       <c r="C266" t="s">
         <v>1335</v>
       </c>
       <c r="D266">
-        <v>31.89</v>
+        <v>30.47</v>
       </c>
       <c r="G266" t="s">
         <v>14</v>
       </c>
       <c r="H266" t="s">
         <v>1336</v>
       </c>
       <c r="I266">
         <v>1</v>
       </c>
       <c r="J266" t="s">
         <v>16</v>
       </c>
       <c r="K266" t="s">
         <v>1337</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
         <v>1338</v>
       </c>
       <c r="B267" t="s">
         <v>1339</v>
       </c>
       <c r="C267" t="s">
         <v>1340</v>
       </c>
       <c r="D267">
-        <v>34.82</v>
+        <v>31.89</v>
       </c>
       <c r="G267" t="s">
         <v>14</v>
       </c>
       <c r="H267" t="s">
         <v>1341</v>
       </c>
       <c r="I267">
         <v>1</v>
       </c>
       <c r="J267" t="s">
         <v>16</v>
       </c>
       <c r="K267" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
         <v>1343</v>
       </c>
       <c r="B268" t="s">
         <v>1344</v>
       </c>
       <c r="C268" t="s">
         <v>1345</v>
       </c>
       <c r="D268">
-        <v>34.92</v>
+        <v>34.82</v>
       </c>
       <c r="G268" t="s">
         <v>14</v>
       </c>
       <c r="H268" t="s">
         <v>1346</v>
       </c>
       <c r="I268">
         <v>1</v>
       </c>
       <c r="J268" t="s">
         <v>16</v>
       </c>
       <c r="K268" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
         <v>1348</v>
       </c>
       <c r="B269" t="s">
         <v>1349</v>
       </c>
       <c r="C269" t="s">
         <v>1350</v>
       </c>
       <c r="D269">
-        <v>36.5</v>
+        <v>34.92</v>
       </c>
       <c r="G269" t="s">
         <v>14</v>
       </c>
       <c r="H269" t="s">
         <v>1351</v>
       </c>
       <c r="I269">
         <v>1</v>
       </c>
       <c r="J269" t="s">
         <v>16</v>
       </c>
       <c r="K269" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
         <v>1353</v>
       </c>
       <c r="B270" t="s">
         <v>1354</v>
       </c>
       <c r="C270" t="s">
         <v>1355</v>
       </c>
       <c r="D270">
-        <v>37.71</v>
+        <v>36.5</v>
       </c>
       <c r="G270" t="s">
         <v>14</v>
       </c>
       <c r="H270" t="s">
         <v>1356</v>
       </c>
       <c r="I270">
         <v>1</v>
       </c>
       <c r="J270" t="s">
         <v>16</v>
       </c>
       <c r="K270" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
         <v>1358</v>
       </c>
       <c r="B271" t="s">
         <v>1359</v>
       </c>
       <c r="C271" t="s">
         <v>1360</v>
       </c>
       <c r="D271">
-        <v>47.09</v>
+        <v>37.71</v>
       </c>
       <c r="G271" t="s">
         <v>14</v>
       </c>
       <c r="H271" t="s">
         <v>1361</v>
       </c>
       <c r="I271">
         <v>1</v>
       </c>
       <c r="J271" t="s">
         <v>16</v>
       </c>
       <c r="K271" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
         <v>1363</v>
       </c>
       <c r="B272" t="s">
         <v>1364</v>
       </c>
       <c r="C272" t="s">
         <v>1365</v>
       </c>
       <c r="D272">
-        <v>52.19</v>
+        <v>47.09</v>
       </c>
       <c r="G272" t="s">
         <v>14</v>
       </c>
       <c r="H272" t="s">
         <v>1366</v>
       </c>
       <c r="I272">
         <v>1</v>
       </c>
       <c r="J272" t="s">
         <v>16</v>
       </c>
       <c r="K272" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
         <v>1368</v>
       </c>
       <c r="B273" t="s">
         <v>1369</v>
       </c>
       <c r="C273" t="s">
         <v>1370</v>
       </c>
       <c r="D273">
-        <v>54.95</v>
+        <v>52.19</v>
       </c>
       <c r="G273" t="s">
         <v>14</v>
       </c>
       <c r="H273" t="s">
         <v>1371</v>
       </c>
       <c r="I273">
         <v>1</v>
       </c>
       <c r="J273" t="s">
         <v>16</v>
       </c>
       <c r="K273" t="s">
         <v>1372</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>1373</v>
       </c>
       <c r="B274" t="s">
         <v>1374</v>
       </c>
       <c r="C274" t="s">
         <v>1375</v>
       </c>
       <c r="D274">
-        <v>57.47</v>
+        <v>54.95</v>
       </c>
       <c r="G274" t="s">
         <v>14</v>
       </c>
       <c r="H274" t="s">
         <v>1376</v>
       </c>
       <c r="I274">
         <v>1</v>
       </c>
       <c r="J274" t="s">
         <v>16</v>
       </c>
       <c r="K274" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
         <v>1378</v>
       </c>
       <c r="B275" t="s">
         <v>1379</v>
       </c>
       <c r="C275" t="s">
         <v>1380</v>
       </c>
       <c r="D275">
-        <v>90.77</v>
+        <v>57.47</v>
       </c>
       <c r="G275" t="s">
         <v>14</v>
       </c>
       <c r="H275" t="s">
         <v>1381</v>
       </c>
       <c r="I275">
         <v>1</v>
       </c>
       <c r="J275" t="s">
         <v>16</v>
       </c>
       <c r="K275" t="s">
         <v>1382</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
         <v>1383</v>
       </c>
       <c r="B276" t="s">
         <v>1384</v>
       </c>
       <c r="C276" t="s">
         <v>1385</v>
       </c>
       <c r="D276">
-        <v>86.58</v>
+        <v>90.77</v>
       </c>
       <c r="G276" t="s">
         <v>14</v>
       </c>
       <c r="H276" t="s">
         <v>1386</v>
       </c>
       <c r="I276">
         <v>1</v>
       </c>
       <c r="J276" t="s">
         <v>16</v>
       </c>
       <c r="K276" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
         <v>1388</v>
       </c>
       <c r="B277" t="s">
         <v>1389</v>
       </c>
       <c r="C277" t="s">
         <v>1390</v>
       </c>
       <c r="D277">
-        <v>6.32</v>
+        <v>86.58</v>
       </c>
       <c r="G277" t="s">
         <v>14</v>
       </c>
       <c r="H277" t="s">
         <v>1391</v>
       </c>
       <c r="I277">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J277" t="s">
         <v>16</v>
       </c>
       <c r="K277" t="s">
         <v>1392</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
         <v>1393</v>
       </c>
       <c r="B278" t="s">
         <v>1394</v>
       </c>
       <c r="C278" t="s">
         <v>1395</v>
       </c>
       <c r="D278">
-        <v>7.07</v>
+        <v>6.32</v>
       </c>
       <c r="G278" t="s">
         <v>14</v>
       </c>
       <c r="H278" t="s">
         <v>1396</v>
       </c>
       <c r="I278">
         <v>10</v>
       </c>
       <c r="J278" t="s">
         <v>16</v>
       </c>
       <c r="K278" t="s">
         <v>1397</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
         <v>1398</v>
       </c>
       <c r="B279" t="s">
         <v>1399</v>
       </c>
       <c r="C279" t="s">
         <v>1400</v>
       </c>
       <c r="D279">
-        <v>7.45</v>
+        <v>7.07</v>
       </c>
       <c r="G279" t="s">
         <v>14</v>
       </c>
       <c r="H279" t="s">
         <v>1401</v>
       </c>
       <c r="I279">
         <v>10</v>
       </c>
       <c r="J279" t="s">
         <v>16</v>
       </c>
       <c r="K279" t="s">
         <v>1402</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
         <v>1403</v>
       </c>
       <c r="B280" t="s">
         <v>1404</v>
       </c>
       <c r="C280" t="s">
         <v>1405</v>
       </c>
       <c r="D280">
-        <v>8.05</v>
+        <v>7.45</v>
       </c>
       <c r="G280" t="s">
         <v>14</v>
       </c>
       <c r="H280" t="s">
         <v>1406</v>
       </c>
       <c r="I280">
         <v>10</v>
       </c>
       <c r="J280" t="s">
         <v>16</v>
       </c>
       <c r="K280" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
         <v>1408</v>
       </c>
       <c r="B281" t="s">
         <v>1409</v>
       </c>
       <c r="C281" t="s">
         <v>1410</v>
       </c>
       <c r="D281">
-        <v>8.2</v>
+        <v>8.05</v>
       </c>
       <c r="G281" t="s">
         <v>14</v>
       </c>
       <c r="H281" t="s">
         <v>1411</v>
       </c>
       <c r="I281">
         <v>10</v>
       </c>
       <c r="J281" t="s">
         <v>16</v>
       </c>
       <c r="K281" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
         <v>1413</v>
       </c>
       <c r="B282" t="s">
         <v>1414</v>
       </c>
       <c r="C282" t="s">
         <v>1415</v>
       </c>
       <c r="D282">
-        <v>9.86</v>
+        <v>8.2</v>
       </c>
       <c r="G282" t="s">
         <v>14</v>
       </c>
       <c r="H282" t="s">
         <v>1416</v>
       </c>
       <c r="I282">
         <v>10</v>
       </c>
       <c r="J282" t="s">
         <v>16</v>
       </c>
       <c r="K282" t="s">
         <v>1417</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
         <v>1418</v>
       </c>
       <c r="B283" t="s">
         <v>1419</v>
       </c>
       <c r="C283" t="s">
         <v>1420</v>
       </c>
       <c r="D283">
-        <v>9.94</v>
+        <v>9.86</v>
       </c>
       <c r="G283" t="s">
         <v>14</v>
       </c>
       <c r="H283" t="s">
         <v>1421</v>
       </c>
       <c r="I283">
         <v>10</v>
       </c>
       <c r="J283" t="s">
         <v>16</v>
       </c>
       <c r="K283" t="s">
         <v>1422</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
         <v>1423</v>
       </c>
       <c r="B284" t="s">
         <v>1424</v>
       </c>
       <c r="C284" t="s">
         <v>1425</v>
       </c>
       <c r="D284">
-        <v>10.05</v>
+        <v>9.94</v>
       </c>
       <c r="G284" t="s">
         <v>14</v>
       </c>
       <c r="H284" t="s">
         <v>1426</v>
       </c>
       <c r="I284">
         <v>10</v>
       </c>
       <c r="J284" t="s">
         <v>16</v>
       </c>
       <c r="K284" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
         <v>1428</v>
       </c>
       <c r="B285" t="s">
         <v>1429</v>
       </c>
       <c r="C285" t="s">
         <v>1430</v>
       </c>
       <c r="D285">
-        <v>11.32</v>
+        <v>10.05</v>
       </c>
       <c r="G285" t="s">
         <v>14</v>
       </c>
       <c r="H285" t="s">
         <v>1431</v>
       </c>
       <c r="I285">
         <v>10</v>
       </c>
       <c r="J285" t="s">
         <v>16</v>
       </c>
       <c r="K285" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
         <v>1433</v>
       </c>
       <c r="B286" t="s">
         <v>1434</v>
       </c>
       <c r="C286" t="s">
         <v>1435</v>
       </c>
       <c r="D286">
-        <v>11.78</v>
+        <v>11.32</v>
       </c>
       <c r="G286" t="s">
         <v>14</v>
       </c>
       <c r="H286" t="s">
         <v>1436</v>
       </c>
       <c r="I286">
         <v>10</v>
       </c>
       <c r="J286" t="s">
         <v>16</v>
       </c>
       <c r="K286" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
         <v>1438</v>
       </c>
       <c r="B287" t="s">
         <v>1439</v>
       </c>
       <c r="C287" t="s">
         <v>1440</v>
       </c>
       <c r="D287">
-        <v>12.41</v>
+        <v>11.78</v>
       </c>
       <c r="G287" t="s">
         <v>14</v>
       </c>
       <c r="H287" t="s">
         <v>1441</v>
       </c>
       <c r="I287">
         <v>10</v>
       </c>
       <c r="J287" t="s">
         <v>16</v>
       </c>
       <c r="K287" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
         <v>1443</v>
       </c>
       <c r="B288" t="s">
         <v>1444</v>
       </c>
       <c r="C288" t="s">
         <v>1445</v>
       </c>
       <c r="D288">
-        <v>12.86</v>
+        <v>12.41</v>
       </c>
       <c r="G288" t="s">
         <v>14</v>
       </c>
       <c r="H288" t="s">
         <v>1446</v>
       </c>
       <c r="I288">
         <v>10</v>
       </c>
       <c r="J288" t="s">
         <v>16</v>
       </c>
       <c r="K288" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>1448</v>
       </c>
       <c r="B289" t="s">
         <v>1449</v>
       </c>
       <c r="C289" t="s">
         <v>1450</v>
       </c>
       <c r="D289">
-        <v>12.96</v>
+        <v>12.86</v>
       </c>
       <c r="G289" t="s">
         <v>14</v>
       </c>
       <c r="H289" t="s">
         <v>1451</v>
       </c>
       <c r="I289">
         <v>10</v>
       </c>
       <c r="J289" t="s">
         <v>16</v>
       </c>
       <c r="K289" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>1453</v>
       </c>
       <c r="B290" t="s">
         <v>1454</v>
       </c>
       <c r="C290" t="s">
         <v>1455</v>
       </c>
       <c r="D290">
-        <v>13.46</v>
+        <v>12.96</v>
       </c>
       <c r="G290" t="s">
         <v>14</v>
       </c>
       <c r="H290" t="s">
         <v>1456</v>
       </c>
       <c r="I290">
         <v>10</v>
       </c>
       <c r="J290" t="s">
         <v>16</v>
       </c>
       <c r="K290" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
         <v>1458</v>
       </c>
       <c r="B291" t="s">
         <v>1459</v>
       </c>
       <c r="C291" t="s">
         <v>1460</v>
       </c>
       <c r="D291">
-        <v>13.54</v>
+        <v>13.46</v>
       </c>
       <c r="G291" t="s">
         <v>14</v>
       </c>
       <c r="H291" t="s">
         <v>1461</v>
       </c>
       <c r="I291">
         <v>10</v>
       </c>
       <c r="J291" t="s">
         <v>16</v>
       </c>
       <c r="K291" t="s">
         <v>1462</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>1463</v>
       </c>
       <c r="B292" t="s">
         <v>1464</v>
       </c>
       <c r="C292" t="s">
         <v>1465</v>
       </c>
       <c r="D292">
-        <v>13.85</v>
+        <v>13.54</v>
       </c>
       <c r="G292" t="s">
         <v>14</v>
       </c>
       <c r="H292" t="s">
         <v>1466</v>
       </c>
       <c r="I292">
         <v>10</v>
       </c>
       <c r="J292" t="s">
         <v>16</v>
       </c>
       <c r="K292" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
         <v>1468</v>
       </c>
       <c r="B293" t="s">
         <v>1469</v>
       </c>
       <c r="C293" t="s">
         <v>1470</v>
       </c>
       <c r="D293">
-        <v>13.58</v>
+        <v>13.85</v>
       </c>
       <c r="G293" t="s">
         <v>14</v>
       </c>
       <c r="H293" t="s">
         <v>1471</v>
       </c>
       <c r="I293">
         <v>10</v>
       </c>
       <c r="J293" t="s">
         <v>16</v>
       </c>
       <c r="K293" t="s">
         <v>1472</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
         <v>1473</v>
       </c>
       <c r="B294" t="s">
         <v>1474</v>
       </c>
       <c r="C294" t="s">
         <v>1475</v>
       </c>
       <c r="D294">
-        <v>14.58</v>
+        <v>13.58</v>
       </c>
       <c r="G294" t="s">
         <v>14</v>
       </c>
       <c r="H294" t="s">
         <v>1476</v>
       </c>
       <c r="I294">
         <v>10</v>
       </c>
       <c r="J294" t="s">
         <v>16</v>
       </c>
       <c r="K294" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
         <v>1478</v>
       </c>
       <c r="B295" t="s">
         <v>1479</v>
       </c>
       <c r="C295" t="s">
         <v>1480</v>
       </c>
       <c r="D295">
-        <v>14.79</v>
+        <v>14.58</v>
       </c>
       <c r="G295" t="s">
         <v>14</v>
       </c>
       <c r="H295" t="s">
         <v>1481</v>
       </c>
       <c r="I295">
         <v>10</v>
       </c>
       <c r="J295" t="s">
         <v>16</v>
       </c>
       <c r="K295" t="s">
         <v>1482</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
         <v>1483</v>
       </c>
       <c r="B296" t="s">
         <v>1484</v>
       </c>
       <c r="C296" t="s">
         <v>1485</v>
       </c>
       <c r="D296">
-        <v>15.25</v>
+        <v>14.79</v>
       </c>
       <c r="G296" t="s">
         <v>14</v>
       </c>
       <c r="H296" t="s">
         <v>1486</v>
       </c>
       <c r="I296">
         <v>10</v>
       </c>
       <c r="J296" t="s">
         <v>16</v>
       </c>
       <c r="K296" t="s">
         <v>1487</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
         <v>1488</v>
       </c>
       <c r="B297" t="s">
         <v>1489</v>
       </c>
       <c r="C297" t="s">
         <v>1490</v>
       </c>
       <c r="D297">
-        <v>15.89</v>
+        <v>15.25</v>
       </c>
       <c r="G297" t="s">
         <v>14</v>
       </c>
       <c r="H297" t="s">
         <v>1491</v>
       </c>
       <c r="I297">
         <v>10</v>
       </c>
       <c r="J297" t="s">
         <v>16</v>
       </c>
       <c r="K297" t="s">
         <v>1492</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
         <v>1493</v>
       </c>
       <c r="B298" t="s">
         <v>1494</v>
       </c>
       <c r="C298" t="s">
         <v>1495</v>
       </c>
       <c r="D298">
-        <v>16.14</v>
+        <v>15.89</v>
       </c>
       <c r="G298" t="s">
         <v>14</v>
       </c>
       <c r="H298" t="s">
         <v>1496</v>
       </c>
       <c r="I298">
         <v>10</v>
       </c>
       <c r="J298" t="s">
         <v>16</v>
       </c>
       <c r="K298" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
         <v>1498</v>
       </c>
       <c r="B299" t="s">
         <v>1499</v>
       </c>
       <c r="C299" t="s">
         <v>1500</v>
       </c>
       <c r="D299">
-        <v>16.45</v>
+        <v>16.14</v>
       </c>
       <c r="G299" t="s">
         <v>14</v>
       </c>
       <c r="H299" t="s">
         <v>1501</v>
       </c>
       <c r="I299">
         <v>10</v>
       </c>
       <c r="J299" t="s">
         <v>16</v>
       </c>
       <c r="K299" t="s">
         <v>1502</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
         <v>1503</v>
       </c>
       <c r="B300" t="s">
         <v>1504</v>
       </c>
       <c r="C300" t="s">
         <v>1505</v>
       </c>
       <c r="D300">
-        <v>18.24</v>
+        <v>16.45</v>
       </c>
       <c r="G300" t="s">
         <v>14</v>
       </c>
       <c r="H300" t="s">
         <v>1506</v>
       </c>
       <c r="I300">
         <v>10</v>
       </c>
       <c r="J300" t="s">
         <v>16</v>
       </c>
       <c r="K300" t="s">
         <v>1507</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
         <v>1508</v>
       </c>
       <c r="B301" t="s">
         <v>1509</v>
       </c>
       <c r="C301" t="s">
         <v>1510</v>
       </c>
       <c r="D301">
-        <v>18.8</v>
+        <v>18.24</v>
       </c>
       <c r="G301" t="s">
         <v>14</v>
       </c>
       <c r="H301" t="s">
         <v>1511</v>
       </c>
       <c r="I301">
         <v>10</v>
       </c>
       <c r="J301" t="s">
         <v>16</v>
       </c>
       <c r="K301" t="s">
         <v>1512</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
         <v>1513</v>
       </c>
       <c r="B302" t="s">
         <v>1514</v>
       </c>
       <c r="C302" t="s">
         <v>1515</v>
       </c>
       <c r="D302">
-        <v>19.01</v>
+        <v>18.8</v>
       </c>
       <c r="G302" t="s">
         <v>14</v>
       </c>
       <c r="H302" t="s">
         <v>1516</v>
       </c>
       <c r="I302">
         <v>10</v>
       </c>
       <c r="J302" t="s">
         <v>16</v>
       </c>
       <c r="K302" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
         <v>1518</v>
       </c>
       <c r="B303" t="s">
         <v>1519</v>
       </c>
       <c r="C303" t="s">
         <v>1520</v>
       </c>
       <c r="D303">
-        <v>19.74</v>
+        <v>19.01</v>
       </c>
       <c r="G303" t="s">
         <v>14</v>
       </c>
       <c r="H303" t="s">
         <v>1521</v>
       </c>
       <c r="I303">
         <v>10</v>
       </c>
       <c r="J303" t="s">
         <v>16</v>
       </c>
       <c r="K303" t="s">
         <v>1522</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
         <v>1523</v>
       </c>
       <c r="B304" t="s">
         <v>1524</v>
       </c>
       <c r="C304" t="s">
         <v>1525</v>
       </c>
       <c r="D304">
-        <v>19.89</v>
+        <v>19.74</v>
       </c>
       <c r="G304" t="s">
         <v>14</v>
       </c>
       <c r="H304" t="s">
         <v>1526</v>
       </c>
       <c r="I304">
         <v>10</v>
       </c>
       <c r="J304" t="s">
         <v>16</v>
       </c>
       <c r="K304" t="s">
         <v>1527</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
         <v>1528</v>
       </c>
       <c r="B305" t="s">
         <v>1529</v>
       </c>
       <c r="C305" t="s">
         <v>1530</v>
       </c>
       <c r="D305">
-        <v>20.14</v>
+        <v>19.89</v>
       </c>
       <c r="G305" t="s">
         <v>14</v>
       </c>
       <c r="H305" t="s">
         <v>1531</v>
       </c>
       <c r="I305">
         <v>10</v>
       </c>
       <c r="J305" t="s">
         <v>16</v>
       </c>
       <c r="K305" t="s">
         <v>1532</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
         <v>1533</v>
       </c>
       <c r="B306" t="s">
         <v>1534</v>
       </c>
       <c r="C306" t="s">
         <v>1535</v>
       </c>
       <c r="D306">
-        <v>20.62</v>
+        <v>20.14</v>
       </c>
       <c r="G306" t="s">
         <v>14</v>
       </c>
       <c r="H306" t="s">
         <v>1536</v>
       </c>
       <c r="I306">
         <v>10</v>
       </c>
       <c r="J306" t="s">
         <v>16</v>
       </c>
       <c r="K306" t="s">
         <v>1537</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
         <v>1538</v>
       </c>
       <c r="B307" t="s">
         <v>1539</v>
       </c>
       <c r="C307" t="s">
         <v>1540</v>
       </c>
       <c r="D307">
-        <v>21.09</v>
+        <v>20.62</v>
       </c>
       <c r="G307" t="s">
         <v>14</v>
       </c>
       <c r="H307" t="s">
         <v>1541</v>
       </c>
       <c r="I307">
         <v>10</v>
       </c>
       <c r="J307" t="s">
         <v>16</v>
       </c>
       <c r="K307" t="s">
         <v>1542</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
         <v>1543</v>
       </c>
       <c r="B308" t="s">
         <v>1544</v>
       </c>
       <c r="C308" t="s">
         <v>1545</v>
       </c>
       <c r="D308">
-        <v>21.54</v>
+        <v>21.09</v>
       </c>
       <c r="G308" t="s">
         <v>14</v>
       </c>
       <c r="H308" t="s">
         <v>1546</v>
       </c>
       <c r="I308">
         <v>10</v>
       </c>
       <c r="J308" t="s">
         <v>16</v>
       </c>
       <c r="K308" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
         <v>1548</v>
       </c>
       <c r="B309" t="s">
         <v>1549</v>
       </c>
       <c r="C309" t="s">
         <v>1550</v>
       </c>
       <c r="D309">
-        <v>22.21</v>
+        <v>21.54</v>
       </c>
       <c r="G309" t="s">
         <v>14</v>
       </c>
       <c r="H309" t="s">
         <v>1551</v>
       </c>
       <c r="I309">
         <v>10</v>
       </c>
       <c r="J309" t="s">
         <v>16</v>
       </c>
       <c r="K309" t="s">
         <v>1552</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
         <v>1553</v>
       </c>
       <c r="B310" t="s">
         <v>1554</v>
       </c>
       <c r="C310" t="s">
         <v>1555</v>
       </c>
       <c r="D310">
-        <v>23.48</v>
+        <v>22.21</v>
       </c>
       <c r="G310" t="s">
         <v>14</v>
       </c>
       <c r="H310" t="s">
         <v>1556</v>
       </c>
       <c r="I310">
         <v>10</v>
       </c>
       <c r="J310" t="s">
         <v>16</v>
       </c>
       <c r="K310" t="s">
         <v>1557</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
         <v>1558</v>
       </c>
       <c r="B311" t="s">
         <v>1559</v>
       </c>
       <c r="C311" t="s">
         <v>1560</v>
       </c>
       <c r="D311">
-        <v>23.86</v>
+        <v>23.48</v>
       </c>
       <c r="G311" t="s">
         <v>14</v>
       </c>
       <c r="H311" t="s">
         <v>1561</v>
       </c>
       <c r="I311">
         <v>10</v>
       </c>
       <c r="J311" t="s">
         <v>16</v>
       </c>
       <c r="K311" t="s">
         <v>1562</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
         <v>1563</v>
       </c>
       <c r="B312" t="s">
         <v>1564</v>
       </c>
       <c r="C312" t="s">
         <v>1565</v>
       </c>
       <c r="D312">
-        <v>25.59</v>
+        <v>23.86</v>
       </c>
       <c r="G312" t="s">
         <v>14</v>
       </c>
       <c r="H312" t="s">
         <v>1566</v>
       </c>
       <c r="I312">
         <v>10</v>
       </c>
       <c r="J312" t="s">
         <v>16</v>
       </c>
       <c r="K312" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
         <v>1568</v>
       </c>
       <c r="B313" t="s">
         <v>1569</v>
       </c>
       <c r="C313" t="s">
         <v>1570</v>
       </c>
       <c r="D313">
-        <v>26.22</v>
+        <v>25.59</v>
       </c>
       <c r="G313" t="s">
         <v>14</v>
       </c>
       <c r="H313" t="s">
         <v>1571</v>
       </c>
       <c r="I313">
         <v>10</v>
       </c>
       <c r="J313" t="s">
         <v>16</v>
       </c>
       <c r="K313" t="s">
         <v>1572</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
         <v>1573</v>
       </c>
       <c r="B314" t="s">
         <v>1574</v>
       </c>
       <c r="C314" t="s">
         <v>1575</v>
       </c>
       <c r="D314">
-        <v>27.15</v>
+        <v>26.22</v>
       </c>
       <c r="G314" t="s">
         <v>14</v>
       </c>
       <c r="H314" t="s">
         <v>1576</v>
       </c>
       <c r="I314">
         <v>10</v>
       </c>
       <c r="J314" t="s">
         <v>16</v>
       </c>
       <c r="K314" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
         <v>1578</v>
       </c>
       <c r="B315" t="s">
         <v>1579</v>
       </c>
       <c r="C315" t="s">
         <v>1580</v>
       </c>
       <c r="D315">
-        <v>28.62</v>
+        <v>27.15</v>
       </c>
       <c r="G315" t="s">
         <v>14</v>
       </c>
       <c r="H315" t="s">
         <v>1581</v>
       </c>
       <c r="I315">
         <v>10</v>
       </c>
       <c r="J315" t="s">
         <v>16</v>
       </c>
       <c r="K315" t="s">
         <v>1582</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
         <v>1583</v>
       </c>
       <c r="B316" t="s">
         <v>1584</v>
       </c>
       <c r="C316" t="s">
         <v>1585</v>
       </c>
       <c r="D316">
-        <v>29.43</v>
+        <v>28.62</v>
       </c>
       <c r="G316" t="s">
         <v>14</v>
       </c>
       <c r="H316" t="s">
         <v>1586</v>
       </c>
       <c r="I316">
         <v>10</v>
       </c>
       <c r="J316" t="s">
         <v>16</v>
       </c>
       <c r="K316" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
         <v>1588</v>
       </c>
       <c r="B317" t="s">
         <v>1589</v>
       </c>
       <c r="C317" t="s">
         <v>1590</v>
       </c>
       <c r="D317">
-        <v>30.26</v>
+        <v>29.43</v>
       </c>
       <c r="G317" t="s">
         <v>14</v>
       </c>
       <c r="H317" t="s">
         <v>1591</v>
       </c>
       <c r="I317">
         <v>10</v>
       </c>
       <c r="J317" t="s">
         <v>16</v>
       </c>
       <c r="K317" t="s">
         <v>1592</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
         <v>1593</v>
       </c>
       <c r="B318" t="s">
         <v>1594</v>
       </c>
       <c r="C318" t="s">
         <v>1595</v>
       </c>
       <c r="D318">
-        <v>31.19</v>
+        <v>30.26</v>
       </c>
       <c r="G318" t="s">
         <v>14</v>
       </c>
       <c r="H318" t="s">
         <v>1596</v>
       </c>
       <c r="I318">
         <v>10</v>
       </c>
       <c r="J318" t="s">
         <v>16</v>
       </c>
       <c r="K318" t="s">
         <v>1597</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
         <v>1598</v>
       </c>
       <c r="B319" t="s">
         <v>1599</v>
       </c>
       <c r="C319" t="s">
         <v>1600</v>
       </c>
       <c r="D319">
-        <v>32.1</v>
+        <v>31.19</v>
       </c>
       <c r="G319" t="s">
         <v>14</v>
       </c>
       <c r="H319" t="s">
         <v>1601</v>
       </c>
       <c r="I319">
         <v>10</v>
       </c>
       <c r="J319" t="s">
         <v>16</v>
       </c>
       <c r="K319" t="s">
         <v>1602</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
         <v>1603</v>
       </c>
       <c r="B320" t="s">
         <v>1604</v>
       </c>
       <c r="C320" t="s">
         <v>1605</v>
       </c>
       <c r="D320">
-        <v>33.2</v>
+        <v>32.1</v>
       </c>
       <c r="G320" t="s">
         <v>14</v>
       </c>
       <c r="H320" t="s">
         <v>1606</v>
       </c>
       <c r="I320">
         <v>10</v>
       </c>
       <c r="J320" t="s">
         <v>16</v>
       </c>
       <c r="K320" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
         <v>1608</v>
       </c>
       <c r="B321" t="s">
         <v>1609</v>
       </c>
       <c r="C321" t="s">
         <v>1610</v>
       </c>
       <c r="D321">
-        <v>33.87</v>
+        <v>33.2</v>
       </c>
       <c r="G321" t="s">
         <v>14</v>
       </c>
       <c r="H321" t="s">
         <v>1611</v>
       </c>
       <c r="I321">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J321" t="s">
         <v>16</v>
       </c>
       <c r="K321" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
         <v>1613</v>
       </c>
       <c r="B322" t="s">
         <v>1614</v>
       </c>
       <c r="C322" t="s">
         <v>1615</v>
       </c>
       <c r="D322">
-        <v>35.09</v>
+        <v>33.87</v>
       </c>
       <c r="G322" t="s">
         <v>14</v>
       </c>
       <c r="H322" t="s">
         <v>1616</v>
       </c>
       <c r="I322">
         <v>1</v>
       </c>
       <c r="J322" t="s">
         <v>16</v>
       </c>
       <c r="K322" t="s">
         <v>1617</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
         <v>1618</v>
       </c>
       <c r="B323" t="s">
         <v>1619</v>
       </c>
       <c r="C323" t="s">
         <v>1620</v>
       </c>
       <c r="D323">
-        <v>36.42</v>
+        <v>35.09</v>
       </c>
       <c r="G323" t="s">
         <v>14</v>
       </c>
       <c r="H323" t="s">
         <v>1621</v>
       </c>
       <c r="I323">
         <v>1</v>
       </c>
       <c r="J323" t="s">
         <v>16</v>
       </c>
       <c r="K323" t="s">
         <v>1622</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
         <v>1623</v>
       </c>
       <c r="B324" t="s">
         <v>1624</v>
       </c>
       <c r="C324" t="s">
         <v>1625</v>
       </c>
       <c r="D324">
-        <v>37.44</v>
+        <v>36.42</v>
       </c>
       <c r="G324" t="s">
         <v>14</v>
       </c>
       <c r="H324" t="s">
         <v>1626</v>
       </c>
       <c r="I324">
         <v>1</v>
       </c>
       <c r="J324" t="s">
         <v>16</v>
       </c>
       <c r="K324" t="s">
         <v>1627</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
         <v>1628</v>
       </c>
       <c r="B325" t="s">
         <v>1629</v>
       </c>
       <c r="C325" t="s">
         <v>1630</v>
       </c>
       <c r="D325">
-        <v>38.67</v>
+        <v>37.44</v>
       </c>
       <c r="G325" t="s">
         <v>14</v>
       </c>
       <c r="H325" t="s">
         <v>1631</v>
       </c>
       <c r="I325">
         <v>1</v>
       </c>
       <c r="J325" t="s">
         <v>16</v>
       </c>
       <c r="K325" t="s">
         <v>1632</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
         <v>1633</v>
       </c>
       <c r="B326" t="s">
         <v>1634</v>
       </c>
       <c r="C326" t="s">
         <v>1635</v>
       </c>
       <c r="D326">
-        <v>39.5</v>
+        <v>38.67</v>
       </c>
       <c r="G326" t="s">
         <v>14</v>
       </c>
       <c r="H326" t="s">
         <v>1636</v>
       </c>
       <c r="I326">
         <v>1</v>
       </c>
       <c r="J326" t="s">
         <v>16</v>
       </c>
       <c r="K326" t="s">
         <v>1637</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
         <v>1638</v>
       </c>
       <c r="B327" t="s">
         <v>1639</v>
       </c>
       <c r="C327" t="s">
         <v>1640</v>
       </c>
       <c r="D327">
-        <v>42.14</v>
+        <v>39.5</v>
       </c>
       <c r="G327" t="s">
         <v>14</v>
       </c>
       <c r="H327" t="s">
         <v>1641</v>
       </c>
       <c r="I327">
         <v>1</v>
       </c>
       <c r="J327" t="s">
         <v>16</v>
       </c>
       <c r="K327" t="s">
         <v>1642</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
         <v>1643</v>
       </c>
       <c r="B328" t="s">
         <v>1644</v>
       </c>
       <c r="C328" t="s">
         <v>1645</v>
       </c>
       <c r="D328">
-        <v>48.59</v>
+        <v>42.14</v>
       </c>
       <c r="G328" t="s">
         <v>14</v>
       </c>
       <c r="H328" t="s">
         <v>1646</v>
       </c>
       <c r="I328">
         <v>1</v>
       </c>
       <c r="J328" t="s">
         <v>16</v>
       </c>
       <c r="K328" t="s">
         <v>1647</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
         <v>1648</v>
       </c>
       <c r="B329" t="s">
         <v>1649</v>
       </c>
       <c r="C329" t="s">
         <v>1650</v>
       </c>
       <c r="D329">
-        <v>50.4</v>
+        <v>48.59</v>
       </c>
       <c r="G329" t="s">
         <v>14</v>
       </c>
       <c r="H329" t="s">
         <v>1651</v>
       </c>
       <c r="I329">
         <v>1</v>
       </c>
       <c r="J329" t="s">
         <v>16</v>
       </c>
       <c r="K329" t="s">
         <v>1652</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
         <v>1653</v>
       </c>
       <c r="B330" t="s">
         <v>1654</v>
       </c>
       <c r="C330" t="s">
         <v>1655</v>
       </c>
       <c r="D330">
-        <v>52.67</v>
+        <v>50.4</v>
       </c>
       <c r="G330" t="s">
         <v>14</v>
       </c>
       <c r="H330" t="s">
         <v>1656</v>
       </c>
       <c r="I330">
         <v>1</v>
       </c>
       <c r="J330" t="s">
         <v>16</v>
       </c>
       <c r="K330" t="s">
         <v>1657</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
         <v>1658</v>
       </c>
       <c r="B331" t="s">
         <v>1659</v>
       </c>
       <c r="C331" t="s">
         <v>1660</v>
       </c>
       <c r="D331">
-        <v>145.41</v>
+        <v>52.67</v>
       </c>
       <c r="G331" t="s">
         <v>14</v>
       </c>
       <c r="H331" t="s">
         <v>1661</v>
       </c>
       <c r="I331">
         <v>1</v>
       </c>
       <c r="J331" t="s">
         <v>16</v>
       </c>
       <c r="K331" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
         <v>1663</v>
       </c>
       <c r="B332" t="s">
         <v>1664</v>
       </c>
       <c r="C332" t="s">
         <v>1665</v>
       </c>
       <c r="D332">
-        <v>18.62</v>
+        <v>145.41</v>
       </c>
       <c r="G332" t="s">
         <v>14</v>
       </c>
       <c r="H332" t="s">
         <v>1666</v>
       </c>
       <c r="I332">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J332" t="s">
         <v>16</v>
       </c>
       <c r="K332" t="s">
         <v>1667</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
         <v>1668</v>
       </c>
       <c r="B333" t="s">
         <v>1669</v>
       </c>
       <c r="C333" t="s">
         <v>1670</v>
       </c>
       <c r="D333">
-        <v>18.86</v>
+        <v>18.62</v>
       </c>
       <c r="G333" t="s">
         <v>14</v>
       </c>
       <c r="H333" t="s">
         <v>1671</v>
       </c>
       <c r="I333">
         <v>10</v>
       </c>
       <c r="J333" t="s">
         <v>16</v>
       </c>
       <c r="K333" t="s">
         <v>1672</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
         <v>1673</v>
       </c>
       <c r="B334" t="s">
         <v>1674</v>
       </c>
       <c r="C334" t="s">
         <v>1675</v>
       </c>
       <c r="D334">
-        <v>19.12</v>
+        <v>18.86</v>
       </c>
       <c r="G334" t="s">
         <v>14</v>
       </c>
       <c r="H334" t="s">
         <v>1676</v>
       </c>
       <c r="I334">
         <v>10</v>
       </c>
       <c r="J334" t="s">
         <v>16</v>
       </c>
       <c r="K334" t="s">
         <v>1677</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
         <v>1678</v>
       </c>
       <c r="B335" t="s">
         <v>1679</v>
       </c>
       <c r="C335" t="s">
         <v>1680</v>
       </c>
       <c r="D335">
-        <v>19.76</v>
+        <v>19.12</v>
       </c>
       <c r="G335" t="s">
         <v>14</v>
       </c>
       <c r="H335" t="s">
         <v>1681</v>
       </c>
       <c r="I335">
         <v>10</v>
       </c>
       <c r="J335" t="s">
         <v>16</v>
       </c>
       <c r="K335" t="s">
         <v>1682</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
         <v>1683</v>
       </c>
       <c r="B336" t="s">
         <v>1684</v>
       </c>
       <c r="C336" t="s">
         <v>1685</v>
       </c>
       <c r="D336">
-        <v>20.62</v>
+        <v>19.76</v>
       </c>
       <c r="G336" t="s">
         <v>14</v>
       </c>
       <c r="H336" t="s">
         <v>1686</v>
       </c>
       <c r="I336">
         <v>10</v>
       </c>
       <c r="J336" t="s">
         <v>16</v>
       </c>
       <c r="K336" t="s">
         <v>1687</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
         <v>1688</v>
       </c>
       <c r="B337" t="s">
         <v>1689</v>
       </c>
       <c r="C337" t="s">
         <v>1690</v>
       </c>
       <c r="D337">
-        <v>21.81</v>
+        <v>20.62</v>
       </c>
       <c r="G337" t="s">
         <v>14</v>
       </c>
       <c r="H337" t="s">
         <v>1691</v>
       </c>
       <c r="I337">
         <v>10</v>
       </c>
       <c r="J337" t="s">
         <v>16</v>
       </c>
       <c r="K337" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
         <v>1693</v>
       </c>
       <c r="B338" t="s">
         <v>1694</v>
       </c>
       <c r="C338" t="s">
         <v>1695</v>
       </c>
       <c r="D338">
-        <v>22.52</v>
+        <v>21.81</v>
       </c>
       <c r="G338" t="s">
         <v>14</v>
       </c>
       <c r="H338" t="s">
         <v>1696</v>
       </c>
       <c r="I338">
         <v>10</v>
       </c>
       <c r="J338" t="s">
         <v>16</v>
       </c>
       <c r="K338" t="s">
         <v>1697</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
         <v>1698</v>
       </c>
       <c r="B339" t="s">
         <v>1699</v>
       </c>
       <c r="C339" t="s">
         <v>1700</v>
       </c>
       <c r="D339">
-        <v>22.71</v>
+        <v>22.52</v>
       </c>
       <c r="G339" t="s">
         <v>14</v>
       </c>
       <c r="H339" t="s">
         <v>1701</v>
       </c>
       <c r="I339">
         <v>10</v>
       </c>
       <c r="J339" t="s">
         <v>16</v>
       </c>
       <c r="K339" t="s">
         <v>1702</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
         <v>1703</v>
       </c>
       <c r="B340" t="s">
         <v>1704</v>
       </c>
       <c r="C340" t="s">
         <v>1705</v>
       </c>
       <c r="D340">
-        <v>23.02</v>
+        <v>22.71</v>
       </c>
       <c r="G340" t="s">
         <v>14</v>
       </c>
       <c r="H340" t="s">
         <v>1706</v>
       </c>
       <c r="I340">
         <v>10</v>
       </c>
       <c r="J340" t="s">
         <v>16</v>
       </c>
       <c r="K340" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
         <v>1708</v>
       </c>
       <c r="B341" t="s">
         <v>1709</v>
       </c>
       <c r="C341" t="s">
         <v>1710</v>
       </c>
       <c r="D341">
-        <v>23.52</v>
+        <v>23.02</v>
       </c>
       <c r="G341" t="s">
         <v>14</v>
       </c>
       <c r="H341" t="s">
         <v>1711</v>
       </c>
       <c r="I341">
         <v>10</v>
       </c>
       <c r="J341" t="s">
         <v>16</v>
       </c>
       <c r="K341" t="s">
         <v>1712</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
         <v>1713</v>
       </c>
       <c r="B342" t="s">
         <v>1714</v>
       </c>
       <c r="C342" t="s">
         <v>1715</v>
       </c>
       <c r="D342">
-        <v>24.16</v>
+        <v>23.52</v>
       </c>
       <c r="G342" t="s">
         <v>14</v>
       </c>
       <c r="H342" t="s">
         <v>1716</v>
       </c>
       <c r="I342">
         <v>10</v>
       </c>
       <c r="J342" t="s">
         <v>16</v>
       </c>
       <c r="K342" t="s">
         <v>1717</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
         <v>1718</v>
       </c>
       <c r="B343" t="s">
         <v>1719</v>
       </c>
       <c r="C343" t="s">
         <v>1720</v>
       </c>
       <c r="D343">
-        <v>25.57</v>
+        <v>24.16</v>
       </c>
       <c r="G343" t="s">
         <v>14</v>
       </c>
       <c r="H343" t="s">
         <v>1721</v>
       </c>
       <c r="I343">
         <v>10</v>
       </c>
       <c r="J343" t="s">
         <v>16</v>
       </c>
       <c r="K343" t="s">
         <v>1722</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
         <v>1723</v>
       </c>
       <c r="B344" t="s">
         <v>1724</v>
       </c>
       <c r="C344" t="s">
         <v>1725</v>
       </c>
       <c r="D344">
-        <v>26.57</v>
+        <v>25.57</v>
       </c>
       <c r="G344" t="s">
         <v>14</v>
       </c>
       <c r="H344" t="s">
         <v>1726</v>
       </c>
       <c r="I344">
         <v>10</v>
       </c>
       <c r="J344" t="s">
         <v>16</v>
       </c>
       <c r="K344" t="s">
         <v>1727</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
         <v>1728</v>
       </c>
       <c r="B345" t="s">
         <v>1729</v>
       </c>
       <c r="C345" t="s">
         <v>1730</v>
       </c>
       <c r="D345">
-        <v>27.57</v>
+        <v>26.57</v>
       </c>
       <c r="G345" t="s">
         <v>14</v>
       </c>
       <c r="H345" t="s">
         <v>1731</v>
       </c>
       <c r="I345">
         <v>10</v>
       </c>
       <c r="J345" t="s">
         <v>16</v>
       </c>
       <c r="K345" t="s">
         <v>1732</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
         <v>1733</v>
       </c>
       <c r="B346" t="s">
         <v>1734</v>
       </c>
       <c r="C346" t="s">
         <v>1735</v>
       </c>
       <c r="D346">
-        <v>29.13</v>
+        <v>27.57</v>
       </c>
       <c r="G346" t="s">
         <v>14</v>
       </c>
       <c r="H346" t="s">
         <v>1736</v>
       </c>
       <c r="I346">
         <v>10</v>
       </c>
       <c r="J346" t="s">
         <v>16</v>
       </c>
       <c r="K346" t="s">
         <v>1737</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
         <v>1738</v>
       </c>
       <c r="B347" t="s">
         <v>1739</v>
       </c>
       <c r="C347" t="s">
         <v>1740</v>
       </c>
       <c r="D347">
-        <v>29.82</v>
+        <v>29.13</v>
       </c>
       <c r="G347" t="s">
         <v>14</v>
       </c>
       <c r="H347" t="s">
         <v>1741</v>
       </c>
       <c r="I347">
         <v>10</v>
       </c>
       <c r="J347" t="s">
         <v>16</v>
       </c>
       <c r="K347" t="s">
         <v>1742</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
         <v>1743</v>
       </c>
       <c r="B348" t="s">
         <v>1744</v>
       </c>
       <c r="C348" t="s">
         <v>1745</v>
       </c>
       <c r="D348">
-        <v>30.18</v>
+        <v>29.82</v>
       </c>
       <c r="G348" t="s">
         <v>14</v>
       </c>
       <c r="H348" t="s">
         <v>1746</v>
       </c>
       <c r="I348">
         <v>10</v>
       </c>
       <c r="J348" t="s">
         <v>16</v>
       </c>
       <c r="K348" t="s">
         <v>1747</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
         <v>1748</v>
       </c>
       <c r="B349" t="s">
         <v>1749</v>
       </c>
       <c r="C349" t="s">
         <v>1750</v>
       </c>
       <c r="D349">
-        <v>31.82</v>
+        <v>30.18</v>
       </c>
       <c r="G349" t="s">
         <v>14</v>
       </c>
       <c r="H349" t="s">
         <v>1751</v>
       </c>
       <c r="I349">
         <v>10</v>
       </c>
       <c r="J349" t="s">
         <v>16</v>
       </c>
       <c r="K349" t="s">
         <v>1752</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
         <v>1753</v>
       </c>
       <c r="B350" t="s">
         <v>1754</v>
       </c>
       <c r="C350" t="s">
         <v>1755</v>
       </c>
       <c r="D350">
-        <v>32.48</v>
+        <v>31.82</v>
       </c>
       <c r="G350" t="s">
         <v>14</v>
       </c>
       <c r="H350" t="s">
         <v>1756</v>
       </c>
       <c r="I350">
         <v>10</v>
       </c>
       <c r="J350" t="s">
         <v>16</v>
       </c>
       <c r="K350" t="s">
         <v>1757</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
         <v>1758</v>
       </c>
       <c r="B351" t="s">
         <v>1759</v>
       </c>
       <c r="C351" t="s">
         <v>1760</v>
       </c>
       <c r="D351">
-        <v>32.82</v>
+        <v>32.48</v>
       </c>
       <c r="G351" t="s">
         <v>14</v>
       </c>
       <c r="H351" t="s">
         <v>1761</v>
       </c>
       <c r="I351">
         <v>10</v>
       </c>
       <c r="J351" t="s">
         <v>16</v>
       </c>
       <c r="K351" t="s">
         <v>1762</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
         <v>1763</v>
       </c>
       <c r="B352" t="s">
         <v>1764</v>
       </c>
       <c r="C352" t="s">
         <v>1765</v>
       </c>
       <c r="D352">
-        <v>33.84</v>
+        <v>32.82</v>
       </c>
       <c r="G352" t="s">
         <v>14</v>
       </c>
       <c r="H352" t="s">
         <v>1766</v>
       </c>
       <c r="I352">
         <v>10</v>
       </c>
       <c r="J352" t="s">
         <v>16</v>
       </c>
       <c r="K352" t="s">
         <v>1767</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
         <v>1768</v>
       </c>
       <c r="B353" t="s">
         <v>1769</v>
       </c>
       <c r="C353" t="s">
         <v>1770</v>
       </c>
       <c r="D353">
-        <v>34.34</v>
+        <v>33.84</v>
       </c>
       <c r="G353" t="s">
         <v>14</v>
       </c>
       <c r="H353" t="s">
         <v>1771</v>
       </c>
       <c r="I353">
         <v>10</v>
       </c>
       <c r="J353" t="s">
         <v>16</v>
       </c>
       <c r="K353" t="s">
         <v>1772</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
         <v>1773</v>
       </c>
       <c r="B354" t="s">
         <v>1774</v>
       </c>
       <c r="C354" t="s">
         <v>1775</v>
       </c>
       <c r="D354">
-        <v>35.22</v>
+        <v>34.34</v>
       </c>
       <c r="G354" t="s">
         <v>14</v>
       </c>
       <c r="H354" t="s">
         <v>1776</v>
       </c>
       <c r="I354">
         <v>10</v>
       </c>
       <c r="J354" t="s">
         <v>16</v>
       </c>
       <c r="K354" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
         <v>1778</v>
       </c>
       <c r="B355" t="s">
         <v>1779</v>
       </c>
       <c r="C355" t="s">
         <v>1780</v>
       </c>
       <c r="D355">
-        <v>36.24</v>
+        <v>35.22</v>
       </c>
       <c r="G355" t="s">
         <v>14</v>
       </c>
       <c r="H355" t="s">
         <v>1781</v>
       </c>
       <c r="I355">
         <v>10</v>
       </c>
       <c r="J355" t="s">
         <v>16</v>
       </c>
       <c r="K355" t="s">
         <v>1782</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s">
         <v>1783</v>
       </c>
       <c r="B356" t="s">
         <v>1784</v>
       </c>
       <c r="C356" t="s">
         <v>1785</v>
       </c>
       <c r="D356">
-        <v>41.83</v>
+        <v>36.24</v>
       </c>
       <c r="G356" t="s">
         <v>14</v>
       </c>
       <c r="H356" t="s">
         <v>1786</v>
       </c>
       <c r="I356">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J356" t="s">
         <v>16</v>
       </c>
       <c r="K356" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s">
         <v>1788</v>
       </c>
       <c r="B357" t="s">
         <v>1789</v>
       </c>
       <c r="C357" t="s">
         <v>1790</v>
       </c>
       <c r="D357">
-        <v>42.94</v>
+        <v>41.83</v>
       </c>
       <c r="G357" t="s">
         <v>14</v>
       </c>
       <c r="H357" t="s">
         <v>1791</v>
       </c>
       <c r="I357">
         <v>1</v>
       </c>
       <c r="J357" t="s">
         <v>16</v>
       </c>
       <c r="K357" t="s">
         <v>1792</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s">
         <v>1793</v>
       </c>
       <c r="B358" t="s">
         <v>1794</v>
       </c>
       <c r="C358" t="s">
         <v>1795</v>
       </c>
       <c r="D358">
-        <v>50.04</v>
+        <v>42.94</v>
       </c>
       <c r="G358" t="s">
         <v>14</v>
       </c>
       <c r="H358" t="s">
         <v>1796</v>
       </c>
       <c r="I358">
         <v>1</v>
       </c>
       <c r="J358" t="s">
         <v>16</v>
       </c>
       <c r="K358" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s">
         <v>1798</v>
       </c>
       <c r="B359" t="s">
         <v>1799</v>
       </c>
       <c r="C359" t="s">
         <v>1800</v>
       </c>
       <c r="D359">
-        <v>51.04</v>
+        <v>50.04</v>
       </c>
       <c r="G359" t="s">
         <v>14</v>
       </c>
       <c r="H359" t="s">
         <v>1801</v>
       </c>
       <c r="I359">
         <v>1</v>
       </c>
       <c r="J359" t="s">
         <v>16</v>
       </c>
       <c r="K359" t="s">
         <v>1802</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s">
         <v>1803</v>
       </c>
       <c r="B360" t="s">
         <v>1804</v>
       </c>
       <c r="C360" t="s">
         <v>1805</v>
       </c>
       <c r="D360">
-        <v>64.4</v>
+        <v>51.04</v>
       </c>
       <c r="G360" t="s">
         <v>14</v>
       </c>
       <c r="H360" t="s">
         <v>1806</v>
       </c>
       <c r="I360">
         <v>1</v>
       </c>
       <c r="J360" t="s">
         <v>16</v>
       </c>
       <c r="K360" t="s">
         <v>1807</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s">
         <v>1808</v>
       </c>
       <c r="B361" t="s">
         <v>1809</v>
       </c>
       <c r="C361" t="s">
         <v>1810</v>
       </c>
       <c r="D361">
-        <v>321.59</v>
+        <v>64.4</v>
       </c>
       <c r="G361" t="s">
         <v>14</v>
       </c>
       <c r="H361" t="s">
         <v>1811</v>
       </c>
       <c r="I361">
         <v>1</v>
       </c>
       <c r="J361" t="s">
         <v>16</v>
       </c>
       <c r="K361" t="s">
         <v>1812</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s">
         <v>1813</v>
       </c>
       <c r="B362" t="s">
         <v>1814</v>
       </c>
       <c r="C362" t="s">
         <v>1815</v>
       </c>
       <c r="D362">
-        <v>16.38</v>
+        <v>321.59</v>
       </c>
       <c r="G362" t="s">
         <v>14</v>
       </c>
       <c r="H362" t="s">
         <v>1816</v>
       </c>
       <c r="I362">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J362" t="s">
         <v>16</v>
       </c>
       <c r="K362" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s">
         <v>1818</v>
       </c>
       <c r="B363" t="s">
         <v>1819</v>
       </c>
       <c r="C363" t="s">
         <v>1820</v>
       </c>
       <c r="D363">
         <v>16.38</v>
       </c>
       <c r="G363" t="s">
         <v>14</v>
       </c>
       <c r="H363" t="s">
@@ -16965,1530 +16980,1530 @@
       </c>
       <c r="H364" t="s">
         <v>1826</v>
       </c>
       <c r="I364">
         <v>10</v>
       </c>
       <c r="J364" t="s">
         <v>16</v>
       </c>
       <c r="K364" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s">
         <v>1828</v>
       </c>
       <c r="B365" t="s">
         <v>1829</v>
       </c>
       <c r="C365" t="s">
         <v>1830</v>
       </c>
       <c r="D365">
-        <v>19.4</v>
+        <v>16.38</v>
       </c>
       <c r="G365" t="s">
         <v>14</v>
       </c>
       <c r="H365" t="s">
         <v>1831</v>
       </c>
       <c r="I365">
         <v>10</v>
       </c>
       <c r="J365" t="s">
         <v>16</v>
       </c>
       <c r="K365" t="s">
         <v>1832</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s">
         <v>1833</v>
       </c>
       <c r="B366" t="s">
         <v>1834</v>
       </c>
       <c r="C366" t="s">
         <v>1835</v>
       </c>
       <c r="D366">
-        <v>21.19</v>
+        <v>19.4</v>
       </c>
       <c r="G366" t="s">
         <v>14</v>
       </c>
       <c r="H366" t="s">
         <v>1836</v>
       </c>
       <c r="I366">
         <v>10</v>
       </c>
       <c r="J366" t="s">
         <v>16</v>
       </c>
       <c r="K366" t="s">
         <v>1837</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s">
         <v>1838</v>
       </c>
       <c r="B367" t="s">
         <v>1839</v>
       </c>
       <c r="C367" t="s">
         <v>1840</v>
       </c>
       <c r="D367">
-        <v>21.43</v>
+        <v>21.19</v>
       </c>
       <c r="G367" t="s">
         <v>14</v>
       </c>
       <c r="H367" t="s">
         <v>1841</v>
       </c>
       <c r="I367">
         <v>10</v>
       </c>
       <c r="J367" t="s">
         <v>16</v>
       </c>
       <c r="K367" t="s">
         <v>1842</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s">
         <v>1843</v>
       </c>
       <c r="B368" t="s">
         <v>1844</v>
       </c>
       <c r="C368" t="s">
         <v>1845</v>
       </c>
       <c r="D368">
-        <v>21.79</v>
+        <v>21.43</v>
       </c>
       <c r="G368" t="s">
         <v>14</v>
       </c>
       <c r="H368" t="s">
         <v>1846</v>
       </c>
       <c r="I368">
         <v>10</v>
       </c>
       <c r="J368" t="s">
         <v>16</v>
       </c>
       <c r="K368" t="s">
         <v>1847</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s">
         <v>1848</v>
       </c>
       <c r="B369" t="s">
         <v>1849</v>
       </c>
       <c r="C369" t="s">
         <v>1850</v>
       </c>
       <c r="D369">
-        <v>21.98</v>
+        <v>21.79</v>
       </c>
       <c r="G369" t="s">
         <v>14</v>
       </c>
       <c r="H369" t="s">
         <v>1851</v>
       </c>
       <c r="I369">
         <v>10</v>
       </c>
       <c r="J369" t="s">
         <v>16</v>
       </c>
       <c r="K369" t="s">
         <v>1852</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s">
         <v>1853</v>
       </c>
       <c r="B370" t="s">
         <v>1854</v>
       </c>
       <c r="C370" t="s">
         <v>1855</v>
       </c>
       <c r="D370">
-        <v>24.94</v>
+        <v>21.98</v>
       </c>
       <c r="G370" t="s">
         <v>14</v>
       </c>
       <c r="H370" t="s">
         <v>1856</v>
       </c>
       <c r="I370">
         <v>10</v>
       </c>
       <c r="J370" t="s">
         <v>16</v>
       </c>
       <c r="K370" t="s">
         <v>1857</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s">
         <v>1858</v>
       </c>
       <c r="B371" t="s">
         <v>1859</v>
       </c>
       <c r="C371" t="s">
         <v>1860</v>
       </c>
       <c r="D371">
-        <v>29.76</v>
+        <v>24.94</v>
       </c>
       <c r="G371" t="s">
         <v>14</v>
       </c>
       <c r="H371" t="s">
         <v>1861</v>
       </c>
       <c r="I371">
         <v>10</v>
       </c>
       <c r="J371" t="s">
         <v>16</v>
       </c>
       <c r="K371" t="s">
         <v>1862</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s">
         <v>1863</v>
       </c>
       <c r="B372" t="s">
         <v>1864</v>
       </c>
       <c r="C372" t="s">
         <v>1865</v>
       </c>
       <c r="D372">
-        <v>34.34</v>
+        <v>29.76</v>
       </c>
       <c r="G372" t="s">
         <v>14</v>
       </c>
       <c r="H372" t="s">
         <v>1866</v>
       </c>
       <c r="I372">
         <v>10</v>
       </c>
       <c r="J372" t="s">
         <v>16</v>
       </c>
       <c r="K372" t="s">
         <v>1867</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s">
         <v>1868</v>
       </c>
       <c r="B373" t="s">
         <v>1869</v>
       </c>
       <c r="C373" t="s">
         <v>1870</v>
       </c>
       <c r="D373">
-        <v>35.53</v>
+        <v>34.34</v>
       </c>
       <c r="G373" t="s">
         <v>14</v>
       </c>
       <c r="H373" t="s">
         <v>1871</v>
       </c>
       <c r="I373">
         <v>10</v>
       </c>
       <c r="J373" t="s">
         <v>16</v>
       </c>
       <c r="K373" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s">
         <v>1873</v>
       </c>
       <c r="B374" t="s">
         <v>1874</v>
       </c>
       <c r="C374" t="s">
         <v>1875</v>
       </c>
       <c r="D374">
-        <v>37.78</v>
+        <v>35.53</v>
       </c>
       <c r="G374" t="s">
         <v>14</v>
       </c>
       <c r="H374" t="s">
         <v>1876</v>
       </c>
       <c r="I374">
         <v>10</v>
       </c>
       <c r="J374" t="s">
         <v>16</v>
       </c>
       <c r="K374" t="s">
         <v>1877</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s">
         <v>1878</v>
       </c>
       <c r="B375" t="s">
         <v>1879</v>
       </c>
       <c r="C375" t="s">
         <v>1880</v>
       </c>
       <c r="D375">
-        <v>41.24</v>
+        <v>37.78</v>
       </c>
       <c r="G375" t="s">
         <v>14</v>
       </c>
       <c r="H375" t="s">
         <v>1881</v>
       </c>
       <c r="I375">
         <v>10</v>
       </c>
       <c r="J375" t="s">
         <v>16</v>
       </c>
       <c r="K375" t="s">
         <v>1882</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s">
         <v>1883</v>
       </c>
       <c r="B376" t="s">
         <v>1884</v>
       </c>
       <c r="C376" t="s">
         <v>1885</v>
       </c>
       <c r="D376">
-        <v>45.26</v>
+        <v>41.24</v>
       </c>
       <c r="G376" t="s">
         <v>14</v>
       </c>
       <c r="H376" t="s">
         <v>1886</v>
       </c>
       <c r="I376">
         <v>10</v>
       </c>
       <c r="J376" t="s">
         <v>16</v>
       </c>
       <c r="K376" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s">
         <v>1888</v>
       </c>
       <c r="B377" t="s">
         <v>1889</v>
       </c>
       <c r="C377" t="s">
         <v>1890</v>
       </c>
       <c r="D377">
-        <v>41.62</v>
+        <v>45.26</v>
       </c>
       <c r="G377" t="s">
         <v>14</v>
       </c>
       <c r="H377" t="s">
         <v>1891</v>
       </c>
       <c r="I377">
         <v>10</v>
       </c>
       <c r="J377" t="s">
         <v>16</v>
       </c>
       <c r="K377" t="s">
         <v>1892</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s">
         <v>1893</v>
       </c>
       <c r="B378" t="s">
         <v>1894</v>
       </c>
       <c r="C378" t="s">
         <v>1895</v>
       </c>
       <c r="D378">
-        <v>44.57</v>
+        <v>41.62</v>
       </c>
       <c r="G378" t="s">
         <v>14</v>
       </c>
       <c r="H378" t="s">
         <v>1896</v>
       </c>
       <c r="I378">
         <v>10</v>
       </c>
       <c r="J378" t="s">
         <v>16</v>
       </c>
       <c r="K378" t="s">
         <v>1897</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s">
         <v>1898</v>
       </c>
       <c r="B379" t="s">
         <v>1899</v>
       </c>
       <c r="C379" t="s">
         <v>1900</v>
       </c>
       <c r="D379">
-        <v>51.36</v>
+        <v>44.57</v>
       </c>
       <c r="G379" t="s">
         <v>14</v>
       </c>
       <c r="H379" t="s">
         <v>1901</v>
       </c>
       <c r="I379">
         <v>10</v>
       </c>
       <c r="J379" t="s">
         <v>16</v>
       </c>
       <c r="K379" t="s">
         <v>1902</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s">
         <v>1903</v>
       </c>
       <c r="B380" t="s">
         <v>1904</v>
       </c>
       <c r="C380" t="s">
         <v>1905</v>
       </c>
       <c r="D380">
-        <v>54.31</v>
+        <v>51.36</v>
       </c>
       <c r="G380" t="s">
         <v>14</v>
       </c>
       <c r="H380" t="s">
         <v>1906</v>
       </c>
       <c r="I380">
         <v>10</v>
       </c>
       <c r="J380" t="s">
         <v>16</v>
       </c>
       <c r="K380" t="s">
         <v>1907</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s">
         <v>1908</v>
       </c>
       <c r="B381" t="s">
         <v>1909</v>
       </c>
       <c r="C381" t="s">
         <v>1910</v>
       </c>
       <c r="D381">
-        <v>56.44</v>
+        <v>54.31</v>
       </c>
       <c r="G381" t="s">
         <v>14</v>
       </c>
       <c r="H381" t="s">
         <v>1911</v>
       </c>
       <c r="I381">
         <v>10</v>
       </c>
       <c r="J381" t="s">
         <v>16</v>
       </c>
       <c r="K381" t="s">
         <v>1912</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s">
         <v>1913</v>
       </c>
       <c r="B382" t="s">
         <v>1914</v>
       </c>
       <c r="C382" t="s">
         <v>1915</v>
       </c>
       <c r="D382">
-        <v>56.69</v>
+        <v>56.44</v>
       </c>
       <c r="G382" t="s">
         <v>14</v>
       </c>
       <c r="H382" t="s">
         <v>1916</v>
       </c>
       <c r="I382">
         <v>10</v>
       </c>
       <c r="J382" t="s">
         <v>16</v>
       </c>
       <c r="K382" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s">
         <v>1918</v>
       </c>
       <c r="B383" t="s">
         <v>1919</v>
       </c>
       <c r="C383" t="s">
         <v>1920</v>
       </c>
       <c r="D383">
-        <v>60.13</v>
+        <v>56.69</v>
       </c>
       <c r="G383" t="s">
         <v>14</v>
       </c>
       <c r="H383" t="s">
         <v>1921</v>
       </c>
       <c r="I383">
         <v>10</v>
       </c>
       <c r="J383" t="s">
         <v>16</v>
       </c>
       <c r="K383" t="s">
         <v>1922</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s">
         <v>1923</v>
       </c>
       <c r="B384" t="s">
         <v>1924</v>
       </c>
       <c r="C384" t="s">
         <v>1925</v>
       </c>
       <c r="D384">
-        <v>67.54</v>
+        <v>60.13</v>
       </c>
       <c r="G384" t="s">
         <v>14</v>
       </c>
       <c r="H384" t="s">
         <v>1926</v>
       </c>
       <c r="I384">
         <v>10</v>
       </c>
       <c r="J384" t="s">
         <v>16</v>
       </c>
       <c r="K384" t="s">
         <v>1927</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s">
         <v>1928</v>
       </c>
       <c r="B385" t="s">
         <v>1929</v>
       </c>
       <c r="C385" t="s">
         <v>1930</v>
       </c>
       <c r="D385">
-        <v>73.58</v>
+        <v>67.54</v>
       </c>
       <c r="G385" t="s">
         <v>14</v>
       </c>
       <c r="H385" t="s">
         <v>1931</v>
       </c>
       <c r="I385">
         <v>10</v>
       </c>
       <c r="J385" t="s">
         <v>16</v>
       </c>
       <c r="K385" t="s">
         <v>1932</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s">
         <v>1933</v>
       </c>
       <c r="B386" t="s">
         <v>1934</v>
       </c>
       <c r="C386" t="s">
         <v>1935</v>
       </c>
       <c r="D386">
-        <v>84.07</v>
+        <v>73.58</v>
       </c>
       <c r="G386" t="s">
         <v>14</v>
       </c>
       <c r="H386" t="s">
         <v>1936</v>
       </c>
       <c r="I386">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J386" t="s">
         <v>16</v>
       </c>
       <c r="K386" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s">
         <v>1938</v>
       </c>
       <c r="B387" t="s">
         <v>1939</v>
       </c>
       <c r="C387" t="s">
         <v>1940</v>
       </c>
       <c r="D387">
-        <v>89.53</v>
+        <v>84.07</v>
       </c>
       <c r="G387" t="s">
         <v>14</v>
       </c>
       <c r="H387" t="s">
         <v>1941</v>
       </c>
       <c r="I387">
         <v>1</v>
       </c>
       <c r="J387" t="s">
         <v>16</v>
       </c>
       <c r="K387" t="s">
         <v>1942</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s">
         <v>1943</v>
       </c>
       <c r="B388" t="s">
         <v>1944</v>
       </c>
       <c r="C388" t="s">
         <v>1945</v>
       </c>
       <c r="D388">
-        <v>325.78</v>
+        <v>89.53</v>
       </c>
       <c r="G388" t="s">
         <v>14</v>
       </c>
       <c r="H388" t="s">
         <v>1946</v>
       </c>
       <c r="I388">
         <v>1</v>
       </c>
       <c r="J388" t="s">
         <v>16</v>
       </c>
       <c r="K388" t="s">
         <v>1947</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s">
         <v>1948</v>
       </c>
       <c r="B389" t="s">
         <v>1949</v>
       </c>
       <c r="C389" t="s">
         <v>1950</v>
       </c>
       <c r="D389">
-        <v>8.1</v>
+        <v>325.78</v>
       </c>
       <c r="G389" t="s">
         <v>14</v>
       </c>
       <c r="H389" t="s">
         <v>1951</v>
       </c>
       <c r="I389">
         <v>1</v>
       </c>
       <c r="J389" t="s">
         <v>16</v>
       </c>
       <c r="K389" t="s">
         <v>1952</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s">
         <v>1953</v>
       </c>
       <c r="B390" t="s">
         <v>1954</v>
       </c>
       <c r="C390" t="s">
         <v>1955</v>
       </c>
       <c r="D390">
-        <v>8.52</v>
+        <v>8.1</v>
       </c>
       <c r="G390" t="s">
         <v>14</v>
       </c>
       <c r="H390" t="s">
         <v>1956</v>
       </c>
       <c r="I390">
         <v>1</v>
       </c>
       <c r="J390" t="s">
         <v>16</v>
       </c>
       <c r="K390" t="s">
         <v>1957</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s">
         <v>1958</v>
       </c>
       <c r="B391" t="s">
         <v>1959</v>
       </c>
       <c r="C391" t="s">
         <v>1960</v>
       </c>
       <c r="D391">
-        <v>9</v>
+        <v>8.52</v>
       </c>
       <c r="G391" t="s">
         <v>14</v>
       </c>
       <c r="H391" t="s">
         <v>1961</v>
       </c>
       <c r="I391">
         <v>1</v>
       </c>
       <c r="J391" t="s">
         <v>16</v>
       </c>
       <c r="K391" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s">
         <v>1963</v>
       </c>
       <c r="B392" t="s">
         <v>1964</v>
       </c>
       <c r="C392" t="s">
         <v>1965</v>
       </c>
       <c r="D392">
-        <v>13.15</v>
+        <v>9</v>
       </c>
       <c r="G392" t="s">
         <v>14</v>
       </c>
       <c r="H392" t="s">
         <v>1966</v>
       </c>
       <c r="I392">
         <v>1</v>
       </c>
       <c r="J392" t="s">
         <v>16</v>
       </c>
       <c r="K392" t="s">
         <v>1967</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s">
         <v>1968</v>
       </c>
       <c r="B393" t="s">
         <v>1969</v>
       </c>
       <c r="C393" t="s">
         <v>1970</v>
       </c>
       <c r="D393">
-        <v>11.25</v>
+        <v>13.15</v>
       </c>
       <c r="G393" t="s">
         <v>14</v>
       </c>
       <c r="H393" t="s">
         <v>1971</v>
       </c>
       <c r="I393">
         <v>1</v>
       </c>
       <c r="J393" t="s">
         <v>16</v>
       </c>
       <c r="K393" t="s">
         <v>1972</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s">
         <v>1973</v>
       </c>
       <c r="B394" t="s">
         <v>1974</v>
       </c>
       <c r="C394" t="s">
         <v>1975</v>
       </c>
       <c r="D394">
-        <v>16.69</v>
+        <v>11.25</v>
       </c>
       <c r="G394" t="s">
         <v>14</v>
       </c>
       <c r="H394" t="s">
         <v>1976</v>
       </c>
       <c r="I394">
         <v>1</v>
       </c>
       <c r="J394" t="s">
         <v>16</v>
       </c>
       <c r="K394" t="s">
         <v>1977</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s">
         <v>1978</v>
       </c>
       <c r="B395" t="s">
         <v>1979</v>
       </c>
       <c r="C395" t="s">
         <v>1980</v>
       </c>
       <c r="D395">
-        <v>12.39</v>
+        <v>16.69</v>
       </c>
       <c r="G395" t="s">
         <v>14</v>
       </c>
       <c r="H395" t="s">
         <v>1981</v>
       </c>
       <c r="I395">
         <v>1</v>
       </c>
       <c r="J395" t="s">
         <v>16</v>
       </c>
       <c r="K395" t="s">
         <v>1982</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s">
         <v>1983</v>
       </c>
       <c r="B396" t="s">
         <v>1984</v>
       </c>
       <c r="C396" t="s">
         <v>1985</v>
       </c>
       <c r="D396">
-        <v>3.52</v>
+        <v>12.39</v>
       </c>
       <c r="G396" t="s">
         <v>14</v>
       </c>
       <c r="H396" t="s">
         <v>1986</v>
       </c>
       <c r="I396">
         <v>1</v>
       </c>
       <c r="J396" t="s">
         <v>16</v>
       </c>
       <c r="K396" t="s">
         <v>1987</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s">
         <v>1988</v>
       </c>
       <c r="B397" t="s">
         <v>1989</v>
       </c>
       <c r="C397" t="s">
         <v>1990</v>
       </c>
       <c r="D397">
-        <v>4.75</v>
+        <v>3.52</v>
       </c>
       <c r="G397" t="s">
         <v>14</v>
       </c>
       <c r="H397" t="s">
         <v>1991</v>
       </c>
       <c r="I397">
         <v>1</v>
       </c>
       <c r="J397" t="s">
         <v>16</v>
       </c>
       <c r="K397" t="s">
         <v>1992</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s">
         <v>1993</v>
       </c>
       <c r="B398" t="s">
         <v>1994</v>
       </c>
       <c r="C398" t="s">
         <v>1995</v>
       </c>
       <c r="D398">
-        <v>3.52</v>
+        <v>4.75</v>
       </c>
       <c r="G398" t="s">
         <v>14</v>
       </c>
       <c r="H398" t="s">
         <v>1996</v>
       </c>
       <c r="I398">
         <v>1</v>
       </c>
       <c r="J398" t="s">
         <v>16</v>
       </c>
       <c r="K398" t="s">
         <v>1997</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s">
         <v>1998</v>
       </c>
       <c r="B399" t="s">
         <v>1999</v>
       </c>
       <c r="C399" t="s">
         <v>2000</v>
       </c>
       <c r="D399">
-        <v>5.91</v>
+        <v>3.52</v>
       </c>
       <c r="G399" t="s">
         <v>14</v>
       </c>
       <c r="H399" t="s">
         <v>2001</v>
       </c>
       <c r="I399">
         <v>1</v>
       </c>
       <c r="J399" t="s">
         <v>16</v>
       </c>
       <c r="K399" t="s">
         <v>2002</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s">
         <v>2003</v>
       </c>
       <c r="B400" t="s">
         <v>2004</v>
       </c>
       <c r="C400" t="s">
         <v>2005</v>
       </c>
       <c r="D400">
-        <v>6.76</v>
+        <v>5.91</v>
       </c>
       <c r="G400" t="s">
         <v>14</v>
       </c>
       <c r="H400" t="s">
         <v>2006</v>
       </c>
       <c r="I400">
         <v>1</v>
       </c>
       <c r="J400" t="s">
         <v>16</v>
       </c>
       <c r="K400" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s">
         <v>2008</v>
       </c>
       <c r="B401" t="s">
         <v>2009</v>
       </c>
       <c r="C401" t="s">
         <v>2010</v>
       </c>
       <c r="D401">
-        <v>39.71</v>
+        <v>6.76</v>
       </c>
       <c r="G401" t="s">
         <v>14</v>
       </c>
       <c r="H401" t="s">
         <v>2011</v>
       </c>
       <c r="I401">
         <v>1</v>
       </c>
       <c r="J401" t="s">
         <v>16</v>
       </c>
       <c r="K401" t="s">
         <v>2012</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s">
         <v>2013</v>
       </c>
       <c r="B402" t="s">
         <v>2014</v>
       </c>
       <c r="C402" t="s">
         <v>2015</v>
       </c>
       <c r="D402">
-        <v>32.2</v>
+        <v>39.71</v>
       </c>
       <c r="G402" t="s">
         <v>14</v>
       </c>
       <c r="H402" t="s">
         <v>2016</v>
       </c>
       <c r="I402">
         <v>1</v>
       </c>
       <c r="J402" t="s">
         <v>16</v>
       </c>
       <c r="K402" t="s">
         <v>2017</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s">
         <v>2018</v>
       </c>
       <c r="B403" t="s">
         <v>2019</v>
       </c>
       <c r="C403" t="s">
         <v>2020</v>
       </c>
       <c r="D403">
-        <v>8.53</v>
+        <v>32.2</v>
       </c>
       <c r="G403" t="s">
         <v>14</v>
       </c>
       <c r="H403" t="s">
         <v>2021</v>
       </c>
       <c r="I403">
         <v>1</v>
       </c>
       <c r="J403" t="s">
         <v>16</v>
       </c>
       <c r="K403" t="s">
         <v>2022</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s">
         <v>2023</v>
       </c>
       <c r="B404" t="s">
         <v>2024</v>
       </c>
       <c r="C404" t="s">
         <v>2025</v>
       </c>
       <c r="D404">
-        <v>3.58</v>
+        <v>8.53</v>
       </c>
       <c r="G404" t="s">
         <v>14</v>
       </c>
       <c r="H404" t="s">
         <v>2026</v>
       </c>
       <c r="I404">
         <v>1</v>
       </c>
       <c r="J404" t="s">
         <v>16</v>
       </c>
       <c r="K404" t="s">
         <v>2027</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s">
         <v>2028</v>
       </c>
       <c r="B405" t="s">
         <v>2029</v>
       </c>
       <c r="C405" t="s">
         <v>2030</v>
       </c>
       <c r="D405">
-        <v>9.14</v>
+        <v>3.58</v>
       </c>
       <c r="G405" t="s">
         <v>14</v>
       </c>
       <c r="H405" t="s">
         <v>2031</v>
       </c>
       <c r="I405">
         <v>1</v>
       </c>
       <c r="J405" t="s">
         <v>16</v>
       </c>
       <c r="K405" t="s">
         <v>2032</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s">
         <v>2033</v>
       </c>
       <c r="B406" t="s">
         <v>2034</v>
       </c>
       <c r="C406" t="s">
         <v>2035</v>
       </c>
       <c r="D406">
-        <v>5.96</v>
+        <v>9.14</v>
       </c>
       <c r="G406" t="s">
         <v>14</v>
       </c>
       <c r="H406" t="s">
         <v>2036</v>
       </c>
       <c r="I406">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="J406" t="s">
         <v>16</v>
       </c>
       <c r="K406" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s">
         <v>2038</v>
       </c>
       <c r="B407" t="s">
         <v>2039</v>
       </c>
       <c r="C407" t="s">
         <v>2040</v>
       </c>
       <c r="D407">
-        <v>6.18</v>
+        <v>5.96</v>
       </c>
       <c r="G407" t="s">
         <v>14</v>
       </c>
       <c r="H407" t="s">
         <v>2041</v>
       </c>
       <c r="I407">
         <v>20</v>
       </c>
       <c r="J407" t="s">
         <v>16</v>
       </c>
       <c r="K407" t="s">
         <v>2042</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s">
         <v>2043</v>
       </c>
       <c r="B408" t="s">
         <v>2044</v>
       </c>
       <c r="C408" t="s">
         <v>2045</v>
       </c>
       <c r="D408">
-        <v>68.54</v>
+        <v>6.18</v>
       </c>
       <c r="G408" t="s">
         <v>14</v>
       </c>
       <c r="H408" t="s">
         <v>2046</v>
       </c>
       <c r="I408">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="J408" t="s">
         <v>16</v>
       </c>
       <c r="K408" t="s">
         <v>2047</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s">
         <v>2048</v>
       </c>
       <c r="B409" t="s">
         <v>2049</v>
       </c>
       <c r="C409" t="s">
         <v>2050</v>
       </c>
       <c r="D409">
-        <v>21.95</v>
+        <v>68.54</v>
       </c>
       <c r="G409" t="s">
         <v>14</v>
       </c>
       <c r="H409" t="s">
         <v>2051</v>
       </c>
       <c r="I409">
         <v>1</v>
       </c>
       <c r="J409" t="s">
         <v>16</v>
       </c>
       <c r="K409" t="s">
         <v>2052</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s">
         <v>2053</v>
       </c>
       <c r="B410" t="s">
         <v>2054</v>
       </c>
       <c r="C410" t="s">
         <v>2055</v>
       </c>
       <c r="D410">
-        <v>517.74</v>
+        <v>21.95</v>
       </c>
       <c r="G410" t="s">
         <v>14</v>
       </c>
       <c r="H410" t="s">
         <v>2056</v>
       </c>
       <c r="I410">
         <v>1</v>
       </c>
       <c r="J410" t="s">
         <v>16</v>
       </c>
       <c r="K410" t="s">
         <v>2057</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="s">
         <v>2058</v>
       </c>
       <c r="B411" t="s">
         <v>2059</v>
       </c>
       <c r="C411" t="s">
         <v>2060</v>
       </c>
       <c r="D411">
-        <v>322.73</v>
+        <v>517.74</v>
       </c>
       <c r="G411" t="s">
         <v>14</v>
       </c>
       <c r="H411" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
       <c r="I411">
         <v>1</v>
       </c>
       <c r="J411" t="s">
         <v>16</v>
       </c>
       <c r="K411" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="B412" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="C412" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="D412">
-        <v>781.24</v>
+        <v>322.73</v>
       </c>
       <c r="G412" t="s">
         <v>14</v>
       </c>
       <c r="H412" t="s">
-        <v>2065</v>
+        <v>2061</v>
       </c>
       <c r="I412">
         <v>1</v>
       </c>
       <c r="J412" t="s">
         <v>16</v>
       </c>
       <c r="K412" t="s">
         <v>2066</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="s">
         <v>2067</v>
       </c>
       <c r="B413" t="s">
         <v>2068</v>
       </c>
       <c r="C413" t="s">
         <v>2069</v>
       </c>
       <c r="D413">
-        <v>250.19</v>
+        <v>781.24</v>
       </c>
       <c r="G413" t="s">
         <v>14</v>
       </c>
       <c r="H413" t="s">
         <v>2070</v>
       </c>
       <c r="I413">
         <v>1</v>
       </c>
       <c r="J413" t="s">
         <v>16</v>
       </c>
       <c r="K413" t="s">
         <v>2071</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s">
         <v>2072</v>
       </c>
       <c r="B414" t="s">
         <v>2073</v>
       </c>
       <c r="C414" t="s">
         <v>2074</v>
       </c>
       <c r="D414">
-        <v>48.22</v>
+        <v>250.19</v>
       </c>
       <c r="G414" t="s">
         <v>14</v>
       </c>
       <c r="H414" t="s">
         <v>2075</v>
       </c>
       <c r="I414">
         <v>1</v>
       </c>
       <c r="J414" t="s">
         <v>16</v>
       </c>
       <c r="K414" t="s">
         <v>2076</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s">
         <v>2077</v>
       </c>
       <c r="B415" t="s">
         <v>2078</v>
       </c>
       <c r="C415" t="s">
         <v>2079</v>
       </c>
       <c r="D415">
-        <v>126.78</v>
+        <v>48.22</v>
       </c>
       <c r="G415" t="s">
         <v>14</v>
       </c>
       <c r="H415" t="s">
         <v>2080</v>
       </c>
       <c r="I415">
         <v>1</v>
       </c>
       <c r="J415" t="s">
         <v>16</v>
       </c>
       <c r="K415" t="s">
         <v>2081</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s">
         <v>2082</v>
       </c>
       <c r="B416" t="s">
         <v>2083</v>
       </c>
       <c r="C416" t="s">
         <v>2084</v>
       </c>
       <c r="D416">
-        <v>10.81</v>
+        <v>126.78</v>
       </c>
       <c r="G416" t="s">
         <v>14</v>
       </c>
       <c r="H416" t="s">
         <v>2085</v>
       </c>
       <c r="I416">
         <v>1</v>
       </c>
       <c r="J416" t="s">
         <v>16</v>
       </c>
       <c r="K416" t="s">
         <v>2086</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s">
         <v>2087</v>
       </c>
       <c r="B417" t="s">
         <v>2088</v>
       </c>
       <c r="C417" t="s">
@@ -18560,62 +18575,91 @@
       </c>
       <c r="H419" t="s">
         <v>2100</v>
       </c>
       <c r="I419">
         <v>1</v>
       </c>
       <c r="J419" t="s">
         <v>16</v>
       </c>
       <c r="K419" t="s">
         <v>2101</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s">
         <v>2102</v>
       </c>
       <c r="B420" t="s">
         <v>2103</v>
       </c>
       <c r="C420" t="s">
         <v>2104</v>
       </c>
       <c r="D420">
-        <v>8.02</v>
+        <v>10.81</v>
       </c>
       <c r="G420" t="s">
         <v>14</v>
       </c>
       <c r="H420" t="s">
         <v>2105</v>
       </c>
       <c r="I420">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J420" t="s">
         <v>16</v>
       </c>
       <c r="K420" t="s">
         <v>2106</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B421" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C421" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D421">
+        <v>8.02</v>
+      </c>
+      <c r="G421" t="s">
+        <v>14</v>
+      </c>
+      <c r="H421" t="s">
+        <v>2110</v>
+      </c>
+      <c r="I421">
+        <v>5</v>
+      </c>
+      <c r="J421" t="s">
+        <v>16</v>
+      </c>
+      <c r="K421" t="s">
+        <v>2111</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>