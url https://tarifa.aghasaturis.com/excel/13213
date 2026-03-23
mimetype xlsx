--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -6479,82 +6479,83 @@
   <si>
     <t>A183BBOXERWHPELBU1</t>
   </si>
   <si>
     <t>BOXERWHPELBU1</t>
   </si>
   <si>
     <t>ATM-BOXERWHPELBU1-Maleta técnica para electricistas</t>
   </si>
   <si>
     <t>8435130727718</t>
   </si>
   <si>
     <t>A2132002800ATA2020</t>
   </si>
   <si>
     <t>A2020</t>
   </si>
   <si>
     <t>ATM-A2020-Llave Allen en blister SW.12 x 137 mm</t>
   </si>
   <si>
     <t>8435130719188</t>
   </si>
   <si>
-    <t>PZPLATAFORMA</t>
+    <t>PZESTRATEGIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Left"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M431"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="15"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="8"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
@@ -14478,717 +14479,861 @@
         <v>1371</v>
       </c>
       <c r="I273">
         <v>5</v>
       </c>
       <c r="J273" t="s">
         <v>16</v>
       </c>
       <c r="K273" t="s">
         <v>1372</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>1373</v>
       </c>
       <c r="B274" t="s">
         <v>1374</v>
       </c>
       <c r="C274" t="s">
         <v>1375</v>
       </c>
       <c r="D274">
         <v>2.1</v>
       </c>
+      <c r="E274">
+        <v>2.13</v>
+      </c>
+      <c r="F274" s="1">
+        <v>46112</v>
+      </c>
       <c r="G274" t="s">
         <v>14</v>
       </c>
       <c r="H274" t="s">
         <v>1376</v>
       </c>
       <c r="I274">
         <v>10</v>
       </c>
       <c r="J274" t="s">
         <v>16</v>
       </c>
       <c r="K274" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
         <v>1378</v>
       </c>
       <c r="B275" t="s">
         <v>1379</v>
       </c>
       <c r="C275" t="s">
         <v>1380</v>
       </c>
       <c r="D275">
         <v>2.3</v>
       </c>
+      <c r="E275">
+        <v>2.35</v>
+      </c>
+      <c r="F275" s="1">
+        <v>46112</v>
+      </c>
       <c r="G275" t="s">
         <v>14</v>
       </c>
       <c r="H275" t="s">
         <v>1381</v>
       </c>
       <c r="I275">
         <v>10</v>
       </c>
       <c r="J275" t="s">
         <v>16</v>
       </c>
       <c r="K275" t="s">
         <v>1382</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
         <v>1383</v>
       </c>
       <c r="B276" t="s">
         <v>1384</v>
       </c>
       <c r="C276" t="s">
         <v>1385</v>
       </c>
       <c r="D276">
         <v>2.65</v>
       </c>
+      <c r="E276">
+        <v>2.7</v>
+      </c>
+      <c r="F276" s="1">
+        <v>46112</v>
+      </c>
       <c r="G276" t="s">
         <v>14</v>
       </c>
       <c r="H276" t="s">
         <v>1386</v>
       </c>
       <c r="I276">
         <v>10</v>
       </c>
       <c r="J276" t="s">
         <v>16</v>
       </c>
       <c r="K276" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
         <v>1388</v>
       </c>
       <c r="B277" t="s">
         <v>1389</v>
       </c>
       <c r="C277" t="s">
         <v>1390</v>
       </c>
       <c r="D277">
         <v>2.2</v>
       </c>
+      <c r="E277">
+        <v>2.24</v>
+      </c>
+      <c r="F277" s="1">
+        <v>46112</v>
+      </c>
       <c r="G277" t="s">
         <v>14</v>
       </c>
       <c r="H277" t="s">
         <v>1391</v>
       </c>
       <c r="I277">
         <v>10</v>
       </c>
       <c r="J277" t="s">
         <v>16</v>
       </c>
       <c r="K277" t="s">
         <v>1392</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
         <v>1393</v>
       </c>
       <c r="B278" t="s">
         <v>1394</v>
       </c>
       <c r="C278" t="s">
         <v>1395</v>
       </c>
       <c r="D278">
         <v>2.2</v>
       </c>
+      <c r="E278">
+        <v>2.24</v>
+      </c>
+      <c r="F278" s="1">
+        <v>46112</v>
+      </c>
       <c r="G278" t="s">
         <v>14</v>
       </c>
       <c r="H278" t="s">
         <v>1396</v>
       </c>
       <c r="I278">
         <v>10</v>
       </c>
       <c r="J278" t="s">
         <v>16</v>
       </c>
       <c r="K278" t="s">
         <v>1397</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
         <v>1398</v>
       </c>
       <c r="B279" t="s">
         <v>1399</v>
       </c>
       <c r="C279" t="s">
         <v>1400</v>
       </c>
       <c r="D279">
         <v>2.2</v>
       </c>
+      <c r="E279">
+        <v>2.24</v>
+      </c>
+      <c r="F279" s="1">
+        <v>46112</v>
+      </c>
       <c r="G279" t="s">
         <v>14</v>
       </c>
       <c r="H279" t="s">
         <v>1401</v>
       </c>
       <c r="I279">
         <v>10</v>
       </c>
       <c r="J279" t="s">
         <v>16</v>
       </c>
       <c r="K279" t="s">
         <v>1402</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
         <v>1403</v>
       </c>
       <c r="B280" t="s">
         <v>1404</v>
       </c>
       <c r="C280" t="s">
         <v>1405</v>
       </c>
       <c r="D280">
         <v>3.15</v>
       </c>
+      <c r="E280">
+        <v>3.22</v>
+      </c>
+      <c r="F280" s="1">
+        <v>46112</v>
+      </c>
       <c r="G280" t="s">
         <v>14</v>
       </c>
       <c r="H280" t="s">
         <v>1406</v>
       </c>
       <c r="I280">
         <v>10</v>
       </c>
       <c r="J280" t="s">
         <v>16</v>
       </c>
       <c r="K280" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
         <v>1408</v>
       </c>
       <c r="B281" t="s">
         <v>1409</v>
       </c>
       <c r="C281" t="s">
         <v>1410</v>
       </c>
       <c r="D281">
         <v>3.15</v>
       </c>
+      <c r="E281">
+        <v>3.22</v>
+      </c>
+      <c r="F281" s="1">
+        <v>46112</v>
+      </c>
       <c r="G281" t="s">
         <v>14</v>
       </c>
       <c r="H281" t="s">
         <v>1411</v>
       </c>
       <c r="I281">
         <v>10</v>
       </c>
       <c r="J281" t="s">
         <v>16</v>
       </c>
       <c r="K281" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
         <v>1413</v>
       </c>
       <c r="B282" t="s">
         <v>1414</v>
       </c>
       <c r="C282" t="s">
         <v>1415</v>
       </c>
       <c r="D282">
         <v>3.05</v>
       </c>
+      <c r="E282">
+        <v>3.11</v>
+      </c>
+      <c r="F282" s="1">
+        <v>46112</v>
+      </c>
       <c r="G282" t="s">
         <v>14</v>
       </c>
       <c r="H282" t="s">
         <v>1416</v>
       </c>
       <c r="I282">
         <v>10</v>
       </c>
       <c r="J282" t="s">
         <v>16</v>
       </c>
       <c r="K282" t="s">
         <v>1417</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
         <v>1418</v>
       </c>
       <c r="B283" t="s">
         <v>1419</v>
       </c>
       <c r="C283" t="s">
         <v>1420</v>
       </c>
       <c r="D283">
         <v>3.05</v>
       </c>
+      <c r="E283">
+        <v>3.11</v>
+      </c>
+      <c r="F283" s="1">
+        <v>46112</v>
+      </c>
       <c r="G283" t="s">
         <v>14</v>
       </c>
       <c r="H283" t="s">
         <v>1421</v>
       </c>
       <c r="I283">
         <v>10</v>
       </c>
       <c r="J283" t="s">
         <v>16</v>
       </c>
       <c r="K283" t="s">
         <v>1422</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
         <v>1423</v>
       </c>
       <c r="B284" t="s">
         <v>1424</v>
       </c>
       <c r="C284" t="s">
         <v>1425</v>
       </c>
       <c r="D284">
         <v>3.05</v>
       </c>
+      <c r="E284">
+        <v>3.11</v>
+      </c>
+      <c r="F284" s="1">
+        <v>46112</v>
+      </c>
       <c r="G284" t="s">
         <v>14</v>
       </c>
       <c r="H284" t="s">
         <v>1426</v>
       </c>
       <c r="I284">
         <v>10</v>
       </c>
       <c r="J284" t="s">
         <v>16</v>
       </c>
       <c r="K284" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
         <v>1428</v>
       </c>
       <c r="B285" t="s">
         <v>1429</v>
       </c>
       <c r="C285" t="s">
         <v>1430</v>
       </c>
       <c r="D285">
         <v>3.05</v>
       </c>
+      <c r="E285">
+        <v>3.11</v>
+      </c>
+      <c r="F285" s="1">
+        <v>46112</v>
+      </c>
       <c r="G285" t="s">
         <v>14</v>
       </c>
       <c r="H285" t="s">
         <v>1431</v>
       </c>
       <c r="I285">
         <v>10</v>
       </c>
       <c r="J285" t="s">
         <v>16</v>
       </c>
       <c r="K285" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
         <v>1433</v>
       </c>
       <c r="B286" t="s">
         <v>1434</v>
       </c>
       <c r="C286" t="s">
         <v>1435</v>
       </c>
       <c r="D286">
         <v>3.05</v>
       </c>
+      <c r="E286">
+        <v>3.11</v>
+      </c>
+      <c r="F286" s="1">
+        <v>46112</v>
+      </c>
       <c r="G286" t="s">
         <v>14</v>
       </c>
       <c r="H286" t="s">
         <v>1436</v>
       </c>
       <c r="I286">
         <v>10</v>
       </c>
       <c r="J286" t="s">
         <v>16</v>
       </c>
       <c r="K286" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
         <v>1438</v>
       </c>
       <c r="B287" t="s">
         <v>1439</v>
       </c>
       <c r="C287" t="s">
         <v>1440</v>
       </c>
       <c r="D287">
         <v>3.3</v>
       </c>
+      <c r="E287">
+        <v>3.38</v>
+      </c>
+      <c r="F287" s="1">
+        <v>46112</v>
+      </c>
       <c r="G287" t="s">
         <v>14</v>
       </c>
       <c r="H287" t="s">
         <v>1441</v>
       </c>
       <c r="I287">
         <v>10</v>
       </c>
       <c r="J287" t="s">
         <v>16</v>
       </c>
       <c r="K287" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
         <v>1443</v>
       </c>
       <c r="B288" t="s">
         <v>1444</v>
       </c>
       <c r="C288" t="s">
         <v>1445</v>
       </c>
       <c r="D288">
         <v>3.3</v>
       </c>
+      <c r="E288">
+        <v>3.38</v>
+      </c>
+      <c r="F288" s="1">
+        <v>46112</v>
+      </c>
       <c r="G288" t="s">
         <v>14</v>
       </c>
       <c r="H288" t="s">
         <v>1446</v>
       </c>
       <c r="I288">
         <v>10</v>
       </c>
       <c r="J288" t="s">
         <v>16</v>
       </c>
       <c r="K288" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>1448</v>
       </c>
       <c r="B289" t="s">
         <v>1449</v>
       </c>
       <c r="C289" t="s">
         <v>1450</v>
       </c>
       <c r="D289">
         <v>3.3</v>
       </c>
+      <c r="E289">
+        <v>3.38</v>
+      </c>
+      <c r="F289" s="1">
+        <v>46112</v>
+      </c>
       <c r="G289" t="s">
         <v>14</v>
       </c>
       <c r="H289" t="s">
         <v>1451</v>
       </c>
       <c r="I289">
         <v>10</v>
       </c>
       <c r="J289" t="s">
         <v>16</v>
       </c>
       <c r="K289" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>1453</v>
       </c>
       <c r="B290" t="s">
         <v>1454</v>
       </c>
       <c r="C290" t="s">
         <v>1455</v>
       </c>
       <c r="D290">
         <v>6.65</v>
       </c>
+      <c r="E290">
+        <v>6.78</v>
+      </c>
+      <c r="F290" s="1">
+        <v>46112</v>
+      </c>
       <c r="G290" t="s">
         <v>14</v>
       </c>
       <c r="H290" t="s">
         <v>1456</v>
       </c>
       <c r="I290">
         <v>10</v>
       </c>
       <c r="J290" t="s">
         <v>16</v>
       </c>
       <c r="K290" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
         <v>1458</v>
       </c>
       <c r="B291" t="s">
         <v>1459</v>
       </c>
       <c r="C291" t="s">
         <v>1460</v>
       </c>
       <c r="D291">
         <v>6.65</v>
       </c>
+      <c r="E291">
+        <v>6.78</v>
+      </c>
+      <c r="F291" s="1">
+        <v>46112</v>
+      </c>
       <c r="G291" t="s">
         <v>14</v>
       </c>
       <c r="H291" t="s">
         <v>1461</v>
       </c>
       <c r="I291">
         <v>10</v>
       </c>
       <c r="J291" t="s">
         <v>16</v>
       </c>
       <c r="K291" t="s">
         <v>1462</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>1463</v>
       </c>
       <c r="B292" t="s">
         <v>1464</v>
       </c>
       <c r="C292" t="s">
         <v>1465</v>
       </c>
       <c r="D292">
         <v>6.65</v>
       </c>
+      <c r="E292">
+        <v>6.78</v>
+      </c>
+      <c r="F292" s="1">
+        <v>46112</v>
+      </c>
       <c r="G292" t="s">
         <v>14</v>
       </c>
       <c r="H292" t="s">
         <v>1466</v>
       </c>
       <c r="I292">
         <v>10</v>
       </c>
       <c r="J292" t="s">
         <v>16</v>
       </c>
       <c r="K292" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
         <v>1468</v>
       </c>
       <c r="B293" t="s">
         <v>1469</v>
       </c>
       <c r="C293" t="s">
         <v>1470</v>
       </c>
       <c r="D293">
         <v>6.65</v>
       </c>
+      <c r="E293">
+        <v>6.78</v>
+      </c>
+      <c r="F293" s="1">
+        <v>46112</v>
+      </c>
       <c r="G293" t="s">
         <v>14</v>
       </c>
       <c r="H293" t="s">
         <v>1471</v>
       </c>
       <c r="I293">
         <v>10</v>
       </c>
       <c r="J293" t="s">
         <v>16</v>
       </c>
       <c r="K293" t="s">
         <v>1472</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
         <v>1473</v>
       </c>
       <c r="B294" t="s">
         <v>1474</v>
       </c>
       <c r="C294" t="s">
         <v>1475</v>
       </c>
       <c r="D294">
         <v>7.46</v>
       </c>
+      <c r="E294">
+        <v>7.6</v>
+      </c>
+      <c r="F294" s="1">
+        <v>46112</v>
+      </c>
       <c r="G294" t="s">
         <v>14</v>
       </c>
       <c r="H294" t="s">
         <v>1476</v>
       </c>
       <c r="I294">
         <v>10</v>
       </c>
       <c r="J294" t="s">
         <v>16</v>
       </c>
       <c r="K294" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
         <v>1478</v>
       </c>
       <c r="B295" t="s">
         <v>1479</v>
       </c>
       <c r="C295" t="s">
         <v>1480</v>
       </c>
       <c r="D295">
         <v>33.2</v>
       </c>
+      <c r="E295">
+        <v>33.86</v>
+      </c>
+      <c r="F295" s="1">
+        <v>46112</v>
+      </c>
       <c r="G295" t="s">
         <v>14</v>
       </c>
       <c r="H295" t="s">
         <v>1481</v>
       </c>
       <c r="I295">
         <v>1</v>
       </c>
       <c r="J295" t="s">
         <v>16</v>
       </c>
       <c r="K295" t="s">
         <v>1482</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
         <v>1483</v>
       </c>
       <c r="B296" t="s">
         <v>1484</v>
       </c>
       <c r="C296" t="s">
         <v>1485</v>
       </c>
       <c r="D296">
         <v>32.6</v>
       </c>
+      <c r="E296">
+        <v>33.24</v>
+      </c>
+      <c r="F296" s="1">
+        <v>46112</v>
+      </c>
       <c r="G296" t="s">
         <v>14</v>
       </c>
       <c r="H296" t="s">
         <v>1486</v>
       </c>
       <c r="I296">
         <v>1</v>
       </c>
       <c r="J296" t="s">
         <v>16</v>
       </c>
       <c r="K296" t="s">
         <v>1487</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
         <v>1488</v>
       </c>
       <c r="B297" t="s">
         <v>1489</v>
       </c>
       <c r="C297" t="s">
         <v>1490</v>
       </c>
       <c r="D297">
         <v>47.5</v>
       </c>
+      <c r="E297">
+        <v>48.5</v>
+      </c>
+      <c r="F297" s="1">
+        <v>46112</v>
+      </c>
       <c r="G297" t="s">
         <v>14</v>
       </c>
       <c r="H297" t="s">
         <v>1491</v>
       </c>
       <c r="I297">
         <v>1</v>
       </c>
       <c r="J297" t="s">
         <v>16</v>
       </c>
       <c r="K297" t="s">
         <v>1492</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
         <v>1493</v>
       </c>
       <c r="B298" t="s">
         <v>1494</v>
       </c>
       <c r="C298" t="s">
         <v>1495</v>
@@ -15667,166 +15812,196 @@
         <v>1576</v>
       </c>
       <c r="I314">
         <v>25</v>
       </c>
       <c r="J314" t="s">
         <v>16</v>
       </c>
       <c r="K314" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
         <v>1578</v>
       </c>
       <c r="B315" t="s">
         <v>1579</v>
       </c>
       <c r="C315" t="s">
         <v>1580</v>
       </c>
       <c r="D315">
         <v>30.5</v>
       </c>
+      <c r="E315">
+        <v>31.14</v>
+      </c>
+      <c r="F315" s="1">
+        <v>46112</v>
+      </c>
       <c r="G315" t="s">
         <v>14</v>
       </c>
       <c r="H315" t="s">
         <v>1581</v>
       </c>
       <c r="I315">
         <v>1</v>
       </c>
       <c r="J315" t="s">
         <v>16</v>
       </c>
       <c r="K315" t="s">
         <v>1582</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
         <v>1583</v>
       </c>
       <c r="B316" t="s">
         <v>1584</v>
       </c>
       <c r="C316" t="s">
         <v>1585</v>
       </c>
       <c r="D316">
         <v>5.4</v>
       </c>
+      <c r="E316">
+        <v>5.49</v>
+      </c>
+      <c r="F316" s="1">
+        <v>46112</v>
+      </c>
       <c r="G316" t="s">
         <v>14</v>
       </c>
       <c r="H316" t="s">
         <v>1586</v>
       </c>
       <c r="I316">
         <v>1</v>
       </c>
       <c r="J316" t="s">
         <v>16</v>
       </c>
       <c r="K316" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
         <v>1588</v>
       </c>
       <c r="B317" t="s">
         <v>1589</v>
       </c>
       <c r="C317" t="s">
         <v>1590</v>
       </c>
       <c r="D317">
         <v>5.4</v>
       </c>
+      <c r="E317">
+        <v>5.49</v>
+      </c>
+      <c r="F317" s="1">
+        <v>46112</v>
+      </c>
       <c r="G317" t="s">
         <v>14</v>
       </c>
       <c r="H317" t="s">
         <v>1591</v>
       </c>
       <c r="I317">
         <v>1</v>
       </c>
       <c r="J317" t="s">
         <v>16</v>
       </c>
       <c r="K317" t="s">
         <v>1592</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
         <v>1593</v>
       </c>
       <c r="B318" t="s">
         <v>1594</v>
       </c>
       <c r="C318" t="s">
         <v>1595</v>
       </c>
       <c r="D318">
         <v>5.4</v>
       </c>
+      <c r="E318">
+        <v>5.49</v>
+      </c>
+      <c r="F318" s="1">
+        <v>46112</v>
+      </c>
       <c r="G318" t="s">
         <v>14</v>
       </c>
       <c r="H318" t="s">
         <v>1596</v>
       </c>
       <c r="I318">
         <v>1</v>
       </c>
       <c r="J318" t="s">
         <v>16</v>
       </c>
       <c r="K318" t="s">
         <v>1597</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
         <v>1598</v>
       </c>
       <c r="B319" t="s">
         <v>1599</v>
       </c>
       <c r="C319" t="s">
         <v>1600</v>
       </c>
       <c r="D319">
         <v>5.4</v>
       </c>
+      <c r="E319">
+        <v>5.49</v>
+      </c>
+      <c r="F319" s="1">
+        <v>46112</v>
+      </c>
       <c r="G319" t="s">
         <v>14</v>
       </c>
       <c r="H319" t="s">
         <v>1601</v>
       </c>
       <c r="I319">
         <v>1</v>
       </c>
       <c r="J319" t="s">
         <v>16</v>
       </c>
       <c r="K319" t="s">
         <v>1602</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
         <v>1603</v>
       </c>
       <c r="B320" t="s">
         <v>1604</v>
       </c>
       <c r="C320" t="s">
         <v>1605</v>
@@ -19000,51 +19175,51 @@
       </c>
       <c r="H429" t="s">
         <v>2146</v>
       </c>
       <c r="I429">
         <v>1</v>
       </c>
       <c r="J429" t="s">
         <v>16</v>
       </c>
       <c r="K429" t="s">
         <v>2147</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="s">
         <v>2148</v>
       </c>
       <c r="B430" t="s">
         <v>2149</v>
       </c>
       <c r="C430" t="s">
         <v>2150</v>
       </c>
       <c r="D430">
-        <v>899.73</v>
+        <v>913.72</v>
       </c>
       <c r="G430" t="s">
         <v>14</v>
       </c>
       <c r="H430" t="s">
         <v>2151</v>
       </c>
       <c r="I430">
         <v>1</v>
       </c>
       <c r="J430" t="s">
         <v>16</v>
       </c>
       <c r="K430" t="s">
         <v>2147</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="s">
         <v>2152</v>
       </c>
       <c r="B431" t="s">
         <v>2153</v>
       </c>
       <c r="C431" t="s">