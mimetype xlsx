--- v0 (2026-01-11)
+++ v1 (2026-03-03)
@@ -9,103 +9,136 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Unid/Paquete</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Página Catálogo</t>
   </si>
   <si>
+    <t>A13G3100AGMM8EU001BS</t>
+  </si>
+  <si>
+    <t>AGM_M8_EU001B-SC</t>
+  </si>
+  <si>
+    <t>AGM Mobile-AGM_M8_EU001B-SC-Teléfono M8 FLIP (sin cargador)</t>
+  </si>
+  <si>
+    <t>RM</t>
+  </si>
+  <si>
+    <t>6934663605941</t>
+  </si>
+  <si>
+    <t>AGM Mobile</t>
+  </si>
+  <si>
+    <t>P11-02-003-V02-P01W</t>
+  </si>
+  <si>
+    <t>A13G7130AGMG3PROEU00</t>
+  </si>
+  <si>
+    <t>AGM_G3PRO_EU001B</t>
+  </si>
+  <si>
+    <t>AGM Mobile-AGM_G3PRO_EU001B-Teléfono G3 PRO 5G (sin cargador)</t>
+  </si>
+  <si>
+    <t>6934663606474</t>
+  </si>
+  <si>
+    <t>P11-02-002-V01-P01W</t>
+  </si>
+  <si>
     <t>A13G7100AGMH6EU001B</t>
   </si>
   <si>
     <t>AGM_H6_EU001B</t>
   </si>
   <si>
     <t>AGM Mobile-AGM_H6_EU001B-Teléfono H6</t>
   </si>
   <si>
     <t>RC</t>
   </si>
   <si>
     <t>6934663604487</t>
   </si>
   <si>
-    <t>AGM Mobile</t>
-[...1 lines deleted...]
-  <si>
     <t>P11-02-003-V01-P01</t>
   </si>
   <si>
     <t>A13G7130AGMG1SEU001B</t>
   </si>
   <si>
     <t>AGM_G1S_EU001B</t>
   </si>
   <si>
     <t>AGM Mobile-AGM_G1S_EU001B-Teléfono Glory G1S</t>
   </si>
   <si>
     <t>RR</t>
   </si>
   <si>
     <t>6934663605354</t>
   </si>
   <si>
     <t>P11-02-002-V01-P01</t>
   </si>
   <si>
     <t>A13G3100AGMM8EU001B</t>
   </si>
   <si>
     <t>AGM_M8_EU001B</t>
@@ -122,72 +155,66 @@
   <si>
     <t>A13G5100AGMP2EU001B</t>
   </si>
   <si>
     <t>AGM_P2_EU001B</t>
   </si>
   <si>
     <t>AGM Mobile-AGM_P2_EU001B-Tablet PAD P2 Active</t>
   </si>
   <si>
     <t>6934663604975</t>
   </si>
   <si>
     <t>P11-02-004-V01-P01</t>
   </si>
   <si>
     <t>A13G8100AGMLEGEU001B</t>
   </si>
   <si>
     <t>AGM_LEG_EU001BK</t>
   </si>
   <si>
     <t>AGM Mobile-AGM_LEG_EU001BK-Smartwatch Legion negro</t>
   </si>
   <si>
-    <t>RM</t>
-[...1 lines deleted...]
-  <si>
     <t>6934663605620</t>
   </si>
   <si>
     <t>P11-02-004-V02-P01W</t>
   </si>
   <si>
     <t>A13G7100AGMH6EU001BS</t>
   </si>
   <si>
     <t>AGM_H6_EU001B-SC</t>
   </si>
   <si>
     <t>AGM Mobile-AGM_H6_EU001B-SC-Teléfono H6 (sin cargador)</t>
   </si>
   <si>
     <t>6934663605774</t>
-  </si>
-[...1 lines deleted...]
-    <t>P11-02-003-V02-P01W</t>
   </si>
   <si>
     <t>A13G7110AGMH6EU001CA</t>
   </si>
   <si>
     <t>AGM_CARGADOR_H6</t>
   </si>
   <si>
     <t>AGM Mobile-AGM_CARGADOR_H6-Cargador H6</t>
   </si>
   <si>
     <t>8432471211968</t>
   </si>
   <si>
     <t>P11-02-003-V02-P02W</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Left"/>
       <family val="2"/>
@@ -206,55 +233,55 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M8"/>
+  <dimension ref="A1:M10"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="17"/>
-    <col min="3" max="3" width="55"/>
+    <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="7"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="11"/>
     <col min="11" max="11" width="20"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -267,236 +294,294 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2">
-        <v>259.99</v>
+        <v>89.99</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
         <v>20</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
       <c r="K2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3">
-        <v>649.99</v>
+        <v>699</v>
       </c>
       <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="I3">
         <v>10</v>
       </c>
       <c r="J3" t="s">
         <v>16</v>
       </c>
       <c r="K3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
         <v>24</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4">
+        <v>259.99</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
       <c r="I4">
         <v>20</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
       <c r="K4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5">
-        <v>369.99</v>
+        <v>649.99</v>
       </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I5">
         <v>10</v>
       </c>
       <c r="J5" t="s">
         <v>16</v>
       </c>
       <c r="K5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6">
-        <v>99</v>
+        <v>89.99</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="J6" t="s">
         <v>16</v>
       </c>
       <c r="K6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7">
-        <v>259.99</v>
+        <v>369.99</v>
       </c>
       <c r="G7" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
       <c r="I7">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="J7" t="s">
         <v>16</v>
       </c>
       <c r="K7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>48</v>
       </c>
       <c r="I8">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="J8" t="s">
         <v>16</v>
       </c>
       <c r="K8" t="s">
         <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9">
+        <v>259.99</v>
+      </c>
+      <c r="G9" t="s">
+        <v>26</v>
+      </c>
+      <c r="H9" t="s">
+        <v>53</v>
+      </c>
+      <c r="I9">
+        <v>20</v>
+      </c>
+      <c r="J9" t="s">
+        <v>16</v>
+      </c>
+      <c r="K9" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10">
+        <v>0</v>
+      </c>
+      <c r="G10" t="s">
+        <v>26</v>
+      </c>
+      <c r="H10" t="s">
+        <v>57</v>
+      </c>
+      <c r="I10">
+        <v>20</v>
+      </c>
+      <c r="J10" t="s">
+        <v>16</v>
+      </c>
+      <c r="K10" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>