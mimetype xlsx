--- v0 (2026-01-11)
+++ v1 (2026-03-03)
@@ -9,106 +9,883 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1503" uniqueCount="1503">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3870" uniqueCount="3870">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>Unid/Paquete</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Página Catálogo</t>
   </si>
   <si>
+    <t>ER211212ER1090300</t>
+  </si>
+  <si>
+    <t>ER1090300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090300-ER109 Broca HSS para metal (Ø 3,00 mm)</t>
+  </si>
+  <si>
+    <t>RI</t>
+  </si>
+  <si>
+    <t>8422668893183</t>
+  </si>
+  <si>
+    <t>Erizo</t>
+  </si>
+  <si>
+    <t>ER211212ER1090250</t>
+  </si>
+  <si>
+    <t>ER1090250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090250-ER109 Broca HSS para metal (Ø 2,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893176</t>
+  </si>
+  <si>
+    <t>ER211212ER1090150</t>
+  </si>
+  <si>
+    <t>ER1090150</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090150-ER109 Broca HSS para metal (Ø 1,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893152</t>
+  </si>
+  <si>
+    <t>ER211212ER1090200</t>
+  </si>
+  <si>
+    <t>ER1090200</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090200-ER109 Broca HSS para metal (Ø 2,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893169</t>
+  </si>
+  <si>
+    <t>ER211212ER1090100</t>
+  </si>
+  <si>
+    <t>ER1090100</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090100-ER109 Broca HSS para metal (Ø 1,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893145</t>
+  </si>
+  <si>
+    <t>ERC212211ERC2112150B</t>
+  </si>
+  <si>
+    <t>ERC2112150B</t>
+  </si>
+  <si>
+    <t>Erizo-ERC2112150B-ERC21 Broca mampostería en blister (12x150 mm)</t>
+  </si>
+  <si>
+    <t>8422668908443</t>
+  </si>
+  <si>
+    <t>ERC212211ERC2110120B</t>
+  </si>
+  <si>
+    <t>ERC2110120B</t>
+  </si>
+  <si>
+    <t>Erizo-ERC2110120B-ERC21 Broca mampostería en blister (10x120 mm)</t>
+  </si>
+  <si>
+    <t>8422668908436</t>
+  </si>
+  <si>
+    <t>ERC212211ERC2108120B</t>
+  </si>
+  <si>
+    <t>ERC2108120B</t>
+  </si>
+  <si>
+    <t>Erizo-ERC2108120B-ERC21 Broca mampostería en blister (8x120 mm)</t>
+  </si>
+  <si>
+    <t>8422668908429</t>
+  </si>
+  <si>
+    <t>ERC212211ERC2106100B</t>
+  </si>
+  <si>
+    <t>ERC2106100B</t>
+  </si>
+  <si>
+    <t>Erizo-ERC2106100B-ERC21 Broca mampostería en blister (6x100 mm)</t>
+  </si>
+  <si>
+    <t>8422668908412</t>
+  </si>
+  <si>
+    <t>ERC212211ERC2105085B</t>
+  </si>
+  <si>
+    <t>ERC2105085B</t>
+  </si>
+  <si>
+    <t>Erizo-ERC2105085B-ERC21 Broca mampostería en blister (5x85 mm)</t>
+  </si>
+  <si>
+    <t>8422668908405</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1204110</t>
+  </si>
+  <si>
+    <t>ERC1204110</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1204110-ERC12 Broca SDS Plus - Single tip (4x110 mm)</t>
+  </si>
+  <si>
+    <t>8422668897075</t>
+  </si>
+  <si>
+    <t>ERC212211ERC2104075B</t>
+  </si>
+  <si>
+    <t>ERC2104075B</t>
+  </si>
+  <si>
+    <t>Erizo-ERC2104075B-ERC21 Broca mampostería en blister (4x75 mm)</t>
+  </si>
+  <si>
+    <t>8422668908399</t>
+  </si>
+  <si>
+    <t>ERC212211ERC2112150</t>
+  </si>
+  <si>
+    <t>ERC2112150</t>
+  </si>
+  <si>
+    <t>Erizo-ERC2112150-ERC21 Broca mampostería (12x150 mm)</t>
+  </si>
+  <si>
+    <t>8422668908382</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1205110</t>
+  </si>
+  <si>
+    <t>ERC1205110</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1205110-ERC12 Broca SDS Plus - Single tip (5x110 mm)</t>
+  </si>
+  <si>
+    <t>8422668897082</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1205160</t>
+  </si>
+  <si>
+    <t>ERC1205160</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1205160-ERC12 Broca SDS Plus - Single tip (5x160 mm)</t>
+  </si>
+  <si>
+    <t>8422668906142</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1206110</t>
+  </si>
+  <si>
+    <t>ERC1206110</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1206110-ERC12 Broca SDS Plus - Single tip (6x110 mm)</t>
+  </si>
+  <si>
+    <t>8422668897686</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1206160</t>
+  </si>
+  <si>
+    <t>ERC1206160</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1206160-ERC12 Broca SDS Plus - Single tip (6x160 mm)</t>
+  </si>
+  <si>
+    <t>8422668897693</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1206210</t>
+  </si>
+  <si>
+    <t>ERC1206210</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1206210-ERC12 Broca SDS Plus - Single tip (6x210 mm)</t>
+  </si>
+  <si>
+    <t>8422668897990</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1208110</t>
+  </si>
+  <si>
+    <t>ERC1208110</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1208110-ERC12 Broca SDS Plus - Single tip (8x110 mm)</t>
+  </si>
+  <si>
+    <t>8422668898003</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1208160</t>
+  </si>
+  <si>
+    <t>ERC1208160</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1208160-ERC12 Broca SDS Plus - Single tip (8x160 mm)</t>
+  </si>
+  <si>
+    <t>8422668898492</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1208260</t>
+  </si>
+  <si>
+    <t>ERC1208260</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1208260-ERC12 Broca SDS Plus - Single tip (8x260 mm)</t>
+  </si>
+  <si>
+    <t>8422668898508</t>
+  </si>
+  <si>
+    <t>ERC212211ERC2110120</t>
+  </si>
+  <si>
+    <t>ERC2110120</t>
+  </si>
+  <si>
+    <t>Erizo-ERC2110120-ERC21 Broca mampostería (10x120 mm)</t>
+  </si>
+  <si>
+    <t>8422668908375</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1208460</t>
+  </si>
+  <si>
+    <t>ERC1208460</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1208460-ERC12 Broca SDS Plus - Single tip (8x460 mm)</t>
+  </si>
+  <si>
+    <t>8422668898805</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1210110</t>
+  </si>
+  <si>
+    <t>ERC1210110</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1210110-ERC12 Broca SDS Plus - Single tip (10x110 mm)</t>
+  </si>
+  <si>
+    <t>8422668898812</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1210160</t>
+  </si>
+  <si>
+    <t>ERC1210160</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1210160-ERC12 Broca SDS Plus - Single tip (10x160 mm)</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1210260</t>
+  </si>
+  <si>
+    <t>ERC1210260</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1210260-ERC12 Broca SDS Plus - Single tip (10x260 mm)</t>
+  </si>
+  <si>
+    <t>ERC212211ERC2108120</t>
+  </si>
+  <si>
+    <t>ERC2108120</t>
+  </si>
+  <si>
+    <t>Erizo-ERC2108120-ERC21 Broca mampostería (8x120 mm)</t>
+  </si>
+  <si>
+    <t>8422668908368</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1210460</t>
+  </si>
+  <si>
+    <t>ERC1210460</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1210460-ERC12 Broca SDS Plus - Single tip (10x460 mm)</t>
+  </si>
+  <si>
+    <t>ERC212211ERC2106100</t>
+  </si>
+  <si>
+    <t>ERC2106100</t>
+  </si>
+  <si>
+    <t>Erizo-ERC2106100-ERC21 Broca mampostería (6x100 mm)</t>
+  </si>
+  <si>
+    <t>8422668908351</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1212160</t>
+  </si>
+  <si>
+    <t>ERC1212160</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1212160-ERC12 Broca SDS Plus - Single tip (12x160 mm)</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1212260</t>
+  </si>
+  <si>
+    <t>ERC1212260</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1212260-ERC12 Broca SDS Plus - Single tip (12x260 mm)</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1212460</t>
+  </si>
+  <si>
+    <t>ERC1212460</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1212460-ERC12 Broca SDS Plus - Single tip (12x460 mm)</t>
+  </si>
+  <si>
+    <t>8422668899321</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1214260</t>
+  </si>
+  <si>
+    <t>ERC1214260</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1214260-ERC12 Broca SDS Plus - Single tip (14x260 mm)</t>
+  </si>
+  <si>
+    <t>8422668899338</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1214460</t>
+  </si>
+  <si>
+    <t>ERC1214460</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1214460-ERC12 Broca SDS Plus - Single tip (14x460 mm)</t>
+  </si>
+  <si>
+    <t>8422668899345</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1216260</t>
+  </si>
+  <si>
+    <t>ERC1216260</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1216260-ERC12 Broca SDS Plus - Single tip (16x260 mm)</t>
+  </si>
+  <si>
+    <t>8422668899352</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1216310</t>
+  </si>
+  <si>
+    <t>ERC1216310</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1216310-ERC12 Broca SDS Plus - Single tip (16x310 mm)</t>
+  </si>
+  <si>
+    <t>8422668899369</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1216460</t>
+  </si>
+  <si>
+    <t>ERC1216460</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1216460-ERC12 Broca SDS Plus - Single tip (16x460 mm)</t>
+  </si>
+  <si>
+    <t>8422668899376</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1216600</t>
+  </si>
+  <si>
+    <t>ERC1216600</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1216600-ERC12 Broca SDS Plus - Single tip (16x600 mm)</t>
+  </si>
+  <si>
+    <t>8422668899383</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1218300</t>
+  </si>
+  <si>
+    <t>ERC1218300</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1218300-ERC12 Broca SDS Plus - Single tip (18x300 mm)</t>
+  </si>
+  <si>
+    <t>8422668899390</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1218460</t>
+  </si>
+  <si>
+    <t>ERC1218460</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1218460-ERC12 Broca SDS Plus - Single tip (18x460 mm)</t>
+  </si>
+  <si>
+    <t>8422668899406</t>
+  </si>
+  <si>
+    <t>ERC121111ERC1218600</t>
+  </si>
+  <si>
+    <t>ERC1218600</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1218600-ERC12 Broca SDS Plus - Single tip (18x600 mm)</t>
+  </si>
+  <si>
+    <t>8422668899413</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1604110</t>
+  </si>
+  <si>
+    <t>ERC1604110</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1604110-ERC16 Broca SDS Plus - Solid Cross tip (4x110 mm)</t>
+  </si>
+  <si>
+    <t>8422668908108</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1605110</t>
+  </si>
+  <si>
+    <t>ERC1605110</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1605110-ERC16 Broca SDS Plus - Solid Cross tip (5x110 mm)</t>
+  </si>
+  <si>
+    <t>8422668908115</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1605160</t>
+  </si>
+  <si>
+    <t>ERC1605160</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1605160-ERC16 Broca SDS Plus - Solid Cross tip (5x160 mm)</t>
+  </si>
+  <si>
+    <t>8422668908122</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1606110</t>
+  </si>
+  <si>
+    <t>ERC1606110</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1606110-ERC16 Broca SDS Plus - Solid Cross tip (6x110 mm)</t>
+  </si>
+  <si>
+    <t>8422668908139</t>
+  </si>
+  <si>
+    <t>ERC212211ERC2105085</t>
+  </si>
+  <si>
+    <t>ERC2105085</t>
+  </si>
+  <si>
+    <t>Erizo-ERC2105085-ERC21 Broca mampostería (5x85 mm)</t>
+  </si>
+  <si>
+    <t>8422668908344</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1606160</t>
+  </si>
+  <si>
+    <t>ERC1606160</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1606160-ERC16 Broca SDS Plus - Solid Cross tip (6x160 mm)</t>
+  </si>
+  <si>
+    <t>8422668908146</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1606210</t>
+  </si>
+  <si>
+    <t>ERC1606210</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1606210-ERC16 Broca SDS Plus - Solid Cross tip (6x210 mm)</t>
+  </si>
+  <si>
+    <t>8422668908153</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1608110</t>
+  </si>
+  <si>
+    <t>ERC1608110</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1608110-ERC16 Broca SDS Plus - Solid Cross tip (8x110 mm)</t>
+  </si>
+  <si>
+    <t>8422668908160</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1608160</t>
+  </si>
+  <si>
+    <t>ERC1608160</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1608160-ERC16 Broca SDS Plus - Solid Cross tip (8x160 mm)</t>
+  </si>
+  <si>
+    <t>8422668908177</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1608260</t>
+  </si>
+  <si>
+    <t>ERC1608260</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1608260-ERC16 Broca SDS Plus - Solid Cross tip (8x260 mm)</t>
+  </si>
+  <si>
+    <t>8422668908184</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1608460</t>
+  </si>
+  <si>
+    <t>ERC1608460</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1608460-ERC16 Broca SDS Plus - Solid Cross tip (8x460 mm)</t>
+  </si>
+  <si>
+    <t>8422668908191</t>
+  </si>
+  <si>
+    <t>ERC212211ERC2104075</t>
+  </si>
+  <si>
+    <t>ERC2104075</t>
+  </si>
+  <si>
+    <t>Erizo-ERC2104075-ERC21 Broca mampostería (4x75 mm)</t>
+  </si>
+  <si>
+    <t>8422668908337</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1610110</t>
+  </si>
+  <si>
+    <t>ERC1610110</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1610110-ERC16 Broca SDS Plus - Solid Cross tip (10x110 mm)</t>
+  </si>
+  <si>
+    <t>8422668908207</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1610160</t>
+  </si>
+  <si>
+    <t>ERC1610160</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1610160-ERC16 Broca SDS Plus - Solid Cross tip (10x160 mm)</t>
+  </si>
+  <si>
+    <t>8422668908214</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1610260</t>
+  </si>
+  <si>
+    <t>ERC1610260</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1610260-ERC16 Broca SDS Plus - Solid Cross tip (10x260 mm)</t>
+  </si>
+  <si>
+    <t>8422668908221</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1610460</t>
+  </si>
+  <si>
+    <t>ERC1610460</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1610460-ERC16 Broca SDS Plus - Solid Cross tip (10x460 mm)</t>
+  </si>
+  <si>
+    <t>8422668908238</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1616600</t>
+  </si>
+  <si>
+    <t>ERC1616600</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1616600-ERC16 Broca SDS Plus - Solid Cross tip (16x600 mm)</t>
+  </si>
+  <si>
+    <t>8422668908320</t>
+  </si>
+  <si>
     <t>A531271100EDMB1012</t>
   </si>
   <si>
     <t>MB1012</t>
   </si>
   <si>
     <t>Erizo-MB1012-Mango bimaterial para limas de 10" y 12"</t>
   </si>
   <si>
-    <t>RI</t>
-[...1 lines deleted...]
-  <si>
     <t>8422668893091</t>
   </si>
   <si>
-    <t>Erizo</t>
-[...1 lines deleted...]
-  <si>
     <t>P01-16-012-V04-P03</t>
   </si>
   <si>
+    <t>ERC161511ERC1612160</t>
+  </si>
+  <si>
+    <t>ERC1612160</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1612160-ERC16 Broca SDS Plus - Solid Cross tip (12x160 mm)</t>
+  </si>
+  <si>
+    <t>8422668908245</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1612260</t>
+  </si>
+  <si>
+    <t>ERC1612260</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1612260-ERC16 Broca SDS Plus - Solid Cross tip (12x260 mm)</t>
+  </si>
+  <si>
+    <t>8422668908252</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1612460</t>
+  </si>
+  <si>
+    <t>ERC1612460</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1612460-ERC16 Broca SDS Plus - Solid Cross tip (12x460 mm)</t>
+  </si>
+  <si>
+    <t>8422668908269</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1614260</t>
+  </si>
+  <si>
+    <t>ERC1614260</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1614260-ERC16 Broca SDS Plus - Solid Cross tip (14x260 mm)</t>
+  </si>
+  <si>
+    <t>8422668908276</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1614460</t>
+  </si>
+  <si>
+    <t>ERC1614460</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1614460-ERC16 Broca SDS Plus - Solid Cross tip (14x460 mm)</t>
+  </si>
+  <si>
+    <t>8422668908283</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1616260</t>
+  </si>
+  <si>
+    <t>ERC1616260</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1616260-ERC16 Broca SDS Plus - Solid Cross tip (16x260 mm)</t>
+  </si>
+  <si>
+    <t>8422668908290</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1616460</t>
+  </si>
+  <si>
+    <t>ERC1616460</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1616460-ERC16 Broca SDS Plus - Solid Cross tip (16x460 mm)</t>
+  </si>
+  <si>
+    <t>8422668908313</t>
+  </si>
+  <si>
+    <t>ERC161511ERC1616310</t>
+  </si>
+  <si>
+    <t>ERC1616310</t>
+  </si>
+  <si>
+    <t>Erizo-ERC1616310-ERC16 Broca SDS Plus - Solid Cross tip (16x310 mm)</t>
+  </si>
+  <si>
+    <t>8422668908306</t>
+  </si>
+  <si>
     <t>A531111010ELPPUB4</t>
   </si>
   <si>
     <t>LPPUB4</t>
   </si>
   <si>
     <t>Erizo-LPPUB4-Lima de mecánico plana punta basta 4"</t>
   </si>
   <si>
     <t>8422668110419</t>
   </si>
   <si>
     <t>P01-16-004-V01-P01</t>
   </si>
   <si>
     <t>A531111070ELPPUB6</t>
   </si>
   <si>
     <t>LPPUB6</t>
   </si>
   <si>
     <t>Erizo-LPPUB6-Lima de mecánico plana punta basta 6"</t>
   </si>
   <si>
     <t>8422668110617</t>
@@ -4518,101 +5295,6425 @@
     <t>EDBRF10</t>
   </si>
   <si>
     <t>Erizo-EDBRF10-Escofina redonda fina de 10" con mango bimaterial y colgador</t>
   </si>
   <si>
     <t>8422668892995</t>
   </si>
   <si>
     <t>P01-16-012-V02-P09</t>
   </si>
   <si>
     <t>A531270700LDBRM818</t>
   </si>
   <si>
     <t>LDBRM818</t>
   </si>
   <si>
     <t>Erizo-LDBRM818-Lima para motosierras de 8 x 1/8" con mango bimaterial y colgador</t>
   </si>
   <si>
     <t>8422668893138</t>
   </si>
   <si>
     <t>P01-16-011-V07-P00</t>
+  </si>
+  <si>
+    <t>ER211212ER1090330</t>
+  </si>
+  <si>
+    <t>ER1090330</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090330-ER109 Broca HSS para metal (Ø 3,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668893190</t>
+  </si>
+  <si>
+    <t>ER211212ER1090350</t>
+  </si>
+  <si>
+    <t>ER1090350</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090350-ER109 Broca HSS para metal (Ø 3,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893206</t>
+  </si>
+  <si>
+    <t>ER211212ER1090400</t>
+  </si>
+  <si>
+    <t>ER1090400</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090400-ER109 Broca HSS para metal (Ø 4,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893213</t>
+  </si>
+  <si>
+    <t>ER211212ER1090420</t>
+  </si>
+  <si>
+    <t>ER1090420</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090420-ER109 Broca HSS para metal (Ø 4,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668893220</t>
+  </si>
+  <si>
+    <t>ER211212ER1090450</t>
+  </si>
+  <si>
+    <t>ER1090450</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090450-ER109 Broca HSS para metal (Ø 4,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893237</t>
+  </si>
+  <si>
+    <t>ER211212ER1090500</t>
+  </si>
+  <si>
+    <t>ER1090500</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090500-ER109 Broca HSS para metal (Ø 5,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893244</t>
+  </si>
+  <si>
+    <t>ER211212ER1090550</t>
+  </si>
+  <si>
+    <t>ER1090550</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090550-ER109 Broca HSS para metal (Ø 5,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893251</t>
+  </si>
+  <si>
+    <t>ER211212ER1090600</t>
+  </si>
+  <si>
+    <t>ER1090600</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090600-ER109 Broca HSS para metal (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893268</t>
+  </si>
+  <si>
+    <t>ER211212ER1090650</t>
+  </si>
+  <si>
+    <t>ER1090650</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090650-ER109 Broca HSS para metal (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893275</t>
+  </si>
+  <si>
+    <t>ER211212ER1090680</t>
+  </si>
+  <si>
+    <t>ER1090680</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090680-ER109 Broca HSS para metal (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668893282</t>
+  </si>
+  <si>
+    <t>ER211212ER1090700</t>
+  </si>
+  <si>
+    <t>ER1090700</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090700-ER109 Broca HSS para metal (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893299</t>
+  </si>
+  <si>
+    <t>ER211212ER1090750</t>
+  </si>
+  <si>
+    <t>ER1090750</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090750-ER109 Broca HSS para metal (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893305</t>
+  </si>
+  <si>
+    <t>ER211212ER1090800</t>
+  </si>
+  <si>
+    <t>ER1090800</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090800-ER109 Broca HSS para metal (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893312</t>
+  </si>
+  <si>
+    <t>ER211212ER1090850</t>
+  </si>
+  <si>
+    <t>ER1090850</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090850-ER109 Broca HSS para metal (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893329</t>
+  </si>
+  <si>
+    <t>ER211212ER1090900</t>
+  </si>
+  <si>
+    <t>ER1090900</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090900-ER109 Broca HSS para metal (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893336</t>
+  </si>
+  <si>
+    <t>ER211212ER1090950</t>
+  </si>
+  <si>
+    <t>ER1090950</t>
+  </si>
+  <si>
+    <t>Erizo-ER1090950-ER109 Broca HSS para metal (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893343</t>
+  </si>
+  <si>
+    <t>ER211212ER1091000</t>
+  </si>
+  <si>
+    <t>ER1091000</t>
+  </si>
+  <si>
+    <t>Erizo-ER1091000-ER109 Broca HSS para metal (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893350</t>
+  </si>
+  <si>
+    <t>ER211212ER1091020</t>
+  </si>
+  <si>
+    <t>ER1091020</t>
+  </si>
+  <si>
+    <t>Erizo-ER1091020-ER109 Broca HSS para metal (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668893367</t>
+  </si>
+  <si>
+    <t>ER211212ER1091050</t>
+  </si>
+  <si>
+    <t>ER1091050</t>
+  </si>
+  <si>
+    <t>Erizo-ER1091050-ER109 Broca HSS para metal (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893374</t>
+  </si>
+  <si>
+    <t>ER211212ER1091100</t>
+  </si>
+  <si>
+    <t>ER1091100</t>
+  </si>
+  <si>
+    <t>Erizo-ER1091100-ER109 Broca HSS para metal (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893381</t>
+  </si>
+  <si>
+    <t>ER211212ER1091150</t>
+  </si>
+  <si>
+    <t>ER1091150</t>
+  </si>
+  <si>
+    <t>Erizo-ER1091150-ER109 Broca HSS para metal (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893398</t>
+  </si>
+  <si>
+    <t>ER211212ER1091200</t>
+  </si>
+  <si>
+    <t>ER1091200</t>
+  </si>
+  <si>
+    <t>Erizo-ER1091200-ER109 Broca HSS para metal (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893404</t>
+  </si>
+  <si>
+    <t>ER211212ER1091250</t>
+  </si>
+  <si>
+    <t>ER1091250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1091250-ER109 Broca HSS para metal (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893411</t>
+  </si>
+  <si>
+    <t>ER211212ER1091300</t>
+  </si>
+  <si>
+    <t>ER1091300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1091300-ER109 Broca HSS para metal (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893428</t>
+  </si>
+  <si>
+    <t>ER211222ER109019P</t>
+  </si>
+  <si>
+    <t>ER109019P</t>
+  </si>
+  <si>
+    <t>Erizo-ER109019P-ER109 Juego de brocas HSS para metal (19 pcs)</t>
+  </si>
+  <si>
+    <t>8422668893435</t>
+  </si>
+  <si>
+    <t>ER211222ER109025P</t>
+  </si>
+  <si>
+    <t>ER109025P</t>
+  </si>
+  <si>
+    <t>Erizo-ER109025P-ER109 Juego de brocas HSS para metal (25 pcs)</t>
+  </si>
+  <si>
+    <t>8422668893442</t>
+  </si>
+  <si>
+    <t>ER211232ER1110100</t>
+  </si>
+  <si>
+    <t>ER1110100</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110100-ER111 Broca HSS Co5 para metal (Ø 1,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893459</t>
+  </si>
+  <si>
+    <t>ER211232ER1110150</t>
+  </si>
+  <si>
+    <t>ER1110150</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110150-ER111 Broca HSS Co5 para metal (Ø 1,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893466</t>
+  </si>
+  <si>
+    <t>ER211232ER1110200</t>
+  </si>
+  <si>
+    <t>ER1110200</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110200-ER111 Broca HSS Co5 para metal (Ø 2,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893473</t>
+  </si>
+  <si>
+    <t>ER211232ER1110250</t>
+  </si>
+  <si>
+    <t>ER1110250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110250-ER111 Broca HSS Co5 para metal (Ø 2,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893480</t>
+  </si>
+  <si>
+    <t>ER211232ER1110300</t>
+  </si>
+  <si>
+    <t>ER1110300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110300-ER111 Broca HSS Co5 para metal (Ø 3,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893497</t>
+  </si>
+  <si>
+    <t>ER211232ER1110330</t>
+  </si>
+  <si>
+    <t>ER1110330</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110330-ER111 Broca HSS Co5 para metal (Ø 3,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668893503</t>
+  </si>
+  <si>
+    <t>ER211232ER1110350</t>
+  </si>
+  <si>
+    <t>ER1110350</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110350-ER111 Broca HSS Co5 para metal (Ø 3,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893510</t>
+  </si>
+  <si>
+    <t>ER211232ER1110400</t>
+  </si>
+  <si>
+    <t>ER1110400</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110400-ER111 Broca HSS Co5 para metal (Ø 4,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893527</t>
+  </si>
+  <si>
+    <t>ER211232ER1110420</t>
+  </si>
+  <si>
+    <t>ER1110420</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110420-ER111 Broca HSS Co5 para metal (Ø 4,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668893534</t>
+  </si>
+  <si>
+    <t>ER211232ER1110450</t>
+  </si>
+  <si>
+    <t>ER1110450</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110450-ER111 Broca HSS Co5 para metal (Ø 4,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893541</t>
+  </si>
+  <si>
+    <t>ER211232ER1110500</t>
+  </si>
+  <si>
+    <t>ER1110500</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110500-ER111 Broca HSS Co5 para metal (Ø 5,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893558</t>
+  </si>
+  <si>
+    <t>ER211232ER1110550</t>
+  </si>
+  <si>
+    <t>ER1110550</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110550-ER111 Broca HSS Co5 para metal (Ø 5,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893565</t>
+  </si>
+  <si>
+    <t>ER211232ER1110600</t>
+  </si>
+  <si>
+    <t>ER1110600</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110600-ER111 Broca HSS Co5 para metal (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893572</t>
+  </si>
+  <si>
+    <t>ER211232ER1110650</t>
+  </si>
+  <si>
+    <t>ER1110650</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110650-ER111 Broca HSS Co5 para metal (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893589</t>
+  </si>
+  <si>
+    <t>ER211232ER1110680</t>
+  </si>
+  <si>
+    <t>ER1110680</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110680-ER111 Broca HSS Co5 para metal (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668893596</t>
+  </si>
+  <si>
+    <t>ER211232ER1110700</t>
+  </si>
+  <si>
+    <t>ER1110700</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110700-ER111 Broca HSS Co5 para metal (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893602</t>
+  </si>
+  <si>
+    <t>ER211232ER1110750</t>
+  </si>
+  <si>
+    <t>ER1110750</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110750-ER111 Broca HSS Co5 para metal (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893619</t>
+  </si>
+  <si>
+    <t>ER211232ER1110800</t>
+  </si>
+  <si>
+    <t>ER1110800</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110800-ER111 Broca HSS Co5 para metal (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893626</t>
+  </si>
+  <si>
+    <t>ER211232ER1110850</t>
+  </si>
+  <si>
+    <t>ER1110850</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110850-ER111 Broca HSS Co5 para metal (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893633</t>
+  </si>
+  <si>
+    <t>ER211232ER1110900</t>
+  </si>
+  <si>
+    <t>ER1110900</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110900-ER111 Broca HSS Co5 para metal (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893640</t>
+  </si>
+  <si>
+    <t>ER211232ER1110950</t>
+  </si>
+  <si>
+    <t>ER1110950</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110950-ER111 Broca HSS Co5 para metal (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893657</t>
+  </si>
+  <si>
+    <t>ER211232ER1111000</t>
+  </si>
+  <si>
+    <t>ER1111000</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111000-ER111 Broca HSS Co5 para metal (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893664</t>
+  </si>
+  <si>
+    <t>ER211232ER1111020</t>
+  </si>
+  <si>
+    <t>ER1111020</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111020-ER111 Broca HSS Co5 para metal (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668893671</t>
+  </si>
+  <si>
+    <t>ER211232ER1111050</t>
+  </si>
+  <si>
+    <t>ER1111050</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111050-ER111 Broca HSS Co5 para metal (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893688</t>
+  </si>
+  <si>
+    <t>ER211232ER1111100</t>
+  </si>
+  <si>
+    <t>ER1111100</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111100-ER111 Broca HSS Co5 para metal (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893695</t>
+  </si>
+  <si>
+    <t>ER211232ER1111150</t>
+  </si>
+  <si>
+    <t>ER1111150</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111150-ER111 Broca HSS Co5 para metal (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893701</t>
+  </si>
+  <si>
+    <t>ER211232ER1111200</t>
+  </si>
+  <si>
+    <t>ER1111200</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111200-ER111 Broca HSS Co5 para metal (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893718</t>
+  </si>
+  <si>
+    <t>ER211232ER1111250</t>
+  </si>
+  <si>
+    <t>ER1111250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111250-ER111 Broca HSS Co5 para metal (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893725</t>
+  </si>
+  <si>
+    <t>ER211232ER1111300</t>
+  </si>
+  <si>
+    <t>ER1111300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111300-ER111 Broca HSS Co5 para metal (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893732</t>
+  </si>
+  <si>
+    <t>ER211242ER111019P</t>
+  </si>
+  <si>
+    <t>ER111019P</t>
+  </si>
+  <si>
+    <t>Erizo-ER111019P-ER111 Juego de brocas HSS Co5 para metal (19 pcs)</t>
+  </si>
+  <si>
+    <t>8422668893749</t>
+  </si>
+  <si>
+    <t>ER211242ER111025P</t>
+  </si>
+  <si>
+    <t>ER111025P</t>
+  </si>
+  <si>
+    <t>Erizo-ER111025P-ER111 Juego de brocas HSS Co5 para metal (25 pcs)</t>
+  </si>
+  <si>
+    <t>8422668893756</t>
+  </si>
+  <si>
+    <t>ER211253ER1010100</t>
+  </si>
+  <si>
+    <t>ER1010100</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010100-ER101 Broca HSS para metal (Ø 1,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893763</t>
+  </si>
+  <si>
+    <t>ER211253ER1010150</t>
+  </si>
+  <si>
+    <t>ER1010150</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010150-ER101 Broca HSS para metal (Ø 1,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893770</t>
+  </si>
+  <si>
+    <t>ER211253ER1010200</t>
+  </si>
+  <si>
+    <t>ER1010200</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010200-ER101 Broca HSS para metal (Ø 2,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893787</t>
+  </si>
+  <si>
+    <t>ER211253ER1010250</t>
+  </si>
+  <si>
+    <t>ER1010250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010250-ER101 Broca HSS para metal (Ø 2,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893794</t>
+  </si>
+  <si>
+    <t>ER211253ER1010300</t>
+  </si>
+  <si>
+    <t>ER1010300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010300-ER101 Broca HSS para metal (Ø 3,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893800</t>
+  </si>
+  <si>
+    <t>ER211253ER1010330</t>
+  </si>
+  <si>
+    <t>ER1010330</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010330-ER101 Broca HSS para metal (Ø 3,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668893817</t>
+  </si>
+  <si>
+    <t>ER211253ER1010350</t>
+  </si>
+  <si>
+    <t>ER1010350</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010350-ER101 Broca HSS para metal (Ø 3,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893824</t>
+  </si>
+  <si>
+    <t>ER211253ER1010400</t>
+  </si>
+  <si>
+    <t>ER1010400</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010400-ER101 Broca HSS para metal (Ø 4,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893831</t>
+  </si>
+  <si>
+    <t>ER211253ER1010420</t>
+  </si>
+  <si>
+    <t>ER1010420</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010420-ER101 Broca HSS para metal (Ø 4,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668893848</t>
+  </si>
+  <si>
+    <t>ER211253ER1010450</t>
+  </si>
+  <si>
+    <t>ER1010450</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010450-ER101 Broca HSS para metal (Ø 4,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893855</t>
+  </si>
+  <si>
+    <t>ER211253ER1010500</t>
+  </si>
+  <si>
+    <t>ER1010500</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010500-ER101 Broca HSS para metal (Ø 5,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893862</t>
+  </si>
+  <si>
+    <t>ER211253ER1010550</t>
+  </si>
+  <si>
+    <t>ER1010550</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010550-ER101 Broca HSS para metal (Ø 5,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893879</t>
+  </si>
+  <si>
+    <t>ER211253ER1010600</t>
+  </si>
+  <si>
+    <t>ER1010600</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010600-ER101 Broca HSS para metal (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893886</t>
+  </si>
+  <si>
+    <t>ER211253ER1010650</t>
+  </si>
+  <si>
+    <t>ER1010650</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010650-ER101 Broca HSS para metal (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893893</t>
+  </si>
+  <si>
+    <t>ER211253ER1010680</t>
+  </si>
+  <si>
+    <t>ER1010680</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010680-ER101 Broca HSS para metal (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668893909</t>
+  </si>
+  <si>
+    <t>ER211253ER1010700</t>
+  </si>
+  <si>
+    <t>ER1010700</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010700-ER101 Broca HSS para metal (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893916</t>
+  </si>
+  <si>
+    <t>ER211253ER1010750</t>
+  </si>
+  <si>
+    <t>ER1010750</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010750-ER101 Broca HSS para metal (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893923</t>
+  </si>
+  <si>
+    <t>ER211253ER1010800</t>
+  </si>
+  <si>
+    <t>ER1010800</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010800-ER101 Broca HSS para metal (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893930</t>
+  </si>
+  <si>
+    <t>ER211253ER1010850</t>
+  </si>
+  <si>
+    <t>ER1010850</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010850-ER101 Broca HSS para metal (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893947</t>
+  </si>
+  <si>
+    <t>ER211253ER1010900</t>
+  </si>
+  <si>
+    <t>ER1010900</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010900-ER101 Broca HSS para metal (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893954</t>
+  </si>
+  <si>
+    <t>ER211253ER1010950</t>
+  </si>
+  <si>
+    <t>ER1010950</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010950-ER101 Broca HSS para metal (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893961</t>
+  </si>
+  <si>
+    <t>ER211253ER1011000</t>
+  </si>
+  <si>
+    <t>ER1011000</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011000-ER101 Broca HSS para metal (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668893978</t>
+  </si>
+  <si>
+    <t>ER211253ER1011020</t>
+  </si>
+  <si>
+    <t>ER1011020</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011020-ER101 Broca HSS para metal (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668893985</t>
+  </si>
+  <si>
+    <t>ER211253ER1011050</t>
+  </si>
+  <si>
+    <t>ER1011050</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011050-ER101 Broca HSS para metal (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668893992</t>
+  </si>
+  <si>
+    <t>ER211253ER1011100</t>
+  </si>
+  <si>
+    <t>ER1011100</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011100-ER101 Broca HSS para metal (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894005</t>
+  </si>
+  <si>
+    <t>ER211253ER1011150</t>
+  </si>
+  <si>
+    <t>ER1011150</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011150-ER101 Broca HSS para metal (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894012</t>
+  </si>
+  <si>
+    <t>ER211253ER1011200</t>
+  </si>
+  <si>
+    <t>ER1011200</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011200-ER101 Broca HSS para metal (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894029</t>
+  </si>
+  <si>
+    <t>ER211253ER1011250</t>
+  </si>
+  <si>
+    <t>ER1011250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011250-ER101 Broca HSS para metal (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894036</t>
+  </si>
+  <si>
+    <t>ER211253ER1011300</t>
+  </si>
+  <si>
+    <t>ER1011300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011300-ER101 Broca HSS para metal (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894043</t>
+  </si>
+  <si>
+    <t>ER211263ER101019P</t>
+  </si>
+  <si>
+    <t>ER101019P</t>
+  </si>
+  <si>
+    <t>Erizo-ER101019P-ER101 Juego de brocas HSS para metal (19 pcs)</t>
+  </si>
+  <si>
+    <t>8422668894050</t>
+  </si>
+  <si>
+    <t>ER211263ER101025P</t>
+  </si>
+  <si>
+    <t>ER101025P</t>
+  </si>
+  <si>
+    <t>Erizo-ER101025P-ER101 Juego de brocas HSS para metal (25 pcs)</t>
+  </si>
+  <si>
+    <t>8422668894067</t>
+  </si>
+  <si>
+    <t>ER211273ER1130100</t>
+  </si>
+  <si>
+    <t>ER1130100</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130100-ER113 Broca HSS Co5 para metal (Ø 1,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894074</t>
+  </si>
+  <si>
+    <t>ER211273ER1130150</t>
+  </si>
+  <si>
+    <t>ER1130150</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130150-ER113 Broca HSS Co5 para metal (Ø 1,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894081</t>
+  </si>
+  <si>
+    <t>ER211273ER1130200</t>
+  </si>
+  <si>
+    <t>ER1130200</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130200-ER113 Broca HSS Co5 para metal (Ø 2,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894098</t>
+  </si>
+  <si>
+    <t>ER211273ER1130250</t>
+  </si>
+  <si>
+    <t>ER1130250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130250-ER113 Broca HSS Co5 para metal (Ø 2,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894104</t>
+  </si>
+  <si>
+    <t>ER211273ER1130300</t>
+  </si>
+  <si>
+    <t>ER1130300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130300-ER113 Broca HSS Co5 para metal (Ø 3,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894111</t>
+  </si>
+  <si>
+    <t>ER211273ER1130330</t>
+  </si>
+  <si>
+    <t>ER1130330</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130330-ER113 Broca HSS Co5 para metal (Ø 3,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668894128</t>
+  </si>
+  <si>
+    <t>ER211273ER1130350</t>
+  </si>
+  <si>
+    <t>ER1130350</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130350-ER113 Broca HSS Co5 para metal (Ø 3,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894135</t>
+  </si>
+  <si>
+    <t>ER211273ER1130400</t>
+  </si>
+  <si>
+    <t>ER1130400</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130400-ER113 Broca HSS Co5 para metal (Ø 4,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894142</t>
+  </si>
+  <si>
+    <t>ER211273ER1130420</t>
+  </si>
+  <si>
+    <t>ER1130420</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130420-ER113 Broca HSS Co5 para metal (Ø 4,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668894159</t>
+  </si>
+  <si>
+    <t>ER211273ER1130450</t>
+  </si>
+  <si>
+    <t>ER1130450</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130450-ER113 Broca HSS Co5 para metal (Ø 4,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894166</t>
+  </si>
+  <si>
+    <t>ER211273ER1130500</t>
+  </si>
+  <si>
+    <t>ER1130500</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130500-ER113 Broca HSS Co5 para metal (Ø 5,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894173</t>
+  </si>
+  <si>
+    <t>ER211273ER1130550</t>
+  </si>
+  <si>
+    <t>ER1130550</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130550-ER113 Broca HSS Co5 para metal (Ø 5,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894180</t>
+  </si>
+  <si>
+    <t>ER211273ER1130600</t>
+  </si>
+  <si>
+    <t>ER1130600</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130600-ER113 Broca HSS Co5 para metal (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894197</t>
+  </si>
+  <si>
+    <t>ER211273ER1130650</t>
+  </si>
+  <si>
+    <t>ER1130650</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130650-ER113 Broca HSS Co5 para metal (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894203</t>
+  </si>
+  <si>
+    <t>ER211273ER1130680</t>
+  </si>
+  <si>
+    <t>ER1130680</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130680-ER113 Broca HSS Co5 para metal (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668894210</t>
+  </si>
+  <si>
+    <t>ER211273ER1130700</t>
+  </si>
+  <si>
+    <t>ER1130700</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130700-ER113 Broca HSS Co5 para metal (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894227</t>
+  </si>
+  <si>
+    <t>ER211273ER1130750</t>
+  </si>
+  <si>
+    <t>ER1130750</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130750-ER113 Broca HSS Co5 para metal (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894234</t>
+  </si>
+  <si>
+    <t>ER211273ER1130800</t>
+  </si>
+  <si>
+    <t>ER1130800</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130800-ER113 Broca HSS Co5 para metal (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894241</t>
+  </si>
+  <si>
+    <t>ER211273ER1130850</t>
+  </si>
+  <si>
+    <t>ER1130850</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130850-ER113 Broca HSS Co5 para metal (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894258</t>
+  </si>
+  <si>
+    <t>ER211273ER1130900</t>
+  </si>
+  <si>
+    <t>ER1130900</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130900-ER113 Broca HSS Co5 para metal (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894265</t>
+  </si>
+  <si>
+    <t>ER211273ER1130950</t>
+  </si>
+  <si>
+    <t>ER1130950</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130950-ER113 Broca HSS Co5 para metal (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894272</t>
+  </si>
+  <si>
+    <t>ER211273ER1131000</t>
+  </si>
+  <si>
+    <t>ER1131000</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131000-ER113 Broca HSS Co5 para metal (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894289</t>
+  </si>
+  <si>
+    <t>ER211273ER1131020</t>
+  </si>
+  <si>
+    <t>ER1131020</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131020-ER113 Broca HSS Co5 para metal (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668894296</t>
+  </si>
+  <si>
+    <t>ER211273ER1131050</t>
+  </si>
+  <si>
+    <t>ER1131050</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131050-ER113 Broca HSS Co5 para metal (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894302</t>
+  </si>
+  <si>
+    <t>ER211273ER1131100</t>
+  </si>
+  <si>
+    <t>ER1131100</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131100-ER113 Broca HSS Co5 para metal (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894319</t>
+  </si>
+  <si>
+    <t>ER211273ER1131150</t>
+  </si>
+  <si>
+    <t>ER1131150</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131150-ER113 Broca HSS Co5 para metal (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894326</t>
+  </si>
+  <si>
+    <t>ER211273ER1131200</t>
+  </si>
+  <si>
+    <t>ER1131200</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131200-ER113 Broca HSS Co5 para metal (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894333</t>
+  </si>
+  <si>
+    <t>ER211273ER1131250</t>
+  </si>
+  <si>
+    <t>ER1131250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131250-ER113 Broca HSS Co5 para metal (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894340</t>
+  </si>
+  <si>
+    <t>ER211273ER1131300</t>
+  </si>
+  <si>
+    <t>ER1131300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131300-ER113 Broca HSS Co5 para metal (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894357</t>
+  </si>
+  <si>
+    <t>ER211283ER113019P</t>
+  </si>
+  <si>
+    <t>ER113019P</t>
+  </si>
+  <si>
+    <t>Erizo-ER113019P-ER113 Juego de brocas HSS Co5 para metal (19 pcs)</t>
+  </si>
+  <si>
+    <t>8422668894364</t>
+  </si>
+  <si>
+    <t>ER211283ER113025P</t>
+  </si>
+  <si>
+    <t>ER113025P</t>
+  </si>
+  <si>
+    <t>Erizo-ER113025P-ER113 Juego de brocas HSS Co5 para metal (25 pcs)</t>
+  </si>
+  <si>
+    <t>8422668894371</t>
+  </si>
+  <si>
+    <t>ER211294ER1140600</t>
+  </si>
+  <si>
+    <t>ER1140600</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140600-ER114 Broca HSS Co5 para metal (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894388</t>
+  </si>
+  <si>
+    <t>ER211294ER1140650</t>
+  </si>
+  <si>
+    <t>ER1140650</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140650-ER114 Broca HSS Co5 para metal (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894395</t>
+  </si>
+  <si>
+    <t>ER211294ER1140680</t>
+  </si>
+  <si>
+    <t>ER1140680</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140680-ER114 Broca HSS Co5 para metal (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668894401</t>
+  </si>
+  <si>
+    <t>ER211294ER1140700</t>
+  </si>
+  <si>
+    <t>ER1140700</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140700-ER114 Broca HSS Co5 para metal (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894418</t>
+  </si>
+  <si>
+    <t>ER211294ER1140750</t>
+  </si>
+  <si>
+    <t>ER1140750</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140750-ER114 Broca HSS Co5 para metal (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894425</t>
+  </si>
+  <si>
+    <t>ER211294ER1140800</t>
+  </si>
+  <si>
+    <t>ER1140800</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140800-ER114 Broca HSS Co5 para metal (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894432</t>
+  </si>
+  <si>
+    <t>ER211294ER1140850</t>
+  </si>
+  <si>
+    <t>ER1140850</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140850-ER114 Broca HSS Co5 para metal (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894449</t>
+  </si>
+  <si>
+    <t>ER211294ER1140900</t>
+  </si>
+  <si>
+    <t>ER1140900</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140900-ER114 Broca HSS Co5 para metal (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894456</t>
+  </si>
+  <si>
+    <t>ER211294ER1140950</t>
+  </si>
+  <si>
+    <t>ER1140950</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140950-ER114 Broca HSS Co5 para metal (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894463</t>
+  </si>
+  <si>
+    <t>ER211294ER1141000</t>
+  </si>
+  <si>
+    <t>ER1141000</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141000-ER114 Broca HSS Co5 para metal (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894470</t>
+  </si>
+  <si>
+    <t>ER211294ER1141020</t>
+  </si>
+  <si>
+    <t>ER1141020</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141020-ER114 Broca HSS Co5 para metal (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668894487</t>
+  </si>
+  <si>
+    <t>ER211294ER1141050</t>
+  </si>
+  <si>
+    <t>ER1141050</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141050-ER114 Broca HSS Co5 para metal (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894494</t>
+  </si>
+  <si>
+    <t>ER211294ER1141100</t>
+  </si>
+  <si>
+    <t>ER1141100</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141100-ER114 Broca HSS Co5 para metal (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894500</t>
+  </si>
+  <si>
+    <t>ER211294ER1141150</t>
+  </si>
+  <si>
+    <t>ER1141150</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141150-ER114 Broca HSS Co5 para metal (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894517</t>
+  </si>
+  <si>
+    <t>ER211294ER1141200</t>
+  </si>
+  <si>
+    <t>ER1141200</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141200-ER114 Broca HSS Co5 para metal (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894524</t>
+  </si>
+  <si>
+    <t>ER211294ER1141250</t>
+  </si>
+  <si>
+    <t>ER1141250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141250-ER114 Broca HSS Co5 para metal (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894531</t>
+  </si>
+  <si>
+    <t>ER211294ER1141300</t>
+  </si>
+  <si>
+    <t>ER1141300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141300-ER114 Broca HSS Co5 para metal (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894548</t>
+  </si>
+  <si>
+    <t>ER211304ER114019P</t>
+  </si>
+  <si>
+    <t>ER114019P</t>
+  </si>
+  <si>
+    <t>Erizo-ER114019P-ER114 Juego de brocas HSS Co5 para metal (19 pcs)</t>
+  </si>
+  <si>
+    <t>8422668894555</t>
+  </si>
+  <si>
+    <t>ER211304ER114025P</t>
+  </si>
+  <si>
+    <t>ER114025P</t>
+  </si>
+  <si>
+    <t>Erizo-ER114025P-ER114 Juego de brocas HSS Co5 para metal (25 pcs)</t>
+  </si>
+  <si>
+    <t>8422668894562</t>
+  </si>
+  <si>
+    <t>ER211314ER1050250</t>
+  </si>
+  <si>
+    <t>ER1050250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050250-ER105 Broca HSS para metal punta escalonada (Ø 2,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894609</t>
+  </si>
+  <si>
+    <t>ER211314ER1050300</t>
+  </si>
+  <si>
+    <t>ER1050300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050300-ER105 Broca HSS para metal punta escalonada (Ø 3,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894616</t>
+  </si>
+  <si>
+    <t>ER211314ER1050330</t>
+  </si>
+  <si>
+    <t>ER1050330</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050330-ER105 Broca HSS para metal punta escalonada (Ø 3,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668894623</t>
+  </si>
+  <si>
+    <t>ER211314ER1050350</t>
+  </si>
+  <si>
+    <t>ER1050350</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050350-ER105 Broca HSS para metal punta escalonada (Ø 3,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894630</t>
+  </si>
+  <si>
+    <t>ER211314ER1050400</t>
+  </si>
+  <si>
+    <t>ER1050400</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050400-ER105 Broca HSS para metal punta escalonada (Ø 4,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894647</t>
+  </si>
+  <si>
+    <t>ER211314ER1050420</t>
+  </si>
+  <si>
+    <t>ER1050420</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050420-ER105 Broca HSS para metal punta escalonada (Ø 4,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668894654</t>
+  </si>
+  <si>
+    <t>ER211314ER1050450</t>
+  </si>
+  <si>
+    <t>ER1050450</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050450-ER105 Broca HSS para metal punta escalonada (Ø 4,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894661</t>
+  </si>
+  <si>
+    <t>ER211314ER1050500</t>
+  </si>
+  <si>
+    <t>ER1050500</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050500-ER105 Broca HSS para metal punta escalonada (Ø 5,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894678</t>
+  </si>
+  <si>
+    <t>ER211314ER1050550</t>
+  </si>
+  <si>
+    <t>ER1050550</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050550-ER105 Broca HSS para metal punta escalonada (Ø 5,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894685</t>
+  </si>
+  <si>
+    <t>ER211314ER1050600</t>
+  </si>
+  <si>
+    <t>ER1050600</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050600-ER105 Broca HSS para metal punta escalonada (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894692</t>
+  </si>
+  <si>
+    <t>ER211314ER1050650</t>
+  </si>
+  <si>
+    <t>ER1050650</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050650-ER105 Broca HSS para metal punta escalonada (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894708</t>
+  </si>
+  <si>
+    <t>ER211314ER1050680</t>
+  </si>
+  <si>
+    <t>ER1050680</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050680-ER105 Broca HSS para metal punta escalonada (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668894715</t>
+  </si>
+  <si>
+    <t>ER211314ER1050700</t>
+  </si>
+  <si>
+    <t>ER1050700</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050700-ER105 Broca HSS para metal punta escalonada (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894722</t>
+  </si>
+  <si>
+    <t>ER211314ER1050750</t>
+  </si>
+  <si>
+    <t>ER1050750</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050750-ER105 Broca HSS para metal punta escalonada (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894739</t>
+  </si>
+  <si>
+    <t>ER211314ER1050800</t>
+  </si>
+  <si>
+    <t>ER1050800</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050800-ER105 Broca HSS para metal punta escalonada (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894746</t>
+  </si>
+  <si>
+    <t>ER211314ER1050850</t>
+  </si>
+  <si>
+    <t>ER1050850</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050850-ER105 Broca HSS para metal punta escalonada (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894753</t>
+  </si>
+  <si>
+    <t>ER211314ER1050900</t>
+  </si>
+  <si>
+    <t>ER1050900</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050900-ER105 Broca HSS para metal punta escalonada (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894760</t>
+  </si>
+  <si>
+    <t>ER211314ER1050950</t>
+  </si>
+  <si>
+    <t>ER1050950</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050950-ER105 Broca HSS para metal punta escalonada (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894777</t>
+  </si>
+  <si>
+    <t>ER211314ER1051000</t>
+  </si>
+  <si>
+    <t>ER1051000</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051000-ER105 Broca HSS para metal punta escalonada (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894784</t>
+  </si>
+  <si>
+    <t>ER211314ER1051020</t>
+  </si>
+  <si>
+    <t>ER1051020</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051020-ER105 Broca HSS para metal punta escalonada (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668894791</t>
+  </si>
+  <si>
+    <t>ER211314ER1051050</t>
+  </si>
+  <si>
+    <t>ER1051050</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051050-ER105 Broca HSS para metal punta escalonada (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894807</t>
+  </si>
+  <si>
+    <t>ER211314ER1051100</t>
+  </si>
+  <si>
+    <t>ER1051100</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051100-ER105 Broca HSS para metal punta escalonada (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894814</t>
+  </si>
+  <si>
+    <t>ER211314ER1051150</t>
+  </si>
+  <si>
+    <t>ER1051150</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051150-ER105 Broca HSS para metal punta escalonada (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894821</t>
+  </si>
+  <si>
+    <t>ER211314ER1051200</t>
+  </si>
+  <si>
+    <t>ER1051200</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051200-ER105 Broca HSS para metal punta escalonada (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894838</t>
+  </si>
+  <si>
+    <t>ER211314ER1051250</t>
+  </si>
+  <si>
+    <t>ER1051250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051250-ER105 Broca HSS para metal punta escalonada (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894845</t>
+  </si>
+  <si>
+    <t>ER211314ER1051300</t>
+  </si>
+  <si>
+    <t>ER1051300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051300-ER105 Broca HSS para metal punta escalonada (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894852</t>
+  </si>
+  <si>
+    <t>ER211324ER105019P</t>
+  </si>
+  <si>
+    <t>ER105019P</t>
+  </si>
+  <si>
+    <t>Erizo-ER105019P-ER105 Juego de brocas HSS para metal punta escalonada (19 pcs)</t>
+  </si>
+  <si>
+    <t>8422668894869</t>
+  </si>
+  <si>
+    <t>ER211324ER105025P</t>
+  </si>
+  <si>
+    <t>ER105025P</t>
+  </si>
+  <si>
+    <t>Erizo-ER105025P-ER105 Juego de brocas HSS para metal punta escalonada (25 pcs)</t>
+  </si>
+  <si>
+    <t>8422668894876</t>
+  </si>
+  <si>
+    <t>ER211334ER1150250</t>
+  </si>
+  <si>
+    <t>ER1150250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150250-ER115 Broca HSS Co5 para metal punta escalonada (Ø 2,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894913</t>
+  </si>
+  <si>
+    <t>ER211334ER1150300</t>
+  </si>
+  <si>
+    <t>ER1150300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150300-ER115 Broca HSS Co5 para metal punta escalonada (Ø 3,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894920</t>
+  </si>
+  <si>
+    <t>ER211334ER1150330</t>
+  </si>
+  <si>
+    <t>ER1150330</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150330-ER115 Broca HSS Co5 para metal punta escalonada (Ø 3,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668894937</t>
+  </si>
+  <si>
+    <t>ER211334ER1150350</t>
+  </si>
+  <si>
+    <t>ER1150350</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150350-ER115 Broca HSS Co5 para metal punta escalonada (Ø 3,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894944</t>
+  </si>
+  <si>
+    <t>ER211334ER1150400</t>
+  </si>
+  <si>
+    <t>ER1150400</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150400-ER115 Broca HSS Co5 para metal punta escalonada (Ø 4,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894951</t>
+  </si>
+  <si>
+    <t>ER211334ER1150420</t>
+  </si>
+  <si>
+    <t>ER1150420</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150420-ER115 Broca HSS Co5 para metal punta escalonada (Ø 4,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668894968</t>
+  </si>
+  <si>
+    <t>ER211334ER1150450</t>
+  </si>
+  <si>
+    <t>ER1150450</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150450-ER115 Broca HSS Co5 para metal punta escalonada (Ø 4,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894975</t>
+  </si>
+  <si>
+    <t>ER211334ER1150500</t>
+  </si>
+  <si>
+    <t>ER1150500</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150500-ER115 Broca HSS Co5 para metal punta escalonada (Ø 5,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894982</t>
+  </si>
+  <si>
+    <t>ER211334ER1150550</t>
+  </si>
+  <si>
+    <t>ER1150550</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150550-ER115 Broca HSS Co5 para metal punta escalonada (Ø 5,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894999</t>
+  </si>
+  <si>
+    <t>ER211334ER1150600</t>
+  </si>
+  <si>
+    <t>ER1150600</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150600-ER115 Broca HSS Co5 para metal punta escalonada (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895002</t>
+  </si>
+  <si>
+    <t>ER211334ER1150650</t>
+  </si>
+  <si>
+    <t>ER1150650</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150650-ER115 Broca HSS Co5 para metal punta escalonada (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895019</t>
+  </si>
+  <si>
+    <t>ER211334ER1150680</t>
+  </si>
+  <si>
+    <t>ER1150680</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150680-ER115 Broca HSS Co5 para metal punta escalonada (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668895026</t>
+  </si>
+  <si>
+    <t>ER211334ER1150700</t>
+  </si>
+  <si>
+    <t>ER1150700</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150700-ER115 Broca HSS Co5 para metal punta escalonada (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895033</t>
+  </si>
+  <si>
+    <t>ER211334ER1150750</t>
+  </si>
+  <si>
+    <t>ER1150750</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150750-ER115 Broca HSS Co5 para metal punta escalonada (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895040</t>
+  </si>
+  <si>
+    <t>ER211334ER1150800</t>
+  </si>
+  <si>
+    <t>ER1150800</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150800-ER115 Broca HSS Co5 para metal punta escalonada (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895057</t>
+  </si>
+  <si>
+    <t>ER211334ER1150850</t>
+  </si>
+  <si>
+    <t>ER1150850</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150850-ER115 Broca HSS Co5 para metal punta escalonada (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895064</t>
+  </si>
+  <si>
+    <t>ER211334ER1150900</t>
+  </si>
+  <si>
+    <t>ER1150900</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150900-ER115 Broca HSS Co5 para metal punta escalonada (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895071</t>
+  </si>
+  <si>
+    <t>ER211334ER1150950</t>
+  </si>
+  <si>
+    <t>ER1150950</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150950-ER115 Broca HSS Co5 para metal punta escalonada (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895088</t>
+  </si>
+  <si>
+    <t>ER211334ER1151000</t>
+  </si>
+  <si>
+    <t>ER1151000</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151000-ER115 Broca HSS Co5 para metal punta escalonada (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895095</t>
+  </si>
+  <si>
+    <t>ER211334ER1151020</t>
+  </si>
+  <si>
+    <t>ER1151020</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151020-ER115 Broca HSS Co5 para metal punta escalonada (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668895101</t>
+  </si>
+  <si>
+    <t>ER211334ER1151050</t>
+  </si>
+  <si>
+    <t>ER1151050</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151050-ER115 Broca HSS Co5 para metal punta escalonada (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895118</t>
+  </si>
+  <si>
+    <t>ER211334ER1151100</t>
+  </si>
+  <si>
+    <t>ER1151100</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151100-ER115 Broca HSS Co5 para metal punta escalonada (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895125</t>
+  </si>
+  <si>
+    <t>ER211334ER1151150</t>
+  </si>
+  <si>
+    <t>ER1151150</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151150-ER115 Broca HSS Co5 para metal punta escalonada (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895132</t>
+  </si>
+  <si>
+    <t>ER211334ER1151200</t>
+  </si>
+  <si>
+    <t>ER1151200</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151200-ER115 Broca HSS Co5 para metal punta escalonada (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895149</t>
+  </si>
+  <si>
+    <t>ER211334ER1151250</t>
+  </si>
+  <si>
+    <t>ER1151250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151250-ER115 Broca HSS Co5 para metal punta escalonada (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895156</t>
+  </si>
+  <si>
+    <t>ER211334ER1151300</t>
+  </si>
+  <si>
+    <t>ER1151300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151300-ER115 Broca HSS Co5 para metal punta escalonada (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895163</t>
+  </si>
+  <si>
+    <t>ER211344ER115019P</t>
+  </si>
+  <si>
+    <t>ER115019P</t>
+  </si>
+  <si>
+    <t>Erizo-ER115019P-ER115 Juego de brocas HSS Co5 para metal punta escalonada (19 pcs)</t>
+  </si>
+  <si>
+    <t>8422668895170</t>
+  </si>
+  <si>
+    <t>ER211344ER115025P</t>
+  </si>
+  <si>
+    <t>ER115025P</t>
+  </si>
+  <si>
+    <t>Erizo-ER115025P-ER115 Juego de brocas HSS Co5 para metal punta escalonada (25 pcs)</t>
+  </si>
+  <si>
+    <t>8422668895187</t>
+  </si>
+  <si>
+    <t>ER211413ER1280250</t>
+  </si>
+  <si>
+    <t>ER1280250</t>
+  </si>
+  <si>
+    <t>Erizo-ER1280250-ER128 Broca para metal HSS larga (Ø 2,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895194</t>
+  </si>
+  <si>
+    <t>ER211413ER1280300</t>
+  </si>
+  <si>
+    <t>ER1280300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1280300-ER128 Broca para metal HSS larga (Ø 3,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895200</t>
+  </si>
+  <si>
+    <t>ER211413ER1280350</t>
+  </si>
+  <si>
+    <t>ER1280350</t>
+  </si>
+  <si>
+    <t>Erizo-ER1280350-ER128 Broca para metal HSS larga (Ø 3,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895217</t>
+  </si>
+  <si>
+    <t>ER211413ER1280400</t>
+  </si>
+  <si>
+    <t>ER1280400</t>
+  </si>
+  <si>
+    <t>Erizo-ER1280400-ER128 Broca para metal HSS larga (Ø 4,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895224</t>
+  </si>
+  <si>
+    <t>ER211413ER1280450</t>
+  </si>
+  <si>
+    <t>ER1280450</t>
+  </si>
+  <si>
+    <t>Erizo-ER1280450-ER128 Broca para metal HSS larga (Ø 4,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895231</t>
+  </si>
+  <si>
+    <t>ER211413ER1280500</t>
+  </si>
+  <si>
+    <t>ER1280500</t>
+  </si>
+  <si>
+    <t>Erizo-ER1280500-ER128 Broca para metal HSS larga (Ø 5,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895248</t>
+  </si>
+  <si>
+    <t>ER211413ER1280550</t>
+  </si>
+  <si>
+    <t>ER1280550</t>
+  </si>
+  <si>
+    <t>Erizo-ER1280550-ER128 Broca para metal HSS larga (Ø 5,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895255</t>
+  </si>
+  <si>
+    <t>ER211413ER1280600</t>
+  </si>
+  <si>
+    <t>ER1280600</t>
+  </si>
+  <si>
+    <t>Erizo-ER1280600-ER128 Broca para metal HSS larga (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895262</t>
+  </si>
+  <si>
+    <t>ER211413ER1280650</t>
+  </si>
+  <si>
+    <t>ER1280650</t>
+  </si>
+  <si>
+    <t>Erizo-ER1280650-ER128 Broca para metal HSS larga (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895279</t>
+  </si>
+  <si>
+    <t>ER211413ER1280700</t>
+  </si>
+  <si>
+    <t>ER1280700</t>
+  </si>
+  <si>
+    <t>Erizo-ER1280700-ER128 Broca para metal HSS larga (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895286</t>
+  </si>
+  <si>
+    <t>ER211413ER1280800</t>
+  </si>
+  <si>
+    <t>ER1280800</t>
+  </si>
+  <si>
+    <t>Erizo-ER1280800-ER128 Broca para metal HSS larga (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895293</t>
+  </si>
+  <si>
+    <t>ER211413ER1281000</t>
+  </si>
+  <si>
+    <t>ER1281000</t>
+  </si>
+  <si>
+    <t>Erizo-ER1281000-ER128 Broca para metal HSS larga (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895309</t>
+  </si>
+  <si>
+    <t>ER211413ER1281100</t>
+  </si>
+  <si>
+    <t>ER1281100</t>
+  </si>
+  <si>
+    <t>Erizo-ER1281100-ER128 Broca para metal HSS larga (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895316</t>
+  </si>
+  <si>
+    <t>ER211413ER1281200</t>
+  </si>
+  <si>
+    <t>ER1281200</t>
+  </si>
+  <si>
+    <t>Erizo-ER1281200-ER128 Broca para metal HSS larga (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895323</t>
+  </si>
+  <si>
+    <t>ER211413ER1281300</t>
+  </si>
+  <si>
+    <t>ER1281300</t>
+  </si>
+  <si>
+    <t>Erizo-ER1281300-ER128 Broca para metal HSS larga (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895330</t>
+  </si>
+  <si>
+    <t>ER214213ER2010063</t>
+  </si>
+  <si>
+    <t>ER2010063</t>
+  </si>
+  <si>
+    <t>Erizo-ER2010063-ER201 Avellanador HSS (Ø 6,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668895347</t>
+  </si>
+  <si>
+    <t>ER214213ER2010083</t>
+  </si>
+  <si>
+    <t>ER2010083</t>
+  </si>
+  <si>
+    <t>Erizo-ER2010083-ER201 Avellanador HSS (Ø 8,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668895354</t>
+  </si>
+  <si>
+    <t>ER214213ER2010104</t>
+  </si>
+  <si>
+    <t>ER2010104</t>
+  </si>
+  <si>
+    <t>Erizo-ER2010104-ER201 Avellanador HSS (Ø 10,40 mm)</t>
+  </si>
+  <si>
+    <t>8422668895361</t>
+  </si>
+  <si>
+    <t>ER214213ER2010124</t>
+  </si>
+  <si>
+    <t>ER2010124</t>
+  </si>
+  <si>
+    <t>Erizo-ER2010124-ER201 Avellanador HSS (Ø 12,40 mm)</t>
+  </si>
+  <si>
+    <t>8422668895378</t>
+  </si>
+  <si>
+    <t>ER214213ER2010150</t>
+  </si>
+  <si>
+    <t>ER2010150</t>
+  </si>
+  <si>
+    <t>Erizo-ER2010150-ER201 Avellanador HSS (Ø 15,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895385</t>
+  </si>
+  <si>
+    <t>ER214213ER2010165</t>
+  </si>
+  <si>
+    <t>ER2010165</t>
+  </si>
+  <si>
+    <t>Erizo-ER2010165-ER201 Avellanador HSS (Ø 16,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895392</t>
+  </si>
+  <si>
+    <t>ER214213ER2010190</t>
+  </si>
+  <si>
+    <t>ER2010190</t>
+  </si>
+  <si>
+    <t>Erizo-ER2010190-ER201 Avellanador HSS (Ø 19,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895408</t>
+  </si>
+  <si>
+    <t>ER214213ER2010205</t>
+  </si>
+  <si>
+    <t>ER2010205</t>
+  </si>
+  <si>
+    <t>Erizo-ER2010205-ER201 Avellanador HSS (Ø 20,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895415</t>
+  </si>
+  <si>
+    <t>ER214213ER2010250</t>
+  </si>
+  <si>
+    <t>ER2010250</t>
+  </si>
+  <si>
+    <t>Erizo-ER2010250-ER201 Avellanador HSS (Ø 25,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895422</t>
+  </si>
+  <si>
+    <t>ER214223ER201005P</t>
+  </si>
+  <si>
+    <t>ER201005P</t>
+  </si>
+  <si>
+    <t>Erizo-ER201005P-ER201 Juego de avellanadores HSS (5P)</t>
+  </si>
+  <si>
+    <t>8422668895439</t>
+  </si>
+  <si>
+    <t>ER214223ER201006P</t>
+  </si>
+  <si>
+    <t>ER201006P</t>
+  </si>
+  <si>
+    <t>Erizo-ER201006P-ER201 Juego de avellanadores HSS (6P)</t>
+  </si>
+  <si>
+    <t>8422668895446</t>
+  </si>
+  <si>
+    <t>ER214233ER2100063</t>
+  </si>
+  <si>
+    <t>ER2100063</t>
+  </si>
+  <si>
+    <t>Erizo-ER2100063-ER210 Avellanador HSS Co5 (Ø 6,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668895453</t>
+  </si>
+  <si>
+    <t>ER214233ER2100083</t>
+  </si>
+  <si>
+    <t>ER2100083</t>
+  </si>
+  <si>
+    <t>Erizo-ER2100083-ER210 Avellanador HSS Co5 (Ø 8,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668895460</t>
+  </si>
+  <si>
+    <t>ER214233ER2100104</t>
+  </si>
+  <si>
+    <t>ER2100104</t>
+  </si>
+  <si>
+    <t>Erizo-ER2100104-ER210 Avellanador HSS Co5 (Ø 10,40 mm)</t>
+  </si>
+  <si>
+    <t>8422668895477</t>
+  </si>
+  <si>
+    <t>ER214233ER2100124</t>
+  </si>
+  <si>
+    <t>ER2100124</t>
+  </si>
+  <si>
+    <t>Erizo-ER2100124-ER210 Avellanador HSS Co5 (Ø 12,40 mm)</t>
+  </si>
+  <si>
+    <t>8422668895484</t>
+  </si>
+  <si>
+    <t>ER214233ER2100150</t>
+  </si>
+  <si>
+    <t>ER2100150</t>
+  </si>
+  <si>
+    <t>Erizo-ER2100150-ER210 Avellanador HSS Co5 (Ø 15,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895491</t>
+  </si>
+  <si>
+    <t>ER214233ER2100165</t>
+  </si>
+  <si>
+    <t>ER2100165</t>
+  </si>
+  <si>
+    <t>Erizo-ER2100165-ER210 Avellanador HSS Co5 (Ø 16,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895507</t>
+  </si>
+  <si>
+    <t>ER214233ER2100190</t>
+  </si>
+  <si>
+    <t>ER2100190</t>
+  </si>
+  <si>
+    <t>Erizo-ER2100190-ER210 Avellanador HSS Co5 (Ø 19,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895514</t>
+  </si>
+  <si>
+    <t>ER214233ER2100205</t>
+  </si>
+  <si>
+    <t>ER2100205</t>
+  </si>
+  <si>
+    <t>Erizo-ER2100205-ER210 Avellanador HSS Co5 (Ø 20,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668895521</t>
+  </si>
+  <si>
+    <t>ER214233ER2100250</t>
+  </si>
+  <si>
+    <t>ER2100250</t>
+  </si>
+  <si>
+    <t>Erizo-ER2100250-ER210 Avellanador HSS Co5 (Ø 25,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668895538</t>
+  </si>
+  <si>
+    <t>ER214243ER210005P</t>
+  </si>
+  <si>
+    <t>ER210005P</t>
+  </si>
+  <si>
+    <t>Erizo-ER210005P-ER210 Juego de avellanadores HSS Co5 (5P)</t>
+  </si>
+  <si>
+    <t>8422668895545</t>
+  </si>
+  <si>
+    <t>ER214243ER210006P</t>
+  </si>
+  <si>
+    <t>ER210006P</t>
+  </si>
+  <si>
+    <t>Erizo-ER210006P-ER210 Juego de avellanadores HSS Co5 (6P)</t>
+  </si>
+  <si>
+    <t>8422668895552</t>
+  </si>
+  <si>
+    <t>ER215279ER31604125</t>
+  </si>
+  <si>
+    <t>ER3160412-5</t>
+  </si>
+  <si>
+    <t>Erizo-ER3160412-5-ER316 Broca escalonada HSS (Ø 4,0-12,0 mm con 5 pasos)</t>
+  </si>
+  <si>
+    <t>8422668895569</t>
+  </si>
+  <si>
+    <t>ER215279ER31604129</t>
+  </si>
+  <si>
+    <t>ER3160412-9</t>
+  </si>
+  <si>
+    <t>Erizo-ER3160412-9-ER316 Broca escalonada HSS (Ø 4,0-12,0 mm con 9 pasos)</t>
+  </si>
+  <si>
+    <t>8422668895576</t>
+  </si>
+  <si>
+    <t>ER215283ER3160420</t>
+  </si>
+  <si>
+    <t>ER3160420</t>
+  </si>
+  <si>
+    <t>Erizo-ER3160420-ER316 Broca escalonada HSS (Ø 4,0-20,0 mm)</t>
+  </si>
+  <si>
+    <t>8422668895583</t>
+  </si>
+  <si>
+    <t>ER215283ER3160430</t>
+  </si>
+  <si>
+    <t>ER3160430</t>
+  </si>
+  <si>
+    <t>Erizo-ER3160430-ER316 Broca escalonada HSS (Ø 4,0-30,0 mm)</t>
+  </si>
+  <si>
+    <t>8422668895590</t>
+  </si>
+  <si>
+    <t>ER215283ER3160439</t>
+  </si>
+  <si>
+    <t>ER3160439</t>
+  </si>
+  <si>
+    <t>Erizo-ER3160439-ER316 Broca escalonada HSS (Ø 4,0-39,0 mm)</t>
+  </si>
+  <si>
+    <t>8422668895606</t>
+  </si>
+  <si>
+    <t>ER215283ER3160630</t>
+  </si>
+  <si>
+    <t>ER3160630</t>
+  </si>
+  <si>
+    <t>Erizo-ER3160630-ER316 Broca escalonada HSS (Ø 6,0-30,0 mm)</t>
+  </si>
+  <si>
+    <t>8422668895613</t>
+  </si>
+  <si>
+    <t>ER215283ER3160638</t>
+  </si>
+  <si>
+    <t>ER3160638</t>
+  </si>
+  <si>
+    <t>Erizo-ER3160638-ER316 Broca escalonada HSS (Ø 6,0-38,0 mm)</t>
+  </si>
+  <si>
+    <t>8422668895620</t>
+  </si>
+  <si>
+    <t>ER215293ER316003P</t>
+  </si>
+  <si>
+    <t>ER316003P</t>
+  </si>
+  <si>
+    <t>Erizo-ER316003P-ER316 Juego de brocas escalonadas HSS (3P)</t>
+  </si>
+  <si>
+    <t>8422668895637</t>
+  </si>
+  <si>
+    <t>ER215272ER35304125</t>
+  </si>
+  <si>
+    <t>ER3530412-5</t>
+  </si>
+  <si>
+    <t>Erizo-ER3530412-5-ER353 Broca escalonada HSS (Ø 4,0-12,0 mm con 5 pasos)</t>
+  </si>
+  <si>
+    <t>8422668895644</t>
+  </si>
+  <si>
+    <t>ER215272ER35304129</t>
+  </si>
+  <si>
+    <t>ER3530412-9</t>
+  </si>
+  <si>
+    <t>Erizo-ER3530412-9-ER353 Broca escalonada HSS (Ø 4,0-12,0 mm con 9 pasos)</t>
+  </si>
+  <si>
+    <t>8422668895651</t>
+  </si>
+  <si>
+    <t>ER215272ER3530420</t>
+  </si>
+  <si>
+    <t>ER3530420</t>
+  </si>
+  <si>
+    <t>Erizo-ER3530420-ER353 Broca escalonada HSS (Ø 4,0-20,0 mm)</t>
+  </si>
+  <si>
+    <t>8422668895668</t>
+  </si>
+  <si>
+    <t>ER215272ER3530430</t>
+  </si>
+  <si>
+    <t>ER3530430</t>
+  </si>
+  <si>
+    <t>Erizo-ER3530430-ER353 Broca escalonada HSS (Ø 4,0-30,0 mm)</t>
+  </si>
+  <si>
+    <t>8422668895675</t>
+  </si>
+  <si>
+    <t>ER215282ER353003P</t>
+  </si>
+  <si>
+    <t>ER353003P</t>
+  </si>
+  <si>
+    <t>Erizo-ER353003P-ER353 Juego de brocas escalonadas HSS (3P)</t>
+  </si>
+  <si>
+    <t>8422668895682</t>
+  </si>
+  <si>
+    <t>ER411213ER5200001</t>
+  </si>
+  <si>
+    <t>ER5200001</t>
+  </si>
+  <si>
+    <t>Erizo-ER5200001-ER520 Juego machos de roscar manuales (21 piezas)</t>
+  </si>
+  <si>
+    <t>8422668895699</t>
+  </si>
+  <si>
+    <t>ER411213ER5200008</t>
+  </si>
+  <si>
+    <t>ER5200008</t>
+  </si>
+  <si>
+    <t>Erizo-ER5200008-ER520 Juego machos de roscar manuales (29 piezas)</t>
+  </si>
+  <si>
+    <t>8422668895705</t>
+  </si>
+  <si>
+    <t>ER411213ER5200009</t>
+  </si>
+  <si>
+    <t>ER5200009</t>
+  </si>
+  <si>
+    <t>Erizo-ER5200009-ER520 Juego machos manuales y cojinetes redondos (32 piezas)</t>
+  </si>
+  <si>
+    <t>8422668895712</t>
+  </si>
+  <si>
+    <t>ER411213ER5200033</t>
+  </si>
+  <si>
+    <t>ER5200033</t>
+  </si>
+  <si>
+    <t>Erizo-ER5200033-ER520 Juego machos de roscar a máquina (16 piezas)</t>
+  </si>
+  <si>
+    <t>8422668895729</t>
+  </si>
+  <si>
+    <t>ER411223ER5200027</t>
+  </si>
+  <si>
+    <t>ER5200027</t>
+  </si>
+  <si>
+    <t>Erizo-ER5200027-ER520 Juego machos de roscar a máquina (15 piezas)</t>
+  </si>
+  <si>
+    <t>8422668895736</t>
+  </si>
+  <si>
+    <t>ER411223ER5200035</t>
+  </si>
+  <si>
+    <t>ER5200035</t>
+  </si>
+  <si>
+    <t>Erizo-ER5200035-ER520 Juego terrajas redondas (8 piezas)</t>
+  </si>
+  <si>
+    <t>8422668895743</t>
+  </si>
+  <si>
+    <t>ER411233ER5200011</t>
+  </si>
+  <si>
+    <t>ER5200011</t>
+  </si>
+  <si>
+    <t>Erizo-ER5200011-ER520 Juego herramientas de roscar (Metrica M3-M12)</t>
+  </si>
+  <si>
+    <t>8422668895750</t>
+  </si>
+  <si>
+    <t>ER411233ER5200023</t>
+  </si>
+  <si>
+    <t>ER5200023</t>
+  </si>
+  <si>
+    <t>Erizo-ER5200023-ER520 Juego herramientas de roscar (Metrica Fina M3-M12)</t>
+  </si>
+  <si>
+    <t>8422668895767</t>
+  </si>
+  <si>
+    <t>ER411243ER5200016</t>
+  </si>
+  <si>
+    <t>ER5200016</t>
+  </si>
+  <si>
+    <t>Erizo-ER5200016-ER520 Juego herramientas de roscar (Metrica M3-M20)</t>
+  </si>
+  <si>
+    <t>8422668895774</t>
+  </si>
+  <si>
+    <t>ER411243ER5200024</t>
+  </si>
+  <si>
+    <t>ER5200024</t>
+  </si>
+  <si>
+    <t>Erizo-ER5200024-ER520 Juego herramientas de roscar (Metrica Fina M3-M20)</t>
+  </si>
+  <si>
+    <t>8422668895781</t>
+  </si>
+  <si>
+    <t>ER218213ER7110012</t>
+  </si>
+  <si>
+    <t>ER7110012</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110012-ER711 Broca hueca HSS-30mm (Ø 12 mm)</t>
+  </si>
+  <si>
+    <t>8422668895798</t>
+  </si>
+  <si>
+    <t>ER218213ER7110013</t>
+  </si>
+  <si>
+    <t>ER7110013</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110013-ER711 Broca hueca HSS-30mm (Ø 13 mm)</t>
+  </si>
+  <si>
+    <t>8422668895804</t>
+  </si>
+  <si>
+    <t>ER218213ER7110014</t>
+  </si>
+  <si>
+    <t>ER7110014</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110014-ER711 Broca hueca HSS-30mm (Ø 14 mm)</t>
+  </si>
+  <si>
+    <t>8422668895811</t>
+  </si>
+  <si>
+    <t>ER218213ER7110015</t>
+  </si>
+  <si>
+    <t>ER7110015</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110015-ER711 Broca hueca HSS-30mm (Ø 15 mm)</t>
+  </si>
+  <si>
+    <t>8422668895828</t>
+  </si>
+  <si>
+    <t>ER218213ER7110016</t>
+  </si>
+  <si>
+    <t>ER7110016</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110016-ER711 Broca hueca HSS-30mm (Ø 16 mm)</t>
+  </si>
+  <si>
+    <t>8422668895835</t>
+  </si>
+  <si>
+    <t>ER218213ER7110017</t>
+  </si>
+  <si>
+    <t>ER7110017</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110017-ER711 Broca hueca HSS-30mm (Ø 17 mm)</t>
+  </si>
+  <si>
+    <t>8422668895842</t>
+  </si>
+  <si>
+    <t>ER218213ER7110018</t>
+  </si>
+  <si>
+    <t>ER7110018</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110018-ER711 Broca hueca HSS-30mm (Ø 18 mm)</t>
+  </si>
+  <si>
+    <t>8422668895859</t>
+  </si>
+  <si>
+    <t>ER218213ER7110019</t>
+  </si>
+  <si>
+    <t>ER7110019</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110019-ER711 Broca hueca HSS-30mm (Ø 19 mm)</t>
+  </si>
+  <si>
+    <t>8422668895866</t>
+  </si>
+  <si>
+    <t>ER218213ER7110020</t>
+  </si>
+  <si>
+    <t>ER7110020</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110020-ER711 Broca hueca HSS-30mm (Ø 20 mm)</t>
+  </si>
+  <si>
+    <t>8422668895873</t>
+  </si>
+  <si>
+    <t>ER218213ER7110021</t>
+  </si>
+  <si>
+    <t>ER7110021</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110021-ER711 Broca hueca HSS-30mm (Ø 21 mm)</t>
+  </si>
+  <si>
+    <t>8422668895880</t>
+  </si>
+  <si>
+    <t>ER218213ER7110022</t>
+  </si>
+  <si>
+    <t>ER7110022</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110022-ER711 Broca hueca HSS-30mm (Ø 22 mm)</t>
+  </si>
+  <si>
+    <t>8422668895897</t>
+  </si>
+  <si>
+    <t>ER218213ER7110023</t>
+  </si>
+  <si>
+    <t>ER7110023</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110023-ER711 Broca hueca HSS-30mm (Ø 23 mm)</t>
+  </si>
+  <si>
+    <t>8422668895903</t>
+  </si>
+  <si>
+    <t>ER218213ER7110024</t>
+  </si>
+  <si>
+    <t>ER7110024</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110024-ER711 Broca hueca HSS-30mm (Ø 24 mm)</t>
+  </si>
+  <si>
+    <t>8422668895910</t>
+  </si>
+  <si>
+    <t>ER218213ER7110025</t>
+  </si>
+  <si>
+    <t>ER7110025</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110025-ER711 Broca hueca HSS-30mm (Ø 25 mm)</t>
+  </si>
+  <si>
+    <t>8422668895927</t>
+  </si>
+  <si>
+    <t>ER218213ER7110026</t>
+  </si>
+  <si>
+    <t>ER7110026</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110026-ER711 Broca hueca HSS-30mm (Ø 26 mm)</t>
+  </si>
+  <si>
+    <t>8422668895934</t>
+  </si>
+  <si>
+    <t>ER218213ER7110027</t>
+  </si>
+  <si>
+    <t>ER7110027</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110027-ER711 Broca hueca HSS-30mm (Ø 27 mm)</t>
+  </si>
+  <si>
+    <t>8422668895941</t>
+  </si>
+  <si>
+    <t>ER218213ER7110028</t>
+  </si>
+  <si>
+    <t>ER7110028</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110028-ER711 Broca hueca HSS-30mm (Ø 28 mm)</t>
+  </si>
+  <si>
+    <t>8422668895958</t>
+  </si>
+  <si>
+    <t>ER218213ER7110029</t>
+  </si>
+  <si>
+    <t>ER7110029</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110029-ER711 Broca hueca HSS-30mm (Ø 29 mm)</t>
+  </si>
+  <si>
+    <t>8422668895965</t>
+  </si>
+  <si>
+    <t>ER218213ER7110030</t>
+  </si>
+  <si>
+    <t>ER7110030</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110030-ER711 Broca hueca HSS-30mm (Ø 30 mm)</t>
+  </si>
+  <si>
+    <t>8422668895972</t>
+  </si>
+  <si>
+    <t>ER218213ER7110031</t>
+  </si>
+  <si>
+    <t>ER7110031</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110031-ER711 Broca hueca HSS-30mm (Ø 31 mm)</t>
+  </si>
+  <si>
+    <t>8422668895989</t>
+  </si>
+  <si>
+    <t>ER218213ER7110032</t>
+  </si>
+  <si>
+    <t>ER7110032</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110032-ER711 Broca hueca HSS-30mm (Ø 32 mm)</t>
+  </si>
+  <si>
+    <t>8422668895996</t>
+  </si>
+  <si>
+    <t>ER218213ER7110033</t>
+  </si>
+  <si>
+    <t>ER7110033</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110033-ER711 Broca hueca HSS-30mm (Ø 33 mm)</t>
+  </si>
+  <si>
+    <t>8422668896009</t>
+  </si>
+  <si>
+    <t>ER218213ER7110034</t>
+  </si>
+  <si>
+    <t>ER7110034</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110034-ER711 Broca hueca HSS-30mm (Ø 34 mm)</t>
+  </si>
+  <si>
+    <t>8422668896016</t>
+  </si>
+  <si>
+    <t>ER218213ER7110035</t>
+  </si>
+  <si>
+    <t>ER7110035</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110035-ER711 Broca hueca HSS-30mm (Ø 35 mm)</t>
+  </si>
+  <si>
+    <t>8422668896023</t>
+  </si>
+  <si>
+    <t>ER218213ER7110036</t>
+  </si>
+  <si>
+    <t>ER7110036</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110036-ER711 Broca hueca HSS-30mm (Ø 36 mm)</t>
+  </si>
+  <si>
+    <t>8422668896030</t>
+  </si>
+  <si>
+    <t>ER218213ER7110037</t>
+  </si>
+  <si>
+    <t>ER7110037</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110037-ER711 Broca hueca HSS-30mm (Ø 37 mm)</t>
+  </si>
+  <si>
+    <t>8422668896047</t>
+  </si>
+  <si>
+    <t>ER218213ER7110038</t>
+  </si>
+  <si>
+    <t>ER7110038</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110038-ER711 Broca hueca HSS-30mm (Ø 38 mm)</t>
+  </si>
+  <si>
+    <t>8422668896054</t>
+  </si>
+  <si>
+    <t>ER218213ER7110039</t>
+  </si>
+  <si>
+    <t>ER7110039</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110039-ER711 Broca hueca HSS-30mm (Ø 39 mm)</t>
+  </si>
+  <si>
+    <t>8422668896061</t>
+  </si>
+  <si>
+    <t>ER218213ER7110040</t>
+  </si>
+  <si>
+    <t>ER7110040</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110040-ER711 Broca hueca HSS-30mm (Ø 40 mm)</t>
+  </si>
+  <si>
+    <t>8422668896078</t>
+  </si>
+  <si>
+    <t>ER218213ER7110041</t>
+  </si>
+  <si>
+    <t>ER7110041</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110041-ER711 Broca hueca HSS-30mm (Ø 41 mm)</t>
+  </si>
+  <si>
+    <t>8422668896085</t>
+  </si>
+  <si>
+    <t>ER218213ER7110042</t>
+  </si>
+  <si>
+    <t>ER7110042</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110042-ER711 Broca hueca HSS-30mm (Ø 42 mm)</t>
+  </si>
+  <si>
+    <t>8422668896092</t>
+  </si>
+  <si>
+    <t>ER218213ER7110043</t>
+  </si>
+  <si>
+    <t>ER7110043</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110043-ER711 Broca hueca HSS-30mm (Ø 43 mm)</t>
+  </si>
+  <si>
+    <t>8422668896108</t>
+  </si>
+  <si>
+    <t>ER218213ER7110044</t>
+  </si>
+  <si>
+    <t>ER7110044</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110044-ER711 Broca hueca HSS-30mm (Ø 44 mm)</t>
+  </si>
+  <si>
+    <t>8422668896115</t>
+  </si>
+  <si>
+    <t>ER218213ER7110045</t>
+  </si>
+  <si>
+    <t>ER7110045</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110045-ER711 Broca hueca HSS-30mm (Ø 45 mm)</t>
+  </si>
+  <si>
+    <t>8422668896122</t>
+  </si>
+  <si>
+    <t>ER218213ER7110046</t>
+  </si>
+  <si>
+    <t>ER7110046</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110046-ER711 Broca hueca HSS-30mm (Ø 46 mm)</t>
+  </si>
+  <si>
+    <t>8422668896139</t>
+  </si>
+  <si>
+    <t>ER218213ER7110047</t>
+  </si>
+  <si>
+    <t>ER7110047</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110047-ER711 Broca hueca HSS-30mm (Ø 47 mm)</t>
+  </si>
+  <si>
+    <t>8422668896146</t>
+  </si>
+  <si>
+    <t>ER218213ER7110048</t>
+  </si>
+  <si>
+    <t>ER7110048</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110048-ER711 Broca hueca HSS-30mm (Ø 48 mm)</t>
+  </si>
+  <si>
+    <t>8422668896153</t>
+  </si>
+  <si>
+    <t>ER218213ER7110049</t>
+  </si>
+  <si>
+    <t>ER7110049</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110049-ER711 Broca hueca HSS-30mm (Ø 49 mm)</t>
+  </si>
+  <si>
+    <t>8422668896160</t>
+  </si>
+  <si>
+    <t>ER218213ER7110050</t>
+  </si>
+  <si>
+    <t>ER7110050</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110050-ER711 Broca hueca HSS-30mm (Ø 50 mm)</t>
+  </si>
+  <si>
+    <t>8422668896177</t>
+  </si>
+  <si>
+    <t>ER218213ER7110051</t>
+  </si>
+  <si>
+    <t>ER7110051</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110051-ER711 Broca hueca HSS-30mm (Ø 51 mm)</t>
+  </si>
+  <si>
+    <t>8422668896184</t>
+  </si>
+  <si>
+    <t>ER218213ER7110052</t>
+  </si>
+  <si>
+    <t>ER7110052</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110052-ER711 Broca hueca HSS-30mm (Ø 52 mm)</t>
+  </si>
+  <si>
+    <t>8422668896191</t>
+  </si>
+  <si>
+    <t>ER218213ER7110060</t>
+  </si>
+  <si>
+    <t>ER7110060</t>
+  </si>
+  <si>
+    <t>Erizo-ER7110060-ER711 Broca hueca HSS-30mm (Ø 60 mm)</t>
+  </si>
+  <si>
+    <t>8422668896207</t>
+  </si>
+  <si>
+    <t>ER218213ER7120012</t>
+  </si>
+  <si>
+    <t>ER7120012</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120012-ER712 Broca hueca HSSE-Co5-30mm (Ø 12 mm)</t>
+  </si>
+  <si>
+    <t>8422668896214</t>
+  </si>
+  <si>
+    <t>ER218213ER7120013</t>
+  </si>
+  <si>
+    <t>ER7120013</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120013-ER712 Broca hueca HSSE-Co5-30mm (Ø 13 mm)</t>
+  </si>
+  <si>
+    <t>8422668896221</t>
+  </si>
+  <si>
+    <t>ER218213ER7120014</t>
+  </si>
+  <si>
+    <t>ER7120014</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120014-ER712 Broca hueca HSSE-Co5-30mm (Ø 14 mm)</t>
+  </si>
+  <si>
+    <t>8422668896238</t>
+  </si>
+  <si>
+    <t>ER218213ER7120015</t>
+  </si>
+  <si>
+    <t>ER7120015</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120015-ER712 Broca hueca HSSE-Co5-30mm (Ø 15 mm)</t>
+  </si>
+  <si>
+    <t>8422668896245</t>
+  </si>
+  <si>
+    <t>ER218213ER7120016</t>
+  </si>
+  <si>
+    <t>ER7120016</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120016-ER712 Broca hueca HSSE-Co5-30mm (Ø 16 mm)</t>
+  </si>
+  <si>
+    <t>8422668896252</t>
+  </si>
+  <si>
+    <t>ER218213ER7120017</t>
+  </si>
+  <si>
+    <t>ER7120017</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120017-ER712 Broca hueca HSSE-Co5-30mm (Ø 17 mm)</t>
+  </si>
+  <si>
+    <t>8422668896269</t>
+  </si>
+  <si>
+    <t>ER218213ER7120018</t>
+  </si>
+  <si>
+    <t>ER7120018</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120018-ER712 Broca hueca HSSE-Co5-30mm (Ø 18 mm)</t>
+  </si>
+  <si>
+    <t>8422668896276</t>
+  </si>
+  <si>
+    <t>ER218213ER7120019</t>
+  </si>
+  <si>
+    <t>ER7120019</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120019-ER712 Broca hueca HSSE-Co5-30mm (Ø 19 mm)</t>
+  </si>
+  <si>
+    <t>8422668896283</t>
+  </si>
+  <si>
+    <t>ER218213ER7120020</t>
+  </si>
+  <si>
+    <t>ER7120020</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120020-ER712 Broca hueca HSSE-Co5-30mm (Ø 20 mm)</t>
+  </si>
+  <si>
+    <t>8422668896290</t>
+  </si>
+  <si>
+    <t>ER218213ER7120021</t>
+  </si>
+  <si>
+    <t>ER7120021</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120021-ER712 Broca hueca HSSE-Co5-30mm (Ø 21 mm)</t>
+  </si>
+  <si>
+    <t>8422668896306</t>
+  </si>
+  <si>
+    <t>ER218213ER7120022</t>
+  </si>
+  <si>
+    <t>ER7120022</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120022-ER712 Broca hueca HSSE-Co5-30mm (Ø 22 mm)</t>
+  </si>
+  <si>
+    <t>8422668896313</t>
+  </si>
+  <si>
+    <t>ER218213ER7120023</t>
+  </si>
+  <si>
+    <t>ER7120023</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120023-ER712 Broca hueca HSSE-Co5-30mm (Ø 23 mm)</t>
+  </si>
+  <si>
+    <t>8422668896320</t>
+  </si>
+  <si>
+    <t>ER218213ER7120024</t>
+  </si>
+  <si>
+    <t>ER7120024</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120024-ER712 Broca hueca HSSE-Co5-30mm (Ø 24 mm)</t>
+  </si>
+  <si>
+    <t>8422668896337</t>
+  </si>
+  <si>
+    <t>ER218213ER7120025</t>
+  </si>
+  <si>
+    <t>ER7120025</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120025-ER712 Broca hueca HSSE-Co5-30mm (Ø 25 mm)</t>
+  </si>
+  <si>
+    <t>8422668896344</t>
+  </si>
+  <si>
+    <t>ER218213ER7120026</t>
+  </si>
+  <si>
+    <t>ER7120026</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120026-ER712 Broca hueca HSSE-Co5-30mm (Ø 26 mm)</t>
+  </si>
+  <si>
+    <t>8422668896351</t>
+  </si>
+  <si>
+    <t>ER218213ER7120027</t>
+  </si>
+  <si>
+    <t>ER7120027</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120027-ER712 Broca hueca HSSE-Co5-30mm (Ø 27 mm)</t>
+  </si>
+  <si>
+    <t>8422668896368</t>
+  </si>
+  <si>
+    <t>ER218213ER7120028</t>
+  </si>
+  <si>
+    <t>ER7120028</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120028-ER712 Broca hueca HSSE-Co5-30mm (Ø 28 mm)</t>
+  </si>
+  <si>
+    <t>8422668896375</t>
+  </si>
+  <si>
+    <t>ER218213ER7120029</t>
+  </si>
+  <si>
+    <t>ER7120029</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120029-ER712 Broca hueca HSSE-Co5-30mm (Ø 29 mm)</t>
+  </si>
+  <si>
+    <t>8422668896382</t>
+  </si>
+  <si>
+    <t>ER218213ER7120030</t>
+  </si>
+  <si>
+    <t>ER7120030</t>
+  </si>
+  <si>
+    <t>Erizo-ER7120030-ER712 Broca hueca HSSE-Co5-30mm (Ø 30 mm)</t>
+  </si>
+  <si>
+    <t>8422668896399</t>
+  </si>
+  <si>
+    <t>ER218223ER7130012</t>
+  </si>
+  <si>
+    <t>ER7130012</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130012-ER713 Broca hueca HSS-55mm (Ø 12 mm)</t>
+  </si>
+  <si>
+    <t>8422668896405</t>
+  </si>
+  <si>
+    <t>ER218223ER7130013</t>
+  </si>
+  <si>
+    <t>ER7130013</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130013-ER713 Broca hueca HSS-55mm (Ø 13 mm)</t>
+  </si>
+  <si>
+    <t>8422668896412</t>
+  </si>
+  <si>
+    <t>ER218223ER7130014</t>
+  </si>
+  <si>
+    <t>ER7130014</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130014-ER713 Broca hueca HSS-55mm (Ø 14 mm)</t>
+  </si>
+  <si>
+    <t>8422668896429</t>
+  </si>
+  <si>
+    <t>ER218223ER7130015</t>
+  </si>
+  <si>
+    <t>ER7130015</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130015-ER713 Broca hueca HSS-55mm (Ø 15 mm)</t>
+  </si>
+  <si>
+    <t>8422668896436</t>
+  </si>
+  <si>
+    <t>ER218223ER7130016</t>
+  </si>
+  <si>
+    <t>ER7130016</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130016-ER713 Broca hueca HSS-55mm (Ø 16 mm)</t>
+  </si>
+  <si>
+    <t>8422668896443</t>
+  </si>
+  <si>
+    <t>ER218223ER7130017</t>
+  </si>
+  <si>
+    <t>ER7130017</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130017-ER713 Broca hueca HSS-55mm (Ø 17 mm)</t>
+  </si>
+  <si>
+    <t>8422668896450</t>
+  </si>
+  <si>
+    <t>ER218223ER7130018</t>
+  </si>
+  <si>
+    <t>ER7130018</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130018-ER713 Broca hueca HSS-55mm (Ø 18 mm)</t>
+  </si>
+  <si>
+    <t>8422668896467</t>
+  </si>
+  <si>
+    <t>ER218223ER7130019</t>
+  </si>
+  <si>
+    <t>ER7130019</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130019-ER713 Broca hueca HSS-55mm (Ø 19 mm)</t>
+  </si>
+  <si>
+    <t>8422668896474</t>
+  </si>
+  <si>
+    <t>ER218223ER7130020</t>
+  </si>
+  <si>
+    <t>ER7130020</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130020-ER713 Broca hueca HSS-55mm (Ø 20 mm)</t>
+  </si>
+  <si>
+    <t>8422668896481</t>
+  </si>
+  <si>
+    <t>ER218223ER7130021</t>
+  </si>
+  <si>
+    <t>ER7130021</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130021-ER713 Broca hueca HSS-55mm (Ø 21 mm)</t>
+  </si>
+  <si>
+    <t>8422668896498</t>
+  </si>
+  <si>
+    <t>ER218223ER7130022</t>
+  </si>
+  <si>
+    <t>ER7130022</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130022-ER713 Broca hueca HSS-55mm (Ø 22 mm)</t>
+  </si>
+  <si>
+    <t>8422668896504</t>
+  </si>
+  <si>
+    <t>ER218223ER7130023</t>
+  </si>
+  <si>
+    <t>ER7130023</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130023-ER713 Broca hueca HSS-55mm (Ø 23 mm)</t>
+  </si>
+  <si>
+    <t>8422668896511</t>
+  </si>
+  <si>
+    <t>ER218223ER7130024</t>
+  </si>
+  <si>
+    <t>ER7130024</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130024-ER713 Broca hueca HSS-55mm (Ø 24 mm)</t>
+  </si>
+  <si>
+    <t>8422668896528</t>
+  </si>
+  <si>
+    <t>ER218223ER7130025</t>
+  </si>
+  <si>
+    <t>ER7130025</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130025-ER713 Broca hueca HSS-55mm (Ø 25 mm)</t>
+  </si>
+  <si>
+    <t>8422668896535</t>
+  </si>
+  <si>
+    <t>ER218223ER7130026</t>
+  </si>
+  <si>
+    <t>ER7130026</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130026-ER713 Broca hueca HSS-55mm (Ø 26 mm)</t>
+  </si>
+  <si>
+    <t>8422668896542</t>
+  </si>
+  <si>
+    <t>ER218223ER7130027</t>
+  </si>
+  <si>
+    <t>ER7130027</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130027-ER713 Broca hueca HSS-55mm (Ø 27 mm)</t>
+  </si>
+  <si>
+    <t>8422668896559</t>
+  </si>
+  <si>
+    <t>ER218223ER7130028</t>
+  </si>
+  <si>
+    <t>ER7130028</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130028-ER713 Broca hueca HSS-55mm (Ø 28 mm)</t>
+  </si>
+  <si>
+    <t>8422668896566</t>
+  </si>
+  <si>
+    <t>ER218223ER7130029</t>
+  </si>
+  <si>
+    <t>ER7130029</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130029-ER713 Broca hueca HSS-55mm (Ø 29 mm)</t>
+  </si>
+  <si>
+    <t>8422668896573</t>
+  </si>
+  <si>
+    <t>ER218223ER7130030</t>
+  </si>
+  <si>
+    <t>ER7130030</t>
+  </si>
+  <si>
+    <t>Erizo-ER7130030-ER713 Broca hueca HSS-55mm (Ø 30 mm)</t>
+  </si>
+  <si>
+    <t>8422668896580</t>
+  </si>
+  <si>
+    <t>ER218223ER7140012</t>
+  </si>
+  <si>
+    <t>ER7140012</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140012-ER714 Broca hueca HSSE-Co-55mm (Ø 12 mm)</t>
+  </si>
+  <si>
+    <t>8422668896597</t>
+  </si>
+  <si>
+    <t>ER218223ER7140013</t>
+  </si>
+  <si>
+    <t>ER7140013</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140013-ER714 Broca hueca HSSE-Co-55mm (Ø 13 mm)</t>
+  </si>
+  <si>
+    <t>8422668896603</t>
+  </si>
+  <si>
+    <t>ER218223ER7140014</t>
+  </si>
+  <si>
+    <t>ER7140014</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140014-ER714 Broca hueca HSSE-Co-55mm (Ø 14 mm)</t>
+  </si>
+  <si>
+    <t>8422668896610</t>
+  </si>
+  <si>
+    <t>ER218223ER7140015</t>
+  </si>
+  <si>
+    <t>ER7140015</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140015-ER714 Broca hueca HSSE-Co-55mm (Ø 15 mm)</t>
+  </si>
+  <si>
+    <t>8422668896627</t>
+  </si>
+  <si>
+    <t>ER218223ER7140016</t>
+  </si>
+  <si>
+    <t>ER7140016</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140016-ER714 Broca hueca HSSE-Co-55mm (Ø 16 mm)</t>
+  </si>
+  <si>
+    <t>8422668896634</t>
+  </si>
+  <si>
+    <t>ER218223ER7140017</t>
+  </si>
+  <si>
+    <t>ER7140017</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140017-ER714 Broca hueca HSSE-Co-55mm (Ø 17 mm)</t>
+  </si>
+  <si>
+    <t>8422668896641</t>
+  </si>
+  <si>
+    <t>ER218223ER7140018</t>
+  </si>
+  <si>
+    <t>ER7140018</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140018-ER714 Broca hueca HSSE-Co-55mm (Ø 18 mm)</t>
+  </si>
+  <si>
+    <t>8422668896658</t>
+  </si>
+  <si>
+    <t>ER218223ER7140019</t>
+  </si>
+  <si>
+    <t>ER7140019</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140019-ER714 Broca hueca HSSE-Co-55mm (Ø 19 mm)</t>
+  </si>
+  <si>
+    <t>8422668896665</t>
+  </si>
+  <si>
+    <t>ER218223ER7140020</t>
+  </si>
+  <si>
+    <t>ER7140020</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140020-ER714 Broca hueca HSSE-Co-55mm (Ø 20 mm)</t>
+  </si>
+  <si>
+    <t>8422668896672</t>
+  </si>
+  <si>
+    <t>ER218223ER7140021</t>
+  </si>
+  <si>
+    <t>ER7140021</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140021-ER714 Broca hueca HSSE-Co-55mm (Ø 21 mm)</t>
+  </si>
+  <si>
+    <t>8422668896689</t>
+  </si>
+  <si>
+    <t>ER218223ER7140022</t>
+  </si>
+  <si>
+    <t>ER7140022</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140022-ER714 Broca hueca HSSE-Co-55mm (Ø 22 mm)</t>
+  </si>
+  <si>
+    <t>8422668896696</t>
+  </si>
+  <si>
+    <t>ER218223ER7140023</t>
+  </si>
+  <si>
+    <t>ER7140023</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140023-ER714 Broca hueca HSSE-Co-55mm (Ø 23 mm)</t>
+  </si>
+  <si>
+    <t>8422668896702</t>
+  </si>
+  <si>
+    <t>ER218223ER7140024</t>
+  </si>
+  <si>
+    <t>ER7140024</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140024-ER714 Broca hueca HSSE-Co-55mm (Ø 24 mm)</t>
+  </si>
+  <si>
+    <t>8422668896719</t>
+  </si>
+  <si>
+    <t>ER218223ER7140025</t>
+  </si>
+  <si>
+    <t>ER7140025</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140025-ER714 Broca hueca HSSE-Co-55mm (Ø 25 mm)</t>
+  </si>
+  <si>
+    <t>8422668896726</t>
+  </si>
+  <si>
+    <t>ER218223ER7140026</t>
+  </si>
+  <si>
+    <t>ER7140026</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140026-ER714 Broca hueca HSSE-Co-55mm (Ø 26 mm)</t>
+  </si>
+  <si>
+    <t>8422668896733</t>
+  </si>
+  <si>
+    <t>ER218223ER7140027</t>
+  </si>
+  <si>
+    <t>ER7140027</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140027-ER714 Broca hueca HSSE-Co-55mm (Ø 27 mm)</t>
+  </si>
+  <si>
+    <t>8422668896740</t>
+  </si>
+  <si>
+    <t>ER218223ER7140028</t>
+  </si>
+  <si>
+    <t>ER7140028</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140028-ER714 Broca hueca HSSE-Co-55mm (Ø 28 mm)</t>
+  </si>
+  <si>
+    <t>8422668896757</t>
+  </si>
+  <si>
+    <t>ER218223ER7140029</t>
+  </si>
+  <si>
+    <t>ER7140029</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140029-ER714 Broca hueca HSSE-Co-55mm (Ø 29 mm)</t>
+  </si>
+  <si>
+    <t>8422668896764</t>
+  </si>
+  <si>
+    <t>ER218223ER7140030</t>
+  </si>
+  <si>
+    <t>ER7140030</t>
+  </si>
+  <si>
+    <t>Erizo-ER7140030-ER714 Broca hueca HSSE-Co-55mm (Ø 30 mm)</t>
+  </si>
+  <si>
+    <t>8422668896771</t>
+  </si>
+  <si>
+    <t>ER214253ER2640104</t>
+  </si>
+  <si>
+    <t>ER2640104</t>
+  </si>
+  <si>
+    <t>Erizo-ER2640104-ER264 Avellanador HSS-TiN (Ø 10,40 mm)</t>
+  </si>
+  <si>
+    <t>8422668905961</t>
+  </si>
+  <si>
+    <t>ER214253ER2640124</t>
+  </si>
+  <si>
+    <t>ER2640124</t>
+  </si>
+  <si>
+    <t>Erizo-ER2640124-ER264 Avellanador HSS-TiN (Ø 12,40 mm)</t>
+  </si>
+  <si>
+    <t>8422668905978</t>
+  </si>
+  <si>
+    <t>ER214253ER2640165</t>
+  </si>
+  <si>
+    <t>ER2640165</t>
+  </si>
+  <si>
+    <t>Erizo-ER2640165-ER264 Avellanador HSS-TiN (Ø 16,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668905985</t>
+  </si>
+  <si>
+    <t>ER214253ER2640205</t>
+  </si>
+  <si>
+    <t>ER2640205</t>
+  </si>
+  <si>
+    <t>Erizo-ER2640205-ER264 Avellanador HSS-TiN (Ø 20,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668905992</t>
+  </si>
+  <si>
+    <t>ER214253ER2640250</t>
+  </si>
+  <si>
+    <t>ER2640250</t>
+  </si>
+  <si>
+    <t>Erizo-ER2640250-ER264 Avellanador HSS-TiN (Ø 25,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906005</t>
+  </si>
+  <si>
+    <t>ER214253ER2640310</t>
+  </si>
+  <si>
+    <t>ER2640310</t>
+  </si>
+  <si>
+    <t>Erizo-ER2640310-ER264 Avellanador HSS-TiN (Ø 31,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906012</t>
+  </si>
+  <si>
+    <t>ER214263ER264006P</t>
+  </si>
+  <si>
+    <t>ER2640006</t>
+  </si>
+  <si>
+    <t>Erizo-ER2640006-ER264 Juego de avellanadores HSS-TiN (6pcs - 6,3 a 20,5)</t>
+  </si>
+  <si>
+    <t>8422668906029</t>
+  </si>
+  <si>
+    <t>ER214273ER2670104</t>
+  </si>
+  <si>
+    <t>ER2670104</t>
+  </si>
+  <si>
+    <t>Erizo-ER2670104-ER267 Avellanador HSS-TiN negro (Ø 10,40 mm)</t>
+  </si>
+  <si>
+    <t>8422668906036</t>
+  </si>
+  <si>
+    <t>ER214273ER2670124</t>
+  </si>
+  <si>
+    <t>ER2670124</t>
+  </si>
+  <si>
+    <t>Erizo-ER2670124-ER267 Avellanador HSS-TiN negro (Ø 12,40 mm)</t>
+  </si>
+  <si>
+    <t>8422668906043</t>
+  </si>
+  <si>
+    <t>ER214273ER2670165</t>
+  </si>
+  <si>
+    <t>ER2670165</t>
+  </si>
+  <si>
+    <t>Erizo-ER2670165-ER267 Avellanador HSS-TiN negro (Ø 16,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906050</t>
+  </si>
+  <si>
+    <t>ER214273ER2670205</t>
+  </si>
+  <si>
+    <t>ER2670205</t>
+  </si>
+  <si>
+    <t>Erizo-ER2670205-ER267 Avellanador HSS-TiN negro (Ø 20,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906067</t>
+  </si>
+  <si>
+    <t>ER214273ER2670250</t>
+  </si>
+  <si>
+    <t>ER2670250</t>
+  </si>
+  <si>
+    <t>Erizo-ER2670250-ER267 Avellanador HSS-TiN negro (Ø 25,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906074</t>
+  </si>
+  <si>
+    <t>ER214273ER2670310</t>
+  </si>
+  <si>
+    <t>ER2670310</t>
+  </si>
+  <si>
+    <t>Erizo-ER2670310-ER267 Avellanador HSS-TiN negro (Ø 31,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906081</t>
+  </si>
+  <si>
+    <t>ER214275ER267006P</t>
+  </si>
+  <si>
+    <t>ER2670006</t>
+  </si>
+  <si>
+    <t>Erizo-ER2670006-ER267 Juego de avellanadores HSS-TiN negro (6pcs - 6,3 a 20,5)</t>
+  </si>
+  <si>
+    <t>8422668906098</t>
+  </si>
+  <si>
+    <t>ER215277ER3090412</t>
+  </si>
+  <si>
+    <t>ER3090412-9</t>
+  </si>
+  <si>
+    <t>Erizo-ER3090412-9-ER309 Broca escalonada HSSTiaLN (Ø 4,0-12,0 mm con 9 pasos)</t>
+  </si>
+  <si>
+    <t>8422668906104</t>
+  </si>
+  <si>
+    <t>ER215277ER3090420</t>
+  </si>
+  <si>
+    <t>ER3090420</t>
+  </si>
+  <si>
+    <t>Erizo-ER3090420-ER309 Broca escalonada HSSTiaLN (Ø 4,0-20,0 mm)</t>
+  </si>
+  <si>
+    <t>8422668906111</t>
+  </si>
+  <si>
+    <t>ER215277ER3090630</t>
+  </si>
+  <si>
+    <t>ER3090630</t>
+  </si>
+  <si>
+    <t>Erizo-ER3090630-ER309 Broca escalonada HSSTiaLN (Ø 6,0-30,0 mm)</t>
+  </si>
+  <si>
+    <t>8422668906128</t>
+  </si>
+  <si>
+    <t>ER215277ER309003P</t>
+  </si>
+  <si>
+    <t>ER3090001</t>
+  </si>
+  <si>
+    <t>Erizo-ER3090001-ER309 Juego de brocas escalonadas HSSTiaLN (4-12 / 4-20 / 6-30 mm)</t>
+  </si>
+  <si>
+    <t>8422668906135</t>
+  </si>
+  <si>
+    <t>ER211232ER1110100B</t>
+  </si>
+  <si>
+    <t>ER1110100B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110100B-ER111 Broca HSS Co5 para metal en blister (Ø 1,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668905381</t>
+  </si>
+  <si>
+    <t>ER211232ER1110150B</t>
+  </si>
+  <si>
+    <t>ER1110150B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110150B-ER111 Broca HSS Co5 para metal en blister (Ø 1,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668905398</t>
+  </si>
+  <si>
+    <t>ER211232ER1110200B</t>
+  </si>
+  <si>
+    <t>ER1110200B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110200B-ER111 Broca HSS Co5 para metal en blister (Ø 2,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668905404</t>
+  </si>
+  <si>
+    <t>ER211232ER1110250B</t>
+  </si>
+  <si>
+    <t>ER1110250B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110250B-ER111 Broca HSS Co5 para metal en blister (Ø 2,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668905671</t>
+  </si>
+  <si>
+    <t>ER211232ER1110300B</t>
+  </si>
+  <si>
+    <t>ER1110300B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110300B-ER111 Broca HSS Co5 para metal en blister (Ø 3,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668905688</t>
+  </si>
+  <si>
+    <t>ER211232ER1110330B</t>
+  </si>
+  <si>
+    <t>ER1110330B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110330B-ER111 Broca HSS Co5 para metal en blister (Ø 3,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668905695</t>
+  </si>
+  <si>
+    <t>ER211232ER1110350B</t>
+  </si>
+  <si>
+    <t>ER1110350B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110350B-ER111 Broca HSS Co5 para metal en blister (Ø 3,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894579</t>
+  </si>
+  <si>
+    <t>ER211232ER1110400B</t>
+  </si>
+  <si>
+    <t>ER1110400B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110400B-ER111 Broca HSS Co5 para metal en blister (Ø 4,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894586</t>
+  </si>
+  <si>
+    <t>ER211232ER1110420B</t>
+  </si>
+  <si>
+    <t>ER1110420B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110420B-ER111 Broca HSS Co5 para metal en blister (Ø 4,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668894593</t>
+  </si>
+  <si>
+    <t>ER211232ER1110450B</t>
+  </si>
+  <si>
+    <t>ER1110450B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110450B-ER111 Broca HSS Co5 para metal en blister (Ø 4,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894883</t>
+  </si>
+  <si>
+    <t>ER211232ER1110500B</t>
+  </si>
+  <si>
+    <t>ER1110500B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110500B-ER111 Broca HSS Co5 para metal en blister (Ø 5,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668894890</t>
+  </si>
+  <si>
+    <t>ER211232ER1110550B</t>
+  </si>
+  <si>
+    <t>ER1110550B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110550B-ER111 Broca HSS Co5 para metal en blister (Ø 5,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668894906</t>
+  </si>
+  <si>
+    <t>ER211232ER1110600B</t>
+  </si>
+  <si>
+    <t>ER1110600B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110600B-ER111 Broca HSS Co5 para metal en blister (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668898201</t>
+  </si>
+  <si>
+    <t>ER211232ER1110650B</t>
+  </si>
+  <si>
+    <t>ER1110650B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110650B-ER111 Broca HSS Co5 para metal en blister (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668898218</t>
+  </si>
+  <si>
+    <t>ER211232ER1110680B</t>
+  </si>
+  <si>
+    <t>ER1110680B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110680B-ER111 Broca HSS Co5 para metal en blister (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668898225</t>
+  </si>
+  <si>
+    <t>ER211232ER1110700B</t>
+  </si>
+  <si>
+    <t>ER1110700B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110700B-ER111 Broca HSS Co5 para metal en blister (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668898515</t>
+  </si>
+  <si>
+    <t>ER211232ER1110750B</t>
+  </si>
+  <si>
+    <t>ER1110750B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110750B-ER111 Broca HSS Co5 para metal en blister (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668898522</t>
+  </si>
+  <si>
+    <t>ER211232ER1110800B</t>
+  </si>
+  <si>
+    <t>ER1110800B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110800B-ER111 Broca HSS Co5 para metal en blister (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668898539</t>
+  </si>
+  <si>
+    <t>ER211232ER1110850B</t>
+  </si>
+  <si>
+    <t>ER1110850B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110850B-ER111 Broca HSS Co5 para metal en blister (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668901840</t>
+  </si>
+  <si>
+    <t>ER211232ER1110900B</t>
+  </si>
+  <si>
+    <t>ER1110900B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110900B-ER111 Broca HSS Co5 para metal en blister (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668901857</t>
+  </si>
+  <si>
+    <t>ER211232ER1110950B</t>
+  </si>
+  <si>
+    <t>ER1110950B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1110950B-ER111 Broca HSS Co5 para metal en blister (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668901864</t>
+  </si>
+  <si>
+    <t>ER211232ER1111000B</t>
+  </si>
+  <si>
+    <t>ER1111000B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111000B-ER111 Broca HSS Co5 para metal en blister (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668902151</t>
+  </si>
+  <si>
+    <t>ER211232ER1111020B</t>
+  </si>
+  <si>
+    <t>ER1111020B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111020B-ER111 Broca HSS Co5 para metal en blister (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668902168</t>
+  </si>
+  <si>
+    <t>ER211232ER1111050B</t>
+  </si>
+  <si>
+    <t>ER1111050B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111050B-ER111 Broca HSS Co5 para metal en blister (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668902175</t>
+  </si>
+  <si>
+    <t>ER211232ER1111100B</t>
+  </si>
+  <si>
+    <t>ER1111100B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111100B-ER111 Broca HSS Co5 para metal en blister (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906661</t>
+  </si>
+  <si>
+    <t>ER211232ER1111150B</t>
+  </si>
+  <si>
+    <t>ER1111150B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111150B-ER111 Broca HSS Co5 para metal en blister (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906678</t>
+  </si>
+  <si>
+    <t>ER211232ER1111200B</t>
+  </si>
+  <si>
+    <t>ER1111200B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111200B-ER111 Broca HSS Co5 para metal en blister (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906685</t>
+  </si>
+  <si>
+    <t>ER211232ER1111250B</t>
+  </si>
+  <si>
+    <t>ER1111250B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111250B-ER111 Broca HSS Co5 para metal en blister (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906692</t>
+  </si>
+  <si>
+    <t>ER211232ER1111300B</t>
+  </si>
+  <si>
+    <t>ER1111300B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1111300B-ER111 Broca HSS Co5 para metal en blister (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906708</t>
+  </si>
+  <si>
+    <t>ER211253ER1010100B</t>
+  </si>
+  <si>
+    <t>ER1010100B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010100B-ER101 Broca HSS para metal en blister (Ø 1,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906715</t>
+  </si>
+  <si>
+    <t>ER211253ER1010150B</t>
+  </si>
+  <si>
+    <t>ER1010150B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010150B-ER101 Broca HSS para metal en blister (Ø 1,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906722</t>
+  </si>
+  <si>
+    <t>ER211253ER1010200B</t>
+  </si>
+  <si>
+    <t>ER1010200B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010200B-ER101 Broca HSS para metal en blister (Ø 2,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906739</t>
+  </si>
+  <si>
+    <t>ER211253ER1010250B</t>
+  </si>
+  <si>
+    <t>ER1010250B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010250B-ER101 Broca HSS para metal en blister (Ø 2,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906746</t>
+  </si>
+  <si>
+    <t>ER211253ER1010300B</t>
+  </si>
+  <si>
+    <t>ER1010300B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010300B-ER101 Broca HSS para metal en blister (Ø 3,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906753</t>
+  </si>
+  <si>
+    <t>ER211253ER1010330B</t>
+  </si>
+  <si>
+    <t>ER1010330B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010330B-ER101 Broca HSS para metal en blister (Ø 3,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668906760</t>
+  </si>
+  <si>
+    <t>ER211253ER1010350B</t>
+  </si>
+  <si>
+    <t>ER1010350B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010350B-ER101 Broca HSS para metal en blister (Ø 3,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906777</t>
+  </si>
+  <si>
+    <t>ER211253ER1010400B</t>
+  </si>
+  <si>
+    <t>ER1010400B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010400B-ER101 Broca HSS para metal en blister (Ø 4,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906784</t>
+  </si>
+  <si>
+    <t>ER211253ER1010420B</t>
+  </si>
+  <si>
+    <t>ER1010420B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010420B-ER101 Broca HSS para metal en blister (Ø 4,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668906791</t>
+  </si>
+  <si>
+    <t>ER211253ER1010450B</t>
+  </si>
+  <si>
+    <t>ER1010450B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010450B-ER101 Broca HSS para metal en blister (Ø 4,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906807</t>
+  </si>
+  <si>
+    <t>ER211253ER1010500B</t>
+  </si>
+  <si>
+    <t>ER1010500B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010500B-ER101 Broca HSS para metal en blister (Ø 5,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906814</t>
+  </si>
+  <si>
+    <t>ER211253ER1010550B</t>
+  </si>
+  <si>
+    <t>ER1010550B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010550B-ER101 Broca HSS para metal en blister (Ø 5,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906821</t>
+  </si>
+  <si>
+    <t>ER211253ER1010600B</t>
+  </si>
+  <si>
+    <t>ER1010600B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010600B-ER101 Broca HSS para metal en blister (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906838</t>
+  </si>
+  <si>
+    <t>ER211253ER1010650B</t>
+  </si>
+  <si>
+    <t>ER1010650B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010650B-ER101 Broca HSS para metal en blister (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906845</t>
+  </si>
+  <si>
+    <t>ER211253ER1010680B</t>
+  </si>
+  <si>
+    <t>ER1010680B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010680B-ER101 Broca HSS para metal en blister (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668906852</t>
+  </si>
+  <si>
+    <t>ER211253ER1010700B</t>
+  </si>
+  <si>
+    <t>ER1010700B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010700B-ER101 Broca HSS para metal en blister (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906869</t>
+  </si>
+  <si>
+    <t>ER211253ER1010750B</t>
+  </si>
+  <si>
+    <t>ER1010750B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010750B-ER101 Broca HSS para metal en blister (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906876</t>
+  </si>
+  <si>
+    <t>ER211253ER1010800B</t>
+  </si>
+  <si>
+    <t>ER1010800B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010800B-ER101 Broca HSS para metal en blister (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906883</t>
+  </si>
+  <si>
+    <t>ER211253ER1010850B</t>
+  </si>
+  <si>
+    <t>ER1010850B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010850B-ER101 Broca HSS para metal en blister (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906890</t>
+  </si>
+  <si>
+    <t>ER211253ER1010900B</t>
+  </si>
+  <si>
+    <t>ER1010900B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010900B-ER101 Broca HSS para metal en blister (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906906</t>
+  </si>
+  <si>
+    <t>ER211253ER1010950B</t>
+  </si>
+  <si>
+    <t>ER1010950B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1010950B-ER101 Broca HSS para metal en blister (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906913</t>
+  </si>
+  <si>
+    <t>ER211253ER1011000B</t>
+  </si>
+  <si>
+    <t>ER1011000B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011000B-ER101 Broca HSS para metal en blister (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906920</t>
+  </si>
+  <si>
+    <t>ER211253ER1011020B</t>
+  </si>
+  <si>
+    <t>ER1011020B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011020B-ER101 Broca HSS para metal en blister (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668906937</t>
+  </si>
+  <si>
+    <t>ER211253ER1011050B</t>
+  </si>
+  <si>
+    <t>ER1011050B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011050B-ER101 Broca HSS para metal en blister (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906944</t>
+  </si>
+  <si>
+    <t>ER211253ER1011100B</t>
+  </si>
+  <si>
+    <t>ER1011100B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011100B-ER101 Broca HSS para metal en blister (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906951</t>
+  </si>
+  <si>
+    <t>ER211253ER1011150B</t>
+  </si>
+  <si>
+    <t>ER1011150B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011150B-ER101 Broca HSS para metal en blister (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906968</t>
+  </si>
+  <si>
+    <t>ER211253ER1011200B</t>
+  </si>
+  <si>
+    <t>ER1011200B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011200B-ER101 Broca HSS para metal en blister (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906975</t>
+  </si>
+  <si>
+    <t>ER211253ER1011250B</t>
+  </si>
+  <si>
+    <t>ER1011250B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011250B-ER101 Broca HSS para metal en blister (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668906982</t>
+  </si>
+  <si>
+    <t>ER211253ER1011300B</t>
+  </si>
+  <si>
+    <t>ER1011300B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1011300B-ER101 Broca HSS para metal en blister (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668906999</t>
+  </si>
+  <si>
+    <t>ER211273ER1130100B</t>
+  </si>
+  <si>
+    <t>ER1130100B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130100B-ER113 Broca HSS Co5 para metal en blister (Ø 1,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907002</t>
+  </si>
+  <si>
+    <t>ER211273ER1130150B</t>
+  </si>
+  <si>
+    <t>ER1130150B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130150B-ER113 Broca HSS Co5 para metal en blister (Ø 1,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907019</t>
+  </si>
+  <si>
+    <t>ER211273ER1130200B</t>
+  </si>
+  <si>
+    <t>ER1130200B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130200B-ER113 Broca HSS Co5 para metal en blister (Ø 2,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907026</t>
+  </si>
+  <si>
+    <t>ER211273ER1130250B</t>
+  </si>
+  <si>
+    <t>ER1130250B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130250B-ER113 Broca HSS Co5 para metal en blister (Ø 2,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907033</t>
+  </si>
+  <si>
+    <t>ER211273ER1130300B</t>
+  </si>
+  <si>
+    <t>ER1130300B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130300B-ER113 Broca HSS Co5 para metal en blister (Ø 3,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907040</t>
+  </si>
+  <si>
+    <t>ER211273ER1130330B</t>
+  </si>
+  <si>
+    <t>ER1130330B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130330B-ER113 Broca HSS Co5 para metal en blister (Ø 3,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668907057</t>
+  </si>
+  <si>
+    <t>ER211273ER1130350B</t>
+  </si>
+  <si>
+    <t>ER1130350B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130350B-ER113 Broca HSS Co5 para metal en blister (Ø 3,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907064</t>
+  </si>
+  <si>
+    <t>ER211273ER1130400B</t>
+  </si>
+  <si>
+    <t>ER1130400B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130400B-ER113 Broca HSS Co5 para metal en blister (Ø 4,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907071</t>
+  </si>
+  <si>
+    <t>ER211273ER1130420B</t>
+  </si>
+  <si>
+    <t>ER1130420B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130420B-ER113 Broca HSS Co5 para metal en blister (Ø 4,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668907088</t>
+  </si>
+  <si>
+    <t>ER211273ER1130450B</t>
+  </si>
+  <si>
+    <t>ER1130450B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130450B-ER113 Broca HSS Co5 para metal en blister (Ø 4,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907095</t>
+  </si>
+  <si>
+    <t>ER211273ER1130500B</t>
+  </si>
+  <si>
+    <t>ER1130500B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130500B-ER113 Broca HSS Co5 para metal en blister (Ø 5,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907101</t>
+  </si>
+  <si>
+    <t>ER211273ER1130550B</t>
+  </si>
+  <si>
+    <t>ER1130550B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130550B-ER113 Broca HSS Co5 para metal en blister (Ø 5,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907118</t>
+  </si>
+  <si>
+    <t>ER211273ER1130600B</t>
+  </si>
+  <si>
+    <t>ER1130600B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130600B-ER113 Broca HSS Co5 para metal en blister (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907125</t>
+  </si>
+  <si>
+    <t>ER211273ER1130650B</t>
+  </si>
+  <si>
+    <t>ER1130650B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130650B-ER113 Broca HSS Co5 para metal en blister (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907132</t>
+  </si>
+  <si>
+    <t>ER211273ER1130680B</t>
+  </si>
+  <si>
+    <t>ER1130680B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130680B-ER113 Broca HSS Co5 para metal en blister (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668907149</t>
+  </si>
+  <si>
+    <t>ER211273ER1130700B</t>
+  </si>
+  <si>
+    <t>ER1130700B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130700B-ER113 Broca HSS Co5 para metal en blister (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907156</t>
+  </si>
+  <si>
+    <t>ER211273ER1130750B</t>
+  </si>
+  <si>
+    <t>ER1130750B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130750B-ER113 Broca HSS Co5 para metal en blister (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907163</t>
+  </si>
+  <si>
+    <t>ER211273ER1130800B</t>
+  </si>
+  <si>
+    <t>ER1130800B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130800B-ER113 Broca HSS Co5 para metal en blister (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907170</t>
+  </si>
+  <si>
+    <t>ER211273ER1130850B</t>
+  </si>
+  <si>
+    <t>ER1130850B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130850B-ER113 Broca HSS Co5 para metal en blister (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907187</t>
+  </si>
+  <si>
+    <t>ER211273ER1130900B</t>
+  </si>
+  <si>
+    <t>ER1130900B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130900B-ER113 Broca HSS Co5 para metal en blister (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907194</t>
+  </si>
+  <si>
+    <t>ER211273ER1130950B</t>
+  </si>
+  <si>
+    <t>ER1130950B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1130950B-ER113 Broca HSS Co5 para metal en blister (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907200</t>
+  </si>
+  <si>
+    <t>ER211273ER1131000B</t>
+  </si>
+  <si>
+    <t>ER1131000B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131000B-ER113 Broca HSS Co5 para metal en blister (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907217</t>
+  </si>
+  <si>
+    <t>ER211273ER1131020B</t>
+  </si>
+  <si>
+    <t>ER1131020B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131020B-ER113 Broca HSS Co5 para metal en blister (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668907224</t>
+  </si>
+  <si>
+    <t>ER211273ER1131050B</t>
+  </si>
+  <si>
+    <t>ER1131050B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131050B-ER113 Broca HSS Co5 para metal en blister (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907231</t>
+  </si>
+  <si>
+    <t>ER211273ER1131100B</t>
+  </si>
+  <si>
+    <t>ER1131100B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131100B-ER113 Broca HSS Co5 para metal en blister (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907248</t>
+  </si>
+  <si>
+    <t>ER211273ER1131150B</t>
+  </si>
+  <si>
+    <t>ER1131150B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131150B-ER113 Broca HSS Co5 para metal en blister (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907255</t>
+  </si>
+  <si>
+    <t>ER211273ER1131200B</t>
+  </si>
+  <si>
+    <t>ER1131200B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131200B-ER113 Broca HSS Co5 para metal en blister (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907262</t>
+  </si>
+  <si>
+    <t>ER211273ER1131250B</t>
+  </si>
+  <si>
+    <t>ER1131250B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131250B-ER113 Broca HSS Co5 para metal en blister (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907279</t>
+  </si>
+  <si>
+    <t>ER211273ER1131300B</t>
+  </si>
+  <si>
+    <t>ER1131300B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1131300B-ER113 Broca HSS Co5 para metal en blister (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907286</t>
+  </si>
+  <si>
+    <t>ER211294ER1140600B</t>
+  </si>
+  <si>
+    <t>ER1140600B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140600B-ER114 Broca HSS Co5 para metal en blister (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907415</t>
+  </si>
+  <si>
+    <t>ER211294ER1140650B</t>
+  </si>
+  <si>
+    <t>ER1140650B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140650B-ER114 Broca HSS Co5 para metal en blister (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907422</t>
+  </si>
+  <si>
+    <t>ER211294ER1140680B</t>
+  </si>
+  <si>
+    <t>ER1140680B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140680B-ER114 Broca HSS Co5 para metal en blister (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668907439</t>
+  </si>
+  <si>
+    <t>ER211294ER1140700B</t>
+  </si>
+  <si>
+    <t>ER1140700B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140700B-ER114 Broca HSS Co5 para metal en blister (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907446</t>
+  </si>
+  <si>
+    <t>ER211294ER1140750B</t>
+  </si>
+  <si>
+    <t>ER1140750B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140750B-ER114 Broca HSS Co5 para metal en blister (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907453</t>
+  </si>
+  <si>
+    <t>ER211294ER1140800B</t>
+  </si>
+  <si>
+    <t>ER1140800B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140800B-ER114 Broca HSS Co5 para metal en blister (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907460</t>
+  </si>
+  <si>
+    <t>ER211294ER1140850B</t>
+  </si>
+  <si>
+    <t>ER1140850B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140850B-ER114 Broca HSS Co5 para metal en blister (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907477</t>
+  </si>
+  <si>
+    <t>ER211294ER1140900B</t>
+  </si>
+  <si>
+    <t>ER1140900B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140900B-ER114 Broca HSS Co5 para metal en blister (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907484</t>
+  </si>
+  <si>
+    <t>ER211294ER1140950B</t>
+  </si>
+  <si>
+    <t>ER1140950B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1140950B-ER114 Broca HSS Co5 para metal en blister (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907491</t>
+  </si>
+  <si>
+    <t>ER211294ER1141000B</t>
+  </si>
+  <si>
+    <t>ER1141000B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141000B-ER114 Broca HSS Co5 para metal en blister (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907507</t>
+  </si>
+  <si>
+    <t>ER211294ER1141020B</t>
+  </si>
+  <si>
+    <t>ER1141020B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141020B-ER114 Broca HSS Co5 para metal en blister (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668907514</t>
+  </si>
+  <si>
+    <t>ER211294ER1141050B</t>
+  </si>
+  <si>
+    <t>ER1141050B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141050B-ER114 Broca HSS Co5 para metal en blister (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907521</t>
+  </si>
+  <si>
+    <t>ER211294ER1141100B</t>
+  </si>
+  <si>
+    <t>ER1141100B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141100B-ER114 Broca HSS Co5 para metal en blister (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907538</t>
+  </si>
+  <si>
+    <t>ER211294ER1141150B</t>
+  </si>
+  <si>
+    <t>ER1141150B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141150B-ER114 Broca HSS Co5 para metal en blister (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907545</t>
+  </si>
+  <si>
+    <t>ER211294ER1141200B</t>
+  </si>
+  <si>
+    <t>ER1141200B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141200B-ER114 Broca HSS Co5 para metal en blister (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907552</t>
+  </si>
+  <si>
+    <t>ER211294ER1141250B</t>
+  </si>
+  <si>
+    <t>ER1141250B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141250B-ER114 Broca HSS Co5 para metal en blister (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907569</t>
+  </si>
+  <si>
+    <t>ER211294ER1141300B</t>
+  </si>
+  <si>
+    <t>ER1141300B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1141300B-ER114 Broca HSS Co5 para metal en blister (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907576</t>
+  </si>
+  <si>
+    <t>ER211314ER1050250B</t>
+  </si>
+  <si>
+    <t>ER1050250B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050250B-ER105 Broca HSS para metal punta escalonada en blister (Ø 2,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907583</t>
+  </si>
+  <si>
+    <t>ER211314ER1050300B</t>
+  </si>
+  <si>
+    <t>ER1050300B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050300B-ER105 Broca HSS para metal punta escalonada en blister (Ø 3,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907590</t>
+  </si>
+  <si>
+    <t>ER211314ER1050330B</t>
+  </si>
+  <si>
+    <t>ER1050330B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050330B-ER105 Broca HSS para metal punta escalonada en blister (Ø 3,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668907606</t>
+  </si>
+  <si>
+    <t>ER211314ER1050350B</t>
+  </si>
+  <si>
+    <t>ER1050350B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050350B-ER105 Broca HSS para metal punta escalonada en blister (Ø 3,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907613</t>
+  </si>
+  <si>
+    <t>ER211314ER1050400B</t>
+  </si>
+  <si>
+    <t>ER1050400B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050400B-ER105 Broca HSS para metal punta escalonada en blister (Ø 4,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907620</t>
+  </si>
+  <si>
+    <t>ER211314ER1050420B</t>
+  </si>
+  <si>
+    <t>ER1050420B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050420B-ER105 Broca HSS para metal punta escalonada en blister (Ø 4,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668907637</t>
+  </si>
+  <si>
+    <t>ER211314ER1050450B</t>
+  </si>
+  <si>
+    <t>ER1050450B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050450B-ER105 Broca HSS para metal punta escalonada en blister (Ø 4,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907644</t>
+  </si>
+  <si>
+    <t>ER211314ER1050500B</t>
+  </si>
+  <si>
+    <t>ER1050500B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050500B-ER105 Broca HSS para metal punta escalonada en blister (Ø 5,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907651</t>
+  </si>
+  <si>
+    <t>ER211314ER1050550B</t>
+  </si>
+  <si>
+    <t>ER1050550B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050550B-ER105 Broca HSS para metal punta escalonada en blister (Ø 5,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907668</t>
+  </si>
+  <si>
+    <t>ER211314ER1050600B</t>
+  </si>
+  <si>
+    <t>ER1050600B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050600B-ER105 Broca HSS para metal punta escalonada en blister (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907675</t>
+  </si>
+  <si>
+    <t>ER211314ER1050650B</t>
+  </si>
+  <si>
+    <t>ER1050650B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050650B-ER105 Broca HSS para metal punta escalonada en blister (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907682</t>
+  </si>
+  <si>
+    <t>ER211314ER1050680B</t>
+  </si>
+  <si>
+    <t>ER1050680B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050680B-ER105 Broca HSS para metal punta escalonada en blister (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668907699</t>
+  </si>
+  <si>
+    <t>ER211314ER1050700B</t>
+  </si>
+  <si>
+    <t>ER1050700B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050700B-ER105 Broca HSS para metal punta escalonada en blister (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907705</t>
+  </si>
+  <si>
+    <t>ER211314ER1050750B</t>
+  </si>
+  <si>
+    <t>ER1050750B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050750B-ER105 Broca HSS para metal punta escalonada en blister (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907712</t>
+  </si>
+  <si>
+    <t>ER211314ER1050800B</t>
+  </si>
+  <si>
+    <t>ER1050800B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050800B-ER105 Broca HSS para metal punta escalonada en blister (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907729</t>
+  </si>
+  <si>
+    <t>ER211314ER1050850B</t>
+  </si>
+  <si>
+    <t>ER1050850B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050850B-ER105 Broca HSS para metal punta escalonada en blister (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907736</t>
+  </si>
+  <si>
+    <t>ER211314ER1050900B</t>
+  </si>
+  <si>
+    <t>ER1050900B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050900B-ER105 Broca HSS para metal punta escalonada en blister (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907743</t>
+  </si>
+  <si>
+    <t>ER211314ER1050950B</t>
+  </si>
+  <si>
+    <t>ER1050950B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1050950B-ER105 Broca HSS para metal punta escalonada en blister (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907750</t>
+  </si>
+  <si>
+    <t>ER211314ER1051000B</t>
+  </si>
+  <si>
+    <t>ER1051000B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051000B-ER105 Broca HSS para metal punta escalonada en blister (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907767</t>
+  </si>
+  <si>
+    <t>ER211314ER1051020B</t>
+  </si>
+  <si>
+    <t>ER1051020B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051020B-ER105 Broca HSS para metal punta escalonada en blister (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668907774</t>
+  </si>
+  <si>
+    <t>ER211314ER1051050B</t>
+  </si>
+  <si>
+    <t>ER1051050B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051050B-ER105 Broca HSS para metal punta escalonada en blister (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907781</t>
+  </si>
+  <si>
+    <t>ER211314ER1051100B</t>
+  </si>
+  <si>
+    <t>ER1051100B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051100B-ER105 Broca HSS para metal punta escalonada en blister (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907798</t>
+  </si>
+  <si>
+    <t>ER211314ER1051150B</t>
+  </si>
+  <si>
+    <t>ER1051150B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051150B-ER105 Broca HSS para metal punta escalonada en blister (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907804</t>
+  </si>
+  <si>
+    <t>ER211314ER1051200B</t>
+  </si>
+  <si>
+    <t>ER1051200B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051200B-ER105 Broca HSS para metal punta escalonada en blister (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907811</t>
+  </si>
+  <si>
+    <t>ER211314ER1051250B</t>
+  </si>
+  <si>
+    <t>ER1051250B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051250B-ER105 Broca HSS para metal punta escalonada en blister (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907828</t>
+  </si>
+  <si>
+    <t>ER211314ER1051300B</t>
+  </si>
+  <si>
+    <t>ER1051300B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1051300B-ER105 Broca HSS para metal punta escalonada en blister (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907835</t>
+  </si>
+  <si>
+    <t>ER211334ER1150250B</t>
+  </si>
+  <si>
+    <t>ER1150250B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150250B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 2,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907842</t>
+  </si>
+  <si>
+    <t>ER211334ER1150300B</t>
+  </si>
+  <si>
+    <t>ER1150300B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150300B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 3,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907859</t>
+  </si>
+  <si>
+    <t>ER211334ER1150330B</t>
+  </si>
+  <si>
+    <t>ER1150330B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150330B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 3,30 mm)</t>
+  </si>
+  <si>
+    <t>8422668907866</t>
+  </si>
+  <si>
+    <t>ER211334ER1150350B</t>
+  </si>
+  <si>
+    <t>ER1150350B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150350B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 3,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907873</t>
+  </si>
+  <si>
+    <t>ER211334ER1150400B</t>
+  </si>
+  <si>
+    <t>ER1150400B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150400B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 4,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907880</t>
+  </si>
+  <si>
+    <t>ER211334ER1150420B</t>
+  </si>
+  <si>
+    <t>ER1150420B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150420B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 4,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668907897</t>
+  </si>
+  <si>
+    <t>ER211334ER1150450B</t>
+  </si>
+  <si>
+    <t>ER1150450B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150450B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 4,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907903</t>
+  </si>
+  <si>
+    <t>ER211334ER1150500B</t>
+  </si>
+  <si>
+    <t>ER1150500B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150500B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 5,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907910</t>
+  </si>
+  <si>
+    <t>ER211334ER1150550B</t>
+  </si>
+  <si>
+    <t>ER1150550B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150550B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 5,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907927</t>
+  </si>
+  <si>
+    <t>ER211334ER1150600B</t>
+  </si>
+  <si>
+    <t>ER1150600B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150600B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 6,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907934</t>
+  </si>
+  <si>
+    <t>ER211334ER1150650B</t>
+  </si>
+  <si>
+    <t>ER1150650B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150650B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 6,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907941</t>
+  </si>
+  <si>
+    <t>ER211334ER1150680B</t>
+  </si>
+  <si>
+    <t>ER1150680B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150680B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 6,80 mm)</t>
+  </si>
+  <si>
+    <t>8422668907958</t>
+  </si>
+  <si>
+    <t>ER211334ER1150700B</t>
+  </si>
+  <si>
+    <t>ER1150700B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150700B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 7,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907965</t>
+  </si>
+  <si>
+    <t>ER211334ER1150750B</t>
+  </si>
+  <si>
+    <t>ER1150750B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150750B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 7,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907972</t>
+  </si>
+  <si>
+    <t>ER211334ER1150800B</t>
+  </si>
+  <si>
+    <t>ER1150800B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150800B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 8,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668907989</t>
+  </si>
+  <si>
+    <t>ER211334ER1150850B</t>
+  </si>
+  <si>
+    <t>ER1150850B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150850B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 8,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668907996</t>
+  </si>
+  <si>
+    <t>ER211334ER1150900B</t>
+  </si>
+  <si>
+    <t>ER1150900B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150900B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 9,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668908009</t>
+  </si>
+  <si>
+    <t>ER211334ER1150950B</t>
+  </si>
+  <si>
+    <t>ER1150950B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1150950B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 9,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668908016</t>
+  </si>
+  <si>
+    <t>ER211334ER1151000B</t>
+  </si>
+  <si>
+    <t>ER1151000B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151000B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 10,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668908023</t>
+  </si>
+  <si>
+    <t>ER211334ER1151020B</t>
+  </si>
+  <si>
+    <t>ER1151020B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151020B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 10,20 mm)</t>
+  </si>
+  <si>
+    <t>8422668908030</t>
+  </si>
+  <si>
+    <t>ER211334ER1151050B</t>
+  </si>
+  <si>
+    <t>ER1151050B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151050B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 10,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668908047</t>
+  </si>
+  <si>
+    <t>ER211334ER1151100B</t>
+  </si>
+  <si>
+    <t>ER1151100B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151100B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 11,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668908054</t>
+  </si>
+  <si>
+    <t>ER211334ER1151150B</t>
+  </si>
+  <si>
+    <t>ER1151150B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151150B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 11,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668908061</t>
+  </si>
+  <si>
+    <t>ER211334ER1151200B</t>
+  </si>
+  <si>
+    <t>ER1151200B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151200B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 12,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668908078</t>
+  </si>
+  <si>
+    <t>ER211334ER1151250B</t>
+  </si>
+  <si>
+    <t>ER1151250B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151250B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 12,50 mm)</t>
+  </si>
+  <si>
+    <t>8422668908085</t>
+  </si>
+  <si>
+    <t>ER211334ER1151300B</t>
+  </si>
+  <si>
+    <t>ER1151300B</t>
+  </si>
+  <si>
+    <t>Erizo-ER1151300B-ER115 Broca HSS Co5 para metal punta escalonada en blister (Ø 13,00 mm)</t>
+  </si>
+  <si>
+    <t>8422668908092</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Left"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M299"/>
+  <dimension ref="A1:M892"/>
   <cols>
     <col min="1" max="1" width="21"/>
-    <col min="2" max="2" width="11"/>
+    <col min="2" max="2" width="12"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="7"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="6"/>
     <col min="11" max="11" width="19"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4625,8676 +11726,22315 @@
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
-      <c r="D2">
-[...1 lines deleted...]
-      </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="D3">
-[...7 lines deleted...]
-      </c>
       <c r="I3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J3" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I4">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I5">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>7.8</v>
+        <v>31</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="I6">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>10.45</v>
+        <v>35</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I7">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J7" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>12.76</v>
+        <v>39</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="I8">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J8" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>3.84</v>
+        <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="I9">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J9" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>4.51</v>
+        <v>47</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="I10">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J10" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="C11" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>5.93</v>
+        <v>51</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="I11">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J11" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="B12" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>8.25</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="I12">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J12" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>11.09</v>
+        <v>59</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="I13">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J13" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="B14" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="C14" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>13.53</v>
+        <v>63</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="I14">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J14" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="B15" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="C15" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>4.13</v>
+        <v>67</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
       <c r="I15">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J15" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>83</v>
+        <v>69</v>
       </c>
       <c r="B16" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>4.84</v>
+        <v>71</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="I16">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J16" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>6.33</v>
+        <v>75</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="I17">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J17" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>8.8</v>
+        <v>79</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="I18">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J18" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>11.85</v>
+        <v>83</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
-        <v>101</v>
+        <v>84</v>
       </c>
       <c r="I19">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J19" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>104</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>14.47</v>
+        <v>87</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
-        <v>106</v>
+        <v>88</v>
       </c>
       <c r="I20">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J20" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>109</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>3.65</v>
+        <v>91</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="I21">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J21" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="B22" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="C22" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>4.25</v>
+        <v>95</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="I22">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J22" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="B23" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="C23" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>5.64</v>
+        <v>99</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="I23">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J23" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="B24" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="C24" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>7.8</v>
+        <v>103</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="I24">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J24" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="B25" t="s">
-        <v>129</v>
+        <v>106</v>
       </c>
       <c r="C25" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>10.45</v>
+        <v>107</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="I25">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J25" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="B26" t="s">
-        <v>134</v>
+        <v>110</v>
       </c>
       <c r="C26" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>12.76</v>
+        <v>111</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
-        <v>136</v>
+        <v>72</v>
       </c>
       <c r="I26">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J26" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>138</v>
+        <v>112</v>
       </c>
       <c r="B27" t="s">
-        <v>139</v>
+        <v>113</v>
       </c>
       <c r="C27" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>3.84</v>
+        <v>114</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
-        <v>141</v>
+        <v>76</v>
       </c>
       <c r="I27">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J27" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="B28" t="s">
-        <v>144</v>
+        <v>116</v>
       </c>
       <c r="C28" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>4.51</v>
+        <v>117</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>146</v>
+        <v>118</v>
       </c>
       <c r="I28">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J28" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>148</v>
+        <v>119</v>
       </c>
       <c r="B29" t="s">
-        <v>149</v>
+        <v>120</v>
       </c>
       <c r="C29" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>5.93</v>
+        <v>121</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
-        <v>151</v>
+        <v>80</v>
       </c>
       <c r="I29">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J29" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>153</v>
+        <v>122</v>
       </c>
       <c r="B30" t="s">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="C30" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>8.25</v>
+        <v>124</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
-        <v>156</v>
+        <v>125</v>
       </c>
       <c r="I30">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J30" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>158</v>
+        <v>126</v>
       </c>
       <c r="B31" t="s">
-        <v>159</v>
+        <v>127</v>
       </c>
       <c r="C31" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>11.09</v>
+        <v>128</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
-        <v>161</v>
+        <v>84</v>
       </c>
       <c r="I31">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J31" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>163</v>
+        <v>129</v>
       </c>
       <c r="B32" t="s">
-        <v>164</v>
+        <v>130</v>
       </c>
       <c r="C32" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>13.53</v>
+        <v>131</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
-        <v>166</v>
+        <v>88</v>
       </c>
       <c r="I32">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J32" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>168</v>
+        <v>132</v>
       </c>
       <c r="B33" t="s">
-        <v>169</v>
+        <v>133</v>
       </c>
       <c r="C33" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>4.13</v>
+        <v>134</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>171</v>
+        <v>135</v>
       </c>
       <c r="I33">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J33" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>173</v>
+        <v>136</v>
       </c>
       <c r="B34" t="s">
-        <v>174</v>
+        <v>137</v>
       </c>
       <c r="C34" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>4.84</v>
+        <v>138</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
-        <v>176</v>
+        <v>139</v>
       </c>
       <c r="I34">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J34" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>178</v>
+        <v>140</v>
       </c>
       <c r="B35" t="s">
-        <v>179</v>
+        <v>141</v>
       </c>
       <c r="C35" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>6.33</v>
+        <v>142</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>181</v>
+        <v>143</v>
       </c>
       <c r="I35">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J35" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>183</v>
+        <v>144</v>
       </c>
       <c r="B36" t="s">
-        <v>184</v>
+        <v>145</v>
       </c>
       <c r="C36" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>8.8</v>
+        <v>146</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
-        <v>186</v>
+        <v>147</v>
       </c>
       <c r="I36">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J36" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>188</v>
+        <v>148</v>
       </c>
       <c r="B37" t="s">
-        <v>189</v>
+        <v>149</v>
       </c>
       <c r="C37" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>11.85</v>
+        <v>150</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
-        <v>191</v>
+        <v>151</v>
       </c>
       <c r="I37">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J37" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>193</v>
+        <v>152</v>
       </c>
       <c r="B38" t="s">
-        <v>194</v>
+        <v>153</v>
       </c>
       <c r="C38" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>15.84</v>
+        <v>154</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>196</v>
+        <v>155</v>
       </c>
       <c r="I38">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J38" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>198</v>
+        <v>156</v>
       </c>
       <c r="B39" t="s">
-        <v>199</v>
+        <v>157</v>
       </c>
       <c r="C39" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>4.2</v>
+        <v>158</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>201</v>
+        <v>159</v>
       </c>
       <c r="I39">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J39" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>203</v>
+        <v>160</v>
       </c>
       <c r="B40" t="s">
-        <v>204</v>
+        <v>161</v>
       </c>
       <c r="C40" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>4.96</v>
+        <v>162</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
-        <v>206</v>
+        <v>163</v>
       </c>
       <c r="I40">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J40" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>208</v>
+        <v>164</v>
       </c>
       <c r="B41" t="s">
-        <v>209</v>
+        <v>165</v>
       </c>
       <c r="C41" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>6.31</v>
+        <v>166</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
-        <v>211</v>
+        <v>167</v>
       </c>
       <c r="I41">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J41" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>213</v>
+        <v>168</v>
       </c>
       <c r="B42" t="s">
-        <v>214</v>
+        <v>169</v>
       </c>
       <c r="C42" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>9.18</v>
+        <v>170</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
-        <v>216</v>
+        <v>171</v>
       </c>
       <c r="I42">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J42" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>218</v>
+        <v>172</v>
       </c>
       <c r="B43" t="s">
-        <v>219</v>
+        <v>173</v>
       </c>
       <c r="C43" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>13.5</v>
+        <v>174</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>221</v>
+        <v>175</v>
       </c>
       <c r="I43">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J43" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>223</v>
+        <v>176</v>
       </c>
       <c r="B44" t="s">
-        <v>224</v>
+        <v>177</v>
       </c>
       <c r="C44" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>18.5</v>
+        <v>178</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>226</v>
+        <v>179</v>
       </c>
       <c r="I44">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J44" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>228</v>
+        <v>180</v>
       </c>
       <c r="B45" t="s">
-        <v>229</v>
+        <v>181</v>
       </c>
       <c r="C45" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>4.35</v>
+        <v>182</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>231</v>
+        <v>183</v>
       </c>
       <c r="I45">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J45" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>233</v>
+        <v>184</v>
       </c>
       <c r="B46" t="s">
-        <v>234</v>
+        <v>185</v>
       </c>
       <c r="C46" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>5.22</v>
+        <v>186</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="I46">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J46" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>238</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
-        <v>239</v>
+        <v>189</v>
       </c>
       <c r="C47" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>6.69</v>
+        <v>190</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
-        <v>241</v>
+        <v>191</v>
       </c>
       <c r="I47">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J47" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>243</v>
+        <v>192</v>
       </c>
       <c r="B48" t="s">
-        <v>244</v>
+        <v>193</v>
       </c>
       <c r="C48" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>9.69</v>
+        <v>194</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
-        <v>246</v>
+        <v>195</v>
       </c>
       <c r="I48">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J48" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>248</v>
+        <v>196</v>
       </c>
       <c r="B49" t="s">
-        <v>249</v>
+        <v>197</v>
       </c>
       <c r="C49" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>14.3</v>
+        <v>198</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>251</v>
+        <v>199</v>
       </c>
       <c r="I49">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J49" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="B50" t="s">
-        <v>254</v>
+        <v>201</v>
       </c>
       <c r="C50" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>18.56</v>
+        <v>202</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>256</v>
+        <v>203</v>
       </c>
       <c r="I50">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J50" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>258</v>
+        <v>204</v>
       </c>
       <c r="B51" t="s">
-        <v>259</v>
+        <v>205</v>
       </c>
       <c r="C51" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>4.6</v>
+        <v>206</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>261</v>
+        <v>207</v>
       </c>
       <c r="I51">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J51" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>263</v>
+        <v>208</v>
       </c>
       <c r="B52" t="s">
-        <v>264</v>
+        <v>209</v>
       </c>
       <c r="C52" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>5.64</v>
+        <v>210</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>266</v>
+        <v>211</v>
       </c>
       <c r="I52">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J52" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>268</v>
+        <v>212</v>
       </c>
       <c r="B53" t="s">
-        <v>269</v>
+        <v>213</v>
       </c>
       <c r="C53" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>7.11</v>
+        <v>214</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>271</v>
+        <v>215</v>
       </c>
       <c r="I53">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J53" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>273</v>
+        <v>216</v>
       </c>
       <c r="B54" t="s">
-        <v>274</v>
+        <v>217</v>
       </c>
       <c r="C54" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-        <v>10.36</v>
+        <v>218</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>276</v>
+        <v>219</v>
       </c>
       <c r="I54">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J54" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>278</v>
+        <v>220</v>
       </c>
       <c r="B55" t="s">
-        <v>279</v>
+        <v>221</v>
       </c>
       <c r="C55" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>15.1</v>
+        <v>222</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>281</v>
+        <v>223</v>
       </c>
       <c r="I55">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J55" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>283</v>
+        <v>224</v>
       </c>
       <c r="B56" t="s">
-        <v>284</v>
+        <v>225</v>
       </c>
       <c r="C56" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>19.38</v>
+        <v>226</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>286</v>
+        <v>227</v>
       </c>
       <c r="I56">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J56" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>288</v>
+        <v>228</v>
       </c>
       <c r="B57" t="s">
-        <v>289</v>
+        <v>229</v>
       </c>
       <c r="C57" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>5.64</v>
+        <v>230</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>291</v>
+        <v>231</v>
       </c>
       <c r="I57">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J57" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>293</v>
+        <v>232</v>
       </c>
       <c r="B58" t="s">
-        <v>294</v>
+        <v>233</v>
       </c>
       <c r="C58" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>6.33</v>
+        <v>234</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>296</v>
+        <v>235</v>
       </c>
       <c r="I58">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J58" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>298</v>
+        <v>236</v>
       </c>
       <c r="B59" t="s">
-        <v>299</v>
+        <v>237</v>
       </c>
       <c r="C59" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>7.4</v>
+        <v>238</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>301</v>
+        <v>239</v>
       </c>
       <c r="I59">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J59" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>303</v>
+        <v>240</v>
       </c>
       <c r="B60" t="s">
-        <v>304</v>
+        <v>241</v>
       </c>
       <c r="C60" t="s">
-        <v>305</v>
+        <v>242</v>
       </c>
       <c r="D60">
-        <v>10.47</v>
+        <v>3.45</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>306</v>
+        <v>243</v>
       </c>
       <c r="I60">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J60" t="s">
         <v>16</v>
       </c>
       <c r="K60" t="s">
-        <v>307</v>
+        <v>244</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>308</v>
+        <v>245</v>
       </c>
       <c r="B61" t="s">
-        <v>309</v>
+        <v>246</v>
       </c>
       <c r="C61" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>14.2</v>
+        <v>247</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>311</v>
+        <v>248</v>
       </c>
       <c r="I61">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J61" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>313</v>
+        <v>249</v>
       </c>
       <c r="B62" t="s">
-        <v>314</v>
+        <v>250</v>
       </c>
       <c r="C62" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>18.5</v>
+        <v>251</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>316</v>
+        <v>252</v>
       </c>
       <c r="I62">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J62" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>318</v>
+        <v>253</v>
       </c>
       <c r="B63" t="s">
-        <v>319</v>
+        <v>254</v>
       </c>
       <c r="C63" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-        <v>6.02</v>
+        <v>255</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>321</v>
+        <v>256</v>
       </c>
       <c r="I63">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J63" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>323</v>
+        <v>257</v>
       </c>
       <c r="B64" t="s">
-        <v>324</v>
+        <v>258</v>
       </c>
       <c r="C64" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>6.6</v>
+        <v>259</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>326</v>
+        <v>260</v>
       </c>
       <c r="I64">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J64" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>328</v>
+        <v>261</v>
       </c>
       <c r="B65" t="s">
-        <v>329</v>
+        <v>262</v>
       </c>
       <c r="C65" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>8.2</v>
+        <v>263</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>331</v>
+        <v>264</v>
       </c>
       <c r="I65">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J65" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>333</v>
+        <v>265</v>
       </c>
       <c r="B66" t="s">
-        <v>334</v>
+        <v>266</v>
       </c>
       <c r="C66" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>11.5</v>
+        <v>267</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
-        <v>336</v>
+        <v>268</v>
       </c>
       <c r="I66">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J66" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>338</v>
+        <v>269</v>
       </c>
       <c r="B67" t="s">
-        <v>339</v>
+        <v>270</v>
       </c>
       <c r="C67" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>14.9</v>
+        <v>271</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>341</v>
+        <v>272</v>
       </c>
       <c r="I67">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J67" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>343</v>
+        <v>273</v>
       </c>
       <c r="B68" t="s">
-        <v>344</v>
+        <v>274</v>
       </c>
       <c r="C68" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>19.6</v>
+        <v>275</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>346</v>
+        <v>276</v>
       </c>
       <c r="I68">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J68" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>348</v>
+        <v>277</v>
       </c>
       <c r="B69" t="s">
-        <v>349</v>
+        <v>278</v>
       </c>
       <c r="C69" t="s">
-        <v>350</v>
+        <v>279</v>
       </c>
       <c r="D69">
-        <v>6.33</v>
+        <v>3.65</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>351</v>
+        <v>280</v>
       </c>
       <c r="I69">
         <v>12</v>
       </c>
       <c r="J69" t="s">
         <v>16</v>
       </c>
       <c r="K69" t="s">
-        <v>352</v>
+        <v>281</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>353</v>
+        <v>282</v>
       </c>
       <c r="B70" t="s">
-        <v>354</v>
+        <v>283</v>
       </c>
       <c r="C70" t="s">
-        <v>355</v>
+        <v>284</v>
       </c>
       <c r="D70">
-        <v>7.05</v>
+        <v>4.25</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="H70" t="s">
-        <v>356</v>
+        <v>285</v>
       </c>
       <c r="I70">
         <v>12</v>
       </c>
       <c r="J70" t="s">
         <v>16</v>
       </c>
       <c r="K70" t="s">
-        <v>357</v>
+        <v>286</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>358</v>
+        <v>287</v>
       </c>
       <c r="B71" t="s">
-        <v>359</v>
+        <v>288</v>
       </c>
       <c r="C71" t="s">
-        <v>360</v>
+        <v>289</v>
       </c>
       <c r="D71">
-        <v>8.9</v>
+        <v>5.64</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>361</v>
+        <v>290</v>
       </c>
       <c r="I71">
         <v>12</v>
       </c>
       <c r="J71" t="s">
         <v>16</v>
       </c>
       <c r="K71" t="s">
-        <v>362</v>
+        <v>291</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>363</v>
+        <v>292</v>
       </c>
       <c r="B72" t="s">
-        <v>364</v>
+        <v>293</v>
       </c>
       <c r="C72" t="s">
-        <v>365</v>
+        <v>294</v>
       </c>
       <c r="D72">
-        <v>11.78</v>
+        <v>7.8</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
-        <v>366</v>
+        <v>295</v>
       </c>
       <c r="I72">
         <v>12</v>
       </c>
       <c r="J72" t="s">
         <v>16</v>
       </c>
       <c r="K72" t="s">
-        <v>367</v>
+        <v>296</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>368</v>
+        <v>297</v>
       </c>
       <c r="B73" t="s">
-        <v>369</v>
+        <v>298</v>
       </c>
       <c r="C73" t="s">
-        <v>370</v>
+        <v>299</v>
       </c>
       <c r="D73">
-        <v>15.9</v>
+        <v>10.45</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>371</v>
+        <v>300</v>
       </c>
       <c r="I73">
         <v>6</v>
       </c>
       <c r="J73" t="s">
         <v>16</v>
       </c>
       <c r="K73" t="s">
-        <v>372</v>
+        <v>301</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>373</v>
+        <v>302</v>
       </c>
       <c r="B74" t="s">
-        <v>374</v>
+        <v>303</v>
       </c>
       <c r="C74" t="s">
-        <v>375</v>
+        <v>304</v>
       </c>
       <c r="D74">
-        <v>20.3</v>
+        <v>12.76</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>376</v>
+        <v>305</v>
       </c>
       <c r="I74">
         <v>6</v>
       </c>
       <c r="J74" t="s">
         <v>16</v>
       </c>
       <c r="K74" t="s">
-        <v>377</v>
+        <v>306</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>378</v>
+        <v>307</v>
       </c>
       <c r="B75" t="s">
-        <v>379</v>
+        <v>308</v>
       </c>
       <c r="C75" t="s">
-        <v>380</v>
+        <v>309</v>
       </c>
       <c r="D75">
-        <v>4.22</v>
+        <v>3.84</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
-        <v>381</v>
+        <v>310</v>
       </c>
       <c r="I75">
         <v>12</v>
       </c>
       <c r="J75" t="s">
         <v>16</v>
       </c>
       <c r="K75" t="s">
-        <v>382</v>
+        <v>311</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>383</v>
+        <v>312</v>
       </c>
       <c r="B76" t="s">
-        <v>384</v>
+        <v>313</v>
       </c>
       <c r="C76" t="s">
-        <v>385</v>
+        <v>314</v>
       </c>
       <c r="D76">
-        <v>4.93</v>
+        <v>4.51</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>386</v>
+        <v>315</v>
       </c>
       <c r="I76">
         <v>12</v>
       </c>
       <c r="J76" t="s">
         <v>16</v>
       </c>
       <c r="K76" t="s">
-        <v>387</v>
+        <v>316</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>388</v>
+        <v>317</v>
       </c>
       <c r="B77" t="s">
-        <v>389</v>
+        <v>318</v>
       </c>
       <c r="C77" t="s">
-        <v>390</v>
+        <v>319</v>
       </c>
       <c r="D77">
-        <v>5.75</v>
+        <v>5.93</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>391</v>
+        <v>320</v>
       </c>
       <c r="I77">
         <v>12</v>
       </c>
       <c r="J77" t="s">
         <v>16</v>
       </c>
       <c r="K77" t="s">
-        <v>392</v>
+        <v>321</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>393</v>
+        <v>322</v>
       </c>
       <c r="B78" t="s">
-        <v>394</v>
+        <v>323</v>
       </c>
       <c r="C78" t="s">
-        <v>395</v>
+        <v>324</v>
       </c>
       <c r="D78">
-        <v>7.69</v>
+        <v>8.25</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>396</v>
+        <v>325</v>
       </c>
       <c r="I78">
         <v>12</v>
       </c>
       <c r="J78" t="s">
         <v>16</v>
       </c>
       <c r="K78" t="s">
-        <v>397</v>
+        <v>326</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>398</v>
+        <v>327</v>
       </c>
       <c r="B79" t="s">
-        <v>399</v>
+        <v>328</v>
       </c>
       <c r="C79" t="s">
-        <v>400</v>
+        <v>329</v>
       </c>
       <c r="D79">
-        <v>10.36</v>
+        <v>11.09</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>401</v>
+        <v>330</v>
       </c>
       <c r="I79">
         <v>6</v>
       </c>
       <c r="J79" t="s">
         <v>16</v>
       </c>
       <c r="K79" t="s">
-        <v>402</v>
+        <v>331</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>403</v>
+        <v>332</v>
       </c>
       <c r="B80" t="s">
-        <v>404</v>
+        <v>333</v>
       </c>
       <c r="C80" t="s">
-        <v>405</v>
+        <v>334</v>
       </c>
       <c r="D80">
-        <v>14.1</v>
+        <v>13.53</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>406</v>
+        <v>335</v>
       </c>
       <c r="I80">
         <v>6</v>
       </c>
       <c r="J80" t="s">
         <v>16</v>
       </c>
       <c r="K80" t="s">
-        <v>407</v>
+        <v>336</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>408</v>
+        <v>337</v>
       </c>
       <c r="B81" t="s">
-        <v>409</v>
+        <v>338</v>
       </c>
       <c r="C81" t="s">
-        <v>410</v>
+        <v>339</v>
       </c>
       <c r="D81">
-        <v>4.42</v>
+        <v>4.13</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>411</v>
+        <v>340</v>
       </c>
       <c r="I81">
         <v>12</v>
       </c>
       <c r="J81" t="s">
         <v>16</v>
       </c>
       <c r="K81" t="s">
-        <v>412</v>
+        <v>341</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>413</v>
+        <v>342</v>
       </c>
       <c r="B82" t="s">
-        <v>414</v>
+        <v>343</v>
       </c>
       <c r="C82" t="s">
-        <v>415</v>
+        <v>344</v>
       </c>
       <c r="D82">
-        <v>5.18</v>
+        <v>4.84</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>416</v>
+        <v>345</v>
       </c>
       <c r="I82">
         <v>12</v>
       </c>
       <c r="J82" t="s">
         <v>16</v>
       </c>
       <c r="K82" t="s">
-        <v>417</v>
+        <v>346</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>418</v>
+        <v>347</v>
       </c>
       <c r="B83" t="s">
-        <v>419</v>
+        <v>348</v>
       </c>
       <c r="C83" t="s">
-        <v>420</v>
+        <v>349</v>
       </c>
       <c r="D83">
-        <v>6.07</v>
+        <v>6.33</v>
       </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
-        <v>421</v>
+        <v>350</v>
       </c>
       <c r="I83">
         <v>12</v>
       </c>
       <c r="J83" t="s">
         <v>16</v>
       </c>
       <c r="K83" t="s">
-        <v>422</v>
+        <v>351</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>423</v>
+        <v>352</v>
       </c>
       <c r="B84" t="s">
-        <v>424</v>
+        <v>353</v>
       </c>
       <c r="C84" t="s">
-        <v>425</v>
+        <v>354</v>
       </c>
       <c r="D84">
-        <v>8.25</v>
+        <v>8.8</v>
       </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
-        <v>426</v>
+        <v>355</v>
       </c>
       <c r="I84">
         <v>12</v>
       </c>
       <c r="J84" t="s">
         <v>16</v>
       </c>
       <c r="K84" t="s">
-        <v>427</v>
+        <v>356</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>428</v>
+        <v>357</v>
       </c>
       <c r="B85" t="s">
-        <v>429</v>
+        <v>358</v>
       </c>
       <c r="C85" t="s">
-        <v>430</v>
+        <v>359</v>
       </c>
       <c r="D85">
-        <v>10.96</v>
+        <v>11.85</v>
       </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="H85" t="s">
-        <v>431</v>
+        <v>360</v>
       </c>
       <c r="I85">
         <v>6</v>
       </c>
       <c r="J85" t="s">
         <v>16</v>
       </c>
       <c r="K85" t="s">
-        <v>432</v>
+        <v>361</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>433</v>
+        <v>362</v>
       </c>
       <c r="B86" t="s">
-        <v>434</v>
+        <v>363</v>
       </c>
       <c r="C86" t="s">
-        <v>435</v>
+        <v>364</v>
       </c>
       <c r="D86">
-        <v>15.2</v>
+        <v>14.47</v>
       </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="H86" t="s">
-        <v>436</v>
+        <v>365</v>
       </c>
       <c r="I86">
         <v>6</v>
       </c>
       <c r="J86" t="s">
         <v>16</v>
       </c>
       <c r="K86" t="s">
-        <v>437</v>
+        <v>366</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>438</v>
+        <v>367</v>
       </c>
       <c r="B87" t="s">
-        <v>439</v>
+        <v>368</v>
       </c>
       <c r="C87" t="s">
-        <v>440</v>
+        <v>369</v>
       </c>
       <c r="D87">
-        <v>4.58</v>
+        <v>3.65</v>
       </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
-        <v>441</v>
+        <v>370</v>
       </c>
       <c r="I87">
         <v>12</v>
       </c>
       <c r="J87" t="s">
         <v>16</v>
       </c>
       <c r="K87" t="s">
-        <v>442</v>
+        <v>371</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>443</v>
+        <v>372</v>
       </c>
       <c r="B88" t="s">
-        <v>444</v>
+        <v>373</v>
       </c>
       <c r="C88" t="s">
-        <v>445</v>
+        <v>374</v>
       </c>
       <c r="D88">
-        <v>5.47</v>
+        <v>4.25</v>
       </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
-        <v>446</v>
+        <v>375</v>
       </c>
       <c r="I88">
         <v>12</v>
       </c>
       <c r="J88" t="s">
         <v>16</v>
       </c>
       <c r="K88" t="s">
-        <v>447</v>
+        <v>376</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>448</v>
+        <v>377</v>
       </c>
       <c r="B89" t="s">
-        <v>449</v>
+        <v>378</v>
       </c>
       <c r="C89" t="s">
-        <v>450</v>
+        <v>379</v>
       </c>
       <c r="D89">
-        <v>6.47</v>
+        <v>5.64</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>451</v>
+        <v>380</v>
       </c>
       <c r="I89">
         <v>12</v>
       </c>
       <c r="J89" t="s">
         <v>16</v>
       </c>
       <c r="K89" t="s">
-        <v>452</v>
+        <v>381</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>453</v>
+        <v>382</v>
       </c>
       <c r="B90" t="s">
-        <v>454</v>
+        <v>383</v>
       </c>
       <c r="C90" t="s">
-        <v>455</v>
+        <v>384</v>
       </c>
       <c r="D90">
-        <v>8.85</v>
+        <v>7.8</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
-        <v>456</v>
+        <v>385</v>
       </c>
       <c r="I90">
         <v>12</v>
       </c>
       <c r="J90" t="s">
         <v>16</v>
       </c>
       <c r="K90" t="s">
-        <v>457</v>
+        <v>386</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>458</v>
+        <v>387</v>
       </c>
       <c r="B91" t="s">
-        <v>459</v>
+        <v>388</v>
       </c>
       <c r="C91" t="s">
-        <v>460</v>
+        <v>389</v>
       </c>
       <c r="D91">
-        <v>12.1</v>
+        <v>10.45</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
-        <v>461</v>
+        <v>390</v>
       </c>
       <c r="I91">
         <v>6</v>
       </c>
       <c r="J91" t="s">
         <v>16</v>
       </c>
       <c r="K91" t="s">
-        <v>462</v>
+        <v>391</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>463</v>
+        <v>392</v>
       </c>
       <c r="B92" t="s">
-        <v>464</v>
+        <v>393</v>
       </c>
       <c r="C92" t="s">
-        <v>465</v>
+        <v>394</v>
       </c>
       <c r="D92">
-        <v>15.9</v>
+        <v>12.76</v>
       </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="H92" t="s">
-        <v>466</v>
+        <v>395</v>
       </c>
       <c r="I92">
         <v>6</v>
       </c>
       <c r="J92" t="s">
         <v>16</v>
       </c>
       <c r="K92" t="s">
-        <v>467</v>
+        <v>396</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>468</v>
+        <v>397</v>
       </c>
       <c r="B93" t="s">
-        <v>469</v>
+        <v>398</v>
       </c>
       <c r="C93" t="s">
-        <v>470</v>
+        <v>399</v>
       </c>
       <c r="D93">
-        <v>3.31</v>
+        <v>3.84</v>
       </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="H93" t="s">
-        <v>471</v>
+        <v>400</v>
       </c>
       <c r="I93">
         <v>12</v>
       </c>
       <c r="J93" t="s">
         <v>16</v>
       </c>
       <c r="K93" t="s">
-        <v>472</v>
+        <v>401</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>473</v>
+        <v>402</v>
       </c>
       <c r="B94" t="s">
-        <v>474</v>
+        <v>403</v>
       </c>
       <c r="C94" t="s">
-        <v>475</v>
+        <v>404</v>
       </c>
       <c r="D94">
-        <v>3.93</v>
+        <v>4.51</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
-        <v>476</v>
+        <v>405</v>
       </c>
       <c r="I94">
         <v>12</v>
       </c>
       <c r="J94" t="s">
         <v>16</v>
       </c>
       <c r="K94" t="s">
-        <v>477</v>
+        <v>406</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>478</v>
+        <v>407</v>
       </c>
       <c r="B95" t="s">
-        <v>479</v>
+        <v>408</v>
       </c>
       <c r="C95" t="s">
-        <v>480</v>
+        <v>409</v>
       </c>
       <c r="D95">
-        <v>5.09</v>
+        <v>5.93</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95" t="s">
-        <v>481</v>
+        <v>410</v>
       </c>
       <c r="I95">
         <v>12</v>
       </c>
       <c r="J95" t="s">
         <v>16</v>
       </c>
       <c r="K95" t="s">
-        <v>482</v>
+        <v>411</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>483</v>
+        <v>412</v>
       </c>
       <c r="B96" t="s">
-        <v>484</v>
+        <v>413</v>
       </c>
       <c r="C96" t="s">
-        <v>485</v>
+        <v>414</v>
       </c>
       <c r="D96">
-        <v>6.95</v>
+        <v>8.25</v>
       </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="H96" t="s">
-        <v>486</v>
+        <v>415</v>
       </c>
       <c r="I96">
         <v>12</v>
       </c>
       <c r="J96" t="s">
         <v>16</v>
       </c>
       <c r="K96" t="s">
-        <v>487</v>
+        <v>416</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>488</v>
+        <v>417</v>
       </c>
       <c r="B97" t="s">
-        <v>489</v>
+        <v>418</v>
       </c>
       <c r="C97" t="s">
-        <v>490</v>
+        <v>419</v>
       </c>
       <c r="D97">
-        <v>9.13</v>
+        <v>11.09</v>
       </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
-        <v>491</v>
+        <v>420</v>
       </c>
       <c r="I97">
         <v>6</v>
       </c>
       <c r="J97" t="s">
         <v>16</v>
       </c>
       <c r="K97" t="s">
-        <v>492</v>
+        <v>421</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>493</v>
+        <v>422</v>
       </c>
       <c r="B98" t="s">
-        <v>494</v>
+        <v>423</v>
       </c>
       <c r="C98" t="s">
-        <v>495</v>
+        <v>424</v>
       </c>
       <c r="D98">
-        <v>12.2</v>
+        <v>13.53</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="H98" t="s">
-        <v>496</v>
+        <v>425</v>
       </c>
       <c r="I98">
         <v>6</v>
       </c>
       <c r="J98" t="s">
         <v>16</v>
       </c>
       <c r="K98" t="s">
-        <v>497</v>
+        <v>426</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>498</v>
+        <v>427</v>
       </c>
       <c r="B99" t="s">
-        <v>499</v>
+        <v>428</v>
       </c>
       <c r="C99" t="s">
-        <v>500</v>
+        <v>429</v>
       </c>
       <c r="D99">
-        <v>3.47</v>
+        <v>4.13</v>
       </c>
       <c r="G99" t="s">
         <v>14</v>
       </c>
       <c r="H99" t="s">
-        <v>501</v>
+        <v>430</v>
       </c>
       <c r="I99">
         <v>12</v>
       </c>
       <c r="J99" t="s">
         <v>16</v>
       </c>
       <c r="K99" t="s">
-        <v>502</v>
+        <v>431</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>503</v>
+        <v>432</v>
       </c>
       <c r="B100" t="s">
-        <v>504</v>
+        <v>433</v>
       </c>
       <c r="C100" t="s">
-        <v>505</v>
+        <v>434</v>
       </c>
       <c r="D100">
-        <v>4.16</v>
+        <v>4.84</v>
       </c>
       <c r="G100" t="s">
         <v>14</v>
       </c>
       <c r="H100" t="s">
-        <v>506</v>
+        <v>435</v>
       </c>
       <c r="I100">
         <v>12</v>
       </c>
       <c r="J100" t="s">
         <v>16</v>
       </c>
       <c r="K100" t="s">
-        <v>507</v>
+        <v>436</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>508</v>
+        <v>437</v>
       </c>
       <c r="B101" t="s">
-        <v>509</v>
+        <v>438</v>
       </c>
       <c r="C101" t="s">
-        <v>510</v>
+        <v>439</v>
       </c>
       <c r="D101">
-        <v>5.38</v>
+        <v>6.33</v>
       </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="H101" t="s">
-        <v>511</v>
+        <v>440</v>
       </c>
       <c r="I101">
         <v>12</v>
       </c>
       <c r="J101" t="s">
         <v>16</v>
       </c>
       <c r="K101" t="s">
-        <v>512</v>
+        <v>441</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>513</v>
+        <v>442</v>
       </c>
       <c r="B102" t="s">
-        <v>514</v>
+        <v>443</v>
       </c>
       <c r="C102" t="s">
-        <v>515</v>
+        <v>444</v>
       </c>
       <c r="D102">
-        <v>7.38</v>
+        <v>8.8</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
-        <v>516</v>
+        <v>445</v>
       </c>
       <c r="I102">
         <v>12</v>
       </c>
       <c r="J102" t="s">
         <v>16</v>
       </c>
       <c r="K102" t="s">
-        <v>517</v>
+        <v>446</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>518</v>
+        <v>447</v>
       </c>
       <c r="B103" t="s">
-        <v>519</v>
+        <v>448</v>
       </c>
       <c r="C103" t="s">
-        <v>520</v>
+        <v>449</v>
       </c>
       <c r="D103">
-        <v>9.67</v>
+        <v>11.85</v>
       </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
-        <v>521</v>
+        <v>450</v>
       </c>
       <c r="I103">
         <v>6</v>
       </c>
       <c r="J103" t="s">
         <v>16</v>
       </c>
       <c r="K103" t="s">
-        <v>522</v>
+        <v>451</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>523</v>
+        <v>452</v>
       </c>
       <c r="B104" t="s">
-        <v>524</v>
+        <v>453</v>
       </c>
       <c r="C104" t="s">
-        <v>525</v>
+        <v>454</v>
       </c>
       <c r="D104">
-        <v>13.6</v>
+        <v>15.84</v>
       </c>
       <c r="G104" t="s">
         <v>14</v>
       </c>
       <c r="H104" t="s">
-        <v>526</v>
+        <v>455</v>
       </c>
       <c r="I104">
         <v>6</v>
       </c>
       <c r="J104" t="s">
         <v>16</v>
       </c>
       <c r="K104" t="s">
-        <v>527</v>
+        <v>456</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>528</v>
+        <v>457</v>
       </c>
       <c r="B105" t="s">
-        <v>529</v>
+        <v>458</v>
       </c>
       <c r="C105" t="s">
-        <v>530</v>
+        <v>459</v>
       </c>
       <c r="D105">
-        <v>3.96</v>
+        <v>4.2</v>
       </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
-        <v>531</v>
+        <v>460</v>
       </c>
       <c r="I105">
         <v>12</v>
       </c>
       <c r="J105" t="s">
         <v>16</v>
       </c>
       <c r="K105" t="s">
-        <v>532</v>
+        <v>461</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>533</v>
+        <v>462</v>
       </c>
       <c r="B106" t="s">
-        <v>534</v>
+        <v>463</v>
       </c>
       <c r="C106" t="s">
-        <v>535</v>
+        <v>464</v>
       </c>
       <c r="D106">
-        <v>4.75</v>
+        <v>4.96</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
-        <v>536</v>
+        <v>465</v>
       </c>
       <c r="I106">
         <v>12</v>
       </c>
       <c r="J106" t="s">
         <v>16</v>
       </c>
       <c r="K106" t="s">
-        <v>537</v>
+        <v>466</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>538</v>
+        <v>467</v>
       </c>
       <c r="B107" t="s">
-        <v>539</v>
+        <v>468</v>
       </c>
       <c r="C107" t="s">
-        <v>540</v>
+        <v>469</v>
       </c>
       <c r="D107">
-        <v>5.69</v>
+        <v>6.31</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107" t="s">
-        <v>541</v>
+        <v>470</v>
       </c>
       <c r="I107">
         <v>12</v>
       </c>
       <c r="J107" t="s">
         <v>16</v>
       </c>
       <c r="K107" t="s">
-        <v>542</v>
+        <v>471</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>543</v>
+        <v>472</v>
       </c>
       <c r="B108" t="s">
-        <v>544</v>
+        <v>473</v>
       </c>
       <c r="C108" t="s">
-        <v>545</v>
+        <v>474</v>
       </c>
       <c r="D108">
-        <v>7.89</v>
+        <v>9.18</v>
       </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="H108" t="s">
-        <v>546</v>
+        <v>475</v>
       </c>
       <c r="I108">
         <v>12</v>
       </c>
       <c r="J108" t="s">
         <v>16</v>
       </c>
       <c r="K108" t="s">
-        <v>547</v>
+        <v>476</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>548</v>
+        <v>477</v>
       </c>
       <c r="B109" t="s">
-        <v>549</v>
+        <v>478</v>
       </c>
       <c r="C109" t="s">
-        <v>550</v>
+        <v>479</v>
       </c>
       <c r="D109">
-        <v>10.33</v>
+        <v>13.5</v>
       </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="H109" t="s">
-        <v>551</v>
+        <v>480</v>
       </c>
       <c r="I109">
         <v>6</v>
       </c>
       <c r="J109" t="s">
         <v>16</v>
       </c>
       <c r="K109" t="s">
-        <v>552</v>
+        <v>481</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>553</v>
+        <v>482</v>
       </c>
       <c r="B110" t="s">
-        <v>554</v>
+        <v>483</v>
       </c>
       <c r="C110" t="s">
-        <v>555</v>
+        <v>484</v>
       </c>
       <c r="D110">
-        <v>14.21</v>
+        <v>18.5</v>
       </c>
       <c r="G110" t="s">
         <v>14</v>
       </c>
       <c r="H110" t="s">
-        <v>556</v>
+        <v>485</v>
       </c>
       <c r="I110">
         <v>6</v>
       </c>
       <c r="J110" t="s">
         <v>16</v>
       </c>
       <c r="K110" t="s">
-        <v>557</v>
+        <v>486</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>558</v>
+        <v>487</v>
       </c>
       <c r="B111" t="s">
-        <v>559</v>
+        <v>488</v>
       </c>
       <c r="C111" t="s">
-        <v>560</v>
+        <v>489</v>
       </c>
       <c r="D111">
-        <v>6.45</v>
+        <v>4.35</v>
       </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="H111" t="s">
-        <v>561</v>
+        <v>490</v>
       </c>
       <c r="I111">
         <v>12</v>
       </c>
       <c r="J111" t="s">
         <v>16</v>
       </c>
       <c r="K111" t="s">
-        <v>562</v>
+        <v>491</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>563</v>
+        <v>492</v>
       </c>
       <c r="B112" t="s">
-        <v>564</v>
+        <v>493</v>
       </c>
       <c r="C112" t="s">
-        <v>565</v>
+        <v>494</v>
       </c>
       <c r="D112">
-        <v>8.16</v>
+        <v>5.22</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112" t="s">
-        <v>566</v>
+        <v>495</v>
       </c>
       <c r="I112">
         <v>12</v>
       </c>
       <c r="J112" t="s">
         <v>16</v>
       </c>
       <c r="K112" t="s">
-        <v>567</v>
+        <v>496</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>568</v>
+        <v>497</v>
       </c>
       <c r="B113" t="s">
-        <v>569</v>
+        <v>498</v>
       </c>
       <c r="C113" t="s">
-        <v>570</v>
+        <v>499</v>
       </c>
       <c r="D113">
-        <v>9.95</v>
+        <v>6.69</v>
       </c>
       <c r="G113" t="s">
         <v>14</v>
       </c>
       <c r="H113" t="s">
-        <v>571</v>
+        <v>500</v>
       </c>
       <c r="I113">
         <v>12</v>
       </c>
       <c r="J113" t="s">
         <v>16</v>
       </c>
       <c r="K113" t="s">
-        <v>572</v>
+        <v>501</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>573</v>
+        <v>502</v>
       </c>
       <c r="B114" t="s">
-        <v>574</v>
+        <v>503</v>
       </c>
       <c r="C114" t="s">
-        <v>575</v>
+        <v>504</v>
       </c>
       <c r="D114">
-        <v>13.16</v>
+        <v>9.69</v>
       </c>
       <c r="G114" t="s">
         <v>14</v>
       </c>
       <c r="H114" t="s">
-        <v>576</v>
+        <v>505</v>
       </c>
       <c r="I114">
         <v>12</v>
       </c>
       <c r="J114" t="s">
         <v>16</v>
       </c>
       <c r="K114" t="s">
-        <v>577</v>
+        <v>506</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>578</v>
+        <v>507</v>
       </c>
       <c r="B115" t="s">
-        <v>579</v>
+        <v>508</v>
       </c>
       <c r="C115" t="s">
-        <v>580</v>
+        <v>509</v>
       </c>
       <c r="D115">
-        <v>6.95</v>
+        <v>14.3</v>
       </c>
       <c r="G115" t="s">
         <v>14</v>
       </c>
       <c r="H115" t="s">
-        <v>581</v>
+        <v>510</v>
       </c>
       <c r="I115">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J115" t="s">
         <v>16</v>
       </c>
       <c r="K115" t="s">
-        <v>582</v>
+        <v>511</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>583</v>
+        <v>512</v>
       </c>
       <c r="B116" t="s">
-        <v>584</v>
+        <v>513</v>
       </c>
       <c r="C116" t="s">
-        <v>585</v>
+        <v>514</v>
       </c>
       <c r="D116">
-        <v>8.73</v>
+        <v>18.56</v>
       </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="H116" t="s">
-        <v>586</v>
+        <v>515</v>
       </c>
       <c r="I116">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J116" t="s">
         <v>16</v>
       </c>
       <c r="K116" t="s">
-        <v>587</v>
+        <v>516</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>588</v>
+        <v>517</v>
       </c>
       <c r="B117" t="s">
-        <v>589</v>
+        <v>518</v>
       </c>
       <c r="C117" t="s">
-        <v>590</v>
+        <v>519</v>
       </c>
       <c r="D117">
-        <v>10.49</v>
+        <v>4.6</v>
       </c>
       <c r="G117" t="s">
         <v>14</v>
       </c>
       <c r="H117" t="s">
-        <v>591</v>
+        <v>520</v>
       </c>
       <c r="I117">
         <v>12</v>
       </c>
       <c r="J117" t="s">
         <v>16</v>
       </c>
       <c r="K117" t="s">
-        <v>592</v>
+        <v>521</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>593</v>
+        <v>522</v>
       </c>
       <c r="B118" t="s">
-        <v>594</v>
+        <v>523</v>
       </c>
       <c r="C118" t="s">
-        <v>595</v>
+        <v>524</v>
       </c>
       <c r="D118">
-        <v>13.82</v>
+        <v>5.64</v>
       </c>
       <c r="G118" t="s">
         <v>14</v>
       </c>
       <c r="H118" t="s">
-        <v>596</v>
+        <v>525</v>
       </c>
       <c r="I118">
         <v>12</v>
       </c>
       <c r="J118" t="s">
         <v>16</v>
       </c>
       <c r="K118" t="s">
-        <v>597</v>
+        <v>526</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>598</v>
+        <v>527</v>
       </c>
       <c r="B119" t="s">
-        <v>599</v>
+        <v>528</v>
       </c>
       <c r="C119" t="s">
-        <v>600</v>
+        <v>529</v>
       </c>
       <c r="D119">
-        <v>7.38</v>
+        <v>7.11</v>
       </c>
       <c r="G119" t="s">
         <v>14</v>
       </c>
       <c r="H119" t="s">
-        <v>601</v>
+        <v>530</v>
       </c>
       <c r="I119">
         <v>12</v>
       </c>
       <c r="J119" t="s">
         <v>16</v>
       </c>
       <c r="K119" t="s">
-        <v>602</v>
+        <v>531</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>603</v>
+        <v>532</v>
       </c>
       <c r="B120" t="s">
-        <v>604</v>
+        <v>533</v>
       </c>
       <c r="C120" t="s">
-        <v>605</v>
+        <v>534</v>
       </c>
       <c r="D120">
-        <v>9.27</v>
+        <v>10.36</v>
       </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="H120" t="s">
-        <v>606</v>
+        <v>535</v>
       </c>
       <c r="I120">
         <v>12</v>
       </c>
       <c r="J120" t="s">
         <v>16</v>
       </c>
       <c r="K120" t="s">
-        <v>607</v>
+        <v>536</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>608</v>
+        <v>537</v>
       </c>
       <c r="B121" t="s">
-        <v>609</v>
+        <v>538</v>
       </c>
       <c r="C121" t="s">
-        <v>610</v>
+        <v>539</v>
       </c>
       <c r="D121">
-        <v>11.36</v>
+        <v>15.1</v>
       </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="H121" t="s">
-        <v>611</v>
+        <v>540</v>
       </c>
       <c r="I121">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J121" t="s">
         <v>16</v>
       </c>
       <c r="K121" t="s">
-        <v>612</v>
+        <v>541</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>613</v>
+        <v>542</v>
       </c>
       <c r="B122" t="s">
-        <v>614</v>
+        <v>543</v>
       </c>
       <c r="C122" t="s">
-        <v>615</v>
+        <v>544</v>
       </c>
       <c r="D122">
-        <v>14.76</v>
+        <v>19.38</v>
       </c>
       <c r="G122" t="s">
         <v>14</v>
       </c>
       <c r="H122" t="s">
-        <v>616</v>
+        <v>545</v>
       </c>
       <c r="I122">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J122" t="s">
         <v>16</v>
       </c>
       <c r="K122" t="s">
-        <v>617</v>
+        <v>546</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>618</v>
+        <v>547</v>
       </c>
       <c r="B123" t="s">
-        <v>619</v>
+        <v>548</v>
       </c>
       <c r="C123" t="s">
-        <v>620</v>
+        <v>549</v>
       </c>
       <c r="D123">
-        <v>4.64</v>
+        <v>5.64</v>
       </c>
       <c r="G123" t="s">
         <v>14</v>
       </c>
       <c r="H123" t="s">
-        <v>621</v>
+        <v>550</v>
       </c>
       <c r="I123">
         <v>12</v>
       </c>
       <c r="J123" t="s">
         <v>16</v>
       </c>
       <c r="K123" t="s">
-        <v>622</v>
+        <v>551</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>623</v>
+        <v>552</v>
       </c>
       <c r="B124" t="s">
-        <v>624</v>
+        <v>553</v>
       </c>
       <c r="C124" t="s">
-        <v>625</v>
+        <v>554</v>
       </c>
       <c r="D124">
-        <v>5.44</v>
+        <v>6.33</v>
       </c>
       <c r="G124" t="s">
         <v>14</v>
       </c>
       <c r="H124" t="s">
-        <v>626</v>
+        <v>555</v>
       </c>
       <c r="I124">
         <v>12</v>
       </c>
       <c r="J124" t="s">
         <v>16</v>
       </c>
       <c r="K124" t="s">
-        <v>627</v>
+        <v>556</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>628</v>
+        <v>557</v>
       </c>
       <c r="B125" t="s">
-        <v>629</v>
+        <v>558</v>
       </c>
       <c r="C125" t="s">
-        <v>630</v>
+        <v>559</v>
       </c>
       <c r="D125">
-        <v>6.49</v>
+        <v>7.4</v>
       </c>
       <c r="G125" t="s">
         <v>14</v>
       </c>
       <c r="H125" t="s">
-        <v>631</v>
+        <v>560</v>
       </c>
       <c r="I125">
         <v>12</v>
       </c>
       <c r="J125" t="s">
         <v>16</v>
       </c>
       <c r="K125" t="s">
-        <v>632</v>
+        <v>561</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>633</v>
+        <v>562</v>
       </c>
       <c r="B126" t="s">
-        <v>634</v>
+        <v>563</v>
       </c>
       <c r="C126" t="s">
-        <v>635</v>
+        <v>564</v>
       </c>
       <c r="D126">
-        <v>4.8</v>
+        <v>10.47</v>
       </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="H126" t="s">
-        <v>636</v>
+        <v>565</v>
       </c>
       <c r="I126">
         <v>12</v>
       </c>
       <c r="J126" t="s">
         <v>16</v>
       </c>
       <c r="K126" t="s">
-        <v>637</v>
+        <v>566</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>638</v>
+        <v>567</v>
       </c>
       <c r="B127" t="s">
-        <v>639</v>
+        <v>568</v>
       </c>
       <c r="C127" t="s">
-        <v>640</v>
+        <v>569</v>
       </c>
       <c r="D127">
-        <v>5.51</v>
+        <v>14.2</v>
       </c>
       <c r="G127" t="s">
         <v>14</v>
       </c>
       <c r="H127" t="s">
-        <v>641</v>
+        <v>570</v>
       </c>
       <c r="I127">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J127" t="s">
         <v>16</v>
       </c>
       <c r="K127" t="s">
-        <v>642</v>
+        <v>571</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>643</v>
+        <v>572</v>
       </c>
       <c r="B128" t="s">
-        <v>644</v>
+        <v>573</v>
       </c>
       <c r="C128" t="s">
-        <v>645</v>
+        <v>574</v>
       </c>
       <c r="D128">
-        <v>6.76</v>
+        <v>18.5</v>
       </c>
       <c r="G128" t="s">
         <v>14</v>
       </c>
       <c r="H128" t="s">
-        <v>646</v>
+        <v>575</v>
       </c>
       <c r="I128">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J128" t="s">
         <v>16</v>
       </c>
       <c r="K128" t="s">
-        <v>647</v>
+        <v>576</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>648</v>
+        <v>577</v>
       </c>
       <c r="B129" t="s">
-        <v>649</v>
+        <v>578</v>
       </c>
       <c r="C129" t="s">
-        <v>650</v>
+        <v>579</v>
       </c>
       <c r="D129">
-        <v>5.02</v>
+        <v>6.02</v>
       </c>
       <c r="G129" t="s">
         <v>14</v>
       </c>
       <c r="H129" t="s">
-        <v>651</v>
+        <v>580</v>
       </c>
       <c r="I129">
         <v>12</v>
       </c>
       <c r="J129" t="s">
         <v>16</v>
       </c>
       <c r="K129" t="s">
-        <v>652</v>
+        <v>581</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>653</v>
+        <v>582</v>
       </c>
       <c r="B130" t="s">
-        <v>654</v>
+        <v>583</v>
       </c>
       <c r="C130" t="s">
-        <v>655</v>
+        <v>584</v>
       </c>
       <c r="D130">
-        <v>5.84</v>
+        <v>6.6</v>
       </c>
       <c r="G130" t="s">
         <v>14</v>
       </c>
       <c r="H130" t="s">
-        <v>656</v>
+        <v>585</v>
       </c>
       <c r="I130">
         <v>12</v>
       </c>
       <c r="J130" t="s">
         <v>16</v>
       </c>
       <c r="K130" t="s">
-        <v>657</v>
+        <v>586</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>658</v>
+        <v>587</v>
       </c>
       <c r="B131" t="s">
-        <v>659</v>
+        <v>588</v>
       </c>
       <c r="C131" t="s">
-        <v>660</v>
+        <v>589</v>
       </c>
       <c r="D131">
-        <v>7.09</v>
+        <v>8.2</v>
       </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="H131" t="s">
-        <v>661</v>
+        <v>590</v>
       </c>
       <c r="I131">
         <v>12</v>
       </c>
       <c r="J131" t="s">
         <v>16</v>
       </c>
       <c r="K131" t="s">
-        <v>662</v>
+        <v>591</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>663</v>
+        <v>592</v>
       </c>
       <c r="B132" t="s">
-        <v>664</v>
+        <v>593</v>
       </c>
       <c r="C132" t="s">
-        <v>665</v>
+        <v>594</v>
       </c>
       <c r="D132">
-        <v>11.05</v>
+        <v>11.5</v>
       </c>
       <c r="G132" t="s">
         <v>14</v>
       </c>
       <c r="H132" t="s">
-        <v>666</v>
+        <v>595</v>
       </c>
       <c r="I132">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J132" t="s">
         <v>16</v>
       </c>
       <c r="K132" t="s">
-        <v>667</v>
+        <v>596</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>668</v>
+        <v>597</v>
       </c>
       <c r="B133" t="s">
-        <v>669</v>
+        <v>598</v>
       </c>
       <c r="C133" t="s">
-        <v>670</v>
+        <v>599</v>
       </c>
       <c r="D133">
-        <v>11.4</v>
+        <v>14.9</v>
       </c>
       <c r="G133" t="s">
         <v>14</v>
       </c>
       <c r="H133" t="s">
-        <v>671</v>
+        <v>600</v>
       </c>
       <c r="I133">
         <v>6</v>
       </c>
       <c r="J133" t="s">
         <v>16</v>
       </c>
       <c r="K133" t="s">
-        <v>672</v>
+        <v>601</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>673</v>
+        <v>602</v>
       </c>
       <c r="B134" t="s">
-        <v>674</v>
+        <v>603</v>
       </c>
       <c r="C134" t="s">
-        <v>675</v>
+        <v>604</v>
       </c>
       <c r="D134">
-        <v>15.65</v>
+        <v>19.6</v>
       </c>
       <c r="G134" t="s">
         <v>14</v>
       </c>
       <c r="H134" t="s">
-        <v>676</v>
+        <v>605</v>
       </c>
       <c r="I134">
         <v>6</v>
       </c>
       <c r="J134" t="s">
         <v>16</v>
       </c>
       <c r="K134" t="s">
-        <v>677</v>
+        <v>606</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>678</v>
+        <v>607</v>
       </c>
       <c r="B135" t="s">
-        <v>679</v>
+        <v>608</v>
       </c>
       <c r="C135" t="s">
-        <v>680</v>
+        <v>609</v>
       </c>
       <c r="D135">
-        <v>22.54</v>
+        <v>6.33</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="H135" t="s">
-        <v>681</v>
+        <v>610</v>
       </c>
       <c r="I135">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J135" t="s">
         <v>16</v>
       </c>
       <c r="K135" t="s">
-        <v>682</v>
+        <v>611</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>683</v>
+        <v>612</v>
       </c>
       <c r="B136" t="s">
-        <v>684</v>
+        <v>613</v>
       </c>
       <c r="C136" t="s">
-        <v>685</v>
+        <v>614</v>
       </c>
       <c r="D136">
-        <v>3.16</v>
+        <v>7.05</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136" t="s">
-        <v>686</v>
+        <v>615</v>
       </c>
       <c r="I136">
         <v>12</v>
       </c>
       <c r="J136" t="s">
         <v>16</v>
       </c>
       <c r="K136" t="s">
-        <v>687</v>
+        <v>616</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>688</v>
+        <v>617</v>
       </c>
       <c r="B137" t="s">
-        <v>689</v>
+        <v>618</v>
       </c>
       <c r="C137" t="s">
-        <v>690</v>
+        <v>619</v>
       </c>
       <c r="D137">
-        <v>3.27</v>
+        <v>8.9</v>
       </c>
       <c r="G137" t="s">
         <v>14</v>
       </c>
       <c r="H137" t="s">
-        <v>691</v>
+        <v>620</v>
       </c>
       <c r="I137">
         <v>12</v>
       </c>
       <c r="J137" t="s">
         <v>16</v>
       </c>
       <c r="K137" t="s">
-        <v>692</v>
+        <v>621</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>693</v>
+        <v>622</v>
       </c>
       <c r="B138" t="s">
-        <v>694</v>
+        <v>623</v>
       </c>
       <c r="C138" t="s">
-        <v>695</v>
+        <v>624</v>
       </c>
       <c r="D138">
-        <v>3.31</v>
+        <v>11.78</v>
       </c>
       <c r="G138" t="s">
         <v>14</v>
       </c>
       <c r="H138" t="s">
-        <v>696</v>
+        <v>625</v>
       </c>
       <c r="I138">
         <v>12</v>
       </c>
       <c r="J138" t="s">
         <v>16</v>
       </c>
       <c r="K138" t="s">
-        <v>697</v>
+        <v>626</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>698</v>
+        <v>627</v>
       </c>
       <c r="B139" t="s">
-        <v>699</v>
+        <v>628</v>
       </c>
       <c r="C139" t="s">
-        <v>700</v>
+        <v>629</v>
       </c>
       <c r="D139">
-        <v>3.87</v>
+        <v>15.9</v>
       </c>
       <c r="G139" t="s">
         <v>14</v>
       </c>
       <c r="H139" t="s">
-        <v>701</v>
+        <v>630</v>
       </c>
       <c r="I139">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J139" t="s">
         <v>16</v>
       </c>
       <c r="K139" t="s">
-        <v>702</v>
+        <v>631</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>703</v>
+        <v>632</v>
       </c>
       <c r="B140" t="s">
-        <v>704</v>
+        <v>633</v>
       </c>
       <c r="C140" t="s">
-        <v>705</v>
+        <v>634</v>
       </c>
       <c r="D140">
-        <v>4.44</v>
+        <v>20.3</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
-        <v>706</v>
+        <v>635</v>
       </c>
       <c r="I140">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J140" t="s">
         <v>16</v>
       </c>
       <c r="K140" t="s">
-        <v>707</v>
+        <v>636</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>708</v>
+        <v>637</v>
       </c>
       <c r="B141" t="s">
-        <v>709</v>
+        <v>638</v>
       </c>
       <c r="C141" t="s">
-        <v>710</v>
+        <v>639</v>
       </c>
       <c r="D141">
-        <v>5.25</v>
+        <v>4.22</v>
       </c>
       <c r="G141" t="s">
         <v>14</v>
       </c>
       <c r="H141" t="s">
-        <v>711</v>
+        <v>640</v>
       </c>
       <c r="I141">
         <v>12</v>
       </c>
       <c r="J141" t="s">
         <v>16</v>
       </c>
       <c r="K141" t="s">
-        <v>712</v>
+        <v>641</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>713</v>
+        <v>642</v>
       </c>
       <c r="B142" t="s">
-        <v>714</v>
+        <v>643</v>
       </c>
       <c r="C142" t="s">
-        <v>715</v>
+        <v>644</v>
       </c>
       <c r="D142">
-        <v>5.98</v>
+        <v>4.93</v>
       </c>
       <c r="G142" t="s">
         <v>14</v>
       </c>
       <c r="H142" t="s">
-        <v>716</v>
+        <v>645</v>
       </c>
       <c r="I142">
         <v>12</v>
       </c>
       <c r="J142" t="s">
         <v>16</v>
       </c>
       <c r="K142" t="s">
-        <v>717</v>
+        <v>646</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>718</v>
+        <v>647</v>
       </c>
       <c r="B143" t="s">
-        <v>719</v>
+        <v>648</v>
       </c>
       <c r="C143" t="s">
-        <v>720</v>
+        <v>649</v>
       </c>
       <c r="D143">
-        <v>7.04</v>
+        <v>5.75</v>
       </c>
       <c r="G143" t="s">
         <v>14</v>
       </c>
       <c r="H143" t="s">
-        <v>721</v>
+        <v>650</v>
       </c>
       <c r="I143">
         <v>12</v>
       </c>
       <c r="J143" t="s">
         <v>16</v>
       </c>
       <c r="K143" t="s">
-        <v>722</v>
+        <v>651</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>723</v>
+        <v>652</v>
       </c>
       <c r="B144" t="s">
-        <v>724</v>
+        <v>653</v>
       </c>
       <c r="C144" t="s">
-        <v>725</v>
+        <v>654</v>
       </c>
       <c r="D144">
-        <v>7.91</v>
+        <v>7.69</v>
       </c>
       <c r="G144" t="s">
         <v>14</v>
       </c>
       <c r="H144" t="s">
-        <v>726</v>
+        <v>655</v>
       </c>
       <c r="I144">
         <v>12</v>
       </c>
       <c r="J144" t="s">
         <v>16</v>
       </c>
       <c r="K144" t="s">
-        <v>727</v>
+        <v>656</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>728</v>
+        <v>657</v>
       </c>
       <c r="B145" t="s">
-        <v>729</v>
+        <v>658</v>
       </c>
       <c r="C145" t="s">
-        <v>730</v>
+        <v>659</v>
       </c>
       <c r="D145">
-        <v>4.45</v>
+        <v>10.36</v>
       </c>
       <c r="G145" t="s">
         <v>14</v>
       </c>
       <c r="H145" t="s">
-        <v>731</v>
+        <v>660</v>
       </c>
       <c r="I145">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J145" t="s">
         <v>16</v>
       </c>
       <c r="K145" t="s">
-        <v>732</v>
+        <v>661</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>733</v>
+        <v>662</v>
       </c>
       <c r="B146" t="s">
-        <v>734</v>
+        <v>663</v>
       </c>
       <c r="C146" t="s">
-        <v>735</v>
+        <v>664</v>
       </c>
       <c r="D146">
-        <v>2.31</v>
+        <v>14.1</v>
       </c>
       <c r="G146" t="s">
         <v>14</v>
       </c>
       <c r="H146" t="s">
-        <v>736</v>
+        <v>665</v>
       </c>
       <c r="I146">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J146" t="s">
         <v>16</v>
       </c>
       <c r="K146" t="s">
-        <v>737</v>
+        <v>666</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>738</v>
+        <v>667</v>
       </c>
       <c r="B147" t="s">
-        <v>739</v>
+        <v>668</v>
       </c>
       <c r="C147" t="s">
-        <v>740</v>
+        <v>669</v>
       </c>
       <c r="D147">
-        <v>2.31</v>
+        <v>4.42</v>
       </c>
       <c r="G147" t="s">
         <v>14</v>
       </c>
       <c r="H147" t="s">
-        <v>741</v>
+        <v>670</v>
       </c>
       <c r="I147">
         <v>12</v>
       </c>
       <c r="J147" t="s">
         <v>16</v>
       </c>
       <c r="K147" t="s">
-        <v>742</v>
+        <v>671</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>743</v>
+        <v>672</v>
       </c>
       <c r="B148" t="s">
-        <v>744</v>
+        <v>673</v>
       </c>
       <c r="C148" t="s">
-        <v>745</v>
+        <v>674</v>
       </c>
       <c r="D148">
-        <v>2.31</v>
+        <v>5.18</v>
       </c>
       <c r="G148" t="s">
         <v>14</v>
       </c>
       <c r="H148" t="s">
-        <v>746</v>
+        <v>675</v>
       </c>
       <c r="I148">
         <v>12</v>
       </c>
       <c r="J148" t="s">
         <v>16</v>
       </c>
       <c r="K148" t="s">
-        <v>747</v>
+        <v>676</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>748</v>
+        <v>677</v>
       </c>
       <c r="B149" t="s">
-        <v>749</v>
+        <v>678</v>
       </c>
       <c r="C149" t="s">
-        <v>750</v>
+        <v>679</v>
       </c>
       <c r="D149">
-        <v>2.31</v>
+        <v>6.07</v>
       </c>
       <c r="G149" t="s">
         <v>14</v>
       </c>
       <c r="H149" t="s">
-        <v>751</v>
+        <v>680</v>
       </c>
       <c r="I149">
         <v>12</v>
       </c>
       <c r="J149" t="s">
         <v>16</v>
       </c>
       <c r="K149" t="s">
-        <v>752</v>
+        <v>681</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>753</v>
+        <v>682</v>
       </c>
       <c r="B150" t="s">
-        <v>754</v>
+        <v>683</v>
       </c>
       <c r="C150" t="s">
-        <v>755</v>
+        <v>684</v>
       </c>
       <c r="D150">
-        <v>2.31</v>
+        <v>8.25</v>
       </c>
       <c r="G150" t="s">
         <v>14</v>
       </c>
       <c r="H150" t="s">
-        <v>756</v>
+        <v>685</v>
       </c>
       <c r="I150">
         <v>12</v>
       </c>
       <c r="J150" t="s">
         <v>16</v>
       </c>
       <c r="K150" t="s">
-        <v>757</v>
+        <v>686</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>758</v>
+        <v>687</v>
       </c>
       <c r="B151" t="s">
-        <v>759</v>
+        <v>688</v>
       </c>
       <c r="C151" t="s">
-        <v>760</v>
+        <v>689</v>
       </c>
       <c r="D151">
-        <v>2.31</v>
+        <v>10.96</v>
       </c>
       <c r="G151" t="s">
         <v>14</v>
       </c>
       <c r="H151" t="s">
-        <v>761</v>
+        <v>690</v>
       </c>
       <c r="I151">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J151" t="s">
         <v>16</v>
       </c>
       <c r="K151" t="s">
-        <v>762</v>
+        <v>691</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>763</v>
+        <v>692</v>
       </c>
       <c r="B152" t="s">
-        <v>764</v>
+        <v>693</v>
       </c>
       <c r="C152" t="s">
-        <v>765</v>
+        <v>694</v>
       </c>
       <c r="D152">
-        <v>4.45</v>
+        <v>15.2</v>
       </c>
       <c r="G152" t="s">
         <v>14</v>
       </c>
       <c r="H152" t="s">
-        <v>766</v>
+        <v>695</v>
       </c>
       <c r="I152">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J152" t="s">
         <v>16</v>
       </c>
       <c r="K152" t="s">
-        <v>767</v>
+        <v>696</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>768</v>
+        <v>697</v>
       </c>
       <c r="B153" t="s">
-        <v>769</v>
+        <v>698</v>
       </c>
       <c r="C153" t="s">
-        <v>770</v>
+        <v>699</v>
       </c>
       <c r="D153">
-        <v>4.45</v>
+        <v>4.58</v>
       </c>
       <c r="G153" t="s">
         <v>14</v>
       </c>
       <c r="H153" t="s">
-        <v>771</v>
+        <v>700</v>
       </c>
       <c r="I153">
         <v>12</v>
       </c>
       <c r="J153" t="s">
         <v>16</v>
       </c>
       <c r="K153" t="s">
-        <v>772</v>
+        <v>701</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>773</v>
+        <v>702</v>
       </c>
       <c r="B154" t="s">
-        <v>774</v>
+        <v>703</v>
       </c>
       <c r="C154" t="s">
-        <v>775</v>
+        <v>704</v>
       </c>
       <c r="D154">
-        <v>4.45</v>
+        <v>5.47</v>
       </c>
       <c r="G154" t="s">
         <v>14</v>
       </c>
       <c r="H154" t="s">
-        <v>776</v>
+        <v>705</v>
       </c>
       <c r="I154">
         <v>12</v>
       </c>
       <c r="J154" t="s">
         <v>16</v>
       </c>
       <c r="K154" t="s">
-        <v>777</v>
+        <v>706</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>778</v>
+        <v>707</v>
       </c>
       <c r="B155" t="s">
-        <v>779</v>
+        <v>708</v>
       </c>
       <c r="C155" t="s">
-        <v>780</v>
+        <v>709</v>
       </c>
       <c r="D155">
-        <v>4.45</v>
+        <v>6.47</v>
       </c>
       <c r="G155" t="s">
         <v>14</v>
       </c>
       <c r="H155" t="s">
-        <v>781</v>
+        <v>710</v>
       </c>
       <c r="I155">
         <v>12</v>
       </c>
       <c r="J155" t="s">
         <v>16</v>
       </c>
       <c r="K155" t="s">
-        <v>782</v>
+        <v>711</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>783</v>
+        <v>712</v>
       </c>
       <c r="B156" t="s">
-        <v>784</v>
+        <v>713</v>
       </c>
       <c r="C156" t="s">
-        <v>785</v>
+        <v>714</v>
       </c>
       <c r="D156">
-        <v>4.45</v>
+        <v>8.85</v>
       </c>
       <c r="G156" t="s">
         <v>14</v>
       </c>
       <c r="H156" t="s">
-        <v>786</v>
+        <v>715</v>
       </c>
       <c r="I156">
         <v>12</v>
       </c>
       <c r="J156" t="s">
         <v>16</v>
       </c>
       <c r="K156" t="s">
-        <v>787</v>
+        <v>716</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>788</v>
+        <v>717</v>
       </c>
       <c r="B157" t="s">
-        <v>789</v>
+        <v>718</v>
       </c>
       <c r="C157" t="s">
-        <v>790</v>
+        <v>719</v>
       </c>
       <c r="D157">
-        <v>4.45</v>
+        <v>12.1</v>
       </c>
       <c r="G157" t="s">
         <v>14</v>
       </c>
       <c r="H157" t="s">
-        <v>791</v>
+        <v>720</v>
       </c>
       <c r="I157">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J157" t="s">
         <v>16</v>
       </c>
       <c r="K157" t="s">
-        <v>792</v>
+        <v>721</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>793</v>
+        <v>722</v>
       </c>
       <c r="B158" t="s">
-        <v>794</v>
+        <v>723</v>
       </c>
       <c r="C158" t="s">
-        <v>795</v>
+        <v>724</v>
       </c>
       <c r="D158">
-        <v>4.45</v>
+        <v>15.9</v>
       </c>
       <c r="G158" t="s">
         <v>14</v>
       </c>
       <c r="H158" t="s">
-        <v>796</v>
+        <v>725</v>
       </c>
       <c r="I158">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J158" t="s">
         <v>16</v>
       </c>
       <c r="K158" t="s">
-        <v>797</v>
+        <v>726</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>798</v>
+        <v>727</v>
       </c>
       <c r="B159" t="s">
-        <v>799</v>
+        <v>728</v>
       </c>
       <c r="C159" t="s">
-        <v>800</v>
+        <v>729</v>
       </c>
       <c r="D159">
-        <v>4.45</v>
+        <v>3.31</v>
       </c>
       <c r="G159" t="s">
         <v>14</v>
       </c>
       <c r="H159" t="s">
-        <v>801</v>
+        <v>730</v>
       </c>
       <c r="I159">
         <v>12</v>
       </c>
       <c r="J159" t="s">
         <v>16</v>
       </c>
       <c r="K159" t="s">
-        <v>802</v>
+        <v>731</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>803</v>
+        <v>732</v>
       </c>
       <c r="B160" t="s">
-        <v>804</v>
+        <v>733</v>
       </c>
       <c r="C160" t="s">
-        <v>805</v>
+        <v>734</v>
       </c>
       <c r="D160">
-        <v>4.45</v>
+        <v>3.93</v>
       </c>
       <c r="G160" t="s">
         <v>14</v>
       </c>
       <c r="H160" t="s">
-        <v>806</v>
+        <v>735</v>
       </c>
       <c r="I160">
         <v>12</v>
       </c>
       <c r="J160" t="s">
         <v>16</v>
       </c>
       <c r="K160" t="s">
-        <v>807</v>
+        <v>736</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>808</v>
+        <v>737</v>
       </c>
       <c r="B161" t="s">
-        <v>809</v>
+        <v>738</v>
       </c>
       <c r="C161" t="s">
-        <v>810</v>
+        <v>739</v>
       </c>
       <c r="D161">
-        <v>4.8</v>
+        <v>5.09</v>
       </c>
       <c r="G161" t="s">
         <v>14</v>
       </c>
       <c r="H161" t="s">
-        <v>811</v>
+        <v>740</v>
       </c>
       <c r="I161">
         <v>12</v>
       </c>
       <c r="J161" t="s">
         <v>16</v>
       </c>
       <c r="K161" t="s">
-        <v>812</v>
+        <v>741</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>813</v>
+        <v>742</v>
       </c>
       <c r="B162" t="s">
-        <v>814</v>
+        <v>743</v>
       </c>
       <c r="C162" t="s">
-        <v>815</v>
+        <v>744</v>
       </c>
       <c r="D162">
-        <v>4.8</v>
+        <v>6.95</v>
       </c>
       <c r="G162" t="s">
         <v>14</v>
       </c>
       <c r="H162" t="s">
-        <v>816</v>
+        <v>745</v>
       </c>
       <c r="I162">
         <v>12</v>
       </c>
       <c r="J162" t="s">
         <v>16</v>
       </c>
       <c r="K162" t="s">
-        <v>817</v>
+        <v>746</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>818</v>
+        <v>747</v>
       </c>
       <c r="B163" t="s">
-        <v>819</v>
+        <v>748</v>
       </c>
       <c r="C163" t="s">
-        <v>820</v>
+        <v>749</v>
       </c>
       <c r="D163">
-        <v>4.8</v>
+        <v>9.13</v>
       </c>
       <c r="G163" t="s">
         <v>14</v>
       </c>
       <c r="H163" t="s">
-        <v>821</v>
+        <v>750</v>
       </c>
       <c r="I163">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J163" t="s">
         <v>16</v>
       </c>
       <c r="K163" t="s">
-        <v>822</v>
+        <v>751</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>823</v>
+        <v>752</v>
       </c>
       <c r="B164" t="s">
-        <v>824</v>
+        <v>753</v>
       </c>
       <c r="C164" t="s">
-        <v>825</v>
+        <v>754</v>
       </c>
       <c r="D164">
-        <v>4.45</v>
+        <v>12.2</v>
       </c>
       <c r="G164" t="s">
         <v>14</v>
       </c>
       <c r="H164" t="s">
-        <v>826</v>
+        <v>755</v>
       </c>
       <c r="I164">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J164" t="s">
         <v>16</v>
       </c>
       <c r="K164" t="s">
-        <v>827</v>
+        <v>756</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>828</v>
+        <v>757</v>
       </c>
       <c r="B165" t="s">
-        <v>829</v>
+        <v>758</v>
       </c>
       <c r="C165" t="s">
-        <v>830</v>
+        <v>759</v>
       </c>
       <c r="D165">
-        <v>4.45</v>
+        <v>3.47</v>
       </c>
       <c r="G165" t="s">
         <v>14</v>
       </c>
       <c r="H165" t="s">
-        <v>831</v>
+        <v>760</v>
       </c>
       <c r="I165">
         <v>12</v>
       </c>
       <c r="J165" t="s">
         <v>16</v>
       </c>
       <c r="K165" t="s">
-        <v>832</v>
+        <v>761</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>833</v>
+        <v>762</v>
       </c>
       <c r="B166" t="s">
-        <v>834</v>
+        <v>763</v>
       </c>
       <c r="C166" t="s">
-        <v>835</v>
+        <v>764</v>
       </c>
       <c r="D166">
-        <v>4.45</v>
+        <v>4.16</v>
       </c>
       <c r="G166" t="s">
         <v>14</v>
       </c>
       <c r="H166" t="s">
-        <v>836</v>
+        <v>765</v>
       </c>
       <c r="I166">
         <v>12</v>
       </c>
       <c r="J166" t="s">
         <v>16</v>
       </c>
       <c r="K166" t="s">
-        <v>837</v>
+        <v>766</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>838</v>
+        <v>767</v>
       </c>
       <c r="B167" t="s">
-        <v>839</v>
+        <v>768</v>
       </c>
       <c r="C167" t="s">
-        <v>840</v>
+        <v>769</v>
       </c>
       <c r="D167">
-        <v>4.45</v>
+        <v>5.38</v>
       </c>
       <c r="G167" t="s">
         <v>14</v>
       </c>
       <c r="H167" t="s">
-        <v>841</v>
+        <v>770</v>
       </c>
       <c r="I167">
         <v>12</v>
       </c>
       <c r="J167" t="s">
         <v>16</v>
       </c>
       <c r="K167" t="s">
-        <v>842</v>
+        <v>771</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>843</v>
+        <v>772</v>
       </c>
       <c r="B168" t="s">
-        <v>844</v>
+        <v>773</v>
       </c>
       <c r="C168" t="s">
-        <v>845</v>
+        <v>774</v>
       </c>
       <c r="D168">
-        <v>4.45</v>
+        <v>7.38</v>
       </c>
       <c r="G168" t="s">
         <v>14</v>
       </c>
       <c r="H168" t="s">
-        <v>846</v>
+        <v>775</v>
       </c>
       <c r="I168">
         <v>12</v>
       </c>
       <c r="J168" t="s">
         <v>16</v>
       </c>
       <c r="K168" t="s">
-        <v>847</v>
+        <v>776</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>848</v>
+        <v>777</v>
       </c>
       <c r="B169" t="s">
-        <v>849</v>
+        <v>778</v>
       </c>
       <c r="C169" t="s">
-        <v>850</v>
+        <v>779</v>
       </c>
       <c r="D169">
-        <v>4.45</v>
+        <v>9.67</v>
       </c>
       <c r="G169" t="s">
         <v>14</v>
       </c>
       <c r="H169" t="s">
-        <v>851</v>
+        <v>780</v>
       </c>
       <c r="I169">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J169" t="s">
         <v>16</v>
       </c>
       <c r="K169" t="s">
-        <v>852</v>
+        <v>781</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>853</v>
+        <v>782</v>
       </c>
       <c r="B170" t="s">
-        <v>854</v>
+        <v>783</v>
       </c>
       <c r="C170" t="s">
-        <v>855</v>
+        <v>784</v>
       </c>
       <c r="D170">
-        <v>26.7</v>
+        <v>13.6</v>
       </c>
       <c r="G170" t="s">
         <v>14</v>
       </c>
       <c r="H170" t="s">
-        <v>856</v>
+        <v>785</v>
       </c>
       <c r="I170">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J170" t="s">
         <v>16</v>
       </c>
       <c r="K170" t="s">
-        <v>857</v>
+        <v>786</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>858</v>
+        <v>787</v>
       </c>
       <c r="B171" t="s">
-        <v>859</v>
+        <v>788</v>
       </c>
       <c r="C171" t="s">
-        <v>860</v>
+        <v>789</v>
       </c>
       <c r="D171">
-        <v>26.7</v>
+        <v>3.96</v>
       </c>
       <c r="G171" t="s">
         <v>14</v>
       </c>
       <c r="H171" t="s">
-        <v>861</v>
+        <v>790</v>
       </c>
       <c r="I171">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J171" t="s">
         <v>16</v>
       </c>
       <c r="K171" t="s">
-        <v>862</v>
+        <v>791</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>863</v>
+        <v>792</v>
       </c>
       <c r="B172" t="s">
-        <v>864</v>
+        <v>793</v>
       </c>
       <c r="C172" t="s">
-        <v>865</v>
+        <v>794</v>
       </c>
       <c r="D172">
-        <v>53.4</v>
+        <v>4.75</v>
       </c>
       <c r="G172" t="s">
         <v>14</v>
       </c>
       <c r="H172" t="s">
-        <v>866</v>
+        <v>795</v>
       </c>
       <c r="I172">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J172" t="s">
         <v>16</v>
       </c>
       <c r="K172" t="s">
-        <v>867</v>
+        <v>796</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>868</v>
+        <v>797</v>
       </c>
       <c r="B173" t="s">
-        <v>869</v>
+        <v>798</v>
       </c>
       <c r="C173" t="s">
-        <v>870</v>
+        <v>799</v>
       </c>
       <c r="D173">
-        <v>53.4</v>
+        <v>5.69</v>
       </c>
       <c r="G173" t="s">
         <v>14</v>
       </c>
       <c r="H173" t="s">
-        <v>871</v>
+        <v>800</v>
       </c>
       <c r="I173">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J173" t="s">
         <v>16</v>
       </c>
       <c r="K173" t="s">
-        <v>872</v>
+        <v>801</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>873</v>
+        <v>802</v>
       </c>
       <c r="B174" t="s">
-        <v>874</v>
+        <v>803</v>
       </c>
       <c r="C174" t="s">
-        <v>875</v>
+        <v>804</v>
       </c>
       <c r="D174">
-        <v>27.52</v>
+        <v>7.89</v>
       </c>
       <c r="G174" t="s">
         <v>14</v>
       </c>
       <c r="H174" t="s">
-        <v>876</v>
+        <v>805</v>
       </c>
       <c r="I174">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J174" t="s">
         <v>16</v>
       </c>
       <c r="K174" t="s">
-        <v>877</v>
+        <v>806</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>878</v>
+        <v>807</v>
       </c>
       <c r="B175" t="s">
-        <v>879</v>
+        <v>808</v>
       </c>
       <c r="C175" t="s">
-        <v>880</v>
+        <v>809</v>
       </c>
       <c r="D175">
-        <v>27.83</v>
+        <v>10.33</v>
       </c>
       <c r="G175" t="s">
         <v>14</v>
       </c>
       <c r="H175" t="s">
-        <v>881</v>
+        <v>810</v>
       </c>
       <c r="I175">
         <v>6</v>
       </c>
       <c r="J175" t="s">
         <v>16</v>
       </c>
       <c r="K175" t="s">
-        <v>882</v>
+        <v>811</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>883</v>
+        <v>812</v>
       </c>
       <c r="B176" t="s">
-        <v>884</v>
+        <v>813</v>
       </c>
       <c r="C176" t="s">
-        <v>885</v>
+        <v>814</v>
       </c>
       <c r="D176">
-        <v>65.93</v>
+        <v>14.21</v>
       </c>
       <c r="G176" t="s">
         <v>14</v>
       </c>
       <c r="H176" t="s">
-        <v>886</v>
+        <v>815</v>
       </c>
       <c r="I176">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J176" t="s">
         <v>16</v>
       </c>
       <c r="K176" t="s">
-        <v>887</v>
+        <v>816</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>888</v>
+        <v>817</v>
       </c>
       <c r="B177" t="s">
-        <v>889</v>
+        <v>818</v>
       </c>
       <c r="C177" t="s">
-        <v>890</v>
+        <v>819</v>
       </c>
       <c r="D177">
-        <v>7.29</v>
+        <v>6.45</v>
       </c>
       <c r="G177" t="s">
         <v>14</v>
       </c>
       <c r="H177" t="s">
-        <v>891</v>
+        <v>820</v>
       </c>
       <c r="I177">
         <v>12</v>
       </c>
       <c r="J177" t="s">
         <v>16</v>
       </c>
       <c r="K177" t="s">
-        <v>892</v>
+        <v>821</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>893</v>
+        <v>822</v>
       </c>
       <c r="B178" t="s">
-        <v>894</v>
+        <v>823</v>
       </c>
       <c r="C178" t="s">
-        <v>895</v>
+        <v>824</v>
       </c>
       <c r="D178">
-        <v>9.16</v>
+        <v>8.16</v>
       </c>
       <c r="G178" t="s">
         <v>14</v>
       </c>
       <c r="H178" t="s">
-        <v>896</v>
+        <v>825</v>
       </c>
       <c r="I178">
         <v>12</v>
       </c>
       <c r="J178" t="s">
         <v>16</v>
       </c>
       <c r="K178" t="s">
-        <v>897</v>
+        <v>826</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>898</v>
+        <v>827</v>
       </c>
       <c r="B179" t="s">
-        <v>899</v>
+        <v>828</v>
       </c>
       <c r="C179" t="s">
-        <v>900</v>
+        <v>829</v>
       </c>
       <c r="D179">
-        <v>12</v>
+        <v>9.95</v>
       </c>
       <c r="G179" t="s">
         <v>14</v>
       </c>
       <c r="H179" t="s">
-        <v>901</v>
+        <v>830</v>
       </c>
       <c r="I179">
         <v>12</v>
       </c>
       <c r="J179" t="s">
         <v>16</v>
       </c>
       <c r="K179" t="s">
-        <v>902</v>
+        <v>831</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>903</v>
+        <v>832</v>
       </c>
       <c r="B180" t="s">
-        <v>904</v>
+        <v>833</v>
       </c>
       <c r="C180" t="s">
-        <v>905</v>
+        <v>834</v>
       </c>
       <c r="D180">
-        <v>16.27</v>
+        <v>13.16</v>
       </c>
       <c r="G180" t="s">
         <v>14</v>
       </c>
       <c r="H180" t="s">
-        <v>906</v>
+        <v>835</v>
       </c>
       <c r="I180">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J180" t="s">
         <v>16</v>
       </c>
       <c r="K180" t="s">
-        <v>907</v>
+        <v>836</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>908</v>
+        <v>837</v>
       </c>
       <c r="B181" t="s">
-        <v>909</v>
+        <v>838</v>
       </c>
       <c r="C181" t="s">
-        <v>910</v>
+        <v>839</v>
       </c>
       <c r="D181">
-        <v>7.82</v>
+        <v>6.95</v>
       </c>
       <c r="G181" t="s">
         <v>14</v>
       </c>
       <c r="H181" t="s">
-        <v>911</v>
+        <v>840</v>
       </c>
       <c r="I181">
         <v>12</v>
       </c>
       <c r="J181" t="s">
         <v>16</v>
       </c>
       <c r="K181" t="s">
-        <v>912</v>
+        <v>841</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>913</v>
+        <v>842</v>
       </c>
       <c r="B182" t="s">
-        <v>914</v>
+        <v>843</v>
       </c>
       <c r="C182" t="s">
-        <v>915</v>
+        <v>844</v>
       </c>
       <c r="D182">
-        <v>10.62</v>
+        <v>8.73</v>
       </c>
       <c r="G182" t="s">
         <v>14</v>
       </c>
       <c r="H182" t="s">
-        <v>916</v>
+        <v>845</v>
       </c>
       <c r="I182">
         <v>12</v>
       </c>
       <c r="J182" t="s">
         <v>16</v>
       </c>
       <c r="K182" t="s">
-        <v>917</v>
+        <v>846</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>918</v>
+        <v>847</v>
       </c>
       <c r="B183" t="s">
-        <v>919</v>
+        <v>848</v>
       </c>
       <c r="C183" t="s">
-        <v>920</v>
+        <v>849</v>
       </c>
       <c r="D183">
-        <v>13.62</v>
+        <v>10.49</v>
       </c>
       <c r="G183" t="s">
         <v>14</v>
       </c>
       <c r="H183" t="s">
-        <v>921</v>
+        <v>850</v>
       </c>
       <c r="I183">
         <v>12</v>
       </c>
       <c r="J183" t="s">
         <v>16</v>
       </c>
       <c r="K183" t="s">
-        <v>922</v>
+        <v>851</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>923</v>
+        <v>852</v>
       </c>
       <c r="B184" t="s">
-        <v>924</v>
+        <v>853</v>
       </c>
       <c r="C184" t="s">
-        <v>925</v>
+        <v>854</v>
       </c>
       <c r="D184">
-        <v>16.9</v>
+        <v>13.82</v>
       </c>
       <c r="G184" t="s">
         <v>14</v>
       </c>
       <c r="H184" t="s">
-        <v>926</v>
+        <v>855</v>
       </c>
       <c r="I184">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J184" t="s">
         <v>16</v>
       </c>
       <c r="K184" t="s">
-        <v>927</v>
+        <v>856</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>928</v>
+        <v>857</v>
       </c>
       <c r="B185" t="s">
-        <v>929</v>
+        <v>858</v>
       </c>
       <c r="C185" t="s">
-        <v>930</v>
+        <v>859</v>
       </c>
       <c r="D185">
-        <v>8.6</v>
+        <v>7.38</v>
       </c>
       <c r="G185" t="s">
         <v>14</v>
       </c>
       <c r="H185" t="s">
-        <v>931</v>
+        <v>860</v>
       </c>
       <c r="I185">
         <v>12</v>
       </c>
       <c r="J185" t="s">
         <v>16</v>
       </c>
       <c r="K185" t="s">
-        <v>932</v>
+        <v>861</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>933</v>
+        <v>862</v>
       </c>
       <c r="B186" t="s">
-        <v>934</v>
+        <v>863</v>
       </c>
       <c r="C186" t="s">
-        <v>935</v>
+        <v>864</v>
       </c>
       <c r="D186">
-        <v>12.84</v>
+        <v>9.27</v>
       </c>
       <c r="G186" t="s">
         <v>14</v>
       </c>
       <c r="H186" t="s">
-        <v>936</v>
+        <v>865</v>
       </c>
       <c r="I186">
         <v>12</v>
       </c>
       <c r="J186" t="s">
         <v>16</v>
       </c>
       <c r="K186" t="s">
-        <v>937</v>
+        <v>866</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>938</v>
+        <v>867</v>
       </c>
       <c r="B187" t="s">
-        <v>939</v>
+        <v>868</v>
       </c>
       <c r="C187" t="s">
-        <v>940</v>
+        <v>869</v>
       </c>
       <c r="D187">
-        <v>16.38</v>
+        <v>11.36</v>
       </c>
       <c r="G187" t="s">
         <v>14</v>
       </c>
       <c r="H187" t="s">
-        <v>941</v>
+        <v>870</v>
       </c>
       <c r="I187">
         <v>12</v>
       </c>
       <c r="J187" t="s">
         <v>16</v>
       </c>
       <c r="K187" t="s">
-        <v>942</v>
+        <v>871</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>943</v>
+        <v>872</v>
       </c>
       <c r="B188" t="s">
-        <v>944</v>
+        <v>873</v>
       </c>
       <c r="C188" t="s">
-        <v>945</v>
+        <v>874</v>
       </c>
       <c r="D188">
-        <v>19.02</v>
+        <v>14.76</v>
       </c>
       <c r="G188" t="s">
         <v>14</v>
       </c>
       <c r="H188" t="s">
-        <v>946</v>
+        <v>875</v>
       </c>
       <c r="I188">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J188" t="s">
         <v>16</v>
       </c>
       <c r="K188" t="s">
-        <v>947</v>
+        <v>876</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>948</v>
+        <v>877</v>
       </c>
       <c r="B189" t="s">
-        <v>949</v>
+        <v>878</v>
       </c>
       <c r="C189" t="s">
-        <v>950</v>
+        <v>879</v>
       </c>
       <c r="D189">
-        <v>4.4</v>
+        <v>4.64</v>
       </c>
       <c r="G189" t="s">
         <v>14</v>
       </c>
       <c r="H189" t="s">
-        <v>951</v>
+        <v>880</v>
       </c>
       <c r="I189">
         <v>12</v>
       </c>
       <c r="J189" t="s">
         <v>16</v>
       </c>
       <c r="K189" t="s">
-        <v>952</v>
+        <v>881</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>953</v>
+        <v>882</v>
       </c>
       <c r="B190" t="s">
-        <v>954</v>
+        <v>883</v>
       </c>
       <c r="C190" t="s">
-        <v>955</v>
+        <v>884</v>
       </c>
       <c r="D190">
-        <v>6.09</v>
+        <v>5.44</v>
       </c>
       <c r="G190" t="s">
         <v>14</v>
       </c>
       <c r="H190" t="s">
-        <v>956</v>
+        <v>885</v>
       </c>
       <c r="I190">
         <v>12</v>
       </c>
       <c r="J190" t="s">
         <v>16</v>
       </c>
       <c r="K190" t="s">
-        <v>957</v>
+        <v>886</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>958</v>
+        <v>887</v>
       </c>
       <c r="B191" t="s">
-        <v>959</v>
+        <v>888</v>
       </c>
       <c r="C191" t="s">
-        <v>960</v>
+        <v>889</v>
       </c>
       <c r="D191">
-        <v>7.65</v>
+        <v>6.49</v>
       </c>
       <c r="G191" t="s">
         <v>14</v>
       </c>
       <c r="H191" t="s">
-        <v>961</v>
+        <v>890</v>
       </c>
       <c r="I191">
         <v>12</v>
       </c>
       <c r="J191" t="s">
         <v>16</v>
       </c>
       <c r="K191" t="s">
-        <v>962</v>
+        <v>891</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>963</v>
+        <v>892</v>
       </c>
       <c r="B192" t="s">
-        <v>964</v>
+        <v>893</v>
       </c>
       <c r="C192" t="s">
-        <v>965</v>
+        <v>894</v>
       </c>
       <c r="D192">
-        <v>4.75</v>
+        <v>4.8</v>
       </c>
       <c r="G192" t="s">
         <v>14</v>
       </c>
       <c r="H192" t="s">
-        <v>966</v>
+        <v>895</v>
       </c>
       <c r="I192">
         <v>12</v>
       </c>
       <c r="J192" t="s">
         <v>16</v>
       </c>
       <c r="K192" t="s">
-        <v>967</v>
+        <v>896</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>968</v>
+        <v>897</v>
       </c>
       <c r="B193" t="s">
-        <v>969</v>
+        <v>898</v>
       </c>
       <c r="C193" t="s">
-        <v>970</v>
+        <v>899</v>
       </c>
       <c r="D193">
-        <v>6.56</v>
+        <v>5.51</v>
       </c>
       <c r="G193" t="s">
         <v>14</v>
       </c>
       <c r="H193" t="s">
-        <v>971</v>
+        <v>900</v>
       </c>
       <c r="I193">
         <v>12</v>
       </c>
       <c r="J193" t="s">
         <v>16</v>
       </c>
       <c r="K193" t="s">
-        <v>972</v>
+        <v>901</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>973</v>
+        <v>902</v>
       </c>
       <c r="B194" t="s">
-        <v>974</v>
+        <v>903</v>
       </c>
       <c r="C194" t="s">
-        <v>975</v>
+        <v>904</v>
       </c>
       <c r="D194">
-        <v>8.27</v>
+        <v>6.76</v>
       </c>
       <c r="G194" t="s">
         <v>14</v>
       </c>
       <c r="H194" t="s">
-        <v>976</v>
+        <v>905</v>
       </c>
       <c r="I194">
         <v>12</v>
       </c>
       <c r="J194" t="s">
         <v>16</v>
       </c>
       <c r="K194" t="s">
-        <v>977</v>
+        <v>906</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>978</v>
+        <v>907</v>
       </c>
       <c r="B195" t="s">
-        <v>979</v>
+        <v>908</v>
       </c>
       <c r="C195" t="s">
-        <v>980</v>
+        <v>909</v>
       </c>
       <c r="D195">
-        <v>5.11</v>
+        <v>5.02</v>
       </c>
       <c r="G195" t="s">
         <v>14</v>
       </c>
       <c r="H195" t="s">
-        <v>981</v>
+        <v>910</v>
       </c>
       <c r="I195">
         <v>12</v>
       </c>
       <c r="J195" t="s">
         <v>16</v>
       </c>
       <c r="K195" t="s">
-        <v>982</v>
+        <v>911</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>983</v>
+        <v>912</v>
       </c>
       <c r="B196" t="s">
-        <v>984</v>
+        <v>913</v>
       </c>
       <c r="C196" t="s">
-        <v>985</v>
+        <v>914</v>
       </c>
       <c r="D196">
-        <v>7.13</v>
+        <v>5.84</v>
       </c>
       <c r="G196" t="s">
         <v>14</v>
       </c>
       <c r="H196" t="s">
-        <v>986</v>
+        <v>915</v>
       </c>
       <c r="I196">
         <v>12</v>
       </c>
       <c r="J196" t="s">
         <v>16</v>
       </c>
       <c r="K196" t="s">
-        <v>987</v>
+        <v>916</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>988</v>
+        <v>917</v>
       </c>
       <c r="B197" t="s">
-        <v>989</v>
+        <v>918</v>
       </c>
       <c r="C197" t="s">
-        <v>990</v>
+        <v>919</v>
       </c>
       <c r="D197">
-        <v>9</v>
+        <v>7.09</v>
       </c>
       <c r="G197" t="s">
         <v>14</v>
       </c>
       <c r="H197" t="s">
-        <v>991</v>
+        <v>920</v>
       </c>
       <c r="I197">
         <v>12</v>
       </c>
       <c r="J197" t="s">
         <v>16</v>
       </c>
       <c r="K197" t="s">
-        <v>992</v>
+        <v>921</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>993</v>
+        <v>922</v>
       </c>
       <c r="B198" t="s">
-        <v>994</v>
+        <v>923</v>
       </c>
       <c r="C198" t="s">
-        <v>995</v>
+        <v>924</v>
       </c>
       <c r="D198">
-        <v>36.57</v>
+        <v>11.05</v>
       </c>
       <c r="G198" t="s">
         <v>14</v>
       </c>
       <c r="H198" t="s">
-        <v>996</v>
+        <v>925</v>
       </c>
       <c r="I198">
         <v>6</v>
       </c>
       <c r="J198" t="s">
         <v>16</v>
       </c>
       <c r="K198" t="s">
-        <v>997</v>
+        <v>926</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>998</v>
+        <v>927</v>
       </c>
       <c r="B199" t="s">
-        <v>999</v>
+        <v>928</v>
       </c>
       <c r="C199" t="s">
-        <v>1000</v>
+        <v>929</v>
       </c>
       <c r="D199">
-        <v>36.57</v>
+        <v>11.4</v>
       </c>
       <c r="G199" t="s">
         <v>14</v>
       </c>
       <c r="H199" t="s">
-        <v>1001</v>
+        <v>930</v>
       </c>
       <c r="I199">
         <v>6</v>
       </c>
       <c r="J199" t="s">
         <v>16</v>
       </c>
       <c r="K199" t="s">
-        <v>1002</v>
+        <v>931</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>1003</v>
+        <v>932</v>
       </c>
       <c r="B200" t="s">
-        <v>1004</v>
+        <v>933</v>
       </c>
       <c r="C200" t="s">
-        <v>1005</v>
+        <v>934</v>
       </c>
       <c r="D200">
-        <v>2.91</v>
+        <v>15.65</v>
       </c>
       <c r="G200" t="s">
         <v>14</v>
       </c>
       <c r="H200" t="s">
-        <v>1006</v>
+        <v>935</v>
       </c>
       <c r="I200">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J200" t="s">
         <v>16</v>
       </c>
       <c r="K200" t="s">
-        <v>1007</v>
+        <v>936</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>1008</v>
+        <v>937</v>
       </c>
       <c r="B201" t="s">
-        <v>1009</v>
+        <v>938</v>
       </c>
       <c r="C201" t="s">
-        <v>1010</v>
+        <v>939</v>
       </c>
       <c r="D201">
-        <v>3.3</v>
+        <v>22.54</v>
       </c>
       <c r="G201" t="s">
         <v>14</v>
       </c>
       <c r="H201" t="s">
-        <v>1011</v>
+        <v>940</v>
       </c>
       <c r="I201">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J201" t="s">
         <v>16</v>
       </c>
       <c r="K201" t="s">
-        <v>1012</v>
+        <v>941</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>1013</v>
+        <v>942</v>
       </c>
       <c r="B202" t="s">
-        <v>1014</v>
+        <v>943</v>
       </c>
       <c r="C202" t="s">
-        <v>1015</v>
+        <v>944</v>
       </c>
       <c r="D202">
-        <v>3.83</v>
+        <v>3.16</v>
       </c>
       <c r="G202" t="s">
         <v>14</v>
       </c>
       <c r="H202" t="s">
-        <v>1016</v>
+        <v>945</v>
       </c>
       <c r="I202">
         <v>12</v>
       </c>
       <c r="J202" t="s">
         <v>16</v>
       </c>
       <c r="K202" t="s">
-        <v>1017</v>
+        <v>946</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>1018</v>
+        <v>947</v>
       </c>
       <c r="B203" t="s">
-        <v>1019</v>
+        <v>948</v>
       </c>
       <c r="C203" t="s">
-        <v>1020</v>
+        <v>949</v>
       </c>
       <c r="D203">
-        <v>4.52</v>
+        <v>3.27</v>
       </c>
       <c r="G203" t="s">
         <v>14</v>
       </c>
       <c r="H203" t="s">
-        <v>1021</v>
+        <v>950</v>
       </c>
       <c r="I203">
         <v>12</v>
       </c>
       <c r="J203" t="s">
         <v>16</v>
       </c>
       <c r="K203" t="s">
-        <v>1022</v>
+        <v>951</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>1023</v>
+        <v>952</v>
       </c>
       <c r="B204" t="s">
-        <v>1024</v>
+        <v>953</v>
       </c>
       <c r="C204" t="s">
-        <v>1025</v>
+        <v>954</v>
       </c>
       <c r="D204">
-        <v>5.52</v>
+        <v>3.31</v>
       </c>
       <c r="G204" t="s">
         <v>14</v>
       </c>
       <c r="H204" t="s">
-        <v>1026</v>
+        <v>955</v>
       </c>
       <c r="I204">
         <v>12</v>
       </c>
       <c r="J204" t="s">
         <v>16</v>
       </c>
       <c r="K204" t="s">
-        <v>1027</v>
+        <v>956</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>1028</v>
+        <v>957</v>
       </c>
       <c r="B205" t="s">
-        <v>1029</v>
+        <v>958</v>
       </c>
       <c r="C205" t="s">
-        <v>1030</v>
+        <v>959</v>
       </c>
       <c r="D205">
-        <v>2.99</v>
+        <v>3.87</v>
       </c>
       <c r="G205" t="s">
         <v>14</v>
       </c>
       <c r="H205" t="s">
-        <v>1031</v>
+        <v>960</v>
       </c>
       <c r="I205">
         <v>12</v>
       </c>
       <c r="J205" t="s">
         <v>16</v>
       </c>
       <c r="K205" t="s">
-        <v>1032</v>
+        <v>961</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>1033</v>
+        <v>962</v>
       </c>
       <c r="B206" t="s">
-        <v>1034</v>
+        <v>963</v>
       </c>
       <c r="C206" t="s">
-        <v>1035</v>
+        <v>964</v>
       </c>
       <c r="D206">
-        <v>3.53</v>
+        <v>4.44</v>
       </c>
       <c r="G206" t="s">
         <v>14</v>
       </c>
       <c r="H206" t="s">
-        <v>1036</v>
+        <v>965</v>
       </c>
       <c r="I206">
         <v>12</v>
       </c>
       <c r="J206" t="s">
         <v>16</v>
       </c>
       <c r="K206" t="s">
-        <v>1037</v>
+        <v>966</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>1038</v>
+        <v>967</v>
       </c>
       <c r="B207" t="s">
-        <v>1039</v>
+        <v>968</v>
       </c>
       <c r="C207" t="s">
-        <v>1040</v>
+        <v>969</v>
       </c>
       <c r="D207">
-        <v>3.83</v>
+        <v>5.25</v>
       </c>
       <c r="G207" t="s">
         <v>14</v>
       </c>
       <c r="H207" t="s">
-        <v>1041</v>
+        <v>970</v>
       </c>
       <c r="I207">
         <v>12</v>
       </c>
       <c r="J207" t="s">
         <v>16</v>
       </c>
       <c r="K207" t="s">
-        <v>1042</v>
+        <v>971</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>1043</v>
+        <v>972</v>
       </c>
       <c r="B208" t="s">
-        <v>1044</v>
+        <v>973</v>
       </c>
       <c r="C208" t="s">
-        <v>1045</v>
+        <v>974</v>
       </c>
       <c r="D208">
-        <v>4.52</v>
+        <v>5.98</v>
       </c>
       <c r="G208" t="s">
         <v>14</v>
       </c>
       <c r="H208" t="s">
-        <v>1046</v>
+        <v>975</v>
       </c>
       <c r="I208">
         <v>12</v>
       </c>
       <c r="J208" t="s">
         <v>16</v>
       </c>
       <c r="K208" t="s">
-        <v>1047</v>
+        <v>976</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>1048</v>
+        <v>977</v>
       </c>
       <c r="B209" t="s">
-        <v>1049</v>
+        <v>978</v>
       </c>
       <c r="C209" t="s">
-        <v>1050</v>
+        <v>979</v>
       </c>
       <c r="D209">
-        <v>5.52</v>
+        <v>7.04</v>
       </c>
       <c r="G209" t="s">
         <v>14</v>
       </c>
       <c r="H209" t="s">
-        <v>1051</v>
+        <v>980</v>
       </c>
       <c r="I209">
         <v>12</v>
       </c>
       <c r="J209" t="s">
         <v>16</v>
       </c>
       <c r="K209" t="s">
-        <v>1052</v>
+        <v>981</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>1053</v>
+        <v>982</v>
       </c>
       <c r="B210" t="s">
-        <v>1054</v>
+        <v>983</v>
       </c>
       <c r="C210" t="s">
-        <v>1055</v>
+        <v>984</v>
       </c>
       <c r="D210">
-        <v>4.06</v>
+        <v>7.91</v>
       </c>
       <c r="G210" t="s">
         <v>14</v>
       </c>
       <c r="H210" t="s">
-        <v>1056</v>
+        <v>985</v>
       </c>
       <c r="I210">
         <v>12</v>
       </c>
       <c r="J210" t="s">
         <v>16</v>
       </c>
       <c r="K210" t="s">
-        <v>1057</v>
+        <v>986</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>1058</v>
+        <v>987</v>
       </c>
       <c r="B211" t="s">
-        <v>1059</v>
+        <v>988</v>
       </c>
       <c r="C211" t="s">
-        <v>1060</v>
+        <v>989</v>
       </c>
       <c r="D211">
-        <v>5.14</v>
+        <v>4.45</v>
       </c>
       <c r="G211" t="s">
         <v>14</v>
       </c>
       <c r="H211" t="s">
-        <v>1061</v>
+        <v>990</v>
       </c>
       <c r="I211">
         <v>12</v>
       </c>
       <c r="J211" t="s">
         <v>16</v>
       </c>
       <c r="K211" t="s">
-        <v>1062</v>
+        <v>991</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>1063</v>
+        <v>992</v>
       </c>
       <c r="B212" t="s">
-        <v>1064</v>
+        <v>993</v>
       </c>
       <c r="C212" t="s">
-        <v>1065</v>
+        <v>994</v>
       </c>
       <c r="D212">
-        <v>7.13</v>
+        <v>2.31</v>
       </c>
       <c r="G212" t="s">
         <v>14</v>
       </c>
       <c r="H212" t="s">
-        <v>1066</v>
+        <v>995</v>
       </c>
       <c r="I212">
         <v>12</v>
       </c>
       <c r="J212" t="s">
         <v>16</v>
       </c>
       <c r="K212" t="s">
-        <v>1067</v>
+        <v>996</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>1068</v>
+        <v>997</v>
       </c>
       <c r="B213" t="s">
-        <v>1069</v>
+        <v>998</v>
       </c>
       <c r="C213" t="s">
-        <v>1070</v>
+        <v>999</v>
       </c>
       <c r="D213">
-        <v>11.12</v>
+        <v>2.31</v>
       </c>
       <c r="G213" t="s">
         <v>14</v>
       </c>
       <c r="H213" t="s">
-        <v>1071</v>
+        <v>1000</v>
       </c>
       <c r="I213">
         <v>12</v>
       </c>
       <c r="J213" t="s">
         <v>16</v>
       </c>
       <c r="K213" t="s">
-        <v>1072</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>1073</v>
+        <v>1002</v>
       </c>
       <c r="B214" t="s">
-        <v>1074</v>
+        <v>1003</v>
       </c>
       <c r="C214" t="s">
-        <v>1075</v>
+        <v>1004</v>
       </c>
       <c r="D214">
-        <v>30.59</v>
+        <v>2.31</v>
       </c>
       <c r="G214" t="s">
         <v>14</v>
       </c>
       <c r="H214" t="s">
-        <v>1076</v>
+        <v>1005</v>
       </c>
       <c r="I214">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J214" t="s">
         <v>16</v>
       </c>
       <c r="K214" t="s">
-        <v>1077</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>1078</v>
+        <v>1007</v>
       </c>
       <c r="B215" t="s">
-        <v>1079</v>
+        <v>1008</v>
       </c>
       <c r="C215" t="s">
-        <v>1080</v>
+        <v>1009</v>
       </c>
       <c r="D215">
-        <v>30.59</v>
+        <v>2.31</v>
       </c>
       <c r="G215" t="s">
         <v>14</v>
       </c>
       <c r="H215" t="s">
-        <v>1081</v>
+        <v>1010</v>
       </c>
       <c r="I215">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J215" t="s">
         <v>16</v>
       </c>
       <c r="K215" t="s">
-        <v>1082</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>1083</v>
+        <v>1012</v>
       </c>
       <c r="B216" t="s">
-        <v>1084</v>
+        <v>1013</v>
       </c>
       <c r="C216" t="s">
-        <v>1085</v>
+        <v>1014</v>
       </c>
       <c r="D216">
-        <v>1.1</v>
+        <v>2.31</v>
       </c>
       <c r="G216" t="s">
         <v>14</v>
       </c>
       <c r="H216" t="s">
-        <v>1086</v>
+        <v>1015</v>
       </c>
       <c r="I216">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J216" t="s">
         <v>16</v>
       </c>
       <c r="K216" t="s">
-        <v>1087</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>1088</v>
+        <v>1017</v>
       </c>
       <c r="B217" t="s">
-        <v>1089</v>
+        <v>1018</v>
       </c>
       <c r="C217" t="s">
-        <v>1090</v>
+        <v>1019</v>
       </c>
       <c r="D217">
-        <v>1.3</v>
+        <v>2.31</v>
       </c>
       <c r="G217" t="s">
         <v>14</v>
       </c>
       <c r="H217" t="s">
-        <v>1091</v>
+        <v>1020</v>
       </c>
       <c r="I217">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J217" t="s">
         <v>16</v>
       </c>
       <c r="K217" t="s">
-        <v>1092</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>1093</v>
+        <v>1022</v>
       </c>
       <c r="B218" t="s">
-        <v>1094</v>
+        <v>1023</v>
       </c>
       <c r="C218" t="s">
-        <v>1095</v>
+        <v>1024</v>
       </c>
       <c r="D218">
-        <v>1.3</v>
+        <v>4.45</v>
       </c>
       <c r="G218" t="s">
         <v>14</v>
       </c>
       <c r="H218" t="s">
-        <v>1096</v>
+        <v>1025</v>
       </c>
       <c r="I218">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J218" t="s">
         <v>16</v>
       </c>
       <c r="K218" t="s">
-        <v>1097</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>1098</v>
+        <v>1027</v>
       </c>
       <c r="B219" t="s">
-        <v>1099</v>
+        <v>1028</v>
       </c>
       <c r="C219" t="s">
-        <v>1100</v>
+        <v>1029</v>
       </c>
       <c r="D219">
-        <v>3.25</v>
+        <v>4.45</v>
       </c>
       <c r="G219" t="s">
         <v>14</v>
       </c>
       <c r="H219" t="s">
-        <v>1101</v>
+        <v>1030</v>
       </c>
       <c r="I219">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J219" t="s">
         <v>16</v>
       </c>
       <c r="K219" t="s">
-        <v>1102</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>1103</v>
+        <v>1032</v>
       </c>
       <c r="B220" t="s">
-        <v>1104</v>
+        <v>1033</v>
       </c>
       <c r="C220" t="s">
-        <v>1105</v>
+        <v>1034</v>
       </c>
       <c r="D220">
-        <v>3.15</v>
+        <v>4.45</v>
       </c>
       <c r="G220" t="s">
         <v>14</v>
       </c>
       <c r="H220" t="s">
-        <v>1106</v>
+        <v>1035</v>
       </c>
       <c r="I220">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J220" t="s">
         <v>16</v>
       </c>
       <c r="K220" t="s">
-        <v>1107</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>1108</v>
+        <v>1037</v>
       </c>
       <c r="B221" t="s">
-        <v>1109</v>
+        <v>1038</v>
       </c>
       <c r="C221" t="s">
-        <v>1110</v>
+        <v>1039</v>
       </c>
       <c r="D221">
-        <v>7.4</v>
+        <v>4.45</v>
       </c>
       <c r="G221" t="s">
         <v>14</v>
       </c>
       <c r="H221" t="s">
-        <v>1111</v>
+        <v>1040</v>
       </c>
       <c r="I221">
         <v>12</v>
       </c>
       <c r="J221" t="s">
         <v>16</v>
       </c>
       <c r="K221" t="s">
-        <v>1112</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>1113</v>
+        <v>1042</v>
       </c>
       <c r="B222" t="s">
-        <v>1114</v>
+        <v>1043</v>
       </c>
       <c r="C222" t="s">
-        <v>1115</v>
+        <v>1044</v>
       </c>
       <c r="D222">
-        <v>8.89</v>
+        <v>4.45</v>
       </c>
       <c r="G222" t="s">
         <v>14</v>
       </c>
       <c r="H222" t="s">
-        <v>1116</v>
+        <v>1045</v>
       </c>
       <c r="I222">
         <v>12</v>
       </c>
       <c r="J222" t="s">
         <v>16</v>
       </c>
       <c r="K222" t="s">
-        <v>1117</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>1118</v>
+        <v>1047</v>
       </c>
       <c r="B223" t="s">
-        <v>1119</v>
+        <v>1048</v>
       </c>
       <c r="C223" t="s">
-        <v>1120</v>
+        <v>1049</v>
       </c>
       <c r="D223">
-        <v>11.25</v>
+        <v>4.45</v>
       </c>
       <c r="G223" t="s">
         <v>14</v>
       </c>
       <c r="H223" t="s">
-        <v>1121</v>
+        <v>1050</v>
       </c>
       <c r="I223">
         <v>12</v>
       </c>
       <c r="J223" t="s">
         <v>16</v>
       </c>
       <c r="K223" t="s">
-        <v>1122</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>1123</v>
+        <v>1052</v>
       </c>
       <c r="B224" t="s">
-        <v>1124</v>
+        <v>1053</v>
       </c>
       <c r="C224" t="s">
-        <v>1125</v>
+        <v>1054</v>
       </c>
       <c r="D224">
-        <v>7.66</v>
+        <v>4.45</v>
       </c>
       <c r="G224" t="s">
         <v>14</v>
       </c>
       <c r="H224" t="s">
-        <v>1126</v>
+        <v>1055</v>
       </c>
       <c r="I224">
         <v>12</v>
       </c>
       <c r="J224" t="s">
         <v>16</v>
       </c>
       <c r="K224" t="s">
-        <v>1127</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>1128</v>
+        <v>1057</v>
       </c>
       <c r="B225" t="s">
-        <v>1129</v>
+        <v>1058</v>
       </c>
       <c r="C225" t="s">
-        <v>1130</v>
+        <v>1059</v>
       </c>
       <c r="D225">
-        <v>9.18</v>
+        <v>4.45</v>
       </c>
       <c r="G225" t="s">
         <v>14</v>
       </c>
       <c r="H225" t="s">
-        <v>1131</v>
+        <v>1060</v>
       </c>
       <c r="I225">
         <v>12</v>
       </c>
       <c r="J225" t="s">
         <v>16</v>
       </c>
       <c r="K225" t="s">
-        <v>1132</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>1133</v>
+        <v>1062</v>
       </c>
       <c r="B226" t="s">
-        <v>1134</v>
+        <v>1063</v>
       </c>
       <c r="C226" t="s">
-        <v>1135</v>
+        <v>1064</v>
       </c>
       <c r="D226">
-        <v>11.7</v>
+        <v>4.45</v>
       </c>
       <c r="G226" t="s">
         <v>14</v>
       </c>
       <c r="H226" t="s">
-        <v>1136</v>
+        <v>1065</v>
       </c>
       <c r="I226">
         <v>12</v>
       </c>
       <c r="J226" t="s">
         <v>16</v>
       </c>
       <c r="K226" t="s">
-        <v>1137</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>1138</v>
+        <v>1067</v>
       </c>
       <c r="B227" t="s">
-        <v>1139</v>
+        <v>1068</v>
       </c>
       <c r="C227" t="s">
-        <v>1140</v>
+        <v>1069</v>
       </c>
       <c r="D227">
-        <v>7.99</v>
+        <v>4.8</v>
       </c>
       <c r="G227" t="s">
         <v>14</v>
       </c>
       <c r="H227" t="s">
-        <v>1141</v>
+        <v>1070</v>
       </c>
       <c r="I227">
         <v>12</v>
       </c>
       <c r="J227" t="s">
         <v>16</v>
       </c>
       <c r="K227" t="s">
-        <v>1142</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>1143</v>
+        <v>1072</v>
       </c>
       <c r="B228" t="s">
-        <v>1144</v>
+        <v>1073</v>
       </c>
       <c r="C228" t="s">
-        <v>1145</v>
+        <v>1074</v>
       </c>
       <c r="D228">
-        <v>9.58</v>
+        <v>4.8</v>
       </c>
       <c r="G228" t="s">
         <v>14</v>
       </c>
       <c r="H228" t="s">
-        <v>1146</v>
+        <v>1075</v>
       </c>
       <c r="I228">
         <v>12</v>
       </c>
       <c r="J228" t="s">
         <v>16</v>
       </c>
       <c r="K228" t="s">
-        <v>1147</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>1148</v>
+        <v>1077</v>
       </c>
       <c r="B229" t="s">
-        <v>1149</v>
+        <v>1078</v>
       </c>
       <c r="C229" t="s">
-        <v>1150</v>
+        <v>1079</v>
       </c>
       <c r="D229">
-        <v>12.25</v>
+        <v>4.8</v>
       </c>
       <c r="G229" t="s">
         <v>14</v>
       </c>
       <c r="H229" t="s">
-        <v>1151</v>
+        <v>1080</v>
       </c>
       <c r="I229">
         <v>12</v>
       </c>
       <c r="J229" t="s">
         <v>16</v>
       </c>
       <c r="K229" t="s">
-        <v>1152</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>1153</v>
+        <v>1082</v>
       </c>
       <c r="B230" t="s">
-        <v>1154</v>
+        <v>1083</v>
       </c>
       <c r="C230" t="s">
-        <v>1155</v>
+        <v>1084</v>
       </c>
       <c r="D230">
-        <v>7.4</v>
+        <v>4.45</v>
       </c>
       <c r="G230" t="s">
         <v>14</v>
       </c>
       <c r="H230" t="s">
-        <v>1156</v>
+        <v>1085</v>
       </c>
       <c r="I230">
         <v>12</v>
       </c>
       <c r="J230" t="s">
         <v>16</v>
       </c>
       <c r="K230" t="s">
-        <v>1157</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>1158</v>
+        <v>1087</v>
       </c>
       <c r="B231" t="s">
-        <v>1159</v>
+        <v>1088</v>
       </c>
       <c r="C231" t="s">
-        <v>1160</v>
+        <v>1089</v>
       </c>
       <c r="D231">
-        <v>8.89</v>
+        <v>4.45</v>
       </c>
       <c r="G231" t="s">
         <v>14</v>
       </c>
       <c r="H231" t="s">
-        <v>1161</v>
+        <v>1090</v>
       </c>
       <c r="I231">
         <v>12</v>
       </c>
       <c r="J231" t="s">
         <v>16</v>
       </c>
       <c r="K231" t="s">
-        <v>1162</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>1163</v>
+        <v>1092</v>
       </c>
       <c r="B232" t="s">
-        <v>1164</v>
+        <v>1093</v>
       </c>
       <c r="C232" t="s">
-        <v>1165</v>
+        <v>1094</v>
       </c>
       <c r="D232">
-        <v>11.25</v>
+        <v>4.45</v>
       </c>
       <c r="G232" t="s">
         <v>14</v>
       </c>
       <c r="H232" t="s">
-        <v>1166</v>
+        <v>1095</v>
       </c>
       <c r="I232">
         <v>12</v>
       </c>
       <c r="J232" t="s">
         <v>16</v>
       </c>
       <c r="K232" t="s">
-        <v>1167</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>1168</v>
+        <v>1097</v>
       </c>
       <c r="B233" t="s">
-        <v>1169</v>
+        <v>1098</v>
       </c>
       <c r="C233" t="s">
-        <v>1170</v>
+        <v>1099</v>
       </c>
       <c r="D233">
-        <v>7.66</v>
+        <v>4.45</v>
       </c>
       <c r="G233" t="s">
         <v>14</v>
       </c>
       <c r="H233" t="s">
-        <v>1171</v>
+        <v>1100</v>
       </c>
       <c r="I233">
         <v>12</v>
       </c>
       <c r="J233" t="s">
         <v>16</v>
       </c>
       <c r="K233" t="s">
-        <v>1172</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>1173</v>
+        <v>1102</v>
       </c>
       <c r="B234" t="s">
-        <v>1174</v>
+        <v>1103</v>
       </c>
       <c r="C234" t="s">
-        <v>1175</v>
+        <v>1104</v>
       </c>
       <c r="D234">
-        <v>9.18</v>
+        <v>4.45</v>
       </c>
       <c r="G234" t="s">
         <v>14</v>
       </c>
       <c r="H234" t="s">
-        <v>1176</v>
+        <v>1105</v>
       </c>
       <c r="I234">
         <v>12</v>
       </c>
       <c r="J234" t="s">
         <v>16</v>
       </c>
       <c r="K234" t="s">
-        <v>1177</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>1178</v>
+        <v>1107</v>
       </c>
       <c r="B235" t="s">
-        <v>1179</v>
+        <v>1108</v>
       </c>
       <c r="C235" t="s">
-        <v>1180</v>
+        <v>1109</v>
       </c>
       <c r="D235">
-        <v>11.7</v>
+        <v>4.45</v>
       </c>
       <c r="G235" t="s">
         <v>14</v>
       </c>
       <c r="H235" t="s">
-        <v>1181</v>
+        <v>1110</v>
       </c>
       <c r="I235">
         <v>12</v>
       </c>
       <c r="J235" t="s">
         <v>16</v>
       </c>
       <c r="K235" t="s">
-        <v>1182</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>1183</v>
+        <v>1112</v>
       </c>
       <c r="B236" t="s">
-        <v>1184</v>
+        <v>1113</v>
       </c>
       <c r="C236" t="s">
-        <v>1185</v>
+        <v>1114</v>
       </c>
       <c r="D236">
-        <v>7.99</v>
+        <v>26.7</v>
       </c>
       <c r="G236" t="s">
         <v>14</v>
       </c>
       <c r="H236" t="s">
-        <v>1186</v>
+        <v>1115</v>
       </c>
       <c r="I236">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J236" t="s">
         <v>16</v>
       </c>
       <c r="K236" t="s">
-        <v>1187</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>1188</v>
+        <v>1117</v>
       </c>
       <c r="B237" t="s">
-        <v>1189</v>
+        <v>1118</v>
       </c>
       <c r="C237" t="s">
-        <v>1190</v>
+        <v>1119</v>
       </c>
       <c r="D237">
-        <v>9.58</v>
+        <v>26.7</v>
       </c>
       <c r="G237" t="s">
         <v>14</v>
       </c>
       <c r="H237" t="s">
-        <v>1191</v>
+        <v>1120</v>
       </c>
       <c r="I237">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J237" t="s">
         <v>16</v>
       </c>
       <c r="K237" t="s">
-        <v>1192</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>1193</v>
+        <v>1122</v>
       </c>
       <c r="B238" t="s">
-        <v>1194</v>
+        <v>1123</v>
       </c>
       <c r="C238" t="s">
-        <v>1195</v>
+        <v>1124</v>
       </c>
       <c r="D238">
-        <v>12.25</v>
+        <v>53.4</v>
       </c>
       <c r="G238" t="s">
         <v>14</v>
       </c>
       <c r="H238" t="s">
-        <v>1196</v>
+        <v>1125</v>
       </c>
       <c r="I238">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J238" t="s">
         <v>16</v>
       </c>
       <c r="K238" t="s">
-        <v>1197</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>1198</v>
+        <v>1127</v>
       </c>
       <c r="B239" t="s">
-        <v>1199</v>
+        <v>1128</v>
       </c>
       <c r="C239" t="s">
-        <v>1200</v>
+        <v>1129</v>
       </c>
       <c r="D239">
-        <v>8.11</v>
+        <v>53.4</v>
       </c>
       <c r="G239" t="s">
         <v>14</v>
       </c>
       <c r="H239" t="s">
-        <v>1201</v>
+        <v>1130</v>
       </c>
       <c r="I239">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J239" t="s">
         <v>16</v>
       </c>
       <c r="K239" t="s">
-        <v>1202</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>1203</v>
+        <v>1132</v>
       </c>
       <c r="B240" t="s">
-        <v>1204</v>
+        <v>1133</v>
       </c>
       <c r="C240" t="s">
-        <v>1205</v>
+        <v>1134</v>
       </c>
       <c r="D240">
-        <v>9.56</v>
+        <v>27.52</v>
       </c>
       <c r="G240" t="s">
         <v>14</v>
       </c>
       <c r="H240" t="s">
-        <v>1206</v>
+        <v>1135</v>
       </c>
       <c r="I240">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J240" t="s">
         <v>16</v>
       </c>
       <c r="K240" t="s">
-        <v>1207</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>1208</v>
+        <v>1137</v>
       </c>
       <c r="B241" t="s">
-        <v>1209</v>
+        <v>1138</v>
       </c>
       <c r="C241" t="s">
-        <v>1210</v>
+        <v>1139</v>
       </c>
       <c r="D241">
-        <v>12.63</v>
+        <v>27.83</v>
       </c>
       <c r="G241" t="s">
         <v>14</v>
       </c>
       <c r="H241" t="s">
-        <v>1211</v>
+        <v>1140</v>
       </c>
       <c r="I241">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J241" t="s">
         <v>16</v>
       </c>
       <c r="K241" t="s">
-        <v>1212</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>1213</v>
+        <v>1142</v>
       </c>
       <c r="B242" t="s">
-        <v>1214</v>
+        <v>1143</v>
       </c>
       <c r="C242" t="s">
-        <v>1215</v>
+        <v>1144</v>
       </c>
       <c r="D242">
-        <v>8.37</v>
+        <v>65.93</v>
       </c>
       <c r="G242" t="s">
         <v>14</v>
       </c>
       <c r="H242" t="s">
-        <v>1216</v>
+        <v>1145</v>
       </c>
       <c r="I242">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J242" t="s">
         <v>16</v>
       </c>
       <c r="K242" t="s">
-        <v>1217</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>1218</v>
+        <v>1147</v>
       </c>
       <c r="B243" t="s">
-        <v>1219</v>
+        <v>1148</v>
       </c>
       <c r="C243" t="s">
-        <v>1220</v>
+        <v>1149</v>
       </c>
       <c r="D243">
-        <v>9.94</v>
+        <v>7.29</v>
       </c>
       <c r="G243" t="s">
         <v>14</v>
       </c>
       <c r="H243" t="s">
-        <v>1221</v>
+        <v>1150</v>
       </c>
       <c r="I243">
         <v>12</v>
       </c>
       <c r="J243" t="s">
         <v>16</v>
       </c>
       <c r="K243" t="s">
-        <v>1222</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>1223</v>
+        <v>1152</v>
       </c>
       <c r="B244" t="s">
-        <v>1224</v>
+        <v>1153</v>
       </c>
       <c r="C244" t="s">
-        <v>1225</v>
+        <v>1154</v>
       </c>
       <c r="D244">
-        <v>13.14</v>
+        <v>9.16</v>
       </c>
       <c r="G244" t="s">
         <v>14</v>
       </c>
       <c r="H244" t="s">
-        <v>1226</v>
+        <v>1155</v>
       </c>
       <c r="I244">
         <v>12</v>
       </c>
       <c r="J244" t="s">
         <v>16</v>
       </c>
       <c r="K244" t="s">
-        <v>1227</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>1228</v>
+        <v>1157</v>
       </c>
       <c r="B245" t="s">
-        <v>1229</v>
+        <v>1158</v>
       </c>
       <c r="C245" t="s">
-        <v>1230</v>
+        <v>1159</v>
       </c>
       <c r="D245">
-        <v>8.79</v>
+        <v>12</v>
       </c>
       <c r="G245" t="s">
         <v>14</v>
       </c>
       <c r="H245" t="s">
-        <v>1231</v>
+        <v>1160</v>
       </c>
       <c r="I245">
         <v>12</v>
       </c>
       <c r="J245" t="s">
         <v>16</v>
       </c>
       <c r="K245" t="s">
-        <v>1232</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>1233</v>
+        <v>1162</v>
       </c>
       <c r="B246" t="s">
-        <v>1234</v>
+        <v>1163</v>
       </c>
       <c r="C246" t="s">
-        <v>1235</v>
+        <v>1164</v>
       </c>
       <c r="D246">
-        <v>10.36</v>
+        <v>16.27</v>
       </c>
       <c r="G246" t="s">
         <v>14</v>
       </c>
       <c r="H246" t="s">
-        <v>1236</v>
+        <v>1165</v>
       </c>
       <c r="I246">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J246" t="s">
         <v>16</v>
       </c>
       <c r="K246" t="s">
-        <v>1237</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>1238</v>
+        <v>1167</v>
       </c>
       <c r="B247" t="s">
-        <v>1239</v>
+        <v>1168</v>
       </c>
       <c r="C247" t="s">
-        <v>1240</v>
+        <v>1169</v>
       </c>
       <c r="D247">
-        <v>13.81</v>
+        <v>7.82</v>
       </c>
       <c r="G247" t="s">
         <v>14</v>
       </c>
       <c r="H247" t="s">
-        <v>1241</v>
+        <v>1170</v>
       </c>
       <c r="I247">
         <v>12</v>
       </c>
       <c r="J247" t="s">
         <v>16</v>
       </c>
       <c r="K247" t="s">
-        <v>1242</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>1243</v>
+        <v>1172</v>
       </c>
       <c r="B248" t="s">
-        <v>1244</v>
+        <v>1173</v>
       </c>
       <c r="C248" t="s">
-        <v>1245</v>
+        <v>1174</v>
       </c>
       <c r="D248">
-        <v>9.48</v>
+        <v>10.62</v>
       </c>
       <c r="G248" t="s">
         <v>14</v>
       </c>
       <c r="H248" t="s">
-        <v>1246</v>
+        <v>1175</v>
       </c>
       <c r="I248">
         <v>12</v>
       </c>
       <c r="J248" t="s">
         <v>16</v>
       </c>
       <c r="K248" t="s">
-        <v>1247</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>1248</v>
+        <v>1177</v>
       </c>
       <c r="B249" t="s">
-        <v>1249</v>
+        <v>1178</v>
       </c>
       <c r="C249" t="s">
-        <v>1250</v>
+        <v>1179</v>
       </c>
       <c r="D249">
-        <v>10.65</v>
+        <v>13.62</v>
       </c>
       <c r="G249" t="s">
         <v>14</v>
       </c>
       <c r="H249" t="s">
-        <v>1251</v>
+        <v>1180</v>
       </c>
       <c r="I249">
         <v>12</v>
       </c>
       <c r="J249" t="s">
         <v>16</v>
       </c>
       <c r="K249" t="s">
-        <v>1252</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>1253</v>
+        <v>1182</v>
       </c>
       <c r="B250" t="s">
-        <v>1254</v>
+        <v>1183</v>
       </c>
       <c r="C250" t="s">
-        <v>1255</v>
+        <v>1184</v>
       </c>
       <c r="D250">
-        <v>13.92</v>
+        <v>16.9</v>
       </c>
       <c r="G250" t="s">
         <v>14</v>
       </c>
       <c r="H250" t="s">
-        <v>1256</v>
+        <v>1185</v>
       </c>
       <c r="I250">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J250" t="s">
         <v>16</v>
       </c>
       <c r="K250" t="s">
-        <v>1257</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>1258</v>
+        <v>1187</v>
       </c>
       <c r="B251" t="s">
-        <v>1259</v>
+        <v>1188</v>
       </c>
       <c r="C251" t="s">
-        <v>1260</v>
+        <v>1189</v>
       </c>
       <c r="D251">
-        <v>9.75</v>
+        <v>8.6</v>
       </c>
       <c r="G251" t="s">
         <v>14</v>
       </c>
       <c r="H251" t="s">
-        <v>1261</v>
+        <v>1190</v>
       </c>
       <c r="I251">
         <v>12</v>
       </c>
       <c r="J251" t="s">
         <v>16</v>
       </c>
       <c r="K251" t="s">
-        <v>1262</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>1263</v>
+        <v>1192</v>
       </c>
       <c r="B252" t="s">
-        <v>1264</v>
+        <v>1193</v>
       </c>
       <c r="C252" t="s">
-        <v>1265</v>
+        <v>1194</v>
       </c>
       <c r="D252">
-        <v>11.45</v>
+        <v>12.84</v>
       </c>
       <c r="G252" t="s">
         <v>14</v>
       </c>
       <c r="H252" t="s">
-        <v>1266</v>
+        <v>1195</v>
       </c>
       <c r="I252">
         <v>12</v>
       </c>
       <c r="J252" t="s">
         <v>16</v>
       </c>
       <c r="K252" t="s">
-        <v>1267</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>1268</v>
+        <v>1197</v>
       </c>
       <c r="B253" t="s">
-        <v>1269</v>
+        <v>1198</v>
       </c>
       <c r="C253" t="s">
-        <v>1270</v>
+        <v>1199</v>
       </c>
       <c r="D253">
-        <v>14.95</v>
+        <v>16.38</v>
       </c>
       <c r="G253" t="s">
         <v>14</v>
       </c>
       <c r="H253" t="s">
-        <v>1271</v>
+        <v>1200</v>
       </c>
       <c r="I253">
         <v>12</v>
       </c>
       <c r="J253" t="s">
         <v>16</v>
       </c>
       <c r="K253" t="s">
-        <v>1272</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>1273</v>
+        <v>1202</v>
       </c>
       <c r="B254" t="s">
-        <v>1274</v>
+        <v>1203</v>
       </c>
       <c r="C254" t="s">
-        <v>1275</v>
+        <v>1204</v>
       </c>
       <c r="D254">
-        <v>10.2</v>
+        <v>19.02</v>
       </c>
       <c r="G254" t="s">
         <v>14</v>
       </c>
       <c r="H254" t="s">
-        <v>1276</v>
+        <v>1205</v>
       </c>
       <c r="I254">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J254" t="s">
         <v>16</v>
       </c>
       <c r="K254" t="s">
-        <v>1277</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>1278</v>
+        <v>1207</v>
       </c>
       <c r="B255" t="s">
-        <v>1279</v>
+        <v>1208</v>
       </c>
       <c r="C255" t="s">
-        <v>1280</v>
+        <v>1209</v>
       </c>
       <c r="D255">
-        <v>12.15</v>
+        <v>4.4</v>
       </c>
       <c r="G255" t="s">
         <v>14</v>
       </c>
       <c r="H255" t="s">
-        <v>1281</v>
+        <v>1210</v>
       </c>
       <c r="I255">
         <v>12</v>
       </c>
       <c r="J255" t="s">
         <v>16</v>
       </c>
       <c r="K255" t="s">
-        <v>1282</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>1283</v>
+        <v>1212</v>
       </c>
       <c r="B256" t="s">
-        <v>1284</v>
+        <v>1213</v>
       </c>
       <c r="C256" t="s">
-        <v>1285</v>
+        <v>1214</v>
       </c>
       <c r="D256">
-        <v>15.23</v>
+        <v>6.09</v>
       </c>
       <c r="G256" t="s">
         <v>14</v>
       </c>
       <c r="H256" t="s">
-        <v>1286</v>
+        <v>1215</v>
       </c>
       <c r="I256">
         <v>12</v>
       </c>
       <c r="J256" t="s">
         <v>16</v>
       </c>
       <c r="K256" t="s">
-        <v>1287</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>1288</v>
+        <v>1217</v>
       </c>
       <c r="B257" t="s">
-        <v>1289</v>
+        <v>1218</v>
       </c>
       <c r="C257" t="s">
-        <v>1290</v>
+        <v>1219</v>
       </c>
       <c r="D257">
-        <v>8.08</v>
+        <v>7.65</v>
       </c>
       <c r="G257" t="s">
         <v>14</v>
       </c>
       <c r="H257" t="s">
-        <v>1291</v>
+        <v>1220</v>
       </c>
       <c r="I257">
         <v>12</v>
       </c>
       <c r="J257" t="s">
         <v>16</v>
       </c>
       <c r="K257" t="s">
-        <v>1292</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>1293</v>
+        <v>1222</v>
       </c>
       <c r="B258" t="s">
-        <v>1294</v>
+        <v>1223</v>
       </c>
       <c r="C258" t="s">
-        <v>1295</v>
+        <v>1224</v>
       </c>
       <c r="D258">
-        <v>9</v>
+        <v>4.75</v>
       </c>
       <c r="G258" t="s">
         <v>14</v>
       </c>
       <c r="H258" t="s">
-        <v>1296</v>
+        <v>1225</v>
       </c>
       <c r="I258">
         <v>12</v>
       </c>
       <c r="J258" t="s">
         <v>16</v>
       </c>
       <c r="K258" t="s">
-        <v>1297</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>1298</v>
+        <v>1227</v>
       </c>
       <c r="B259" t="s">
-        <v>1299</v>
+        <v>1228</v>
       </c>
       <c r="C259" t="s">
-        <v>1300</v>
+        <v>1229</v>
       </c>
       <c r="D259">
-        <v>11.14</v>
+        <v>6.56</v>
       </c>
       <c r="G259" t="s">
         <v>14</v>
       </c>
       <c r="H259" t="s">
-        <v>1301</v>
+        <v>1230</v>
       </c>
       <c r="I259">
         <v>12</v>
       </c>
       <c r="J259" t="s">
         <v>16</v>
       </c>
       <c r="K259" t="s">
-        <v>1302</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>1303</v>
+        <v>1232</v>
       </c>
       <c r="B260" t="s">
-        <v>1304</v>
+        <v>1233</v>
       </c>
       <c r="C260" t="s">
-        <v>1305</v>
+        <v>1234</v>
       </c>
       <c r="D260">
-        <v>8.33</v>
+        <v>8.27</v>
       </c>
       <c r="G260" t="s">
         <v>14</v>
       </c>
       <c r="H260" t="s">
-        <v>1306</v>
+        <v>1235</v>
       </c>
       <c r="I260">
         <v>12</v>
       </c>
       <c r="J260" t="s">
         <v>16</v>
       </c>
       <c r="K260" t="s">
-        <v>1307</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
-        <v>1308</v>
+        <v>1237</v>
       </c>
       <c r="B261" t="s">
-        <v>1309</v>
+        <v>1238</v>
       </c>
       <c r="C261" t="s">
-        <v>1310</v>
+        <v>1239</v>
       </c>
       <c r="D261">
-        <v>9.32</v>
+        <v>5.11</v>
       </c>
       <c r="G261" t="s">
         <v>14</v>
       </c>
       <c r="H261" t="s">
-        <v>1311</v>
+        <v>1240</v>
       </c>
       <c r="I261">
         <v>12</v>
       </c>
       <c r="J261" t="s">
         <v>16</v>
       </c>
       <c r="K261" t="s">
-        <v>1312</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
-        <v>1313</v>
+        <v>1242</v>
       </c>
       <c r="B262" t="s">
-        <v>1314</v>
+        <v>1243</v>
       </c>
       <c r="C262" t="s">
-        <v>1315</v>
+        <v>1244</v>
       </c>
       <c r="D262">
-        <v>11.7</v>
+        <v>7.13</v>
       </c>
       <c r="G262" t="s">
         <v>14</v>
       </c>
       <c r="H262" t="s">
-        <v>1316</v>
+        <v>1245</v>
       </c>
       <c r="I262">
         <v>12</v>
       </c>
       <c r="J262" t="s">
         <v>16</v>
       </c>
       <c r="K262" t="s">
-        <v>1317</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
-        <v>1318</v>
+        <v>1247</v>
       </c>
       <c r="B263" t="s">
-        <v>1319</v>
+        <v>1248</v>
       </c>
       <c r="C263" t="s">
-        <v>1320</v>
+        <v>1249</v>
       </c>
       <c r="D263">
-        <v>8.62</v>
+        <v>9</v>
       </c>
       <c r="G263" t="s">
         <v>14</v>
       </c>
       <c r="H263" t="s">
-        <v>1321</v>
+        <v>1250</v>
       </c>
       <c r="I263">
         <v>12</v>
       </c>
       <c r="J263" t="s">
         <v>16</v>
       </c>
       <c r="K263" t="s">
-        <v>1322</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>1323</v>
+        <v>1252</v>
       </c>
       <c r="B264" t="s">
-        <v>1324</v>
+        <v>1253</v>
       </c>
       <c r="C264" t="s">
-        <v>1325</v>
+        <v>1254</v>
       </c>
       <c r="D264">
-        <v>9.72</v>
+        <v>36.57</v>
       </c>
       <c r="G264" t="s">
         <v>14</v>
       </c>
       <c r="H264" t="s">
-        <v>1326</v>
+        <v>1255</v>
       </c>
       <c r="I264">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J264" t="s">
         <v>16</v>
       </c>
       <c r="K264" t="s">
-        <v>1327</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>1328</v>
+        <v>1257</v>
       </c>
       <c r="B265" t="s">
-        <v>1329</v>
+        <v>1258</v>
       </c>
       <c r="C265" t="s">
-        <v>1330</v>
+        <v>1259</v>
       </c>
       <c r="D265">
-        <v>12.3</v>
+        <v>36.57</v>
       </c>
       <c r="G265" t="s">
         <v>14</v>
       </c>
       <c r="H265" t="s">
-        <v>1331</v>
+        <v>1260</v>
       </c>
       <c r="I265">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J265" t="s">
         <v>16</v>
       </c>
       <c r="K265" t="s">
-        <v>1332</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
-        <v>1333</v>
+        <v>1262</v>
       </c>
       <c r="B266" t="s">
-        <v>1334</v>
+        <v>1263</v>
       </c>
       <c r="C266" t="s">
-        <v>1335</v>
+        <v>1264</v>
       </c>
       <c r="D266">
-        <v>7.08</v>
+        <v>2.91</v>
       </c>
       <c r="G266" t="s">
         <v>14</v>
       </c>
       <c r="H266" t="s">
-        <v>1336</v>
+        <v>1265</v>
       </c>
       <c r="I266">
         <v>12</v>
       </c>
       <c r="J266" t="s">
         <v>16</v>
       </c>
       <c r="K266" t="s">
-        <v>1337</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>1338</v>
+        <v>1267</v>
       </c>
       <c r="B267" t="s">
-        <v>1339</v>
+        <v>1268</v>
       </c>
       <c r="C267" t="s">
-        <v>1340</v>
+        <v>1269</v>
       </c>
       <c r="D267">
-        <v>8.34</v>
+        <v>3.3</v>
       </c>
       <c r="G267" t="s">
         <v>14</v>
       </c>
       <c r="H267" t="s">
-        <v>1341</v>
+        <v>1270</v>
       </c>
       <c r="I267">
         <v>12</v>
       </c>
       <c r="J267" t="s">
         <v>16</v>
       </c>
       <c r="K267" t="s">
-        <v>1342</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>1343</v>
+        <v>1272</v>
       </c>
       <c r="B268" t="s">
-        <v>1344</v>
+        <v>1273</v>
       </c>
       <c r="C268" t="s">
-        <v>1345</v>
+        <v>1274</v>
       </c>
       <c r="D268">
-        <v>10.4</v>
+        <v>3.83</v>
       </c>
       <c r="G268" t="s">
         <v>14</v>
       </c>
       <c r="H268" t="s">
-        <v>1346</v>
+        <v>1275</v>
       </c>
       <c r="I268">
         <v>12</v>
       </c>
       <c r="J268" t="s">
         <v>16</v>
       </c>
       <c r="K268" t="s">
-        <v>1347</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>1348</v>
+        <v>1277</v>
       </c>
       <c r="B269" t="s">
-        <v>1349</v>
+        <v>1278</v>
       </c>
       <c r="C269" t="s">
-        <v>1350</v>
+        <v>1279</v>
       </c>
       <c r="D269">
-        <v>7.31</v>
+        <v>4.52</v>
       </c>
       <c r="G269" t="s">
         <v>14</v>
       </c>
       <c r="H269" t="s">
-        <v>1351</v>
+        <v>1280</v>
       </c>
       <c r="I269">
         <v>12</v>
       </c>
       <c r="J269" t="s">
         <v>16</v>
       </c>
       <c r="K269" t="s">
-        <v>1352</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>1353</v>
+        <v>1282</v>
       </c>
       <c r="B270" t="s">
-        <v>1354</v>
+        <v>1283</v>
       </c>
       <c r="C270" t="s">
-        <v>1355</v>
+        <v>1284</v>
       </c>
       <c r="D270">
-        <v>8.63</v>
+        <v>5.52</v>
       </c>
       <c r="G270" t="s">
         <v>14</v>
       </c>
       <c r="H270" t="s">
-        <v>1356</v>
+        <v>1285</v>
       </c>
       <c r="I270">
         <v>12</v>
       </c>
       <c r="J270" t="s">
         <v>16</v>
       </c>
       <c r="K270" t="s">
-        <v>1357</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>1358</v>
+        <v>1287</v>
       </c>
       <c r="B271" t="s">
-        <v>1359</v>
+        <v>1288</v>
       </c>
       <c r="C271" t="s">
-        <v>1360</v>
+        <v>1289</v>
       </c>
       <c r="D271">
-        <v>10.83</v>
+        <v>2.99</v>
       </c>
       <c r="G271" t="s">
         <v>14</v>
       </c>
       <c r="H271" t="s">
-        <v>1361</v>
+        <v>1290</v>
       </c>
       <c r="I271">
         <v>12</v>
       </c>
       <c r="J271" t="s">
         <v>16</v>
       </c>
       <c r="K271" t="s">
-        <v>1362</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
-        <v>1363</v>
+        <v>1292</v>
       </c>
       <c r="B272" t="s">
-        <v>1364</v>
+        <v>1293</v>
       </c>
       <c r="C272" t="s">
-        <v>1365</v>
+        <v>1294</v>
       </c>
       <c r="D272">
-        <v>7.9</v>
+        <v>3.53</v>
       </c>
       <c r="G272" t="s">
         <v>14</v>
       </c>
       <c r="H272" t="s">
-        <v>1366</v>
+        <v>1295</v>
       </c>
       <c r="I272">
         <v>12</v>
       </c>
       <c r="J272" t="s">
         <v>16</v>
       </c>
       <c r="K272" t="s">
-        <v>1367</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>1368</v>
+        <v>1297</v>
       </c>
       <c r="B273" t="s">
-        <v>1369</v>
+        <v>1298</v>
       </c>
       <c r="C273" t="s">
-        <v>1370</v>
+        <v>1299</v>
       </c>
       <c r="D273">
-        <v>8.94</v>
+        <v>3.83</v>
       </c>
       <c r="G273" t="s">
         <v>14</v>
       </c>
       <c r="H273" t="s">
-        <v>1371</v>
+        <v>1300</v>
       </c>
       <c r="I273">
         <v>12</v>
       </c>
       <c r="J273" t="s">
         <v>16</v>
       </c>
       <c r="K273" t="s">
-        <v>1372</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
-        <v>1373</v>
+        <v>1302</v>
       </c>
       <c r="B274" t="s">
-        <v>1374</v>
+        <v>1303</v>
       </c>
       <c r="C274" t="s">
-        <v>1375</v>
+        <v>1304</v>
       </c>
       <c r="D274">
-        <v>11.34</v>
+        <v>4.52</v>
       </c>
       <c r="G274" t="s">
         <v>14</v>
       </c>
       <c r="H274" t="s">
-        <v>1376</v>
+        <v>1305</v>
       </c>
       <c r="I274">
         <v>12</v>
       </c>
       <c r="J274" t="s">
         <v>16</v>
       </c>
       <c r="K274" t="s">
-        <v>1377</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
-        <v>1378</v>
+        <v>1307</v>
       </c>
       <c r="B275" t="s">
-        <v>1379</v>
+        <v>1308</v>
       </c>
       <c r="C275" t="s">
-        <v>1380</v>
+        <v>1309</v>
       </c>
       <c r="D275">
-        <v>5.56</v>
+        <v>5.52</v>
       </c>
       <c r="G275" t="s">
         <v>14</v>
       </c>
       <c r="H275" t="s">
-        <v>1381</v>
+        <v>1310</v>
       </c>
       <c r="I275">
         <v>12</v>
       </c>
       <c r="J275" t="s">
         <v>16</v>
       </c>
       <c r="K275" t="s">
-        <v>1382</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
-        <v>1383</v>
+        <v>1312</v>
       </c>
       <c r="B276" t="s">
-        <v>1384</v>
+        <v>1313</v>
       </c>
       <c r="C276" t="s">
-        <v>1385</v>
+        <v>1314</v>
       </c>
       <c r="D276">
-        <v>5.56</v>
+        <v>4.06</v>
       </c>
       <c r="G276" t="s">
         <v>14</v>
       </c>
       <c r="H276" t="s">
-        <v>1386</v>
+        <v>1315</v>
       </c>
       <c r="I276">
         <v>12</v>
       </c>
       <c r="J276" t="s">
         <v>16</v>
       </c>
       <c r="K276" t="s">
-        <v>1387</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
-        <v>1388</v>
+        <v>1317</v>
       </c>
       <c r="B277" t="s">
-        <v>1389</v>
+        <v>1318</v>
       </c>
       <c r="C277" t="s">
-        <v>1390</v>
+        <v>1319</v>
       </c>
       <c r="D277">
-        <v>5.56</v>
+        <v>5.14</v>
       </c>
       <c r="G277" t="s">
         <v>14</v>
       </c>
       <c r="H277" t="s">
-        <v>1391</v>
+        <v>1320</v>
       </c>
       <c r="I277">
         <v>12</v>
       </c>
       <c r="J277" t="s">
         <v>16</v>
       </c>
       <c r="K277" t="s">
-        <v>1392</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
-        <v>1393</v>
+        <v>1322</v>
       </c>
       <c r="B278" t="s">
-        <v>1394</v>
+        <v>1323</v>
       </c>
       <c r="C278" t="s">
-        <v>1395</v>
+        <v>1324</v>
       </c>
       <c r="D278">
-        <v>5.56</v>
+        <v>7.13</v>
       </c>
       <c r="G278" t="s">
         <v>14</v>
       </c>
       <c r="H278" t="s">
-        <v>1396</v>
+        <v>1325</v>
       </c>
       <c r="I278">
         <v>12</v>
       </c>
       <c r="J278" t="s">
         <v>16</v>
       </c>
       <c r="K278" t="s">
-        <v>1397</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
-        <v>1398</v>
+        <v>1327</v>
       </c>
       <c r="B279" t="s">
-        <v>1399</v>
+        <v>1328</v>
       </c>
       <c r="C279" t="s">
-        <v>1400</v>
+        <v>1329</v>
       </c>
       <c r="D279">
-        <v>5.56</v>
+        <v>11.12</v>
       </c>
       <c r="G279" t="s">
         <v>14</v>
       </c>
       <c r="H279" t="s">
-        <v>1401</v>
+        <v>1330</v>
       </c>
       <c r="I279">
         <v>12</v>
       </c>
       <c r="J279" t="s">
         <v>16</v>
       </c>
       <c r="K279" t="s">
-        <v>1402</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
-        <v>1403</v>
+        <v>1332</v>
       </c>
       <c r="B280" t="s">
-        <v>1404</v>
+        <v>1333</v>
       </c>
       <c r="C280" t="s">
-        <v>1405</v>
+        <v>1334</v>
       </c>
       <c r="D280">
-        <v>5.56</v>
+        <v>30.59</v>
       </c>
       <c r="G280" t="s">
         <v>14</v>
       </c>
       <c r="H280" t="s">
-        <v>1406</v>
+        <v>1335</v>
       </c>
       <c r="I280">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J280" t="s">
         <v>16</v>
       </c>
       <c r="K280" t="s">
-        <v>1407</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
-        <v>1408</v>
+        <v>1337</v>
       </c>
       <c r="B281" t="s">
-        <v>1409</v>
+        <v>1338</v>
       </c>
       <c r="C281" t="s">
-        <v>1410</v>
+        <v>1339</v>
       </c>
       <c r="D281">
-        <v>10.44</v>
+        <v>30.59</v>
       </c>
       <c r="G281" t="s">
         <v>14</v>
       </c>
       <c r="H281" t="s">
-        <v>1411</v>
+        <v>1340</v>
       </c>
       <c r="I281">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J281" t="s">
         <v>16</v>
       </c>
       <c r="K281" t="s">
-        <v>1412</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
-        <v>1413</v>
+        <v>1342</v>
       </c>
       <c r="B282" t="s">
-        <v>1414</v>
+        <v>1343</v>
       </c>
       <c r="C282" t="s">
-        <v>1415</v>
+        <v>1344</v>
       </c>
       <c r="D282">
-        <v>12.41</v>
+        <v>1.1</v>
       </c>
       <c r="G282" t="s">
         <v>14</v>
       </c>
       <c r="H282" t="s">
-        <v>1416</v>
+        <v>1345</v>
       </c>
       <c r="I282">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J282" t="s">
         <v>16</v>
       </c>
       <c r="K282" t="s">
-        <v>1417</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
-        <v>1418</v>
+        <v>1347</v>
       </c>
       <c r="B283" t="s">
-        <v>1419</v>
+        <v>1348</v>
       </c>
       <c r="C283" t="s">
-        <v>1420</v>
+        <v>1349</v>
       </c>
       <c r="D283">
-        <v>15.45</v>
+        <v>1.3</v>
       </c>
       <c r="G283" t="s">
         <v>14</v>
       </c>
       <c r="H283" t="s">
-        <v>1421</v>
+        <v>1350</v>
       </c>
       <c r="I283">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J283" t="s">
         <v>16</v>
       </c>
       <c r="K283" t="s">
-        <v>1422</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
-        <v>1423</v>
+        <v>1352</v>
       </c>
       <c r="B284" t="s">
-        <v>1424</v>
+        <v>1353</v>
       </c>
       <c r="C284" t="s">
-        <v>1425</v>
+        <v>1354</v>
       </c>
       <c r="D284">
-        <v>10.97</v>
+        <v>1.3</v>
       </c>
       <c r="G284" t="s">
         <v>14</v>
       </c>
       <c r="H284" t="s">
-        <v>1426</v>
+        <v>1355</v>
       </c>
       <c r="I284">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J284" t="s">
         <v>16</v>
       </c>
       <c r="K284" t="s">
-        <v>1427</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
-        <v>1428</v>
+        <v>1357</v>
       </c>
       <c r="B285" t="s">
-        <v>1429</v>
+        <v>1358</v>
       </c>
       <c r="C285" t="s">
-        <v>1430</v>
+        <v>1359</v>
       </c>
       <c r="D285">
-        <v>13.87</v>
+        <v>3.25</v>
       </c>
       <c r="G285" t="s">
         <v>14</v>
       </c>
       <c r="H285" t="s">
-        <v>1431</v>
+        <v>1360</v>
       </c>
       <c r="I285">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J285" t="s">
         <v>16</v>
       </c>
       <c r="K285" t="s">
-        <v>1432</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
-        <v>1433</v>
+        <v>1362</v>
       </c>
       <c r="B286" t="s">
-        <v>1434</v>
+        <v>1363</v>
       </c>
       <c r="C286" t="s">
-        <v>1435</v>
+        <v>1364</v>
       </c>
       <c r="D286">
-        <v>17.07</v>
+        <v>3.15</v>
       </c>
       <c r="G286" t="s">
         <v>14</v>
       </c>
       <c r="H286" t="s">
-        <v>1436</v>
+        <v>1365</v>
       </c>
       <c r="I286">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J286" t="s">
         <v>16</v>
       </c>
       <c r="K286" t="s">
-        <v>1437</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
-        <v>1438</v>
+        <v>1367</v>
       </c>
       <c r="B287" t="s">
-        <v>1439</v>
+        <v>1368</v>
       </c>
       <c r="C287" t="s">
-        <v>1440</v>
+        <v>1369</v>
       </c>
       <c r="D287">
-        <v>11.75</v>
+        <v>7.4</v>
       </c>
       <c r="G287" t="s">
         <v>14</v>
       </c>
       <c r="H287" t="s">
-        <v>1441</v>
+        <v>1370</v>
       </c>
       <c r="I287">
         <v>12</v>
       </c>
       <c r="J287" t="s">
         <v>16</v>
       </c>
       <c r="K287" t="s">
-        <v>1442</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
-        <v>1443</v>
+        <v>1372</v>
       </c>
       <c r="B288" t="s">
-        <v>1444</v>
+        <v>1373</v>
       </c>
       <c r="C288" t="s">
-        <v>1445</v>
+        <v>1374</v>
       </c>
       <c r="D288">
-        <v>16.09</v>
+        <v>8.89</v>
       </c>
       <c r="G288" t="s">
         <v>14</v>
       </c>
       <c r="H288" t="s">
-        <v>1446</v>
+        <v>1375</v>
       </c>
       <c r="I288">
         <v>12</v>
       </c>
       <c r="J288" t="s">
         <v>16</v>
       </c>
       <c r="K288" t="s">
-        <v>1447</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
-        <v>1448</v>
+        <v>1377</v>
       </c>
       <c r="B289" t="s">
-        <v>1449</v>
+        <v>1378</v>
       </c>
       <c r="C289" t="s">
-        <v>1450</v>
+        <v>1379</v>
       </c>
       <c r="D289">
-        <v>19.83</v>
+        <v>11.25</v>
       </c>
       <c r="G289" t="s">
         <v>14</v>
       </c>
       <c r="H289" t="s">
-        <v>1451</v>
+        <v>1380</v>
       </c>
       <c r="I289">
         <v>12</v>
       </c>
       <c r="J289" t="s">
         <v>16</v>
       </c>
       <c r="K289" t="s">
-        <v>1452</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
-        <v>1453</v>
+        <v>1382</v>
       </c>
       <c r="B290" t="s">
-        <v>1454</v>
+        <v>1383</v>
       </c>
       <c r="C290" t="s">
-        <v>1455</v>
+        <v>1384</v>
       </c>
       <c r="D290">
-        <v>7.55</v>
+        <v>7.66</v>
       </c>
       <c r="G290" t="s">
         <v>14</v>
       </c>
       <c r="H290" t="s">
-        <v>1456</v>
+        <v>1385</v>
       </c>
       <c r="I290">
         <v>12</v>
       </c>
       <c r="J290" t="s">
         <v>16</v>
       </c>
       <c r="K290" t="s">
-        <v>1457</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>1458</v>
+        <v>1387</v>
       </c>
       <c r="B291" t="s">
-        <v>1459</v>
+        <v>1388</v>
       </c>
       <c r="C291" t="s">
-        <v>1460</v>
+        <v>1389</v>
       </c>
       <c r="D291">
-        <v>9.34</v>
+        <v>9.18</v>
       </c>
       <c r="G291" t="s">
         <v>14</v>
       </c>
       <c r="H291" t="s">
-        <v>1461</v>
+        <v>1390</v>
       </c>
       <c r="I291">
         <v>12</v>
       </c>
       <c r="J291" t="s">
         <v>16</v>
       </c>
       <c r="K291" t="s">
-        <v>1462</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
-        <v>1463</v>
+        <v>1392</v>
       </c>
       <c r="B292" t="s">
-        <v>1464</v>
+        <v>1393</v>
       </c>
       <c r="C292" t="s">
-        <v>1465</v>
+        <v>1394</v>
       </c>
       <c r="D292">
-        <v>11.1</v>
+        <v>11.7</v>
       </c>
       <c r="G292" t="s">
         <v>14</v>
       </c>
       <c r="H292" t="s">
-        <v>1466</v>
+        <v>1395</v>
       </c>
       <c r="I292">
         <v>12</v>
       </c>
       <c r="J292" t="s">
         <v>16</v>
       </c>
       <c r="K292" t="s">
-        <v>1467</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
-        <v>1468</v>
+        <v>1397</v>
       </c>
       <c r="B293" t="s">
-        <v>1469</v>
+        <v>1398</v>
       </c>
       <c r="C293" t="s">
-        <v>1470</v>
+        <v>1399</v>
       </c>
       <c r="D293">
-        <v>7.9</v>
+        <v>7.99</v>
       </c>
       <c r="G293" t="s">
         <v>14</v>
       </c>
       <c r="H293" t="s">
-        <v>1471</v>
+        <v>1400</v>
       </c>
       <c r="I293">
         <v>12</v>
       </c>
       <c r="J293" t="s">
         <v>16</v>
       </c>
       <c r="K293" t="s">
-        <v>1472</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
-        <v>1473</v>
+        <v>1402</v>
       </c>
       <c r="B294" t="s">
-        <v>1474</v>
+        <v>1403</v>
       </c>
       <c r="C294" t="s">
-        <v>1475</v>
+        <v>1404</v>
       </c>
       <c r="D294">
-        <v>9.81</v>
+        <v>9.58</v>
       </c>
       <c r="G294" t="s">
         <v>14</v>
       </c>
       <c r="H294" t="s">
-        <v>1476</v>
+        <v>1405</v>
       </c>
       <c r="I294">
         <v>12</v>
       </c>
       <c r="J294" t="s">
         <v>16</v>
       </c>
       <c r="K294" t="s">
-        <v>1477</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
-        <v>1478</v>
+        <v>1407</v>
       </c>
       <c r="B295" t="s">
-        <v>1479</v>
+        <v>1408</v>
       </c>
       <c r="C295" t="s">
-        <v>1480</v>
+        <v>1409</v>
       </c>
       <c r="D295">
-        <v>11.72</v>
+        <v>12.25</v>
       </c>
       <c r="G295" t="s">
         <v>14</v>
       </c>
       <c r="H295" t="s">
-        <v>1481</v>
+        <v>1410</v>
       </c>
       <c r="I295">
         <v>12</v>
       </c>
       <c r="J295" t="s">
         <v>16</v>
       </c>
       <c r="K295" t="s">
-        <v>1482</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
-        <v>1483</v>
+        <v>1412</v>
       </c>
       <c r="B296" t="s">
-        <v>1484</v>
+        <v>1413</v>
       </c>
       <c r="C296" t="s">
-        <v>1485</v>
+        <v>1414</v>
       </c>
       <c r="D296">
-        <v>8.26</v>
+        <v>7.4</v>
       </c>
       <c r="G296" t="s">
         <v>14</v>
       </c>
       <c r="H296" t="s">
-        <v>1486</v>
+        <v>1415</v>
       </c>
       <c r="I296">
         <v>12</v>
       </c>
       <c r="J296" t="s">
         <v>16</v>
       </c>
       <c r="K296" t="s">
-        <v>1487</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
-        <v>1488</v>
+        <v>1417</v>
       </c>
       <c r="B297" t="s">
-        <v>1489</v>
+        <v>1418</v>
       </c>
       <c r="C297" t="s">
-        <v>1490</v>
+        <v>1419</v>
       </c>
       <c r="D297">
-        <v>10.38</v>
+        <v>8.89</v>
       </c>
       <c r="G297" t="s">
         <v>14</v>
       </c>
       <c r="H297" t="s">
-        <v>1491</v>
+        <v>1420</v>
       </c>
       <c r="I297">
         <v>12</v>
       </c>
       <c r="J297" t="s">
         <v>16</v>
       </c>
       <c r="K297" t="s">
-        <v>1492</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
-        <v>1493</v>
+        <v>1422</v>
       </c>
       <c r="B298" t="s">
-        <v>1494</v>
+        <v>1423</v>
       </c>
       <c r="C298" t="s">
-        <v>1495</v>
+        <v>1424</v>
       </c>
       <c r="D298">
-        <v>12.45</v>
+        <v>11.25</v>
       </c>
       <c r="G298" t="s">
         <v>14</v>
       </c>
       <c r="H298" t="s">
-        <v>1496</v>
+        <v>1425</v>
       </c>
       <c r="I298">
         <v>12</v>
       </c>
       <c r="J298" t="s">
         <v>16</v>
       </c>
       <c r="K298" t="s">
-        <v>1497</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
-        <v>1498</v>
+        <v>1427</v>
       </c>
       <c r="B299" t="s">
-        <v>1499</v>
+        <v>1428</v>
       </c>
       <c r="C299" t="s">
-        <v>1500</v>
+        <v>1429</v>
       </c>
       <c r="D299">
-        <v>5.56</v>
+        <v>7.66</v>
       </c>
       <c r="G299" t="s">
         <v>14</v>
       </c>
       <c r="H299" t="s">
-        <v>1501</v>
+        <v>1430</v>
       </c>
       <c r="I299">
         <v>12</v>
       </c>
       <c r="J299" t="s">
         <v>16</v>
       </c>
       <c r="K299" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D300">
+        <v>9.18</v>
+      </c>
+      <c r="G300" t="s">
+        <v>14</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1435</v>
+      </c>
+      <c r="I300">
+        <v>12</v>
+      </c>
+      <c r="J300" t="s">
+        <v>16</v>
+      </c>
+      <c r="K300" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D301">
+        <v>11.7</v>
+      </c>
+      <c r="G301" t="s">
+        <v>14</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1440</v>
+      </c>
+      <c r="I301">
+        <v>12</v>
+      </c>
+      <c r="J301" t="s">
+        <v>16</v>
+      </c>
+      <c r="K301" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D302">
+        <v>7.99</v>
+      </c>
+      <c r="G302" t="s">
+        <v>14</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1445</v>
+      </c>
+      <c r="I302">
+        <v>12</v>
+      </c>
+      <c r="J302" t="s">
+        <v>16</v>
+      </c>
+      <c r="K302" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D303">
+        <v>9.58</v>
+      </c>
+      <c r="G303" t="s">
+        <v>14</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1450</v>
+      </c>
+      <c r="I303">
+        <v>12</v>
+      </c>
+      <c r="J303" t="s">
+        <v>16</v>
+      </c>
+      <c r="K303" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D304">
+        <v>12.25</v>
+      </c>
+      <c r="G304" t="s">
+        <v>14</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I304">
+        <v>12</v>
+      </c>
+      <c r="J304" t="s">
+        <v>16</v>
+      </c>
+      <c r="K304" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B305" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C305" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D305">
+        <v>8.11</v>
+      </c>
+      <c r="G305" t="s">
+        <v>14</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1460</v>
+      </c>
+      <c r="I305">
+        <v>12</v>
+      </c>
+      <c r="J305" t="s">
+        <v>16</v>
+      </c>
+      <c r="K305" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D306">
+        <v>9.56</v>
+      </c>
+      <c r="G306" t="s">
+        <v>14</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1465</v>
+      </c>
+      <c r="I306">
+        <v>12</v>
+      </c>
+      <c r="J306" t="s">
+        <v>16</v>
+      </c>
+      <c r="K306" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B307" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C307" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D307">
+        <v>12.63</v>
+      </c>
+      <c r="G307" t="s">
+        <v>14</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1470</v>
+      </c>
+      <c r="I307">
+        <v>12</v>
+      </c>
+      <c r="J307" t="s">
+        <v>16</v>
+      </c>
+      <c r="K307" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C308" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D308">
+        <v>8.37</v>
+      </c>
+      <c r="G308" t="s">
+        <v>14</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1475</v>
+      </c>
+      <c r="I308">
+        <v>12</v>
+      </c>
+      <c r="J308" t="s">
+        <v>16</v>
+      </c>
+      <c r="K308" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C309" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D309">
+        <v>9.94</v>
+      </c>
+      <c r="G309" t="s">
+        <v>14</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1480</v>
+      </c>
+      <c r="I309">
+        <v>12</v>
+      </c>
+      <c r="J309" t="s">
+        <v>16</v>
+      </c>
+      <c r="K309" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B310" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C310" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D310">
+        <v>13.14</v>
+      </c>
+      <c r="G310" t="s">
+        <v>14</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1485</v>
+      </c>
+      <c r="I310">
+        <v>12</v>
+      </c>
+      <c r="J310" t="s">
+        <v>16</v>
+      </c>
+      <c r="K310" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B311" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D311">
+        <v>8.79</v>
+      </c>
+      <c r="G311" t="s">
+        <v>14</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1490</v>
+      </c>
+      <c r="I311">
+        <v>12</v>
+      </c>
+      <c r="J311" t="s">
+        <v>16</v>
+      </c>
+      <c r="K311" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D312">
+        <v>10.36</v>
+      </c>
+      <c r="G312" t="s">
+        <v>14</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1495</v>
+      </c>
+      <c r="I312">
+        <v>12</v>
+      </c>
+      <c r="J312" t="s">
+        <v>16</v>
+      </c>
+      <c r="K312" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D313">
+        <v>13.81</v>
+      </c>
+      <c r="G313" t="s">
+        <v>14</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1500</v>
+      </c>
+      <c r="I313">
+        <v>12</v>
+      </c>
+      <c r="J313" t="s">
+        <v>16</v>
+      </c>
+      <c r="K313" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" t="s">
         <v>1502</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D314">
+        <v>9.48</v>
+      </c>
+      <c r="G314" t="s">
+        <v>14</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1505</v>
+      </c>
+      <c r="I314">
+        <v>12</v>
+      </c>
+      <c r="J314" t="s">
+        <v>16</v>
+      </c>
+      <c r="K314" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D315">
+        <v>10.65</v>
+      </c>
+      <c r="G315" t="s">
+        <v>14</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1510</v>
+      </c>
+      <c r="I315">
+        <v>12</v>
+      </c>
+      <c r="J315" t="s">
+        <v>16</v>
+      </c>
+      <c r="K315" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D316">
+        <v>13.92</v>
+      </c>
+      <c r="G316" t="s">
+        <v>14</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I316">
+        <v>12</v>
+      </c>
+      <c r="J316" t="s">
+        <v>16</v>
+      </c>
+      <c r="K316" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D317">
+        <v>9.75</v>
+      </c>
+      <c r="G317" t="s">
+        <v>14</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1520</v>
+      </c>
+      <c r="I317">
+        <v>12</v>
+      </c>
+      <c r="J317" t="s">
+        <v>16</v>
+      </c>
+      <c r="K317" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D318">
+        <v>11.45</v>
+      </c>
+      <c r="G318" t="s">
+        <v>14</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1525</v>
+      </c>
+      <c r="I318">
+        <v>12</v>
+      </c>
+      <c r="J318" t="s">
+        <v>16</v>
+      </c>
+      <c r="K318" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D319">
+        <v>14.95</v>
+      </c>
+      <c r="G319" t="s">
+        <v>14</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1530</v>
+      </c>
+      <c r="I319">
+        <v>12</v>
+      </c>
+      <c r="J319" t="s">
+        <v>16</v>
+      </c>
+      <c r="K319" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D320">
+        <v>10.2</v>
+      </c>
+      <c r="G320" t="s">
+        <v>14</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1535</v>
+      </c>
+      <c r="I320">
+        <v>12</v>
+      </c>
+      <c r="J320" t="s">
+        <v>16</v>
+      </c>
+      <c r="K320" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D321">
+        <v>12.15</v>
+      </c>
+      <c r="G321" t="s">
+        <v>14</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I321">
+        <v>12</v>
+      </c>
+      <c r="J321" t="s">
+        <v>16</v>
+      </c>
+      <c r="K321" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D322">
+        <v>15.23</v>
+      </c>
+      <c r="G322" t="s">
+        <v>14</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I322">
+        <v>12</v>
+      </c>
+      <c r="J322" t="s">
+        <v>16</v>
+      </c>
+      <c r="K322" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D323">
+        <v>8.08</v>
+      </c>
+      <c r="G323" t="s">
+        <v>14</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1550</v>
+      </c>
+      <c r="I323">
+        <v>12</v>
+      </c>
+      <c r="J323" t="s">
+        <v>16</v>
+      </c>
+      <c r="K323" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D324">
+        <v>9</v>
+      </c>
+      <c r="G324" t="s">
+        <v>14</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1555</v>
+      </c>
+      <c r="I324">
+        <v>12</v>
+      </c>
+      <c r="J324" t="s">
+        <v>16</v>
+      </c>
+      <c r="K324" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D325">
+        <v>11.14</v>
+      </c>
+      <c r="G325" t="s">
+        <v>14</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1560</v>
+      </c>
+      <c r="I325">
+        <v>12</v>
+      </c>
+      <c r="J325" t="s">
+        <v>16</v>
+      </c>
+      <c r="K325" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D326">
+        <v>8.33</v>
+      </c>
+      <c r="G326" t="s">
+        <v>14</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1565</v>
+      </c>
+      <c r="I326">
+        <v>12</v>
+      </c>
+      <c r="J326" t="s">
+        <v>16</v>
+      </c>
+      <c r="K326" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D327">
+        <v>9.32</v>
+      </c>
+      <c r="G327" t="s">
+        <v>14</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1570</v>
+      </c>
+      <c r="I327">
+        <v>12</v>
+      </c>
+      <c r="J327" t="s">
+        <v>16</v>
+      </c>
+      <c r="K327" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D328">
+        <v>11.7</v>
+      </c>
+      <c r="G328" t="s">
+        <v>14</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1575</v>
+      </c>
+      <c r="I328">
+        <v>12</v>
+      </c>
+      <c r="J328" t="s">
+        <v>16</v>
+      </c>
+      <c r="K328" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D329">
+        <v>8.62</v>
+      </c>
+      <c r="G329" t="s">
+        <v>14</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1580</v>
+      </c>
+      <c r="I329">
+        <v>12</v>
+      </c>
+      <c r="J329" t="s">
+        <v>16</v>
+      </c>
+      <c r="K329" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D330">
+        <v>9.72</v>
+      </c>
+      <c r="G330" t="s">
+        <v>14</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1585</v>
+      </c>
+      <c r="I330">
+        <v>12</v>
+      </c>
+      <c r="J330" t="s">
+        <v>16</v>
+      </c>
+      <c r="K330" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D331">
+        <v>12.3</v>
+      </c>
+      <c r="G331" t="s">
+        <v>14</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1590</v>
+      </c>
+      <c r="I331">
+        <v>12</v>
+      </c>
+      <c r="J331" t="s">
+        <v>16</v>
+      </c>
+      <c r="K331" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D332">
+        <v>7.08</v>
+      </c>
+      <c r="G332" t="s">
+        <v>14</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1595</v>
+      </c>
+      <c r="I332">
+        <v>12</v>
+      </c>
+      <c r="J332" t="s">
+        <v>16</v>
+      </c>
+      <c r="K332" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D333">
+        <v>8.34</v>
+      </c>
+      <c r="G333" t="s">
+        <v>14</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1600</v>
+      </c>
+      <c r="I333">
+        <v>12</v>
+      </c>
+      <c r="J333" t="s">
+        <v>16</v>
+      </c>
+      <c r="K333" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D334">
+        <v>10.4</v>
+      </c>
+      <c r="G334" t="s">
+        <v>14</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1605</v>
+      </c>
+      <c r="I334">
+        <v>12</v>
+      </c>
+      <c r="J334" t="s">
+        <v>16</v>
+      </c>
+      <c r="K334" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D335">
+        <v>7.31</v>
+      </c>
+      <c r="G335" t="s">
+        <v>14</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1610</v>
+      </c>
+      <c r="I335">
+        <v>12</v>
+      </c>
+      <c r="J335" t="s">
+        <v>16</v>
+      </c>
+      <c r="K335" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D336">
+        <v>8.63</v>
+      </c>
+      <c r="G336" t="s">
+        <v>14</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1615</v>
+      </c>
+      <c r="I336">
+        <v>12</v>
+      </c>
+      <c r="J336" t="s">
+        <v>16</v>
+      </c>
+      <c r="K336" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D337">
+        <v>10.83</v>
+      </c>
+      <c r="G337" t="s">
+        <v>14</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1620</v>
+      </c>
+      <c r="I337">
+        <v>12</v>
+      </c>
+      <c r="J337" t="s">
+        <v>16</v>
+      </c>
+      <c r="K337" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D338">
+        <v>7.9</v>
+      </c>
+      <c r="G338" t="s">
+        <v>14</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1625</v>
+      </c>
+      <c r="I338">
+        <v>12</v>
+      </c>
+      <c r="J338" t="s">
+        <v>16</v>
+      </c>
+      <c r="K338" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D339">
+        <v>8.94</v>
+      </c>
+      <c r="G339" t="s">
+        <v>14</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1630</v>
+      </c>
+      <c r="I339">
+        <v>12</v>
+      </c>
+      <c r="J339" t="s">
+        <v>16</v>
+      </c>
+      <c r="K339" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D340">
+        <v>11.34</v>
+      </c>
+      <c r="G340" t="s">
+        <v>14</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1635</v>
+      </c>
+      <c r="I340">
+        <v>12</v>
+      </c>
+      <c r="J340" t="s">
+        <v>16</v>
+      </c>
+      <c r="K340" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D341">
+        <v>5.56</v>
+      </c>
+      <c r="G341" t="s">
+        <v>14</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1640</v>
+      </c>
+      <c r="I341">
+        <v>12</v>
+      </c>
+      <c r="J341" t="s">
+        <v>16</v>
+      </c>
+      <c r="K341" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D342">
+        <v>5.56</v>
+      </c>
+      <c r="G342" t="s">
+        <v>14</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1645</v>
+      </c>
+      <c r="I342">
+        <v>12</v>
+      </c>
+      <c r="J342" t="s">
+        <v>16</v>
+      </c>
+      <c r="K342" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B343" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D343">
+        <v>5.56</v>
+      </c>
+      <c r="G343" t="s">
+        <v>14</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1650</v>
+      </c>
+      <c r="I343">
+        <v>12</v>
+      </c>
+      <c r="J343" t="s">
+        <v>16</v>
+      </c>
+      <c r="K343" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D344">
+        <v>5.56</v>
+      </c>
+      <c r="G344" t="s">
+        <v>14</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1655</v>
+      </c>
+      <c r="I344">
+        <v>12</v>
+      </c>
+      <c r="J344" t="s">
+        <v>16</v>
+      </c>
+      <c r="K344" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D345">
+        <v>5.56</v>
+      </c>
+      <c r="G345" t="s">
+        <v>14</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1660</v>
+      </c>
+      <c r="I345">
+        <v>12</v>
+      </c>
+      <c r="J345" t="s">
+        <v>16</v>
+      </c>
+      <c r="K345" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D346">
+        <v>5.56</v>
+      </c>
+      <c r="G346" t="s">
+        <v>14</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1665</v>
+      </c>
+      <c r="I346">
+        <v>12</v>
+      </c>
+      <c r="J346" t="s">
+        <v>16</v>
+      </c>
+      <c r="K346" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D347">
+        <v>10.44</v>
+      </c>
+      <c r="G347" t="s">
+        <v>14</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1670</v>
+      </c>
+      <c r="I347">
+        <v>12</v>
+      </c>
+      <c r="J347" t="s">
+        <v>16</v>
+      </c>
+      <c r="K347" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D348">
+        <v>12.41</v>
+      </c>
+      <c r="G348" t="s">
+        <v>14</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1675</v>
+      </c>
+      <c r="I348">
+        <v>12</v>
+      </c>
+      <c r="J348" t="s">
+        <v>16</v>
+      </c>
+      <c r="K348" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D349">
+        <v>15.45</v>
+      </c>
+      <c r="G349" t="s">
+        <v>14</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1680</v>
+      </c>
+      <c r="I349">
+        <v>12</v>
+      </c>
+      <c r="J349" t="s">
+        <v>16</v>
+      </c>
+      <c r="K349" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D350">
+        <v>10.97</v>
+      </c>
+      <c r="G350" t="s">
+        <v>14</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1685</v>
+      </c>
+      <c r="I350">
+        <v>12</v>
+      </c>
+      <c r="J350" t="s">
+        <v>16</v>
+      </c>
+      <c r="K350" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D351">
+        <v>13.87</v>
+      </c>
+      <c r="G351" t="s">
+        <v>14</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1690</v>
+      </c>
+      <c r="I351">
+        <v>12</v>
+      </c>
+      <c r="J351" t="s">
+        <v>16</v>
+      </c>
+      <c r="K351" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D352">
+        <v>17.07</v>
+      </c>
+      <c r="G352" t="s">
+        <v>14</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1695</v>
+      </c>
+      <c r="I352">
+        <v>12</v>
+      </c>
+      <c r="J352" t="s">
+        <v>16</v>
+      </c>
+      <c r="K352" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D353">
+        <v>11.75</v>
+      </c>
+      <c r="G353" t="s">
+        <v>14</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1700</v>
+      </c>
+      <c r="I353">
+        <v>12</v>
+      </c>
+      <c r="J353" t="s">
+        <v>16</v>
+      </c>
+      <c r="K353" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B354" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D354">
+        <v>16.09</v>
+      </c>
+      <c r="G354" t="s">
+        <v>14</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1705</v>
+      </c>
+      <c r="I354">
+        <v>12</v>
+      </c>
+      <c r="J354" t="s">
+        <v>16</v>
+      </c>
+      <c r="K354" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D355">
+        <v>19.83</v>
+      </c>
+      <c r="G355" t="s">
+        <v>14</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1710</v>
+      </c>
+      <c r="I355">
+        <v>12</v>
+      </c>
+      <c r="J355" t="s">
+        <v>16</v>
+      </c>
+      <c r="K355" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D356">
+        <v>7.55</v>
+      </c>
+      <c r="G356" t="s">
+        <v>14</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1715</v>
+      </c>
+      <c r="I356">
+        <v>12</v>
+      </c>
+      <c r="J356" t="s">
+        <v>16</v>
+      </c>
+      <c r="K356" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D357">
+        <v>9.34</v>
+      </c>
+      <c r="G357" t="s">
+        <v>14</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1720</v>
+      </c>
+      <c r="I357">
+        <v>12</v>
+      </c>
+      <c r="J357" t="s">
+        <v>16</v>
+      </c>
+      <c r="K357" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D358">
+        <v>11.1</v>
+      </c>
+      <c r="G358" t="s">
+        <v>14</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1725</v>
+      </c>
+      <c r="I358">
+        <v>12</v>
+      </c>
+      <c r="J358" t="s">
+        <v>16</v>
+      </c>
+      <c r="K358" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D359">
+        <v>7.9</v>
+      </c>
+      <c r="G359" t="s">
+        <v>14</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1730</v>
+      </c>
+      <c r="I359">
+        <v>12</v>
+      </c>
+      <c r="J359" t="s">
+        <v>16</v>
+      </c>
+      <c r="K359" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D360">
+        <v>9.81</v>
+      </c>
+      <c r="G360" t="s">
+        <v>14</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1735</v>
+      </c>
+      <c r="I360">
+        <v>12</v>
+      </c>
+      <c r="J360" t="s">
+        <v>16</v>
+      </c>
+      <c r="K360" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D361">
+        <v>11.72</v>
+      </c>
+      <c r="G361" t="s">
+        <v>14</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1740</v>
+      </c>
+      <c r="I361">
+        <v>12</v>
+      </c>
+      <c r="J361" t="s">
+        <v>16</v>
+      </c>
+      <c r="K361" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D362">
+        <v>8.26</v>
+      </c>
+      <c r="G362" t="s">
+        <v>14</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1745</v>
+      </c>
+      <c r="I362">
+        <v>12</v>
+      </c>
+      <c r="J362" t="s">
+        <v>16</v>
+      </c>
+      <c r="K362" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D363">
+        <v>10.38</v>
+      </c>
+      <c r="G363" t="s">
+        <v>14</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1750</v>
+      </c>
+      <c r="I363">
+        <v>12</v>
+      </c>
+      <c r="J363" t="s">
+        <v>16</v>
+      </c>
+      <c r="K363" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D364">
+        <v>12.45</v>
+      </c>
+      <c r="G364" t="s">
+        <v>14</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1755</v>
+      </c>
+      <c r="I364">
+        <v>12</v>
+      </c>
+      <c r="J364" t="s">
+        <v>16</v>
+      </c>
+      <c r="K364" t="s">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D365">
+        <v>5.56</v>
+      </c>
+      <c r="G365" t="s">
+        <v>14</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1760</v>
+      </c>
+      <c r="I365">
+        <v>12</v>
+      </c>
+      <c r="J365" t="s">
+        <v>16</v>
+      </c>
+      <c r="K365" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1764</v>
+      </c>
+      <c r="G366" t="s">
+        <v>14</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I366">
+        <v>0</v>
+      </c>
+      <c r="J366" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1768</v>
+      </c>
+      <c r="G367" t="s">
+        <v>14</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1769</v>
+      </c>
+      <c r="I367">
+        <v>0</v>
+      </c>
+      <c r="J367" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1772</v>
+      </c>
+      <c r="G368" t="s">
+        <v>14</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1773</v>
+      </c>
+      <c r="I368">
+        <v>0</v>
+      </c>
+      <c r="J368" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1776</v>
+      </c>
+      <c r="G369" t="s">
+        <v>14</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1777</v>
+      </c>
+      <c r="I369">
+        <v>0</v>
+      </c>
+      <c r="J369" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1780</v>
+      </c>
+      <c r="G370" t="s">
+        <v>14</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1781</v>
+      </c>
+      <c r="I370">
+        <v>0</v>
+      </c>
+      <c r="J370" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G371" t="s">
+        <v>14</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1785</v>
+      </c>
+      <c r="I371">
+        <v>0</v>
+      </c>
+      <c r="J371" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1788</v>
+      </c>
+      <c r="G372" t="s">
+        <v>14</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1789</v>
+      </c>
+      <c r="I372">
+        <v>0</v>
+      </c>
+      <c r="J372" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1792</v>
+      </c>
+      <c r="G373" t="s">
+        <v>14</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1793</v>
+      </c>
+      <c r="I373">
+        <v>0</v>
+      </c>
+      <c r="J373" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1796</v>
+      </c>
+      <c r="G374" t="s">
+        <v>14</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1797</v>
+      </c>
+      <c r="I374">
+        <v>0</v>
+      </c>
+      <c r="J374" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1800</v>
+      </c>
+      <c r="G375" t="s">
+        <v>14</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1801</v>
+      </c>
+      <c r="I375">
+        <v>0</v>
+      </c>
+      <c r="J375" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1804</v>
+      </c>
+      <c r="G376" t="s">
+        <v>14</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1805</v>
+      </c>
+      <c r="I376">
+        <v>0</v>
+      </c>
+      <c r="J376" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1808</v>
+      </c>
+      <c r="G377" t="s">
+        <v>14</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1809</v>
+      </c>
+      <c r="I377">
+        <v>0</v>
+      </c>
+      <c r="J377" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1812</v>
+      </c>
+      <c r="G378" t="s">
+        <v>14</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1813</v>
+      </c>
+      <c r="I378">
+        <v>0</v>
+      </c>
+      <c r="J378" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1816</v>
+      </c>
+      <c r="G379" t="s">
+        <v>14</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1817</v>
+      </c>
+      <c r="I379">
+        <v>0</v>
+      </c>
+      <c r="J379" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1820</v>
+      </c>
+      <c r="G380" t="s">
+        <v>14</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1821</v>
+      </c>
+      <c r="I380">
+        <v>0</v>
+      </c>
+      <c r="J380" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1824</v>
+      </c>
+      <c r="G381" t="s">
+        <v>14</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1825</v>
+      </c>
+      <c r="I381">
+        <v>0</v>
+      </c>
+      <c r="J381" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1828</v>
+      </c>
+      <c r="G382" t="s">
+        <v>14</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1829</v>
+      </c>
+      <c r="I382">
+        <v>0</v>
+      </c>
+      <c r="J382" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1832</v>
+      </c>
+      <c r="G383" t="s">
+        <v>14</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1833</v>
+      </c>
+      <c r="I383">
+        <v>0</v>
+      </c>
+      <c r="J383" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1836</v>
+      </c>
+      <c r="G384" t="s">
+        <v>14</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1837</v>
+      </c>
+      <c r="I384">
+        <v>0</v>
+      </c>
+      <c r="J384" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1840</v>
+      </c>
+      <c r="G385" t="s">
+        <v>14</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1841</v>
+      </c>
+      <c r="I385">
+        <v>0</v>
+      </c>
+      <c r="J385" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1844</v>
+      </c>
+      <c r="G386" t="s">
+        <v>14</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1845</v>
+      </c>
+      <c r="I386">
+        <v>0</v>
+      </c>
+      <c r="J386" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1848</v>
+      </c>
+      <c r="G387" t="s">
+        <v>14</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1849</v>
+      </c>
+      <c r="I387">
+        <v>0</v>
+      </c>
+      <c r="J387" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="388">
+      <c r="A388" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1852</v>
+      </c>
+      <c r="G388" t="s">
+        <v>14</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1853</v>
+      </c>
+      <c r="I388">
+        <v>0</v>
+      </c>
+      <c r="J388" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1856</v>
+      </c>
+      <c r="G389" t="s">
+        <v>14</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1857</v>
+      </c>
+      <c r="I389">
+        <v>0</v>
+      </c>
+      <c r="J389" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1860</v>
+      </c>
+      <c r="G390" t="s">
+        <v>14</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1861</v>
+      </c>
+      <c r="I390">
+        <v>0</v>
+      </c>
+      <c r="J390" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1864</v>
+      </c>
+      <c r="G391" t="s">
+        <v>14</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1865</v>
+      </c>
+      <c r="I391">
+        <v>0</v>
+      </c>
+      <c r="J391" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1868</v>
+      </c>
+      <c r="G392" t="s">
+        <v>14</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1869</v>
+      </c>
+      <c r="I392">
+        <v>0</v>
+      </c>
+      <c r="J392" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1872</v>
+      </c>
+      <c r="G393" t="s">
+        <v>14</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1873</v>
+      </c>
+      <c r="I393">
+        <v>0</v>
+      </c>
+      <c r="J393" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1876</v>
+      </c>
+      <c r="G394" t="s">
+        <v>14</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1877</v>
+      </c>
+      <c r="I394">
+        <v>0</v>
+      </c>
+      <c r="J394" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1880</v>
+      </c>
+      <c r="G395" t="s">
+        <v>14</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1881</v>
+      </c>
+      <c r="I395">
+        <v>0</v>
+      </c>
+      <c r="J395" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G396" t="s">
+        <v>14</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1885</v>
+      </c>
+      <c r="I396">
+        <v>0</v>
+      </c>
+      <c r="J396" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G397" t="s">
+        <v>14</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1889</v>
+      </c>
+      <c r="I397">
+        <v>0</v>
+      </c>
+      <c r="J397" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1892</v>
+      </c>
+      <c r="G398" t="s">
+        <v>14</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1893</v>
+      </c>
+      <c r="I398">
+        <v>0</v>
+      </c>
+      <c r="J398" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1896</v>
+      </c>
+      <c r="G399" t="s">
+        <v>14</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1897</v>
+      </c>
+      <c r="I399">
+        <v>0</v>
+      </c>
+      <c r="J399" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G400" t="s">
+        <v>14</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1901</v>
+      </c>
+      <c r="I400">
+        <v>0</v>
+      </c>
+      <c r="J400" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1904</v>
+      </c>
+      <c r="G401" t="s">
+        <v>14</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1905</v>
+      </c>
+      <c r="I401">
+        <v>0</v>
+      </c>
+      <c r="J401" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1908</v>
+      </c>
+      <c r="G402" t="s">
+        <v>14</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1909</v>
+      </c>
+      <c r="I402">
+        <v>0</v>
+      </c>
+      <c r="J402" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1912</v>
+      </c>
+      <c r="G403" t="s">
+        <v>14</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1913</v>
+      </c>
+      <c r="I403">
+        <v>0</v>
+      </c>
+      <c r="J403" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1916</v>
+      </c>
+      <c r="G404" t="s">
+        <v>14</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1917</v>
+      </c>
+      <c r="I404">
+        <v>0</v>
+      </c>
+      <c r="J404" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B405" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1920</v>
+      </c>
+      <c r="G405" t="s">
+        <v>14</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1921</v>
+      </c>
+      <c r="I405">
+        <v>0</v>
+      </c>
+      <c r="J405" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1924</v>
+      </c>
+      <c r="G406" t="s">
+        <v>14</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1925</v>
+      </c>
+      <c r="I406">
+        <v>0</v>
+      </c>
+      <c r="J406" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1928</v>
+      </c>
+      <c r="G407" t="s">
+        <v>14</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1929</v>
+      </c>
+      <c r="I407">
+        <v>0</v>
+      </c>
+      <c r="J407" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1932</v>
+      </c>
+      <c r="G408" t="s">
+        <v>14</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1933</v>
+      </c>
+      <c r="I408">
+        <v>0</v>
+      </c>
+      <c r="J408" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1936</v>
+      </c>
+      <c r="G409" t="s">
+        <v>14</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1937</v>
+      </c>
+      <c r="I409">
+        <v>0</v>
+      </c>
+      <c r="J409" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1940</v>
+      </c>
+      <c r="G410" t="s">
+        <v>14</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1941</v>
+      </c>
+      <c r="I410">
+        <v>0</v>
+      </c>
+      <c r="J410" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1944</v>
+      </c>
+      <c r="G411" t="s">
+        <v>14</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1945</v>
+      </c>
+      <c r="I411">
+        <v>0</v>
+      </c>
+      <c r="J411" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B412" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C412" t="s">
+        <v>1948</v>
+      </c>
+      <c r="G412" t="s">
+        <v>14</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1949</v>
+      </c>
+      <c r="I412">
+        <v>0</v>
+      </c>
+      <c r="J412" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B413" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C413" t="s">
+        <v>1952</v>
+      </c>
+      <c r="G413" t="s">
+        <v>14</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1953</v>
+      </c>
+      <c r="I413">
+        <v>0</v>
+      </c>
+      <c r="J413" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B414" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C414" t="s">
+        <v>1956</v>
+      </c>
+      <c r="G414" t="s">
+        <v>14</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1957</v>
+      </c>
+      <c r="I414">
+        <v>0</v>
+      </c>
+      <c r="J414" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B415" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C415" t="s">
+        <v>1960</v>
+      </c>
+      <c r="G415" t="s">
+        <v>14</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1961</v>
+      </c>
+      <c r="I415">
+        <v>0</v>
+      </c>
+      <c r="J415" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B416" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C416" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G416" t="s">
+        <v>14</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1965</v>
+      </c>
+      <c r="I416">
+        <v>0</v>
+      </c>
+      <c r="J416" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B417" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1968</v>
+      </c>
+      <c r="G417" t="s">
+        <v>14</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1969</v>
+      </c>
+      <c r="I417">
+        <v>0</v>
+      </c>
+      <c r="J417" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B418" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C418" t="s">
+        <v>1972</v>
+      </c>
+      <c r="G418" t="s">
+        <v>14</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1973</v>
+      </c>
+      <c r="I418">
+        <v>0</v>
+      </c>
+      <c r="J418" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B419" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C419" t="s">
+        <v>1976</v>
+      </c>
+      <c r="G419" t="s">
+        <v>14</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1977</v>
+      </c>
+      <c r="I419">
+        <v>0</v>
+      </c>
+      <c r="J419" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B420" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1980</v>
+      </c>
+      <c r="G420" t="s">
+        <v>14</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1981</v>
+      </c>
+      <c r="I420">
+        <v>0</v>
+      </c>
+      <c r="J420" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B421" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1984</v>
+      </c>
+      <c r="G421" t="s">
+        <v>14</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1985</v>
+      </c>
+      <c r="I421">
+        <v>0</v>
+      </c>
+      <c r="J421" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B422" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1988</v>
+      </c>
+      <c r="G422" t="s">
+        <v>14</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1989</v>
+      </c>
+      <c r="I422">
+        <v>0</v>
+      </c>
+      <c r="J422" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B423" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1992</v>
+      </c>
+      <c r="G423" t="s">
+        <v>14</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1993</v>
+      </c>
+      <c r="I423">
+        <v>0</v>
+      </c>
+      <c r="J423" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B424" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1996</v>
+      </c>
+      <c r="G424" t="s">
+        <v>14</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1997</v>
+      </c>
+      <c r="I424">
+        <v>0</v>
+      </c>
+      <c r="J424" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B425" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C425" t="s">
+        <v>2000</v>
+      </c>
+      <c r="G425" t="s">
+        <v>14</v>
+      </c>
+      <c r="H425" t="s">
+        <v>2001</v>
+      </c>
+      <c r="I425">
+        <v>0</v>
+      </c>
+      <c r="J425" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B426" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C426" t="s">
+        <v>2004</v>
+      </c>
+      <c r="G426" t="s">
+        <v>14</v>
+      </c>
+      <c r="H426" t="s">
+        <v>2005</v>
+      </c>
+      <c r="I426">
+        <v>0</v>
+      </c>
+      <c r="J426" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B427" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C427" t="s">
+        <v>2008</v>
+      </c>
+      <c r="G427" t="s">
+        <v>14</v>
+      </c>
+      <c r="H427" t="s">
+        <v>2009</v>
+      </c>
+      <c r="I427">
+        <v>0</v>
+      </c>
+      <c r="J427" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B428" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C428" t="s">
+        <v>2012</v>
+      </c>
+      <c r="G428" t="s">
+        <v>14</v>
+      </c>
+      <c r="H428" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I428">
+        <v>0</v>
+      </c>
+      <c r="J428" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B429" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C429" t="s">
+        <v>2016</v>
+      </c>
+      <c r="G429" t="s">
+        <v>14</v>
+      </c>
+      <c r="H429" t="s">
+        <v>2017</v>
+      </c>
+      <c r="I429">
+        <v>0</v>
+      </c>
+      <c r="J429" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B430" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C430" t="s">
+        <v>2020</v>
+      </c>
+      <c r="G430" t="s">
+        <v>14</v>
+      </c>
+      <c r="H430" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I430">
+        <v>0</v>
+      </c>
+      <c r="J430" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B431" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C431" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G431" t="s">
+        <v>14</v>
+      </c>
+      <c r="H431" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I431">
+        <v>0</v>
+      </c>
+      <c r="J431" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B432" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C432" t="s">
+        <v>2028</v>
+      </c>
+      <c r="G432" t="s">
+        <v>14</v>
+      </c>
+      <c r="H432" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I432">
+        <v>0</v>
+      </c>
+      <c r="J432" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B433" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C433" t="s">
+        <v>2032</v>
+      </c>
+      <c r="G433" t="s">
+        <v>14</v>
+      </c>
+      <c r="H433" t="s">
+        <v>2033</v>
+      </c>
+      <c r="I433">
+        <v>0</v>
+      </c>
+      <c r="J433" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B434" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C434" t="s">
+        <v>2036</v>
+      </c>
+      <c r="G434" t="s">
+        <v>14</v>
+      </c>
+      <c r="H434" t="s">
+        <v>2037</v>
+      </c>
+      <c r="I434">
+        <v>0</v>
+      </c>
+      <c r="J434" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B435" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C435" t="s">
+        <v>2040</v>
+      </c>
+      <c r="G435" t="s">
+        <v>14</v>
+      </c>
+      <c r="H435" t="s">
+        <v>2041</v>
+      </c>
+      <c r="I435">
+        <v>0</v>
+      </c>
+      <c r="J435" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B436" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C436" t="s">
+        <v>2044</v>
+      </c>
+      <c r="G436" t="s">
+        <v>14</v>
+      </c>
+      <c r="H436" t="s">
+        <v>2045</v>
+      </c>
+      <c r="I436">
+        <v>0</v>
+      </c>
+      <c r="J436" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B437" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C437" t="s">
+        <v>2048</v>
+      </c>
+      <c r="G437" t="s">
+        <v>14</v>
+      </c>
+      <c r="H437" t="s">
+        <v>2049</v>
+      </c>
+      <c r="I437">
+        <v>0</v>
+      </c>
+      <c r="J437" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B438" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C438" t="s">
+        <v>2052</v>
+      </c>
+      <c r="G438" t="s">
+        <v>14</v>
+      </c>
+      <c r="H438" t="s">
+        <v>2053</v>
+      </c>
+      <c r="I438">
+        <v>0</v>
+      </c>
+      <c r="J438" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B439" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C439" t="s">
+        <v>2056</v>
+      </c>
+      <c r="G439" t="s">
+        <v>14</v>
+      </c>
+      <c r="H439" t="s">
+        <v>2057</v>
+      </c>
+      <c r="I439">
+        <v>0</v>
+      </c>
+      <c r="J439" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B440" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C440" t="s">
+        <v>2060</v>
+      </c>
+      <c r="G440" t="s">
+        <v>14</v>
+      </c>
+      <c r="H440" t="s">
+        <v>2061</v>
+      </c>
+      <c r="I440">
+        <v>0</v>
+      </c>
+      <c r="J440" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B441" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C441" t="s">
+        <v>2064</v>
+      </c>
+      <c r="G441" t="s">
+        <v>14</v>
+      </c>
+      <c r="H441" t="s">
+        <v>2065</v>
+      </c>
+      <c r="I441">
+        <v>0</v>
+      </c>
+      <c r="J441" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B442" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C442" t="s">
+        <v>2068</v>
+      </c>
+      <c r="G442" t="s">
+        <v>14</v>
+      </c>
+      <c r="H442" t="s">
+        <v>2069</v>
+      </c>
+      <c r="I442">
+        <v>0</v>
+      </c>
+      <c r="J442" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B443" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C443" t="s">
+        <v>2072</v>
+      </c>
+      <c r="G443" t="s">
+        <v>14</v>
+      </c>
+      <c r="H443" t="s">
+        <v>2073</v>
+      </c>
+      <c r="I443">
+        <v>0</v>
+      </c>
+      <c r="J443" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B444" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C444" t="s">
+        <v>2076</v>
+      </c>
+      <c r="G444" t="s">
+        <v>14</v>
+      </c>
+      <c r="H444" t="s">
+        <v>2077</v>
+      </c>
+      <c r="I444">
+        <v>0</v>
+      </c>
+      <c r="J444" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" t="s">
+        <v>2078</v>
+      </c>
+      <c r="B445" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C445" t="s">
+        <v>2080</v>
+      </c>
+      <c r="G445" t="s">
+        <v>14</v>
+      </c>
+      <c r="H445" t="s">
+        <v>2081</v>
+      </c>
+      <c r="I445">
+        <v>0</v>
+      </c>
+      <c r="J445" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" t="s">
+        <v>2082</v>
+      </c>
+      <c r="B446" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C446" t="s">
+        <v>2084</v>
+      </c>
+      <c r="G446" t="s">
+        <v>14</v>
+      </c>
+      <c r="H446" t="s">
+        <v>2085</v>
+      </c>
+      <c r="I446">
+        <v>0</v>
+      </c>
+      <c r="J446" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" t="s">
+        <v>2086</v>
+      </c>
+      <c r="B447" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C447" t="s">
+        <v>2088</v>
+      </c>
+      <c r="G447" t="s">
+        <v>14</v>
+      </c>
+      <c r="H447" t="s">
+        <v>2089</v>
+      </c>
+      <c r="I447">
+        <v>0</v>
+      </c>
+      <c r="J447" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B448" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C448" t="s">
+        <v>2092</v>
+      </c>
+      <c r="G448" t="s">
+        <v>14</v>
+      </c>
+      <c r="H448" t="s">
+        <v>2093</v>
+      </c>
+      <c r="I448">
+        <v>0</v>
+      </c>
+      <c r="J448" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B449" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C449" t="s">
+        <v>2096</v>
+      </c>
+      <c r="G449" t="s">
+        <v>14</v>
+      </c>
+      <c r="H449" t="s">
+        <v>2097</v>
+      </c>
+      <c r="I449">
+        <v>0</v>
+      </c>
+      <c r="J449" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B450" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C450" t="s">
+        <v>2100</v>
+      </c>
+      <c r="G450" t="s">
+        <v>14</v>
+      </c>
+      <c r="H450" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I450">
+        <v>0</v>
+      </c>
+      <c r="J450" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B451" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C451" t="s">
+        <v>2104</v>
+      </c>
+      <c r="G451" t="s">
+        <v>14</v>
+      </c>
+      <c r="H451" t="s">
+        <v>2105</v>
+      </c>
+      <c r="I451">
+        <v>0</v>
+      </c>
+      <c r="J451" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" t="s">
+        <v>2106</v>
+      </c>
+      <c r="B452" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C452" t="s">
+        <v>2108</v>
+      </c>
+      <c r="G452" t="s">
+        <v>14</v>
+      </c>
+      <c r="H452" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I452">
+        <v>0</v>
+      </c>
+      <c r="J452" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B453" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C453" t="s">
+        <v>2112</v>
+      </c>
+      <c r="G453" t="s">
+        <v>14</v>
+      </c>
+      <c r="H453" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I453">
+        <v>0</v>
+      </c>
+      <c r="J453" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" t="s">
+        <v>2114</v>
+      </c>
+      <c r="B454" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C454" t="s">
+        <v>2116</v>
+      </c>
+      <c r="G454" t="s">
+        <v>14</v>
+      </c>
+      <c r="H454" t="s">
+        <v>2117</v>
+      </c>
+      <c r="I454">
+        <v>0</v>
+      </c>
+      <c r="J454" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" t="s">
+        <v>2118</v>
+      </c>
+      <c r="B455" t="s">
+        <v>2119</v>
+      </c>
+      <c r="C455" t="s">
+        <v>2120</v>
+      </c>
+      <c r="G455" t="s">
+        <v>14</v>
+      </c>
+      <c r="H455" t="s">
+        <v>2121</v>
+      </c>
+      <c r="I455">
+        <v>0</v>
+      </c>
+      <c r="J455" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B456" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C456" t="s">
+        <v>2124</v>
+      </c>
+      <c r="G456" t="s">
+        <v>14</v>
+      </c>
+      <c r="H456" t="s">
+        <v>2125</v>
+      </c>
+      <c r="I456">
+        <v>0</v>
+      </c>
+      <c r="J456" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B457" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C457" t="s">
+        <v>2128</v>
+      </c>
+      <c r="G457" t="s">
+        <v>14</v>
+      </c>
+      <c r="H457" t="s">
+        <v>2129</v>
+      </c>
+      <c r="I457">
+        <v>0</v>
+      </c>
+      <c r="J457" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" t="s">
+        <v>2130</v>
+      </c>
+      <c r="B458" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C458" t="s">
+        <v>2132</v>
+      </c>
+      <c r="G458" t="s">
+        <v>14</v>
+      </c>
+      <c r="H458" t="s">
+        <v>2133</v>
+      </c>
+      <c r="I458">
+        <v>0</v>
+      </c>
+      <c r="J458" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B459" t="s">
+        <v>2135</v>
+      </c>
+      <c r="C459" t="s">
+        <v>2136</v>
+      </c>
+      <c r="G459" t="s">
+        <v>14</v>
+      </c>
+      <c r="H459" t="s">
+        <v>2137</v>
+      </c>
+      <c r="I459">
+        <v>0</v>
+      </c>
+      <c r="J459" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B460" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C460" t="s">
+        <v>2140</v>
+      </c>
+      <c r="G460" t="s">
+        <v>14</v>
+      </c>
+      <c r="H460" t="s">
+        <v>2141</v>
+      </c>
+      <c r="I460">
+        <v>0</v>
+      </c>
+      <c r="J460" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" t="s">
+        <v>2142</v>
+      </c>
+      <c r="B461" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C461" t="s">
+        <v>2144</v>
+      </c>
+      <c r="G461" t="s">
+        <v>14</v>
+      </c>
+      <c r="H461" t="s">
+        <v>2145</v>
+      </c>
+      <c r="I461">
+        <v>0</v>
+      </c>
+      <c r="J461" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B462" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C462" t="s">
+        <v>2148</v>
+      </c>
+      <c r="G462" t="s">
+        <v>14</v>
+      </c>
+      <c r="H462" t="s">
+        <v>2149</v>
+      </c>
+      <c r="I462">
+        <v>0</v>
+      </c>
+      <c r="J462" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" t="s">
+        <v>2150</v>
+      </c>
+      <c r="B463" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C463" t="s">
+        <v>2152</v>
+      </c>
+      <c r="G463" t="s">
+        <v>14</v>
+      </c>
+      <c r="H463" t="s">
+        <v>2153</v>
+      </c>
+      <c r="I463">
+        <v>0</v>
+      </c>
+      <c r="J463" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" t="s">
+        <v>2154</v>
+      </c>
+      <c r="B464" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C464" t="s">
+        <v>2156</v>
+      </c>
+      <c r="G464" t="s">
+        <v>14</v>
+      </c>
+      <c r="H464" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I464">
+        <v>0</v>
+      </c>
+      <c r="J464" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B465" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C465" t="s">
+        <v>2160</v>
+      </c>
+      <c r="G465" t="s">
+        <v>14</v>
+      </c>
+      <c r="H465" t="s">
+        <v>2161</v>
+      </c>
+      <c r="I465">
+        <v>0</v>
+      </c>
+      <c r="J465" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B466" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C466" t="s">
+        <v>2164</v>
+      </c>
+      <c r="G466" t="s">
+        <v>14</v>
+      </c>
+      <c r="H466" t="s">
+        <v>2165</v>
+      </c>
+      <c r="I466">
+        <v>0</v>
+      </c>
+      <c r="J466" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" t="s">
+        <v>2166</v>
+      </c>
+      <c r="B467" t="s">
+        <v>2167</v>
+      </c>
+      <c r="C467" t="s">
+        <v>2168</v>
+      </c>
+      <c r="G467" t="s">
+        <v>14</v>
+      </c>
+      <c r="H467" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I467">
+        <v>0</v>
+      </c>
+      <c r="J467" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B468" t="s">
+        <v>2171</v>
+      </c>
+      <c r="C468" t="s">
+        <v>2172</v>
+      </c>
+      <c r="G468" t="s">
+        <v>14</v>
+      </c>
+      <c r="H468" t="s">
+        <v>2173</v>
+      </c>
+      <c r="I468">
+        <v>0</v>
+      </c>
+      <c r="J468" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" t="s">
+        <v>2174</v>
+      </c>
+      <c r="B469" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C469" t="s">
+        <v>2176</v>
+      </c>
+      <c r="G469" t="s">
+        <v>14</v>
+      </c>
+      <c r="H469" t="s">
+        <v>2177</v>
+      </c>
+      <c r="I469">
+        <v>0</v>
+      </c>
+      <c r="J469" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B470" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C470" t="s">
+        <v>2180</v>
+      </c>
+      <c r="G470" t="s">
+        <v>14</v>
+      </c>
+      <c r="H470" t="s">
+        <v>2181</v>
+      </c>
+      <c r="I470">
+        <v>0</v>
+      </c>
+      <c r="J470" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" t="s">
+        <v>2182</v>
+      </c>
+      <c r="B471" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C471" t="s">
+        <v>2184</v>
+      </c>
+      <c r="G471" t="s">
+        <v>14</v>
+      </c>
+      <c r="H471" t="s">
+        <v>2185</v>
+      </c>
+      <c r="I471">
+        <v>0</v>
+      </c>
+      <c r="J471" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B472" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C472" t="s">
+        <v>2188</v>
+      </c>
+      <c r="G472" t="s">
+        <v>14</v>
+      </c>
+      <c r="H472" t="s">
+        <v>2189</v>
+      </c>
+      <c r="I472">
+        <v>0</v>
+      </c>
+      <c r="J472" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" t="s">
+        <v>2190</v>
+      </c>
+      <c r="B473" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C473" t="s">
+        <v>2192</v>
+      </c>
+      <c r="G473" t="s">
+        <v>14</v>
+      </c>
+      <c r="H473" t="s">
+        <v>2193</v>
+      </c>
+      <c r="I473">
+        <v>0</v>
+      </c>
+      <c r="J473" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B474" t="s">
+        <v>2195</v>
+      </c>
+      <c r="C474" t="s">
+        <v>2196</v>
+      </c>
+      <c r="G474" t="s">
+        <v>14</v>
+      </c>
+      <c r="H474" t="s">
+        <v>2197</v>
+      </c>
+      <c r="I474">
+        <v>0</v>
+      </c>
+      <c r="J474" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B475" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C475" t="s">
+        <v>2200</v>
+      </c>
+      <c r="G475" t="s">
+        <v>14</v>
+      </c>
+      <c r="H475" t="s">
+        <v>2201</v>
+      </c>
+      <c r="I475">
+        <v>0</v>
+      </c>
+      <c r="J475" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" t="s">
+        <v>2202</v>
+      </c>
+      <c r="B476" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C476" t="s">
+        <v>2204</v>
+      </c>
+      <c r="G476" t="s">
+        <v>14</v>
+      </c>
+      <c r="H476" t="s">
+        <v>2205</v>
+      </c>
+      <c r="I476">
+        <v>0</v>
+      </c>
+      <c r="J476" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B477" t="s">
+        <v>2207</v>
+      </c>
+      <c r="C477" t="s">
+        <v>2208</v>
+      </c>
+      <c r="G477" t="s">
+        <v>14</v>
+      </c>
+      <c r="H477" t="s">
+        <v>2209</v>
+      </c>
+      <c r="I477">
+        <v>0</v>
+      </c>
+      <c r="J477" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B478" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C478" t="s">
+        <v>2212</v>
+      </c>
+      <c r="G478" t="s">
+        <v>14</v>
+      </c>
+      <c r="H478" t="s">
+        <v>2213</v>
+      </c>
+      <c r="I478">
+        <v>0</v>
+      </c>
+      <c r="J478" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" t="s">
+        <v>2214</v>
+      </c>
+      <c r="B479" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C479" t="s">
+        <v>2216</v>
+      </c>
+      <c r="G479" t="s">
+        <v>14</v>
+      </c>
+      <c r="H479" t="s">
+        <v>2217</v>
+      </c>
+      <c r="I479">
+        <v>0</v>
+      </c>
+      <c r="J479" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" t="s">
+        <v>2218</v>
+      </c>
+      <c r="B480" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C480" t="s">
+        <v>2220</v>
+      </c>
+      <c r="G480" t="s">
+        <v>14</v>
+      </c>
+      <c r="H480" t="s">
+        <v>2221</v>
+      </c>
+      <c r="I480">
+        <v>0</v>
+      </c>
+      <c r="J480" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" t="s">
+        <v>2222</v>
+      </c>
+      <c r="B481" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C481" t="s">
+        <v>2224</v>
+      </c>
+      <c r="G481" t="s">
+        <v>14</v>
+      </c>
+      <c r="H481" t="s">
+        <v>2225</v>
+      </c>
+      <c r="I481">
+        <v>0</v>
+      </c>
+      <c r="J481" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" t="s">
+        <v>2226</v>
+      </c>
+      <c r="B482" t="s">
+        <v>2227</v>
+      </c>
+      <c r="C482" t="s">
+        <v>2228</v>
+      </c>
+      <c r="G482" t="s">
+        <v>14</v>
+      </c>
+      <c r="H482" t="s">
+        <v>2229</v>
+      </c>
+      <c r="I482">
+        <v>0</v>
+      </c>
+      <c r="J482" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" t="s">
+        <v>2230</v>
+      </c>
+      <c r="B483" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C483" t="s">
+        <v>2232</v>
+      </c>
+      <c r="G483" t="s">
+        <v>14</v>
+      </c>
+      <c r="H483" t="s">
+        <v>2233</v>
+      </c>
+      <c r="I483">
+        <v>0</v>
+      </c>
+      <c r="J483" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B484" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C484" t="s">
+        <v>2236</v>
+      </c>
+      <c r="G484" t="s">
+        <v>14</v>
+      </c>
+      <c r="H484" t="s">
+        <v>2237</v>
+      </c>
+      <c r="I484">
+        <v>0</v>
+      </c>
+      <c r="J484" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B485" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C485" t="s">
+        <v>2240</v>
+      </c>
+      <c r="G485" t="s">
+        <v>14</v>
+      </c>
+      <c r="H485" t="s">
+        <v>2241</v>
+      </c>
+      <c r="I485">
+        <v>0</v>
+      </c>
+      <c r="J485" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B486" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C486" t="s">
+        <v>2244</v>
+      </c>
+      <c r="G486" t="s">
+        <v>14</v>
+      </c>
+      <c r="H486" t="s">
+        <v>2245</v>
+      </c>
+      <c r="I486">
+        <v>0</v>
+      </c>
+      <c r="J486" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B487" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C487" t="s">
+        <v>2248</v>
+      </c>
+      <c r="G487" t="s">
+        <v>14</v>
+      </c>
+      <c r="H487" t="s">
+        <v>2249</v>
+      </c>
+      <c r="I487">
+        <v>0</v>
+      </c>
+      <c r="J487" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B488" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C488" t="s">
+        <v>2252</v>
+      </c>
+      <c r="G488" t="s">
+        <v>14</v>
+      </c>
+      <c r="H488" t="s">
+        <v>2253</v>
+      </c>
+      <c r="I488">
+        <v>0</v>
+      </c>
+      <c r="J488" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B489" t="s">
+        <v>2255</v>
+      </c>
+      <c r="C489" t="s">
+        <v>2256</v>
+      </c>
+      <c r="G489" t="s">
+        <v>14</v>
+      </c>
+      <c r="H489" t="s">
+        <v>2257</v>
+      </c>
+      <c r="I489">
+        <v>0</v>
+      </c>
+      <c r="J489" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B490" t="s">
+        <v>2259</v>
+      </c>
+      <c r="C490" t="s">
+        <v>2260</v>
+      </c>
+      <c r="G490" t="s">
+        <v>14</v>
+      </c>
+      <c r="H490" t="s">
+        <v>2261</v>
+      </c>
+      <c r="I490">
+        <v>0</v>
+      </c>
+      <c r="J490" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B491" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C491" t="s">
+        <v>2264</v>
+      </c>
+      <c r="G491" t="s">
+        <v>14</v>
+      </c>
+      <c r="H491" t="s">
+        <v>2265</v>
+      </c>
+      <c r="I491">
+        <v>0</v>
+      </c>
+      <c r="J491" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B492" t="s">
+        <v>2267</v>
+      </c>
+      <c r="C492" t="s">
+        <v>2268</v>
+      </c>
+      <c r="G492" t="s">
+        <v>14</v>
+      </c>
+      <c r="H492" t="s">
+        <v>2269</v>
+      </c>
+      <c r="I492">
+        <v>0</v>
+      </c>
+      <c r="J492" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B493" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C493" t="s">
+        <v>2272</v>
+      </c>
+      <c r="G493" t="s">
+        <v>14</v>
+      </c>
+      <c r="H493" t="s">
+        <v>2273</v>
+      </c>
+      <c r="I493">
+        <v>0</v>
+      </c>
+      <c r="J493" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B494" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C494" t="s">
+        <v>2276</v>
+      </c>
+      <c r="G494" t="s">
+        <v>14</v>
+      </c>
+      <c r="H494" t="s">
+        <v>2277</v>
+      </c>
+      <c r="I494">
+        <v>0</v>
+      </c>
+      <c r="J494" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B495" t="s">
+        <v>2279</v>
+      </c>
+      <c r="C495" t="s">
+        <v>2280</v>
+      </c>
+      <c r="G495" t="s">
+        <v>14</v>
+      </c>
+      <c r="H495" t="s">
+        <v>2281</v>
+      </c>
+      <c r="I495">
+        <v>0</v>
+      </c>
+      <c r="J495" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B496" t="s">
+        <v>2283</v>
+      </c>
+      <c r="C496" t="s">
+        <v>2284</v>
+      </c>
+      <c r="G496" t="s">
+        <v>14</v>
+      </c>
+      <c r="H496" t="s">
+        <v>2285</v>
+      </c>
+      <c r="I496">
+        <v>0</v>
+      </c>
+      <c r="J496" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B497" t="s">
+        <v>2287</v>
+      </c>
+      <c r="C497" t="s">
+        <v>2288</v>
+      </c>
+      <c r="G497" t="s">
+        <v>14</v>
+      </c>
+      <c r="H497" t="s">
+        <v>2289</v>
+      </c>
+      <c r="I497">
+        <v>0</v>
+      </c>
+      <c r="J497" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B498" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C498" t="s">
+        <v>2292</v>
+      </c>
+      <c r="G498" t="s">
+        <v>14</v>
+      </c>
+      <c r="H498" t="s">
+        <v>2293</v>
+      </c>
+      <c r="I498">
+        <v>0</v>
+      </c>
+      <c r="J498" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B499" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C499" t="s">
+        <v>2296</v>
+      </c>
+      <c r="G499" t="s">
+        <v>14</v>
+      </c>
+      <c r="H499" t="s">
+        <v>2297</v>
+      </c>
+      <c r="I499">
+        <v>0</v>
+      </c>
+      <c r="J499" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B500" t="s">
+        <v>2299</v>
+      </c>
+      <c r="C500" t="s">
+        <v>2300</v>
+      </c>
+      <c r="G500" t="s">
+        <v>14</v>
+      </c>
+      <c r="H500" t="s">
+        <v>2301</v>
+      </c>
+      <c r="I500">
+        <v>0</v>
+      </c>
+      <c r="J500" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B501" t="s">
+        <v>2303</v>
+      </c>
+      <c r="C501" t="s">
+        <v>2304</v>
+      </c>
+      <c r="G501" t="s">
+        <v>14</v>
+      </c>
+      <c r="H501" t="s">
+        <v>2305</v>
+      </c>
+      <c r="I501">
+        <v>0</v>
+      </c>
+      <c r="J501" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B502" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C502" t="s">
+        <v>2308</v>
+      </c>
+      <c r="G502" t="s">
+        <v>14</v>
+      </c>
+      <c r="H502" t="s">
+        <v>2309</v>
+      </c>
+      <c r="I502">
+        <v>0</v>
+      </c>
+      <c r="J502" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B503" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C503" t="s">
+        <v>2312</v>
+      </c>
+      <c r="G503" t="s">
+        <v>14</v>
+      </c>
+      <c r="H503" t="s">
+        <v>2313</v>
+      </c>
+      <c r="I503">
+        <v>0</v>
+      </c>
+      <c r="J503" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B504" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C504" t="s">
+        <v>2316</v>
+      </c>
+      <c r="G504" t="s">
+        <v>14</v>
+      </c>
+      <c r="H504" t="s">
+        <v>2317</v>
+      </c>
+      <c r="I504">
+        <v>0</v>
+      </c>
+      <c r="J504" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B505" t="s">
+        <v>2319</v>
+      </c>
+      <c r="C505" t="s">
+        <v>2320</v>
+      </c>
+      <c r="G505" t="s">
+        <v>14</v>
+      </c>
+      <c r="H505" t="s">
+        <v>2321</v>
+      </c>
+      <c r="I505">
+        <v>0</v>
+      </c>
+      <c r="J505" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B506" t="s">
+        <v>2323</v>
+      </c>
+      <c r="C506" t="s">
+        <v>2324</v>
+      </c>
+      <c r="G506" t="s">
+        <v>14</v>
+      </c>
+      <c r="H506" t="s">
+        <v>2325</v>
+      </c>
+      <c r="I506">
+        <v>0</v>
+      </c>
+      <c r="J506" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" t="s">
+        <v>2326</v>
+      </c>
+      <c r="B507" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C507" t="s">
+        <v>2328</v>
+      </c>
+      <c r="G507" t="s">
+        <v>14</v>
+      </c>
+      <c r="H507" t="s">
+        <v>2329</v>
+      </c>
+      <c r="I507">
+        <v>0</v>
+      </c>
+      <c r="J507" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" t="s">
+        <v>2330</v>
+      </c>
+      <c r="B508" t="s">
+        <v>2331</v>
+      </c>
+      <c r="C508" t="s">
+        <v>2332</v>
+      </c>
+      <c r="G508" t="s">
+        <v>14</v>
+      </c>
+      <c r="H508" t="s">
+        <v>2333</v>
+      </c>
+      <c r="I508">
+        <v>0</v>
+      </c>
+      <c r="J508" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B509" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C509" t="s">
+        <v>2336</v>
+      </c>
+      <c r="G509" t="s">
+        <v>14</v>
+      </c>
+      <c r="H509" t="s">
+        <v>2337</v>
+      </c>
+      <c r="I509">
+        <v>0</v>
+      </c>
+      <c r="J509" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B510" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C510" t="s">
+        <v>2340</v>
+      </c>
+      <c r="G510" t="s">
+        <v>14</v>
+      </c>
+      <c r="H510" t="s">
+        <v>2341</v>
+      </c>
+      <c r="I510">
+        <v>0</v>
+      </c>
+      <c r="J510" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B511" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C511" t="s">
+        <v>2344</v>
+      </c>
+      <c r="G511" t="s">
+        <v>14</v>
+      </c>
+      <c r="H511" t="s">
+        <v>2345</v>
+      </c>
+      <c r="I511">
+        <v>0</v>
+      </c>
+      <c r="J511" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B512" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C512" t="s">
+        <v>2348</v>
+      </c>
+      <c r="G512" t="s">
+        <v>14</v>
+      </c>
+      <c r="H512" t="s">
+        <v>2349</v>
+      </c>
+      <c r="I512">
+        <v>0</v>
+      </c>
+      <c r="J512" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B513" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C513" t="s">
+        <v>2352</v>
+      </c>
+      <c r="G513" t="s">
+        <v>14</v>
+      </c>
+      <c r="H513" t="s">
+        <v>2353</v>
+      </c>
+      <c r="I513">
+        <v>0</v>
+      </c>
+      <c r="J513" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" t="s">
+        <v>2354</v>
+      </c>
+      <c r="B514" t="s">
+        <v>2355</v>
+      </c>
+      <c r="C514" t="s">
+        <v>2356</v>
+      </c>
+      <c r="G514" t="s">
+        <v>14</v>
+      </c>
+      <c r="H514" t="s">
+        <v>2357</v>
+      </c>
+      <c r="I514">
+        <v>0</v>
+      </c>
+      <c r="J514" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B515" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C515" t="s">
+        <v>2360</v>
+      </c>
+      <c r="G515" t="s">
+        <v>14</v>
+      </c>
+      <c r="H515" t="s">
+        <v>2361</v>
+      </c>
+      <c r="I515">
+        <v>0</v>
+      </c>
+      <c r="J515" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B516" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C516" t="s">
+        <v>2364</v>
+      </c>
+      <c r="G516" t="s">
+        <v>14</v>
+      </c>
+      <c r="H516" t="s">
+        <v>2365</v>
+      </c>
+      <c r="I516">
+        <v>0</v>
+      </c>
+      <c r="J516" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" t="s">
+        <v>2366</v>
+      </c>
+      <c r="B517" t="s">
+        <v>2367</v>
+      </c>
+      <c r="C517" t="s">
+        <v>2368</v>
+      </c>
+      <c r="G517" t="s">
+        <v>14</v>
+      </c>
+      <c r="H517" t="s">
+        <v>2369</v>
+      </c>
+      <c r="I517">
+        <v>0</v>
+      </c>
+      <c r="J517" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B518" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C518" t="s">
+        <v>2372</v>
+      </c>
+      <c r="G518" t="s">
+        <v>14</v>
+      </c>
+      <c r="H518" t="s">
+        <v>2373</v>
+      </c>
+      <c r="I518">
+        <v>0</v>
+      </c>
+      <c r="J518" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B519" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C519" t="s">
+        <v>2376</v>
+      </c>
+      <c r="G519" t="s">
+        <v>14</v>
+      </c>
+      <c r="H519" t="s">
+        <v>2377</v>
+      </c>
+      <c r="I519">
+        <v>0</v>
+      </c>
+      <c r="J519" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B520" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C520" t="s">
+        <v>2380</v>
+      </c>
+      <c r="G520" t="s">
+        <v>14</v>
+      </c>
+      <c r="H520" t="s">
+        <v>2381</v>
+      </c>
+      <c r="I520">
+        <v>0</v>
+      </c>
+      <c r="J520" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B521" t="s">
+        <v>2383</v>
+      </c>
+      <c r="C521" t="s">
+        <v>2384</v>
+      </c>
+      <c r="G521" t="s">
+        <v>14</v>
+      </c>
+      <c r="H521" t="s">
+        <v>2385</v>
+      </c>
+      <c r="I521">
+        <v>0</v>
+      </c>
+      <c r="J521" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" t="s">
+        <v>2386</v>
+      </c>
+      <c r="B522" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C522" t="s">
+        <v>2388</v>
+      </c>
+      <c r="G522" t="s">
+        <v>14</v>
+      </c>
+      <c r="H522" t="s">
+        <v>2389</v>
+      </c>
+      <c r="I522">
+        <v>0</v>
+      </c>
+      <c r="J522" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" t="s">
+        <v>2390</v>
+      </c>
+      <c r="B523" t="s">
+        <v>2391</v>
+      </c>
+      <c r="C523" t="s">
+        <v>2392</v>
+      </c>
+      <c r="G523" t="s">
+        <v>14</v>
+      </c>
+      <c r="H523" t="s">
+        <v>2393</v>
+      </c>
+      <c r="I523">
+        <v>0</v>
+      </c>
+      <c r="J523" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B524" t="s">
+        <v>2395</v>
+      </c>
+      <c r="C524" t="s">
+        <v>2396</v>
+      </c>
+      <c r="G524" t="s">
+        <v>14</v>
+      </c>
+      <c r="H524" t="s">
+        <v>2397</v>
+      </c>
+      <c r="I524">
+        <v>0</v>
+      </c>
+      <c r="J524" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B525" t="s">
+        <v>2399</v>
+      </c>
+      <c r="C525" t="s">
+        <v>2400</v>
+      </c>
+      <c r="G525" t="s">
+        <v>14</v>
+      </c>
+      <c r="H525" t="s">
+        <v>2401</v>
+      </c>
+      <c r="I525">
+        <v>0</v>
+      </c>
+      <c r="J525" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B526" t="s">
+        <v>2403</v>
+      </c>
+      <c r="C526" t="s">
+        <v>2404</v>
+      </c>
+      <c r="G526" t="s">
+        <v>14</v>
+      </c>
+      <c r="H526" t="s">
+        <v>2405</v>
+      </c>
+      <c r="I526">
+        <v>0</v>
+      </c>
+      <c r="J526" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B527" t="s">
+        <v>2407</v>
+      </c>
+      <c r="C527" t="s">
+        <v>2408</v>
+      </c>
+      <c r="G527" t="s">
+        <v>14</v>
+      </c>
+      <c r="H527" t="s">
+        <v>2409</v>
+      </c>
+      <c r="I527">
+        <v>0</v>
+      </c>
+      <c r="J527" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B528" t="s">
+        <v>2411</v>
+      </c>
+      <c r="C528" t="s">
+        <v>2412</v>
+      </c>
+      <c r="G528" t="s">
+        <v>14</v>
+      </c>
+      <c r="H528" t="s">
+        <v>2413</v>
+      </c>
+      <c r="I528">
+        <v>0</v>
+      </c>
+      <c r="J528" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B529" t="s">
+        <v>2415</v>
+      </c>
+      <c r="C529" t="s">
+        <v>2416</v>
+      </c>
+      <c r="G529" t="s">
+        <v>14</v>
+      </c>
+      <c r="H529" t="s">
+        <v>2417</v>
+      </c>
+      <c r="I529">
+        <v>0</v>
+      </c>
+      <c r="J529" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B530" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C530" t="s">
+        <v>2420</v>
+      </c>
+      <c r="G530" t="s">
+        <v>14</v>
+      </c>
+      <c r="H530" t="s">
+        <v>2421</v>
+      </c>
+      <c r="I530">
+        <v>0</v>
+      </c>
+      <c r="J530" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B531" t="s">
+        <v>2423</v>
+      </c>
+      <c r="C531" t="s">
+        <v>2424</v>
+      </c>
+      <c r="G531" t="s">
+        <v>14</v>
+      </c>
+      <c r="H531" t="s">
+        <v>2425</v>
+      </c>
+      <c r="I531">
+        <v>0</v>
+      </c>
+      <c r="J531" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B532" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C532" t="s">
+        <v>2428</v>
+      </c>
+      <c r="G532" t="s">
+        <v>14</v>
+      </c>
+      <c r="H532" t="s">
+        <v>2429</v>
+      </c>
+      <c r="I532">
+        <v>0</v>
+      </c>
+      <c r="J532" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B533" t="s">
+        <v>2431</v>
+      </c>
+      <c r="C533" t="s">
+        <v>2432</v>
+      </c>
+      <c r="G533" t="s">
+        <v>14</v>
+      </c>
+      <c r="H533" t="s">
+        <v>2433</v>
+      </c>
+      <c r="I533">
+        <v>0</v>
+      </c>
+      <c r="J533" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B534" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C534" t="s">
+        <v>2436</v>
+      </c>
+      <c r="G534" t="s">
+        <v>14</v>
+      </c>
+      <c r="H534" t="s">
+        <v>2437</v>
+      </c>
+      <c r="I534">
+        <v>0</v>
+      </c>
+      <c r="J534" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B535" t="s">
+        <v>2439</v>
+      </c>
+      <c r="C535" t="s">
+        <v>2440</v>
+      </c>
+      <c r="G535" t="s">
+        <v>14</v>
+      </c>
+      <c r="H535" t="s">
+        <v>2441</v>
+      </c>
+      <c r="I535">
+        <v>0</v>
+      </c>
+      <c r="J535" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B536" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C536" t="s">
+        <v>2444</v>
+      </c>
+      <c r="G536" t="s">
+        <v>14</v>
+      </c>
+      <c r="H536" t="s">
+        <v>2445</v>
+      </c>
+      <c r="I536">
+        <v>0</v>
+      </c>
+      <c r="J536" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B537" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C537" t="s">
+        <v>2448</v>
+      </c>
+      <c r="G537" t="s">
+        <v>14</v>
+      </c>
+      <c r="H537" t="s">
+        <v>2449</v>
+      </c>
+      <c r="I537">
+        <v>0</v>
+      </c>
+      <c r="J537" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" t="s">
+        <v>2450</v>
+      </c>
+      <c r="B538" t="s">
+        <v>2451</v>
+      </c>
+      <c r="C538" t="s">
+        <v>2452</v>
+      </c>
+      <c r="G538" t="s">
+        <v>14</v>
+      </c>
+      <c r="H538" t="s">
+        <v>2453</v>
+      </c>
+      <c r="I538">
+        <v>0</v>
+      </c>
+      <c r="J538" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" t="s">
+        <v>2454</v>
+      </c>
+      <c r="B539" t="s">
+        <v>2455</v>
+      </c>
+      <c r="C539" t="s">
+        <v>2456</v>
+      </c>
+      <c r="G539" t="s">
+        <v>14</v>
+      </c>
+      <c r="H539" t="s">
+        <v>2457</v>
+      </c>
+      <c r="I539">
+        <v>0</v>
+      </c>
+      <c r="J539" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B540" t="s">
+        <v>2459</v>
+      </c>
+      <c r="C540" t="s">
+        <v>2460</v>
+      </c>
+      <c r="G540" t="s">
+        <v>14</v>
+      </c>
+      <c r="H540" t="s">
+        <v>2461</v>
+      </c>
+      <c r="I540">
+        <v>0</v>
+      </c>
+      <c r="J540" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B541" t="s">
+        <v>2463</v>
+      </c>
+      <c r="C541" t="s">
+        <v>2464</v>
+      </c>
+      <c r="G541" t="s">
+        <v>14</v>
+      </c>
+      <c r="H541" t="s">
+        <v>2465</v>
+      </c>
+      <c r="I541">
+        <v>0</v>
+      </c>
+      <c r="J541" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B542" t="s">
+        <v>2467</v>
+      </c>
+      <c r="C542" t="s">
+        <v>2468</v>
+      </c>
+      <c r="G542" t="s">
+        <v>14</v>
+      </c>
+      <c r="H542" t="s">
+        <v>2469</v>
+      </c>
+      <c r="I542">
+        <v>0</v>
+      </c>
+      <c r="J542" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B543" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C543" t="s">
+        <v>2472</v>
+      </c>
+      <c r="G543" t="s">
+        <v>14</v>
+      </c>
+      <c r="H543" t="s">
+        <v>2473</v>
+      </c>
+      <c r="I543">
+        <v>0</v>
+      </c>
+      <c r="J543" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B544" t="s">
+        <v>2475</v>
+      </c>
+      <c r="C544" t="s">
+        <v>2476</v>
+      </c>
+      <c r="G544" t="s">
+        <v>14</v>
+      </c>
+      <c r="H544" t="s">
+        <v>2477</v>
+      </c>
+      <c r="I544">
+        <v>0</v>
+      </c>
+      <c r="J544" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B545" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C545" t="s">
+        <v>2480</v>
+      </c>
+      <c r="G545" t="s">
+        <v>14</v>
+      </c>
+      <c r="H545" t="s">
+        <v>2481</v>
+      </c>
+      <c r="I545">
+        <v>0</v>
+      </c>
+      <c r="J545" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B546" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C546" t="s">
+        <v>2484</v>
+      </c>
+      <c r="G546" t="s">
+        <v>14</v>
+      </c>
+      <c r="H546" t="s">
+        <v>2485</v>
+      </c>
+      <c r="I546">
+        <v>0</v>
+      </c>
+      <c r="J546" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B547" t="s">
+        <v>2487</v>
+      </c>
+      <c r="C547" t="s">
+        <v>2488</v>
+      </c>
+      <c r="G547" t="s">
+        <v>14</v>
+      </c>
+      <c r="H547" t="s">
+        <v>2489</v>
+      </c>
+      <c r="I547">
+        <v>0</v>
+      </c>
+      <c r="J547" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B548" t="s">
+        <v>2491</v>
+      </c>
+      <c r="C548" t="s">
+        <v>2492</v>
+      </c>
+      <c r="G548" t="s">
+        <v>14</v>
+      </c>
+      <c r="H548" t="s">
+        <v>2493</v>
+      </c>
+      <c r="I548">
+        <v>0</v>
+      </c>
+      <c r="J548" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" t="s">
+        <v>2494</v>
+      </c>
+      <c r="B549" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C549" t="s">
+        <v>2496</v>
+      </c>
+      <c r="G549" t="s">
+        <v>14</v>
+      </c>
+      <c r="H549" t="s">
+        <v>2497</v>
+      </c>
+      <c r="I549">
+        <v>0</v>
+      </c>
+      <c r="J549" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B550" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C550" t="s">
+        <v>2500</v>
+      </c>
+      <c r="G550" t="s">
+        <v>14</v>
+      </c>
+      <c r="H550" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I550">
+        <v>0</v>
+      </c>
+      <c r="J550" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B551" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C551" t="s">
+        <v>2504</v>
+      </c>
+      <c r="G551" t="s">
+        <v>14</v>
+      </c>
+      <c r="H551" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I551">
+        <v>0</v>
+      </c>
+      <c r="J551" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B552" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C552" t="s">
+        <v>2508</v>
+      </c>
+      <c r="G552" t="s">
+        <v>14</v>
+      </c>
+      <c r="H552" t="s">
+        <v>2509</v>
+      </c>
+      <c r="I552">
+        <v>0</v>
+      </c>
+      <c r="J552" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B553" t="s">
+        <v>2511</v>
+      </c>
+      <c r="C553" t="s">
+        <v>2512</v>
+      </c>
+      <c r="G553" t="s">
+        <v>14</v>
+      </c>
+      <c r="H553" t="s">
+        <v>2513</v>
+      </c>
+      <c r="I553">
+        <v>0</v>
+      </c>
+      <c r="J553" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B554" t="s">
+        <v>2515</v>
+      </c>
+      <c r="C554" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G554" t="s">
+        <v>14</v>
+      </c>
+      <c r="H554" t="s">
+        <v>2517</v>
+      </c>
+      <c r="I554">
+        <v>0</v>
+      </c>
+      <c r="J554" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B555" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C555" t="s">
+        <v>2520</v>
+      </c>
+      <c r="G555" t="s">
+        <v>14</v>
+      </c>
+      <c r="H555" t="s">
+        <v>2521</v>
+      </c>
+      <c r="I555">
+        <v>0</v>
+      </c>
+      <c r="J555" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B556" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C556" t="s">
+        <v>2524</v>
+      </c>
+      <c r="G556" t="s">
+        <v>14</v>
+      </c>
+      <c r="H556" t="s">
+        <v>2525</v>
+      </c>
+      <c r="I556">
+        <v>0</v>
+      </c>
+      <c r="J556" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B557" t="s">
+        <v>2527</v>
+      </c>
+      <c r="C557" t="s">
+        <v>2528</v>
+      </c>
+      <c r="G557" t="s">
+        <v>14</v>
+      </c>
+      <c r="H557" t="s">
+        <v>2529</v>
+      </c>
+      <c r="I557">
+        <v>0</v>
+      </c>
+      <c r="J557" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B558" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C558" t="s">
+        <v>2532</v>
+      </c>
+      <c r="G558" t="s">
+        <v>14</v>
+      </c>
+      <c r="H558" t="s">
+        <v>2533</v>
+      </c>
+      <c r="I558">
+        <v>0</v>
+      </c>
+      <c r="J558" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B559" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C559" t="s">
+        <v>2536</v>
+      </c>
+      <c r="G559" t="s">
+        <v>14</v>
+      </c>
+      <c r="H559" t="s">
+        <v>2537</v>
+      </c>
+      <c r="I559">
+        <v>0</v>
+      </c>
+      <c r="J559" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B560" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C560" t="s">
+        <v>2540</v>
+      </c>
+      <c r="G560" t="s">
+        <v>14</v>
+      </c>
+      <c r="H560" t="s">
+        <v>2541</v>
+      </c>
+      <c r="I560">
+        <v>0</v>
+      </c>
+      <c r="J560" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B561" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C561" t="s">
+        <v>2544</v>
+      </c>
+      <c r="G561" t="s">
+        <v>14</v>
+      </c>
+      <c r="H561" t="s">
+        <v>2545</v>
+      </c>
+      <c r="I561">
+        <v>0</v>
+      </c>
+      <c r="J561" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B562" t="s">
+        <v>2547</v>
+      </c>
+      <c r="C562" t="s">
+        <v>2548</v>
+      </c>
+      <c r="G562" t="s">
+        <v>14</v>
+      </c>
+      <c r="H562" t="s">
+        <v>2549</v>
+      </c>
+      <c r="I562">
+        <v>0</v>
+      </c>
+      <c r="J562" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B563" t="s">
+        <v>2551</v>
+      </c>
+      <c r="C563" t="s">
+        <v>2552</v>
+      </c>
+      <c r="G563" t="s">
+        <v>14</v>
+      </c>
+      <c r="H563" t="s">
+        <v>2553</v>
+      </c>
+      <c r="I563">
+        <v>0</v>
+      </c>
+      <c r="J563" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B564" t="s">
+        <v>2555</v>
+      </c>
+      <c r="C564" t="s">
+        <v>2556</v>
+      </c>
+      <c r="G564" t="s">
+        <v>14</v>
+      </c>
+      <c r="H564" t="s">
+        <v>2557</v>
+      </c>
+      <c r="I564">
+        <v>0</v>
+      </c>
+      <c r="J564" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B565" t="s">
+        <v>2559</v>
+      </c>
+      <c r="C565" t="s">
+        <v>2560</v>
+      </c>
+      <c r="G565" t="s">
+        <v>14</v>
+      </c>
+      <c r="H565" t="s">
+        <v>2561</v>
+      </c>
+      <c r="I565">
+        <v>0</v>
+      </c>
+      <c r="J565" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B566" t="s">
+        <v>2563</v>
+      </c>
+      <c r="C566" t="s">
+        <v>2564</v>
+      </c>
+      <c r="G566" t="s">
+        <v>14</v>
+      </c>
+      <c r="H566" t="s">
+        <v>2565</v>
+      </c>
+      <c r="I566">
+        <v>0</v>
+      </c>
+      <c r="J566" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" t="s">
+        <v>2566</v>
+      </c>
+      <c r="B567" t="s">
+        <v>2567</v>
+      </c>
+      <c r="C567" t="s">
+        <v>2568</v>
+      </c>
+      <c r="G567" t="s">
+        <v>14</v>
+      </c>
+      <c r="H567" t="s">
+        <v>2569</v>
+      </c>
+      <c r="I567">
+        <v>0</v>
+      </c>
+      <c r="J567" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B568" t="s">
+        <v>2571</v>
+      </c>
+      <c r="C568" t="s">
+        <v>2572</v>
+      </c>
+      <c r="G568" t="s">
+        <v>14</v>
+      </c>
+      <c r="H568" t="s">
+        <v>2573</v>
+      </c>
+      <c r="I568">
+        <v>0</v>
+      </c>
+      <c r="J568" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B569" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C569" t="s">
+        <v>2576</v>
+      </c>
+      <c r="G569" t="s">
+        <v>14</v>
+      </c>
+      <c r="H569" t="s">
+        <v>2577</v>
+      </c>
+      <c r="I569">
+        <v>0</v>
+      </c>
+      <c r="J569" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B570" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C570" t="s">
+        <v>2580</v>
+      </c>
+      <c r="G570" t="s">
+        <v>14</v>
+      </c>
+      <c r="H570" t="s">
+        <v>2581</v>
+      </c>
+      <c r="I570">
+        <v>0</v>
+      </c>
+      <c r="J570" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B571" t="s">
+        <v>2583</v>
+      </c>
+      <c r="C571" t="s">
+        <v>2584</v>
+      </c>
+      <c r="G571" t="s">
+        <v>14</v>
+      </c>
+      <c r="H571" t="s">
+        <v>2585</v>
+      </c>
+      <c r="I571">
+        <v>0</v>
+      </c>
+      <c r="J571" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B572" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C572" t="s">
+        <v>2588</v>
+      </c>
+      <c r="G572" t="s">
+        <v>14</v>
+      </c>
+      <c r="H572" t="s">
+        <v>2589</v>
+      </c>
+      <c r="I572">
+        <v>0</v>
+      </c>
+      <c r="J572" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B573" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C573" t="s">
+        <v>2592</v>
+      </c>
+      <c r="G573" t="s">
+        <v>14</v>
+      </c>
+      <c r="H573" t="s">
+        <v>2593</v>
+      </c>
+      <c r="I573">
+        <v>0</v>
+      </c>
+      <c r="J573" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B574" t="s">
+        <v>2595</v>
+      </c>
+      <c r="C574" t="s">
+        <v>2596</v>
+      </c>
+      <c r="G574" t="s">
+        <v>14</v>
+      </c>
+      <c r="H574" t="s">
+        <v>2597</v>
+      </c>
+      <c r="I574">
+        <v>0</v>
+      </c>
+      <c r="J574" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B575" t="s">
+        <v>2599</v>
+      </c>
+      <c r="C575" t="s">
+        <v>2600</v>
+      </c>
+      <c r="G575" t="s">
+        <v>14</v>
+      </c>
+      <c r="H575" t="s">
+        <v>2601</v>
+      </c>
+      <c r="I575">
+        <v>0</v>
+      </c>
+      <c r="J575" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B576" t="s">
+        <v>2603</v>
+      </c>
+      <c r="C576" t="s">
+        <v>2604</v>
+      </c>
+      <c r="G576" t="s">
+        <v>14</v>
+      </c>
+      <c r="H576" t="s">
+        <v>2605</v>
+      </c>
+      <c r="I576">
+        <v>0</v>
+      </c>
+      <c r="J576" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B577" t="s">
+        <v>2607</v>
+      </c>
+      <c r="C577" t="s">
+        <v>2608</v>
+      </c>
+      <c r="G577" t="s">
+        <v>14</v>
+      </c>
+      <c r="H577" t="s">
+        <v>2609</v>
+      </c>
+      <c r="I577">
+        <v>0</v>
+      </c>
+      <c r="J577" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B578" t="s">
+        <v>2611</v>
+      </c>
+      <c r="C578" t="s">
+        <v>2612</v>
+      </c>
+      <c r="G578" t="s">
+        <v>14</v>
+      </c>
+      <c r="H578" t="s">
+        <v>2613</v>
+      </c>
+      <c r="I578">
+        <v>0</v>
+      </c>
+      <c r="J578" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B579" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C579" t="s">
+        <v>2616</v>
+      </c>
+      <c r="G579" t="s">
+        <v>14</v>
+      </c>
+      <c r="H579" t="s">
+        <v>2617</v>
+      </c>
+      <c r="I579">
+        <v>0</v>
+      </c>
+      <c r="J579" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B580" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C580" t="s">
+        <v>2620</v>
+      </c>
+      <c r="G580" t="s">
+        <v>14</v>
+      </c>
+      <c r="H580" t="s">
+        <v>2621</v>
+      </c>
+      <c r="I580">
+        <v>0</v>
+      </c>
+      <c r="J580" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B581" t="s">
+        <v>2623</v>
+      </c>
+      <c r="C581" t="s">
+        <v>2624</v>
+      </c>
+      <c r="G581" t="s">
+        <v>14</v>
+      </c>
+      <c r="H581" t="s">
+        <v>2625</v>
+      </c>
+      <c r="I581">
+        <v>0</v>
+      </c>
+      <c r="J581" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" t="s">
+        <v>2626</v>
+      </c>
+      <c r="B582" t="s">
+        <v>2627</v>
+      </c>
+      <c r="C582" t="s">
+        <v>2628</v>
+      </c>
+      <c r="G582" t="s">
+        <v>14</v>
+      </c>
+      <c r="H582" t="s">
+        <v>2629</v>
+      </c>
+      <c r="I582">
+        <v>0</v>
+      </c>
+      <c r="J582" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B583" t="s">
+        <v>2631</v>
+      </c>
+      <c r="C583" t="s">
+        <v>2632</v>
+      </c>
+      <c r="G583" t="s">
+        <v>14</v>
+      </c>
+      <c r="H583" t="s">
+        <v>2633</v>
+      </c>
+      <c r="I583">
+        <v>0</v>
+      </c>
+      <c r="J583" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B584" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C584" t="s">
+        <v>2636</v>
+      </c>
+      <c r="G584" t="s">
+        <v>14</v>
+      </c>
+      <c r="H584" t="s">
+        <v>2637</v>
+      </c>
+      <c r="I584">
+        <v>0</v>
+      </c>
+      <c r="J584" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B585" t="s">
+        <v>2639</v>
+      </c>
+      <c r="C585" t="s">
+        <v>2640</v>
+      </c>
+      <c r="G585" t="s">
+        <v>14</v>
+      </c>
+      <c r="H585" t="s">
+        <v>2641</v>
+      </c>
+      <c r="I585">
+        <v>0</v>
+      </c>
+      <c r="J585" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B586" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C586" t="s">
+        <v>2644</v>
+      </c>
+      <c r="G586" t="s">
+        <v>14</v>
+      </c>
+      <c r="H586" t="s">
+        <v>2645</v>
+      </c>
+      <c r="I586">
+        <v>0</v>
+      </c>
+      <c r="J586" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B587" t="s">
+        <v>2647</v>
+      </c>
+      <c r="C587" t="s">
+        <v>2648</v>
+      </c>
+      <c r="G587" t="s">
+        <v>14</v>
+      </c>
+      <c r="H587" t="s">
+        <v>2649</v>
+      </c>
+      <c r="I587">
+        <v>0</v>
+      </c>
+      <c r="J587" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B588" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2652</v>
+      </c>
+      <c r="G588" t="s">
+        <v>14</v>
+      </c>
+      <c r="H588" t="s">
+        <v>2653</v>
+      </c>
+      <c r="I588">
+        <v>0</v>
+      </c>
+      <c r="J588" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B589" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C589" t="s">
+        <v>2656</v>
+      </c>
+      <c r="G589" t="s">
+        <v>14</v>
+      </c>
+      <c r="H589" t="s">
+        <v>2657</v>
+      </c>
+      <c r="I589">
+        <v>0</v>
+      </c>
+      <c r="J589" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B590" t="s">
+        <v>2659</v>
+      </c>
+      <c r="C590" t="s">
+        <v>2660</v>
+      </c>
+      <c r="G590" t="s">
+        <v>14</v>
+      </c>
+      <c r="H590" t="s">
+        <v>2661</v>
+      </c>
+      <c r="I590">
+        <v>0</v>
+      </c>
+      <c r="J590" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B591" t="s">
+        <v>2663</v>
+      </c>
+      <c r="C591" t="s">
+        <v>2664</v>
+      </c>
+      <c r="G591" t="s">
+        <v>14</v>
+      </c>
+      <c r="H591" t="s">
+        <v>2665</v>
+      </c>
+      <c r="I591">
+        <v>0</v>
+      </c>
+      <c r="J591" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B592" t="s">
+        <v>2667</v>
+      </c>
+      <c r="C592" t="s">
+        <v>2668</v>
+      </c>
+      <c r="G592" t="s">
+        <v>14</v>
+      </c>
+      <c r="H592" t="s">
+        <v>2669</v>
+      </c>
+      <c r="I592">
+        <v>0</v>
+      </c>
+      <c r="J592" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B593" t="s">
+        <v>2671</v>
+      </c>
+      <c r="C593" t="s">
+        <v>2672</v>
+      </c>
+      <c r="G593" t="s">
+        <v>14</v>
+      </c>
+      <c r="H593" t="s">
+        <v>2673</v>
+      </c>
+      <c r="I593">
+        <v>0</v>
+      </c>
+      <c r="J593" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B594" t="s">
+        <v>2675</v>
+      </c>
+      <c r="C594" t="s">
+        <v>2676</v>
+      </c>
+      <c r="G594" t="s">
+        <v>14</v>
+      </c>
+      <c r="H594" t="s">
+        <v>2677</v>
+      </c>
+      <c r="I594">
+        <v>0</v>
+      </c>
+      <c r="J594" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B595" t="s">
+        <v>2679</v>
+      </c>
+      <c r="C595" t="s">
+        <v>2680</v>
+      </c>
+      <c r="G595" t="s">
+        <v>14</v>
+      </c>
+      <c r="H595" t="s">
+        <v>2681</v>
+      </c>
+      <c r="I595">
+        <v>0</v>
+      </c>
+      <c r="J595" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B596" t="s">
+        <v>2683</v>
+      </c>
+      <c r="C596" t="s">
+        <v>2684</v>
+      </c>
+      <c r="G596" t="s">
+        <v>14</v>
+      </c>
+      <c r="H596" t="s">
+        <v>2685</v>
+      </c>
+      <c r="I596">
+        <v>0</v>
+      </c>
+      <c r="J596" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" t="s">
+        <v>2686</v>
+      </c>
+      <c r="B597" t="s">
+        <v>2687</v>
+      </c>
+      <c r="C597" t="s">
+        <v>2688</v>
+      </c>
+      <c r="G597" t="s">
+        <v>14</v>
+      </c>
+      <c r="H597" t="s">
+        <v>2689</v>
+      </c>
+      <c r="I597">
+        <v>0</v>
+      </c>
+      <c r="J597" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" t="s">
+        <v>2690</v>
+      </c>
+      <c r="B598" t="s">
+        <v>2691</v>
+      </c>
+      <c r="C598" t="s">
+        <v>2692</v>
+      </c>
+      <c r="G598" t="s">
+        <v>14</v>
+      </c>
+      <c r="H598" t="s">
+        <v>2693</v>
+      </c>
+      <c r="I598">
+        <v>0</v>
+      </c>
+      <c r="J598" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B599" t="s">
+        <v>2695</v>
+      </c>
+      <c r="C599" t="s">
+        <v>2696</v>
+      </c>
+      <c r="G599" t="s">
+        <v>14</v>
+      </c>
+      <c r="H599" t="s">
+        <v>2697</v>
+      </c>
+      <c r="I599">
+        <v>0</v>
+      </c>
+      <c r="J599" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="600">
+      <c r="A600" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B600" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C600" t="s">
+        <v>2700</v>
+      </c>
+      <c r="G600" t="s">
+        <v>14</v>
+      </c>
+      <c r="H600" t="s">
+        <v>2701</v>
+      </c>
+      <c r="I600">
+        <v>0</v>
+      </c>
+      <c r="J600" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="601">
+      <c r="A601" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B601" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C601" t="s">
+        <v>2704</v>
+      </c>
+      <c r="G601" t="s">
+        <v>14</v>
+      </c>
+      <c r="H601" t="s">
+        <v>2705</v>
+      </c>
+      <c r="I601">
+        <v>0</v>
+      </c>
+      <c r="J601" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="602">
+      <c r="A602" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B602" t="s">
+        <v>2707</v>
+      </c>
+      <c r="C602" t="s">
+        <v>2708</v>
+      </c>
+      <c r="G602" t="s">
+        <v>14</v>
+      </c>
+      <c r="H602" t="s">
+        <v>2709</v>
+      </c>
+      <c r="I602">
+        <v>0</v>
+      </c>
+      <c r="J602" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B603" t="s">
+        <v>2711</v>
+      </c>
+      <c r="C603" t="s">
+        <v>2712</v>
+      </c>
+      <c r="G603" t="s">
+        <v>14</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2713</v>
+      </c>
+      <c r="I603">
+        <v>0</v>
+      </c>
+      <c r="J603" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B604" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C604" t="s">
+        <v>2716</v>
+      </c>
+      <c r="G604" t="s">
+        <v>14</v>
+      </c>
+      <c r="H604" t="s">
+        <v>2717</v>
+      </c>
+      <c r="I604">
+        <v>0</v>
+      </c>
+      <c r="J604" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B605" t="s">
+        <v>2719</v>
+      </c>
+      <c r="C605" t="s">
+        <v>2720</v>
+      </c>
+      <c r="G605" t="s">
+        <v>14</v>
+      </c>
+      <c r="H605" t="s">
+        <v>2721</v>
+      </c>
+      <c r="I605">
+        <v>0</v>
+      </c>
+      <c r="J605" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="606">
+      <c r="A606" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B606" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C606" t="s">
+        <v>2724</v>
+      </c>
+      <c r="G606" t="s">
+        <v>14</v>
+      </c>
+      <c r="H606" t="s">
+        <v>2725</v>
+      </c>
+      <c r="I606">
+        <v>0</v>
+      </c>
+      <c r="J606" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="607">
+      <c r="A607" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B607" t="s">
+        <v>2727</v>
+      </c>
+      <c r="C607" t="s">
+        <v>2728</v>
+      </c>
+      <c r="G607" t="s">
+        <v>14</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2729</v>
+      </c>
+      <c r="I607">
+        <v>0</v>
+      </c>
+      <c r="J607" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="608">
+      <c r="A608" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B608" t="s">
+        <v>2731</v>
+      </c>
+      <c r="C608" t="s">
+        <v>2732</v>
+      </c>
+      <c r="G608" t="s">
+        <v>14</v>
+      </c>
+      <c r="H608" t="s">
+        <v>2733</v>
+      </c>
+      <c r="I608">
+        <v>0</v>
+      </c>
+      <c r="J608" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="609">
+      <c r="A609" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B609" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C609" t="s">
+        <v>2736</v>
+      </c>
+      <c r="G609" t="s">
+        <v>14</v>
+      </c>
+      <c r="H609" t="s">
+        <v>2737</v>
+      </c>
+      <c r="I609">
+        <v>0</v>
+      </c>
+      <c r="J609" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="610">
+      <c r="A610" t="s">
+        <v>2738</v>
+      </c>
+      <c r="B610" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C610" t="s">
+        <v>2740</v>
+      </c>
+      <c r="G610" t="s">
+        <v>14</v>
+      </c>
+      <c r="H610" t="s">
+        <v>2741</v>
+      </c>
+      <c r="I610">
+        <v>0</v>
+      </c>
+      <c r="J610" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="611">
+      <c r="A611" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B611" t="s">
+        <v>2743</v>
+      </c>
+      <c r="C611" t="s">
+        <v>2744</v>
+      </c>
+      <c r="G611" t="s">
+        <v>14</v>
+      </c>
+      <c r="H611" t="s">
+        <v>2745</v>
+      </c>
+      <c r="I611">
+        <v>0</v>
+      </c>
+      <c r="J611" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B612" t="s">
+        <v>2747</v>
+      </c>
+      <c r="C612" t="s">
+        <v>2748</v>
+      </c>
+      <c r="G612" t="s">
+        <v>14</v>
+      </c>
+      <c r="H612" t="s">
+        <v>2749</v>
+      </c>
+      <c r="I612">
+        <v>0</v>
+      </c>
+      <c r="J612" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613" t="s">
+        <v>2750</v>
+      </c>
+      <c r="B613" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C613" t="s">
+        <v>2752</v>
+      </c>
+      <c r="G613" t="s">
+        <v>14</v>
+      </c>
+      <c r="H613" t="s">
+        <v>2753</v>
+      </c>
+      <c r="I613">
+        <v>0</v>
+      </c>
+      <c r="J613" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614" t="s">
+        <v>2754</v>
+      </c>
+      <c r="B614" t="s">
+        <v>2755</v>
+      </c>
+      <c r="C614" t="s">
+        <v>2756</v>
+      </c>
+      <c r="G614" t="s">
+        <v>14</v>
+      </c>
+      <c r="H614" t="s">
+        <v>2757</v>
+      </c>
+      <c r="I614">
+        <v>0</v>
+      </c>
+      <c r="J614" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="615">
+      <c r="A615" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B615" t="s">
+        <v>2759</v>
+      </c>
+      <c r="C615" t="s">
+        <v>2760</v>
+      </c>
+      <c r="G615" t="s">
+        <v>14</v>
+      </c>
+      <c r="H615" t="s">
+        <v>2761</v>
+      </c>
+      <c r="I615">
+        <v>0</v>
+      </c>
+      <c r="J615" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B616" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C616" t="s">
+        <v>2764</v>
+      </c>
+      <c r="G616" t="s">
+        <v>14</v>
+      </c>
+      <c r="H616" t="s">
+        <v>2765</v>
+      </c>
+      <c r="I616">
+        <v>0</v>
+      </c>
+      <c r="J616" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617" t="s">
+        <v>2766</v>
+      </c>
+      <c r="B617" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C617" t="s">
+        <v>2768</v>
+      </c>
+      <c r="G617" t="s">
+        <v>14</v>
+      </c>
+      <c r="H617" t="s">
+        <v>2769</v>
+      </c>
+      <c r="I617">
+        <v>0</v>
+      </c>
+      <c r="J617" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B618" t="s">
+        <v>2771</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2772</v>
+      </c>
+      <c r="G618" t="s">
+        <v>14</v>
+      </c>
+      <c r="H618" t="s">
+        <v>2773</v>
+      </c>
+      <c r="I618">
+        <v>0</v>
+      </c>
+      <c r="J618" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B619" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C619" t="s">
+        <v>2776</v>
+      </c>
+      <c r="G619" t="s">
+        <v>14</v>
+      </c>
+      <c r="H619" t="s">
+        <v>2777</v>
+      </c>
+      <c r="I619">
+        <v>0</v>
+      </c>
+      <c r="J619" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B620" t="s">
+        <v>2779</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2780</v>
+      </c>
+      <c r="G620" t="s">
+        <v>14</v>
+      </c>
+      <c r="H620" t="s">
+        <v>2781</v>
+      </c>
+      <c r="I620">
+        <v>0</v>
+      </c>
+      <c r="J620" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621" t="s">
+        <v>2782</v>
+      </c>
+      <c r="B621" t="s">
+        <v>2783</v>
+      </c>
+      <c r="C621" t="s">
+        <v>2784</v>
+      </c>
+      <c r="G621" t="s">
+        <v>14</v>
+      </c>
+      <c r="H621" t="s">
+        <v>2785</v>
+      </c>
+      <c r="I621">
+        <v>0</v>
+      </c>
+      <c r="J621" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622" t="s">
+        <v>2786</v>
+      </c>
+      <c r="B622" t="s">
+        <v>2787</v>
+      </c>
+      <c r="C622" t="s">
+        <v>2788</v>
+      </c>
+      <c r="G622" t="s">
+        <v>14</v>
+      </c>
+      <c r="H622" t="s">
+        <v>2789</v>
+      </c>
+      <c r="I622">
+        <v>0</v>
+      </c>
+      <c r="J622" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623" t="s">
+        <v>2790</v>
+      </c>
+      <c r="B623" t="s">
+        <v>2791</v>
+      </c>
+      <c r="C623" t="s">
+        <v>2792</v>
+      </c>
+      <c r="G623" t="s">
+        <v>14</v>
+      </c>
+      <c r="H623" t="s">
+        <v>2793</v>
+      </c>
+      <c r="I623">
+        <v>0</v>
+      </c>
+      <c r="J623" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="624">
+      <c r="A624" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B624" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C624" t="s">
+        <v>2796</v>
+      </c>
+      <c r="G624" t="s">
+        <v>14</v>
+      </c>
+      <c r="H624" t="s">
+        <v>2797</v>
+      </c>
+      <c r="I624">
+        <v>0</v>
+      </c>
+      <c r="J624" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="625">
+      <c r="A625" t="s">
+        <v>2798</v>
+      </c>
+      <c r="B625" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C625" t="s">
+        <v>2800</v>
+      </c>
+      <c r="G625" t="s">
+        <v>14</v>
+      </c>
+      <c r="H625" t="s">
+        <v>2801</v>
+      </c>
+      <c r="I625">
+        <v>0</v>
+      </c>
+      <c r="J625" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="626">
+      <c r="A626" t="s">
+        <v>2802</v>
+      </c>
+      <c r="B626" t="s">
+        <v>2803</v>
+      </c>
+      <c r="C626" t="s">
+        <v>2804</v>
+      </c>
+      <c r="G626" t="s">
+        <v>14</v>
+      </c>
+      <c r="H626" t="s">
+        <v>2805</v>
+      </c>
+      <c r="I626">
+        <v>0</v>
+      </c>
+      <c r="J626" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="627">
+      <c r="A627" t="s">
+        <v>2806</v>
+      </c>
+      <c r="B627" t="s">
+        <v>2807</v>
+      </c>
+      <c r="C627" t="s">
+        <v>2808</v>
+      </c>
+      <c r="G627" t="s">
+        <v>14</v>
+      </c>
+      <c r="H627" t="s">
+        <v>2809</v>
+      </c>
+      <c r="I627">
+        <v>0</v>
+      </c>
+      <c r="J627" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="628">
+      <c r="A628" t="s">
+        <v>2810</v>
+      </c>
+      <c r="B628" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C628" t="s">
+        <v>2812</v>
+      </c>
+      <c r="G628" t="s">
+        <v>14</v>
+      </c>
+      <c r="H628" t="s">
+        <v>2813</v>
+      </c>
+      <c r="I628">
+        <v>0</v>
+      </c>
+      <c r="J628" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="629">
+      <c r="A629" t="s">
+        <v>2814</v>
+      </c>
+      <c r="B629" t="s">
+        <v>2815</v>
+      </c>
+      <c r="C629" t="s">
+        <v>2816</v>
+      </c>
+      <c r="G629" t="s">
+        <v>14</v>
+      </c>
+      <c r="H629" t="s">
+        <v>2817</v>
+      </c>
+      <c r="I629">
+        <v>0</v>
+      </c>
+      <c r="J629" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="630">
+      <c r="A630" t="s">
+        <v>2818</v>
+      </c>
+      <c r="B630" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C630" t="s">
+        <v>2820</v>
+      </c>
+      <c r="G630" t="s">
+        <v>14</v>
+      </c>
+      <c r="H630" t="s">
+        <v>2821</v>
+      </c>
+      <c r="I630">
+        <v>0</v>
+      </c>
+      <c r="J630" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="631">
+      <c r="A631" t="s">
+        <v>2822</v>
+      </c>
+      <c r="B631" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C631" t="s">
+        <v>2824</v>
+      </c>
+      <c r="G631" t="s">
+        <v>14</v>
+      </c>
+      <c r="H631" t="s">
+        <v>2825</v>
+      </c>
+      <c r="I631">
+        <v>0</v>
+      </c>
+      <c r="J631" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="632">
+      <c r="A632" t="s">
+        <v>2826</v>
+      </c>
+      <c r="B632" t="s">
+        <v>2827</v>
+      </c>
+      <c r="C632" t="s">
+        <v>2828</v>
+      </c>
+      <c r="G632" t="s">
+        <v>14</v>
+      </c>
+      <c r="H632" t="s">
+        <v>2829</v>
+      </c>
+      <c r="I632">
+        <v>0</v>
+      </c>
+      <c r="J632" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="633">
+      <c r="A633" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B633" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C633" t="s">
+        <v>2832</v>
+      </c>
+      <c r="G633" t="s">
+        <v>14</v>
+      </c>
+      <c r="H633" t="s">
+        <v>2833</v>
+      </c>
+      <c r="I633">
+        <v>0</v>
+      </c>
+      <c r="J633" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="634">
+      <c r="A634" t="s">
+        <v>2834</v>
+      </c>
+      <c r="B634" t="s">
+        <v>2835</v>
+      </c>
+      <c r="C634" t="s">
+        <v>2836</v>
+      </c>
+      <c r="G634" t="s">
+        <v>14</v>
+      </c>
+      <c r="H634" t="s">
+        <v>2837</v>
+      </c>
+      <c r="I634">
+        <v>0</v>
+      </c>
+      <c r="J634" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="635">
+      <c r="A635" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B635" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C635" t="s">
+        <v>2840</v>
+      </c>
+      <c r="G635" t="s">
+        <v>14</v>
+      </c>
+      <c r="H635" t="s">
+        <v>2841</v>
+      </c>
+      <c r="I635">
+        <v>0</v>
+      </c>
+      <c r="J635" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="636">
+      <c r="A636" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B636" t="s">
+        <v>2843</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2844</v>
+      </c>
+      <c r="G636" t="s">
+        <v>14</v>
+      </c>
+      <c r="H636" t="s">
+        <v>2845</v>
+      </c>
+      <c r="I636">
+        <v>0</v>
+      </c>
+      <c r="J636" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="637">
+      <c r="A637" t="s">
+        <v>2846</v>
+      </c>
+      <c r="B637" t="s">
+        <v>2847</v>
+      </c>
+      <c r="C637" t="s">
+        <v>2848</v>
+      </c>
+      <c r="G637" t="s">
+        <v>14</v>
+      </c>
+      <c r="H637" t="s">
+        <v>2849</v>
+      </c>
+      <c r="I637">
+        <v>0</v>
+      </c>
+      <c r="J637" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="638">
+      <c r="A638" t="s">
+        <v>2850</v>
+      </c>
+      <c r="B638" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2852</v>
+      </c>
+      <c r="G638" t="s">
+        <v>14</v>
+      </c>
+      <c r="H638" t="s">
+        <v>2853</v>
+      </c>
+      <c r="I638">
+        <v>0</v>
+      </c>
+      <c r="J638" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="639">
+      <c r="A639" t="s">
+        <v>2854</v>
+      </c>
+      <c r="B639" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2856</v>
+      </c>
+      <c r="G639" t="s">
+        <v>14</v>
+      </c>
+      <c r="H639" t="s">
+        <v>2857</v>
+      </c>
+      <c r="I639">
+        <v>0</v>
+      </c>
+      <c r="J639" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="640">
+      <c r="A640" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B640" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C640" t="s">
+        <v>2860</v>
+      </c>
+      <c r="G640" t="s">
+        <v>14</v>
+      </c>
+      <c r="H640" t="s">
+        <v>2861</v>
+      </c>
+      <c r="I640">
+        <v>0</v>
+      </c>
+      <c r="J640" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="641">
+      <c r="A641" t="s">
+        <v>2862</v>
+      </c>
+      <c r="B641" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C641" t="s">
+        <v>2864</v>
+      </c>
+      <c r="G641" t="s">
+        <v>14</v>
+      </c>
+      <c r="H641" t="s">
+        <v>2865</v>
+      </c>
+      <c r="I641">
+        <v>0</v>
+      </c>
+      <c r="J641" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="642">
+      <c r="A642" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B642" t="s">
+        <v>2867</v>
+      </c>
+      <c r="C642" t="s">
+        <v>2868</v>
+      </c>
+      <c r="G642" t="s">
+        <v>14</v>
+      </c>
+      <c r="H642" t="s">
+        <v>2869</v>
+      </c>
+      <c r="I642">
+        <v>0</v>
+      </c>
+      <c r="J642" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="643">
+      <c r="A643" t="s">
+        <v>2870</v>
+      </c>
+      <c r="B643" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C643" t="s">
+        <v>2872</v>
+      </c>
+      <c r="G643" t="s">
+        <v>14</v>
+      </c>
+      <c r="H643" t="s">
+        <v>2873</v>
+      </c>
+      <c r="I643">
+        <v>0</v>
+      </c>
+      <c r="J643" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="644">
+      <c r="A644" t="s">
+        <v>2874</v>
+      </c>
+      <c r="B644" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C644" t="s">
+        <v>2876</v>
+      </c>
+      <c r="G644" t="s">
+        <v>14</v>
+      </c>
+      <c r="H644" t="s">
+        <v>2877</v>
+      </c>
+      <c r="I644">
+        <v>0</v>
+      </c>
+      <c r="J644" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="645">
+      <c r="A645" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B645" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C645" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G645" t="s">
+        <v>14</v>
+      </c>
+      <c r="H645" t="s">
+        <v>2881</v>
+      </c>
+      <c r="I645">
+        <v>0</v>
+      </c>
+      <c r="J645" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="646">
+      <c r="A646" t="s">
+        <v>2882</v>
+      </c>
+      <c r="B646" t="s">
+        <v>2883</v>
+      </c>
+      <c r="C646" t="s">
+        <v>2884</v>
+      </c>
+      <c r="G646" t="s">
+        <v>14</v>
+      </c>
+      <c r="H646" t="s">
+        <v>2885</v>
+      </c>
+      <c r="I646">
+        <v>0</v>
+      </c>
+      <c r="J646" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="647">
+      <c r="A647" t="s">
+        <v>2886</v>
+      </c>
+      <c r="B647" t="s">
+        <v>2887</v>
+      </c>
+      <c r="C647" t="s">
+        <v>2888</v>
+      </c>
+      <c r="G647" t="s">
+        <v>14</v>
+      </c>
+      <c r="H647" t="s">
+        <v>2889</v>
+      </c>
+      <c r="I647">
+        <v>0</v>
+      </c>
+      <c r="J647" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="648">
+      <c r="A648" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B648" t="s">
+        <v>2891</v>
+      </c>
+      <c r="C648" t="s">
+        <v>2892</v>
+      </c>
+      <c r="G648" t="s">
+        <v>14</v>
+      </c>
+      <c r="H648" t="s">
+        <v>2893</v>
+      </c>
+      <c r="I648">
+        <v>0</v>
+      </c>
+      <c r="J648" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="649">
+      <c r="A649" t="s">
+        <v>2894</v>
+      </c>
+      <c r="B649" t="s">
+        <v>2895</v>
+      </c>
+      <c r="C649" t="s">
+        <v>2896</v>
+      </c>
+      <c r="G649" t="s">
+        <v>14</v>
+      </c>
+      <c r="H649" t="s">
+        <v>2897</v>
+      </c>
+      <c r="I649">
+        <v>0</v>
+      </c>
+      <c r="J649" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="650">
+      <c r="A650" t="s">
+        <v>2898</v>
+      </c>
+      <c r="B650" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C650" t="s">
+        <v>2900</v>
+      </c>
+      <c r="G650" t="s">
+        <v>14</v>
+      </c>
+      <c r="H650" t="s">
+        <v>2901</v>
+      </c>
+      <c r="I650">
+        <v>0</v>
+      </c>
+      <c r="J650" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="651">
+      <c r="A651" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B651" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C651" t="s">
+        <v>2904</v>
+      </c>
+      <c r="G651" t="s">
+        <v>14</v>
+      </c>
+      <c r="H651" t="s">
+        <v>2905</v>
+      </c>
+      <c r="I651">
+        <v>0</v>
+      </c>
+      <c r="J651" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="652">
+      <c r="A652" t="s">
+        <v>2906</v>
+      </c>
+      <c r="B652" t="s">
+        <v>2907</v>
+      </c>
+      <c r="C652" t="s">
+        <v>2908</v>
+      </c>
+      <c r="G652" t="s">
+        <v>14</v>
+      </c>
+      <c r="H652" t="s">
+        <v>2909</v>
+      </c>
+      <c r="I652">
+        <v>0</v>
+      </c>
+      <c r="J652" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="653">
+      <c r="A653" t="s">
+        <v>2910</v>
+      </c>
+      <c r="B653" t="s">
+        <v>2911</v>
+      </c>
+      <c r="C653" t="s">
+        <v>2912</v>
+      </c>
+      <c r="G653" t="s">
+        <v>14</v>
+      </c>
+      <c r="H653" t="s">
+        <v>2913</v>
+      </c>
+      <c r="I653">
+        <v>0</v>
+      </c>
+      <c r="J653" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="654">
+      <c r="A654" t="s">
+        <v>2914</v>
+      </c>
+      <c r="B654" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C654" t="s">
+        <v>2916</v>
+      </c>
+      <c r="G654" t="s">
+        <v>14</v>
+      </c>
+      <c r="H654" t="s">
+        <v>2917</v>
+      </c>
+      <c r="I654">
+        <v>0</v>
+      </c>
+      <c r="J654" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="655">
+      <c r="A655" t="s">
+        <v>2918</v>
+      </c>
+      <c r="B655" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C655" t="s">
+        <v>2920</v>
+      </c>
+      <c r="G655" t="s">
+        <v>14</v>
+      </c>
+      <c r="H655" t="s">
+        <v>2921</v>
+      </c>
+      <c r="I655">
+        <v>0</v>
+      </c>
+      <c r="J655" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="656">
+      <c r="A656" t="s">
+        <v>2922</v>
+      </c>
+      <c r="B656" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C656" t="s">
+        <v>2924</v>
+      </c>
+      <c r="G656" t="s">
+        <v>14</v>
+      </c>
+      <c r="H656" t="s">
+        <v>2925</v>
+      </c>
+      <c r="I656">
+        <v>0</v>
+      </c>
+      <c r="J656" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="657">
+      <c r="A657" t="s">
+        <v>2926</v>
+      </c>
+      <c r="B657" t="s">
+        <v>2927</v>
+      </c>
+      <c r="C657" t="s">
+        <v>2928</v>
+      </c>
+      <c r="G657" t="s">
+        <v>14</v>
+      </c>
+      <c r="H657" t="s">
+        <v>2929</v>
+      </c>
+      <c r="I657">
+        <v>0</v>
+      </c>
+      <c r="J657" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="658">
+      <c r="A658" t="s">
+        <v>2930</v>
+      </c>
+      <c r="B658" t="s">
+        <v>2931</v>
+      </c>
+      <c r="C658" t="s">
+        <v>2932</v>
+      </c>
+      <c r="G658" t="s">
+        <v>14</v>
+      </c>
+      <c r="H658" t="s">
+        <v>2933</v>
+      </c>
+      <c r="I658">
+        <v>0</v>
+      </c>
+      <c r="J658" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="659">
+      <c r="A659" t="s">
+        <v>2934</v>
+      </c>
+      <c r="B659" t="s">
+        <v>2935</v>
+      </c>
+      <c r="C659" t="s">
+        <v>2936</v>
+      </c>
+      <c r="G659" t="s">
+        <v>14</v>
+      </c>
+      <c r="H659" t="s">
+        <v>2937</v>
+      </c>
+      <c r="I659">
+        <v>0</v>
+      </c>
+      <c r="J659" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="660">
+      <c r="A660" t="s">
+        <v>2938</v>
+      </c>
+      <c r="B660" t="s">
+        <v>2939</v>
+      </c>
+      <c r="C660" t="s">
+        <v>2940</v>
+      </c>
+      <c r="G660" t="s">
+        <v>14</v>
+      </c>
+      <c r="H660" t="s">
+        <v>2941</v>
+      </c>
+      <c r="I660">
+        <v>0</v>
+      </c>
+      <c r="J660" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="661">
+      <c r="A661" t="s">
+        <v>2942</v>
+      </c>
+      <c r="B661" t="s">
+        <v>2943</v>
+      </c>
+      <c r="C661" t="s">
+        <v>2944</v>
+      </c>
+      <c r="G661" t="s">
+        <v>14</v>
+      </c>
+      <c r="H661" t="s">
+        <v>2945</v>
+      </c>
+      <c r="I661">
+        <v>0</v>
+      </c>
+      <c r="J661" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="662">
+      <c r="A662" t="s">
+        <v>2946</v>
+      </c>
+      <c r="B662" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C662" t="s">
+        <v>2948</v>
+      </c>
+      <c r="G662" t="s">
+        <v>14</v>
+      </c>
+      <c r="H662" t="s">
+        <v>2949</v>
+      </c>
+      <c r="I662">
+        <v>0</v>
+      </c>
+      <c r="J662" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="663">
+      <c r="A663" t="s">
+        <v>2950</v>
+      </c>
+      <c r="B663" t="s">
+        <v>2951</v>
+      </c>
+      <c r="C663" t="s">
+        <v>2952</v>
+      </c>
+      <c r="G663" t="s">
+        <v>14</v>
+      </c>
+      <c r="H663" t="s">
+        <v>2953</v>
+      </c>
+      <c r="I663">
+        <v>0</v>
+      </c>
+      <c r="J663" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="664">
+      <c r="A664" t="s">
+        <v>2954</v>
+      </c>
+      <c r="B664" t="s">
+        <v>2955</v>
+      </c>
+      <c r="C664" t="s">
+        <v>2956</v>
+      </c>
+      <c r="G664" t="s">
+        <v>14</v>
+      </c>
+      <c r="H664" t="s">
+        <v>2957</v>
+      </c>
+      <c r="I664">
+        <v>0</v>
+      </c>
+      <c r="J664" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="665">
+      <c r="A665" t="s">
+        <v>2958</v>
+      </c>
+      <c r="B665" t="s">
+        <v>2959</v>
+      </c>
+      <c r="C665" t="s">
+        <v>2960</v>
+      </c>
+      <c r="G665" t="s">
+        <v>14</v>
+      </c>
+      <c r="H665" t="s">
+        <v>2961</v>
+      </c>
+      <c r="I665">
+        <v>0</v>
+      </c>
+      <c r="J665" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="666">
+      <c r="A666" t="s">
+        <v>2962</v>
+      </c>
+      <c r="B666" t="s">
+        <v>2963</v>
+      </c>
+      <c r="C666" t="s">
+        <v>2964</v>
+      </c>
+      <c r="G666" t="s">
+        <v>14</v>
+      </c>
+      <c r="H666" t="s">
+        <v>2965</v>
+      </c>
+      <c r="I666">
+        <v>0</v>
+      </c>
+      <c r="J666" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="667">
+      <c r="A667" t="s">
+        <v>2966</v>
+      </c>
+      <c r="B667" t="s">
+        <v>2967</v>
+      </c>
+      <c r="C667" t="s">
+        <v>2968</v>
+      </c>
+      <c r="G667" t="s">
+        <v>14</v>
+      </c>
+      <c r="H667" t="s">
+        <v>2969</v>
+      </c>
+      <c r="I667">
+        <v>0</v>
+      </c>
+      <c r="J667" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="668">
+      <c r="A668" t="s">
+        <v>2970</v>
+      </c>
+      <c r="B668" t="s">
+        <v>2971</v>
+      </c>
+      <c r="C668" t="s">
+        <v>2972</v>
+      </c>
+      <c r="G668" t="s">
+        <v>14</v>
+      </c>
+      <c r="H668" t="s">
+        <v>2973</v>
+      </c>
+      <c r="I668">
+        <v>0</v>
+      </c>
+      <c r="J668" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="669">
+      <c r="A669" t="s">
+        <v>2974</v>
+      </c>
+      <c r="B669" t="s">
+        <v>2975</v>
+      </c>
+      <c r="C669" t="s">
+        <v>2976</v>
+      </c>
+      <c r="G669" t="s">
+        <v>14</v>
+      </c>
+      <c r="H669" t="s">
+        <v>2977</v>
+      </c>
+      <c r="I669">
+        <v>0</v>
+      </c>
+      <c r="J669" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="670">
+      <c r="A670" t="s">
+        <v>2978</v>
+      </c>
+      <c r="B670" t="s">
+        <v>2979</v>
+      </c>
+      <c r="C670" t="s">
+        <v>2980</v>
+      </c>
+      <c r="G670" t="s">
+        <v>14</v>
+      </c>
+      <c r="H670" t="s">
+        <v>2981</v>
+      </c>
+      <c r="I670">
+        <v>0</v>
+      </c>
+      <c r="J670" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="671">
+      <c r="A671" t="s">
+        <v>2982</v>
+      </c>
+      <c r="B671" t="s">
+        <v>2983</v>
+      </c>
+      <c r="C671" t="s">
+        <v>2984</v>
+      </c>
+      <c r="G671" t="s">
+        <v>14</v>
+      </c>
+      <c r="H671" t="s">
+        <v>2985</v>
+      </c>
+      <c r="I671">
+        <v>0</v>
+      </c>
+      <c r="J671" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="672">
+      <c r="A672" t="s">
+        <v>2986</v>
+      </c>
+      <c r="B672" t="s">
+        <v>2987</v>
+      </c>
+      <c r="C672" t="s">
+        <v>2988</v>
+      </c>
+      <c r="G672" t="s">
+        <v>14</v>
+      </c>
+      <c r="H672" t="s">
+        <v>2989</v>
+      </c>
+      <c r="I672">
+        <v>0</v>
+      </c>
+      <c r="J672" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="673">
+      <c r="A673" t="s">
+        <v>2990</v>
+      </c>
+      <c r="B673" t="s">
+        <v>2991</v>
+      </c>
+      <c r="C673" t="s">
+        <v>2992</v>
+      </c>
+      <c r="G673" t="s">
+        <v>14</v>
+      </c>
+      <c r="H673" t="s">
+        <v>2993</v>
+      </c>
+      <c r="I673">
+        <v>0</v>
+      </c>
+      <c r="J673" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="674">
+      <c r="A674" t="s">
+        <v>2994</v>
+      </c>
+      <c r="B674" t="s">
+        <v>2995</v>
+      </c>
+      <c r="C674" t="s">
+        <v>2996</v>
+      </c>
+      <c r="G674" t="s">
+        <v>14</v>
+      </c>
+      <c r="H674" t="s">
+        <v>2997</v>
+      </c>
+      <c r="I674">
+        <v>0</v>
+      </c>
+      <c r="J674" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="675">
+      <c r="A675" t="s">
+        <v>2998</v>
+      </c>
+      <c r="B675" t="s">
+        <v>2999</v>
+      </c>
+      <c r="C675" t="s">
+        <v>3000</v>
+      </c>
+      <c r="G675" t="s">
+        <v>14</v>
+      </c>
+      <c r="H675" t="s">
+        <v>3001</v>
+      </c>
+      <c r="I675">
+        <v>0</v>
+      </c>
+      <c r="J675" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="676">
+      <c r="A676" t="s">
+        <v>3002</v>
+      </c>
+      <c r="B676" t="s">
+        <v>3003</v>
+      </c>
+      <c r="C676" t="s">
+        <v>3004</v>
+      </c>
+      <c r="G676" t="s">
+        <v>14</v>
+      </c>
+      <c r="H676" t="s">
+        <v>3005</v>
+      </c>
+      <c r="I676">
+        <v>0</v>
+      </c>
+      <c r="J676" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="677">
+      <c r="A677" t="s">
+        <v>3006</v>
+      </c>
+      <c r="B677" t="s">
+        <v>3007</v>
+      </c>
+      <c r="C677" t="s">
+        <v>3008</v>
+      </c>
+      <c r="G677" t="s">
+        <v>14</v>
+      </c>
+      <c r="H677" t="s">
+        <v>3009</v>
+      </c>
+      <c r="I677">
+        <v>0</v>
+      </c>
+      <c r="J677" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="678">
+      <c r="A678" t="s">
+        <v>3010</v>
+      </c>
+      <c r="B678" t="s">
+        <v>3011</v>
+      </c>
+      <c r="C678" t="s">
+        <v>3012</v>
+      </c>
+      <c r="G678" t="s">
+        <v>14</v>
+      </c>
+      <c r="H678" t="s">
+        <v>3013</v>
+      </c>
+      <c r="I678">
+        <v>0</v>
+      </c>
+      <c r="J678" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="679">
+      <c r="A679" t="s">
+        <v>3014</v>
+      </c>
+      <c r="B679" t="s">
+        <v>3015</v>
+      </c>
+      <c r="C679" t="s">
+        <v>3016</v>
+      </c>
+      <c r="G679" t="s">
+        <v>14</v>
+      </c>
+      <c r="H679" t="s">
+        <v>3017</v>
+      </c>
+      <c r="I679">
+        <v>0</v>
+      </c>
+      <c r="J679" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="680">
+      <c r="A680" t="s">
+        <v>3018</v>
+      </c>
+      <c r="B680" t="s">
+        <v>3019</v>
+      </c>
+      <c r="C680" t="s">
+        <v>3020</v>
+      </c>
+      <c r="G680" t="s">
+        <v>14</v>
+      </c>
+      <c r="H680" t="s">
+        <v>3021</v>
+      </c>
+      <c r="I680">
+        <v>0</v>
+      </c>
+      <c r="J680" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="681">
+      <c r="A681" t="s">
+        <v>3022</v>
+      </c>
+      <c r="B681" t="s">
+        <v>3023</v>
+      </c>
+      <c r="C681" t="s">
+        <v>3024</v>
+      </c>
+      <c r="G681" t="s">
+        <v>14</v>
+      </c>
+      <c r="H681" t="s">
+        <v>3025</v>
+      </c>
+      <c r="I681">
+        <v>0</v>
+      </c>
+      <c r="J681" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="682">
+      <c r="A682" t="s">
+        <v>3026</v>
+      </c>
+      <c r="B682" t="s">
+        <v>3027</v>
+      </c>
+      <c r="C682" t="s">
+        <v>3028</v>
+      </c>
+      <c r="G682" t="s">
+        <v>14</v>
+      </c>
+      <c r="H682" t="s">
+        <v>3029</v>
+      </c>
+      <c r="I682">
+        <v>0</v>
+      </c>
+      <c r="J682" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="683">
+      <c r="A683" t="s">
+        <v>3030</v>
+      </c>
+      <c r="B683" t="s">
+        <v>3031</v>
+      </c>
+      <c r="C683" t="s">
+        <v>3032</v>
+      </c>
+      <c r="G683" t="s">
+        <v>14</v>
+      </c>
+      <c r="H683" t="s">
+        <v>3033</v>
+      </c>
+      <c r="I683">
+        <v>0</v>
+      </c>
+      <c r="J683" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="684">
+      <c r="A684" t="s">
+        <v>3034</v>
+      </c>
+      <c r="B684" t="s">
+        <v>3035</v>
+      </c>
+      <c r="C684" t="s">
+        <v>3036</v>
+      </c>
+      <c r="G684" t="s">
+        <v>14</v>
+      </c>
+      <c r="H684" t="s">
+        <v>3037</v>
+      </c>
+      <c r="I684">
+        <v>0</v>
+      </c>
+      <c r="J684" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="685">
+      <c r="A685" t="s">
+        <v>3038</v>
+      </c>
+      <c r="B685" t="s">
+        <v>3039</v>
+      </c>
+      <c r="C685" t="s">
+        <v>3040</v>
+      </c>
+      <c r="G685" t="s">
+        <v>14</v>
+      </c>
+      <c r="H685" t="s">
+        <v>3041</v>
+      </c>
+      <c r="I685">
+        <v>0</v>
+      </c>
+      <c r="J685" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686" t="s">
+        <v>3042</v>
+      </c>
+      <c r="B686" t="s">
+        <v>3043</v>
+      </c>
+      <c r="C686" t="s">
+        <v>3044</v>
+      </c>
+      <c r="G686" t="s">
+        <v>14</v>
+      </c>
+      <c r="H686" t="s">
+        <v>3045</v>
+      </c>
+      <c r="I686">
+        <v>0</v>
+      </c>
+      <c r="J686" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687" t="s">
+        <v>3046</v>
+      </c>
+      <c r="B687" t="s">
+        <v>3047</v>
+      </c>
+      <c r="C687" t="s">
+        <v>3048</v>
+      </c>
+      <c r="G687" t="s">
+        <v>14</v>
+      </c>
+      <c r="H687" t="s">
+        <v>3049</v>
+      </c>
+      <c r="I687">
+        <v>0</v>
+      </c>
+      <c r="J687" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688" t="s">
+        <v>3050</v>
+      </c>
+      <c r="B688" t="s">
+        <v>3051</v>
+      </c>
+      <c r="C688" t="s">
+        <v>3052</v>
+      </c>
+      <c r="G688" t="s">
+        <v>14</v>
+      </c>
+      <c r="H688" t="s">
+        <v>3053</v>
+      </c>
+      <c r="I688">
+        <v>0</v>
+      </c>
+      <c r="J688" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689" t="s">
+        <v>3054</v>
+      </c>
+      <c r="B689" t="s">
+        <v>3055</v>
+      </c>
+      <c r="C689" t="s">
+        <v>3056</v>
+      </c>
+      <c r="G689" t="s">
+        <v>14</v>
+      </c>
+      <c r="H689" t="s">
+        <v>3057</v>
+      </c>
+      <c r="I689">
+        <v>0</v>
+      </c>
+      <c r="J689" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690" t="s">
+        <v>3058</v>
+      </c>
+      <c r="B690" t="s">
+        <v>3059</v>
+      </c>
+      <c r="C690" t="s">
+        <v>3060</v>
+      </c>
+      <c r="G690" t="s">
+        <v>14</v>
+      </c>
+      <c r="H690" t="s">
+        <v>3061</v>
+      </c>
+      <c r="I690">
+        <v>0</v>
+      </c>
+      <c r="J690" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691" t="s">
+        <v>3062</v>
+      </c>
+      <c r="B691" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C691" t="s">
+        <v>3064</v>
+      </c>
+      <c r="G691" t="s">
+        <v>14</v>
+      </c>
+      <c r="H691" t="s">
+        <v>3065</v>
+      </c>
+      <c r="I691">
+        <v>0</v>
+      </c>
+      <c r="J691" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692" t="s">
+        <v>3066</v>
+      </c>
+      <c r="B692" t="s">
+        <v>3067</v>
+      </c>
+      <c r="C692" t="s">
+        <v>3068</v>
+      </c>
+      <c r="G692" t="s">
+        <v>14</v>
+      </c>
+      <c r="H692" t="s">
+        <v>3069</v>
+      </c>
+      <c r="I692">
+        <v>0</v>
+      </c>
+      <c r="J692" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693" t="s">
+        <v>3070</v>
+      </c>
+      <c r="B693" t="s">
+        <v>3071</v>
+      </c>
+      <c r="C693" t="s">
+        <v>3072</v>
+      </c>
+      <c r="G693" t="s">
+        <v>14</v>
+      </c>
+      <c r="H693" t="s">
+        <v>3073</v>
+      </c>
+      <c r="I693">
+        <v>0</v>
+      </c>
+      <c r="J693" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694" t="s">
+        <v>3074</v>
+      </c>
+      <c r="B694" t="s">
+        <v>3075</v>
+      </c>
+      <c r="C694" t="s">
+        <v>3076</v>
+      </c>
+      <c r="G694" t="s">
+        <v>14</v>
+      </c>
+      <c r="H694" t="s">
+        <v>3077</v>
+      </c>
+      <c r="I694">
+        <v>0</v>
+      </c>
+      <c r="J694" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="695">
+      <c r="A695" t="s">
+        <v>3078</v>
+      </c>
+      <c r="B695" t="s">
+        <v>3079</v>
+      </c>
+      <c r="C695" t="s">
+        <v>3080</v>
+      </c>
+      <c r="G695" t="s">
+        <v>14</v>
+      </c>
+      <c r="H695" t="s">
+        <v>3081</v>
+      </c>
+      <c r="I695">
+        <v>0</v>
+      </c>
+      <c r="J695" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="696">
+      <c r="A696" t="s">
+        <v>3082</v>
+      </c>
+      <c r="B696" t="s">
+        <v>3083</v>
+      </c>
+      <c r="C696" t="s">
+        <v>3084</v>
+      </c>
+      <c r="G696" t="s">
+        <v>14</v>
+      </c>
+      <c r="H696" t="s">
+        <v>3085</v>
+      </c>
+      <c r="I696">
+        <v>0</v>
+      </c>
+      <c r="J696" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="697">
+      <c r="A697" t="s">
+        <v>3086</v>
+      </c>
+      <c r="B697" t="s">
+        <v>3087</v>
+      </c>
+      <c r="C697" t="s">
+        <v>3088</v>
+      </c>
+      <c r="G697" t="s">
+        <v>14</v>
+      </c>
+      <c r="H697" t="s">
+        <v>3089</v>
+      </c>
+      <c r="I697">
+        <v>0</v>
+      </c>
+      <c r="J697" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="698">
+      <c r="A698" t="s">
+        <v>3090</v>
+      </c>
+      <c r="B698" t="s">
+        <v>3091</v>
+      </c>
+      <c r="C698" t="s">
+        <v>3092</v>
+      </c>
+      <c r="G698" t="s">
+        <v>14</v>
+      </c>
+      <c r="H698" t="s">
+        <v>3093</v>
+      </c>
+      <c r="I698">
+        <v>0</v>
+      </c>
+      <c r="J698" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="699">
+      <c r="A699" t="s">
+        <v>3094</v>
+      </c>
+      <c r="B699" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C699" t="s">
+        <v>3096</v>
+      </c>
+      <c r="G699" t="s">
+        <v>14</v>
+      </c>
+      <c r="H699" t="s">
+        <v>3097</v>
+      </c>
+      <c r="I699">
+        <v>0</v>
+      </c>
+      <c r="J699" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="700">
+      <c r="A700" t="s">
+        <v>3098</v>
+      </c>
+      <c r="B700" t="s">
+        <v>3099</v>
+      </c>
+      <c r="C700" t="s">
+        <v>3100</v>
+      </c>
+      <c r="G700" t="s">
+        <v>14</v>
+      </c>
+      <c r="H700" t="s">
+        <v>3101</v>
+      </c>
+      <c r="I700">
+        <v>0</v>
+      </c>
+      <c r="J700" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="701">
+      <c r="A701" t="s">
+        <v>3102</v>
+      </c>
+      <c r="B701" t="s">
+        <v>3103</v>
+      </c>
+      <c r="C701" t="s">
+        <v>3104</v>
+      </c>
+      <c r="G701" t="s">
+        <v>14</v>
+      </c>
+      <c r="H701" t="s">
+        <v>3105</v>
+      </c>
+      <c r="I701">
+        <v>0</v>
+      </c>
+      <c r="J701" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="702">
+      <c r="A702" t="s">
+        <v>3106</v>
+      </c>
+      <c r="B702" t="s">
+        <v>3107</v>
+      </c>
+      <c r="C702" t="s">
+        <v>3108</v>
+      </c>
+      <c r="G702" t="s">
+        <v>14</v>
+      </c>
+      <c r="H702" t="s">
+        <v>3109</v>
+      </c>
+      <c r="I702">
+        <v>0</v>
+      </c>
+      <c r="J702" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="703">
+      <c r="A703" t="s">
+        <v>3110</v>
+      </c>
+      <c r="B703" t="s">
+        <v>3111</v>
+      </c>
+      <c r="C703" t="s">
+        <v>3112</v>
+      </c>
+      <c r="G703" t="s">
+        <v>14</v>
+      </c>
+      <c r="H703" t="s">
+        <v>3113</v>
+      </c>
+      <c r="I703">
+        <v>0</v>
+      </c>
+      <c r="J703" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="704">
+      <c r="A704" t="s">
+        <v>3114</v>
+      </c>
+      <c r="B704" t="s">
+        <v>3115</v>
+      </c>
+      <c r="C704" t="s">
+        <v>3116</v>
+      </c>
+      <c r="G704" t="s">
+        <v>14</v>
+      </c>
+      <c r="H704" t="s">
+        <v>3117</v>
+      </c>
+      <c r="I704">
+        <v>0</v>
+      </c>
+      <c r="J704" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="705">
+      <c r="A705" t="s">
+        <v>3118</v>
+      </c>
+      <c r="B705" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C705" t="s">
+        <v>3120</v>
+      </c>
+      <c r="G705" t="s">
+        <v>14</v>
+      </c>
+      <c r="H705" t="s">
+        <v>3121</v>
+      </c>
+      <c r="I705">
+        <v>0</v>
+      </c>
+      <c r="J705" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="706">
+      <c r="A706" t="s">
+        <v>3122</v>
+      </c>
+      <c r="B706" t="s">
+        <v>3123</v>
+      </c>
+      <c r="C706" t="s">
+        <v>3124</v>
+      </c>
+      <c r="G706" t="s">
+        <v>14</v>
+      </c>
+      <c r="H706" t="s">
+        <v>3125</v>
+      </c>
+      <c r="I706">
+        <v>0</v>
+      </c>
+      <c r="J706" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="707">
+      <c r="A707" t="s">
+        <v>3126</v>
+      </c>
+      <c r="B707" t="s">
+        <v>3127</v>
+      </c>
+      <c r="C707" t="s">
+        <v>3128</v>
+      </c>
+      <c r="G707" t="s">
+        <v>14</v>
+      </c>
+      <c r="H707" t="s">
+        <v>3129</v>
+      </c>
+      <c r="I707">
+        <v>0</v>
+      </c>
+      <c r="J707" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="708">
+      <c r="A708" t="s">
+        <v>3130</v>
+      </c>
+      <c r="B708" t="s">
+        <v>3131</v>
+      </c>
+      <c r="C708" t="s">
+        <v>3132</v>
+      </c>
+      <c r="G708" t="s">
+        <v>14</v>
+      </c>
+      <c r="H708" t="s">
+        <v>3133</v>
+      </c>
+      <c r="I708">
+        <v>0</v>
+      </c>
+      <c r="J708" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="709">
+      <c r="A709" t="s">
+        <v>3134</v>
+      </c>
+      <c r="B709" t="s">
+        <v>3135</v>
+      </c>
+      <c r="C709" t="s">
+        <v>3136</v>
+      </c>
+      <c r="G709" t="s">
+        <v>14</v>
+      </c>
+      <c r="H709" t="s">
+        <v>3137</v>
+      </c>
+      <c r="I709">
+        <v>0</v>
+      </c>
+      <c r="J709" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="710">
+      <c r="A710" t="s">
+        <v>3138</v>
+      </c>
+      <c r="B710" t="s">
+        <v>3139</v>
+      </c>
+      <c r="C710" t="s">
+        <v>3140</v>
+      </c>
+      <c r="G710" t="s">
+        <v>14</v>
+      </c>
+      <c r="H710" t="s">
+        <v>3141</v>
+      </c>
+      <c r="I710">
+        <v>0</v>
+      </c>
+      <c r="J710" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="711">
+      <c r="A711" t="s">
+        <v>3142</v>
+      </c>
+      <c r="B711" t="s">
+        <v>3143</v>
+      </c>
+      <c r="C711" t="s">
+        <v>3144</v>
+      </c>
+      <c r="G711" t="s">
+        <v>14</v>
+      </c>
+      <c r="H711" t="s">
+        <v>3145</v>
+      </c>
+      <c r="I711">
+        <v>0</v>
+      </c>
+      <c r="J711" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="712">
+      <c r="A712" t="s">
+        <v>3146</v>
+      </c>
+      <c r="B712" t="s">
+        <v>3147</v>
+      </c>
+      <c r="C712" t="s">
+        <v>3148</v>
+      </c>
+      <c r="G712" t="s">
+        <v>14</v>
+      </c>
+      <c r="H712" t="s">
+        <v>3149</v>
+      </c>
+      <c r="I712">
+        <v>0</v>
+      </c>
+      <c r="J712" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="713">
+      <c r="A713" t="s">
+        <v>3150</v>
+      </c>
+      <c r="B713" t="s">
+        <v>3151</v>
+      </c>
+      <c r="C713" t="s">
+        <v>3152</v>
+      </c>
+      <c r="G713" t="s">
+        <v>14</v>
+      </c>
+      <c r="H713" t="s">
+        <v>3153</v>
+      </c>
+      <c r="I713">
+        <v>0</v>
+      </c>
+      <c r="J713" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="714">
+      <c r="A714" t="s">
+        <v>3154</v>
+      </c>
+      <c r="B714" t="s">
+        <v>3155</v>
+      </c>
+      <c r="C714" t="s">
+        <v>3156</v>
+      </c>
+      <c r="G714" t="s">
+        <v>14</v>
+      </c>
+      <c r="H714" t="s">
+        <v>3157</v>
+      </c>
+      <c r="I714">
+        <v>0</v>
+      </c>
+      <c r="J714" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="715">
+      <c r="A715" t="s">
+        <v>3158</v>
+      </c>
+      <c r="B715" t="s">
+        <v>3159</v>
+      </c>
+      <c r="C715" t="s">
+        <v>3160</v>
+      </c>
+      <c r="G715" t="s">
+        <v>14</v>
+      </c>
+      <c r="H715" t="s">
+        <v>3161</v>
+      </c>
+      <c r="I715">
+        <v>0</v>
+      </c>
+      <c r="J715" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="716">
+      <c r="A716" t="s">
+        <v>3162</v>
+      </c>
+      <c r="B716" t="s">
+        <v>3163</v>
+      </c>
+      <c r="C716" t="s">
+        <v>3164</v>
+      </c>
+      <c r="G716" t="s">
+        <v>14</v>
+      </c>
+      <c r="H716" t="s">
+        <v>3165</v>
+      </c>
+      <c r="I716">
+        <v>0</v>
+      </c>
+      <c r="J716" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="717">
+      <c r="A717" t="s">
+        <v>3166</v>
+      </c>
+      <c r="B717" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C717" t="s">
+        <v>3168</v>
+      </c>
+      <c r="G717" t="s">
+        <v>14</v>
+      </c>
+      <c r="H717" t="s">
+        <v>3169</v>
+      </c>
+      <c r="I717">
+        <v>0</v>
+      </c>
+      <c r="J717" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="718">
+      <c r="A718" t="s">
+        <v>3170</v>
+      </c>
+      <c r="B718" t="s">
+        <v>3171</v>
+      </c>
+      <c r="C718" t="s">
+        <v>3172</v>
+      </c>
+      <c r="G718" t="s">
+        <v>14</v>
+      </c>
+      <c r="H718" t="s">
+        <v>3173</v>
+      </c>
+      <c r="I718">
+        <v>0</v>
+      </c>
+      <c r="J718" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="719">
+      <c r="A719" t="s">
+        <v>3174</v>
+      </c>
+      <c r="B719" t="s">
+        <v>3175</v>
+      </c>
+      <c r="C719" t="s">
+        <v>3176</v>
+      </c>
+      <c r="G719" t="s">
+        <v>14</v>
+      </c>
+      <c r="H719" t="s">
+        <v>3177</v>
+      </c>
+      <c r="I719">
+        <v>0</v>
+      </c>
+      <c r="J719" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="720">
+      <c r="A720" t="s">
+        <v>3178</v>
+      </c>
+      <c r="B720" t="s">
+        <v>3179</v>
+      </c>
+      <c r="C720" t="s">
+        <v>3180</v>
+      </c>
+      <c r="G720" t="s">
+        <v>14</v>
+      </c>
+      <c r="H720" t="s">
+        <v>3181</v>
+      </c>
+      <c r="I720">
+        <v>0</v>
+      </c>
+      <c r="J720" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="721">
+      <c r="A721" t="s">
+        <v>3182</v>
+      </c>
+      <c r="B721" t="s">
+        <v>3183</v>
+      </c>
+      <c r="C721" t="s">
+        <v>3184</v>
+      </c>
+      <c r="G721" t="s">
+        <v>14</v>
+      </c>
+      <c r="H721" t="s">
+        <v>3185</v>
+      </c>
+      <c r="I721">
+        <v>0</v>
+      </c>
+      <c r="J721" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="722">
+      <c r="A722" t="s">
+        <v>3186</v>
+      </c>
+      <c r="B722" t="s">
+        <v>3187</v>
+      </c>
+      <c r="C722" t="s">
+        <v>3188</v>
+      </c>
+      <c r="G722" t="s">
+        <v>14</v>
+      </c>
+      <c r="H722" t="s">
+        <v>3189</v>
+      </c>
+      <c r="I722">
+        <v>0</v>
+      </c>
+      <c r="J722" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="723">
+      <c r="A723" t="s">
+        <v>3190</v>
+      </c>
+      <c r="B723" t="s">
+        <v>3191</v>
+      </c>
+      <c r="C723" t="s">
+        <v>3192</v>
+      </c>
+      <c r="G723" t="s">
+        <v>14</v>
+      </c>
+      <c r="H723" t="s">
+        <v>3193</v>
+      </c>
+      <c r="I723">
+        <v>0</v>
+      </c>
+      <c r="J723" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="724">
+      <c r="A724" t="s">
+        <v>3194</v>
+      </c>
+      <c r="B724" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C724" t="s">
+        <v>3196</v>
+      </c>
+      <c r="G724" t="s">
+        <v>14</v>
+      </c>
+      <c r="H724" t="s">
+        <v>3197</v>
+      </c>
+      <c r="I724">
+        <v>0</v>
+      </c>
+      <c r="J724" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="725">
+      <c r="A725" t="s">
+        <v>3198</v>
+      </c>
+      <c r="B725" t="s">
+        <v>3199</v>
+      </c>
+      <c r="C725" t="s">
+        <v>3200</v>
+      </c>
+      <c r="G725" t="s">
+        <v>14</v>
+      </c>
+      <c r="H725" t="s">
+        <v>3201</v>
+      </c>
+      <c r="I725">
+        <v>0</v>
+      </c>
+      <c r="J725" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="726">
+      <c r="A726" t="s">
+        <v>3202</v>
+      </c>
+      <c r="B726" t="s">
+        <v>3203</v>
+      </c>
+      <c r="C726" t="s">
+        <v>3204</v>
+      </c>
+      <c r="G726" t="s">
+        <v>14</v>
+      </c>
+      <c r="H726" t="s">
+        <v>3205</v>
+      </c>
+      <c r="I726">
+        <v>0</v>
+      </c>
+      <c r="J726" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="727">
+      <c r="A727" t="s">
+        <v>3206</v>
+      </c>
+      <c r="B727" t="s">
+        <v>3207</v>
+      </c>
+      <c r="C727" t="s">
+        <v>3208</v>
+      </c>
+      <c r="G727" t="s">
+        <v>14</v>
+      </c>
+      <c r="H727" t="s">
+        <v>3209</v>
+      </c>
+      <c r="I727">
+        <v>0</v>
+      </c>
+      <c r="J727" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="728">
+      <c r="A728" t="s">
+        <v>3210</v>
+      </c>
+      <c r="B728" t="s">
+        <v>3211</v>
+      </c>
+      <c r="C728" t="s">
+        <v>3212</v>
+      </c>
+      <c r="G728" t="s">
+        <v>14</v>
+      </c>
+      <c r="H728" t="s">
+        <v>3213</v>
+      </c>
+      <c r="I728">
+        <v>0</v>
+      </c>
+      <c r="J728" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="729">
+      <c r="A729" t="s">
+        <v>3214</v>
+      </c>
+      <c r="B729" t="s">
+        <v>3215</v>
+      </c>
+      <c r="C729" t="s">
+        <v>3216</v>
+      </c>
+      <c r="G729" t="s">
+        <v>14</v>
+      </c>
+      <c r="H729" t="s">
+        <v>3217</v>
+      </c>
+      <c r="I729">
+        <v>0</v>
+      </c>
+      <c r="J729" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="730">
+      <c r="A730" t="s">
+        <v>3218</v>
+      </c>
+      <c r="B730" t="s">
+        <v>3219</v>
+      </c>
+      <c r="C730" t="s">
+        <v>3220</v>
+      </c>
+      <c r="G730" t="s">
+        <v>14</v>
+      </c>
+      <c r="H730" t="s">
+        <v>3221</v>
+      </c>
+      <c r="I730">
+        <v>0</v>
+      </c>
+      <c r="J730" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="731">
+      <c r="A731" t="s">
+        <v>3222</v>
+      </c>
+      <c r="B731" t="s">
+        <v>3223</v>
+      </c>
+      <c r="C731" t="s">
+        <v>3224</v>
+      </c>
+      <c r="G731" t="s">
+        <v>14</v>
+      </c>
+      <c r="H731" t="s">
+        <v>3225</v>
+      </c>
+      <c r="I731">
+        <v>0</v>
+      </c>
+      <c r="J731" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="732">
+      <c r="A732" t="s">
+        <v>3226</v>
+      </c>
+      <c r="B732" t="s">
+        <v>3227</v>
+      </c>
+      <c r="C732" t="s">
+        <v>3228</v>
+      </c>
+      <c r="G732" t="s">
+        <v>14</v>
+      </c>
+      <c r="H732" t="s">
+        <v>3229</v>
+      </c>
+      <c r="I732">
+        <v>0</v>
+      </c>
+      <c r="J732" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="733">
+      <c r="A733" t="s">
+        <v>3230</v>
+      </c>
+      <c r="B733" t="s">
+        <v>3231</v>
+      </c>
+      <c r="C733" t="s">
+        <v>3232</v>
+      </c>
+      <c r="G733" t="s">
+        <v>14</v>
+      </c>
+      <c r="H733" t="s">
+        <v>3233</v>
+      </c>
+      <c r="I733">
+        <v>0</v>
+      </c>
+      <c r="J733" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="734">
+      <c r="A734" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B734" t="s">
+        <v>3235</v>
+      </c>
+      <c r="C734" t="s">
+        <v>3236</v>
+      </c>
+      <c r="G734" t="s">
+        <v>14</v>
+      </c>
+      <c r="H734" t="s">
+        <v>3237</v>
+      </c>
+      <c r="I734">
+        <v>0</v>
+      </c>
+      <c r="J734" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="735">
+      <c r="A735" t="s">
+        <v>3238</v>
+      </c>
+      <c r="B735" t="s">
+        <v>3239</v>
+      </c>
+      <c r="C735" t="s">
+        <v>3240</v>
+      </c>
+      <c r="G735" t="s">
+        <v>14</v>
+      </c>
+      <c r="H735" t="s">
+        <v>3241</v>
+      </c>
+      <c r="I735">
+        <v>0</v>
+      </c>
+      <c r="J735" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="736">
+      <c r="A736" t="s">
+        <v>3242</v>
+      </c>
+      <c r="B736" t="s">
+        <v>3243</v>
+      </c>
+      <c r="C736" t="s">
+        <v>3244</v>
+      </c>
+      <c r="G736" t="s">
+        <v>14</v>
+      </c>
+      <c r="H736" t="s">
+        <v>3245</v>
+      </c>
+      <c r="I736">
+        <v>0</v>
+      </c>
+      <c r="J736" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="737">
+      <c r="A737" t="s">
+        <v>3246</v>
+      </c>
+      <c r="B737" t="s">
+        <v>3247</v>
+      </c>
+      <c r="C737" t="s">
+        <v>3248</v>
+      </c>
+      <c r="G737" t="s">
+        <v>14</v>
+      </c>
+      <c r="H737" t="s">
+        <v>3249</v>
+      </c>
+      <c r="I737">
+        <v>0</v>
+      </c>
+      <c r="J737" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="738">
+      <c r="A738" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B738" t="s">
+        <v>3251</v>
+      </c>
+      <c r="C738" t="s">
+        <v>3252</v>
+      </c>
+      <c r="G738" t="s">
+        <v>14</v>
+      </c>
+      <c r="H738" t="s">
+        <v>3253</v>
+      </c>
+      <c r="I738">
+        <v>0</v>
+      </c>
+      <c r="J738" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="739">
+      <c r="A739" t="s">
+        <v>3254</v>
+      </c>
+      <c r="B739" t="s">
+        <v>3255</v>
+      </c>
+      <c r="C739" t="s">
+        <v>3256</v>
+      </c>
+      <c r="G739" t="s">
+        <v>14</v>
+      </c>
+      <c r="H739" t="s">
+        <v>3257</v>
+      </c>
+      <c r="I739">
+        <v>0</v>
+      </c>
+      <c r="J739" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="740">
+      <c r="A740" t="s">
+        <v>3258</v>
+      </c>
+      <c r="B740" t="s">
+        <v>3259</v>
+      </c>
+      <c r="C740" t="s">
+        <v>3260</v>
+      </c>
+      <c r="G740" t="s">
+        <v>14</v>
+      </c>
+      <c r="H740" t="s">
+        <v>3261</v>
+      </c>
+      <c r="I740">
+        <v>0</v>
+      </c>
+      <c r="J740" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="741">
+      <c r="A741" t="s">
+        <v>3262</v>
+      </c>
+      <c r="B741" t="s">
+        <v>3263</v>
+      </c>
+      <c r="C741" t="s">
+        <v>3264</v>
+      </c>
+      <c r="G741" t="s">
+        <v>14</v>
+      </c>
+      <c r="H741" t="s">
+        <v>3265</v>
+      </c>
+      <c r="I741">
+        <v>0</v>
+      </c>
+      <c r="J741" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="742">
+      <c r="A742" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B742" t="s">
+        <v>3267</v>
+      </c>
+      <c r="C742" t="s">
+        <v>3268</v>
+      </c>
+      <c r="G742" t="s">
+        <v>14</v>
+      </c>
+      <c r="H742" t="s">
+        <v>3269</v>
+      </c>
+      <c r="I742">
+        <v>0</v>
+      </c>
+      <c r="J742" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="743">
+      <c r="A743" t="s">
+        <v>3270</v>
+      </c>
+      <c r="B743" t="s">
+        <v>3271</v>
+      </c>
+      <c r="C743" t="s">
+        <v>3272</v>
+      </c>
+      <c r="G743" t="s">
+        <v>14</v>
+      </c>
+      <c r="H743" t="s">
+        <v>3273</v>
+      </c>
+      <c r="I743">
+        <v>0</v>
+      </c>
+      <c r="J743" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="744">
+      <c r="A744" t="s">
+        <v>3274</v>
+      </c>
+      <c r="B744" t="s">
+        <v>3275</v>
+      </c>
+      <c r="C744" t="s">
+        <v>3276</v>
+      </c>
+      <c r="G744" t="s">
+        <v>14</v>
+      </c>
+      <c r="H744" t="s">
+        <v>3277</v>
+      </c>
+      <c r="I744">
+        <v>0</v>
+      </c>
+      <c r="J744" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="745">
+      <c r="A745" t="s">
+        <v>3278</v>
+      </c>
+      <c r="B745" t="s">
+        <v>3279</v>
+      </c>
+      <c r="C745" t="s">
+        <v>3280</v>
+      </c>
+      <c r="G745" t="s">
+        <v>14</v>
+      </c>
+      <c r="H745" t="s">
+        <v>3281</v>
+      </c>
+      <c r="I745">
+        <v>0</v>
+      </c>
+      <c r="J745" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="746">
+      <c r="A746" t="s">
+        <v>3282</v>
+      </c>
+      <c r="B746" t="s">
+        <v>3283</v>
+      </c>
+      <c r="C746" t="s">
+        <v>3284</v>
+      </c>
+      <c r="G746" t="s">
+        <v>14</v>
+      </c>
+      <c r="H746" t="s">
+        <v>3285</v>
+      </c>
+      <c r="I746">
+        <v>0</v>
+      </c>
+      <c r="J746" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="747">
+      <c r="A747" t="s">
+        <v>3286</v>
+      </c>
+      <c r="B747" t="s">
+        <v>3287</v>
+      </c>
+      <c r="C747" t="s">
+        <v>3288</v>
+      </c>
+      <c r="G747" t="s">
+        <v>14</v>
+      </c>
+      <c r="H747" t="s">
+        <v>3289</v>
+      </c>
+      <c r="I747">
+        <v>0</v>
+      </c>
+      <c r="J747" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748" t="s">
+        <v>3290</v>
+      </c>
+      <c r="B748" t="s">
+        <v>3291</v>
+      </c>
+      <c r="C748" t="s">
+        <v>3292</v>
+      </c>
+      <c r="G748" t="s">
+        <v>14</v>
+      </c>
+      <c r="H748" t="s">
+        <v>3293</v>
+      </c>
+      <c r="I748">
+        <v>0</v>
+      </c>
+      <c r="J748" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749" t="s">
+        <v>3294</v>
+      </c>
+      <c r="B749" t="s">
+        <v>3295</v>
+      </c>
+      <c r="C749" t="s">
+        <v>3296</v>
+      </c>
+      <c r="G749" t="s">
+        <v>14</v>
+      </c>
+      <c r="H749" t="s">
+        <v>3297</v>
+      </c>
+      <c r="I749">
+        <v>0</v>
+      </c>
+      <c r="J749" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="750">
+      <c r="A750" t="s">
+        <v>3298</v>
+      </c>
+      <c r="B750" t="s">
+        <v>3299</v>
+      </c>
+      <c r="C750" t="s">
+        <v>3300</v>
+      </c>
+      <c r="G750" t="s">
+        <v>14</v>
+      </c>
+      <c r="H750" t="s">
+        <v>3301</v>
+      </c>
+      <c r="I750">
+        <v>0</v>
+      </c>
+      <c r="J750" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="751">
+      <c r="A751" t="s">
+        <v>3302</v>
+      </c>
+      <c r="B751" t="s">
+        <v>3303</v>
+      </c>
+      <c r="C751" t="s">
+        <v>3304</v>
+      </c>
+      <c r="G751" t="s">
+        <v>14</v>
+      </c>
+      <c r="H751" t="s">
+        <v>3305</v>
+      </c>
+      <c r="I751">
+        <v>0</v>
+      </c>
+      <c r="J751" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="752">
+      <c r="A752" t="s">
+        <v>3306</v>
+      </c>
+      <c r="B752" t="s">
+        <v>3307</v>
+      </c>
+      <c r="C752" t="s">
+        <v>3308</v>
+      </c>
+      <c r="G752" t="s">
+        <v>14</v>
+      </c>
+      <c r="H752" t="s">
+        <v>3309</v>
+      </c>
+      <c r="I752">
+        <v>0</v>
+      </c>
+      <c r="J752" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="753">
+      <c r="A753" t="s">
+        <v>3310</v>
+      </c>
+      <c r="B753" t="s">
+        <v>3311</v>
+      </c>
+      <c r="C753" t="s">
+        <v>3312</v>
+      </c>
+      <c r="G753" t="s">
+        <v>14</v>
+      </c>
+      <c r="H753" t="s">
+        <v>3313</v>
+      </c>
+      <c r="I753">
+        <v>0</v>
+      </c>
+      <c r="J753" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="754">
+      <c r="A754" t="s">
+        <v>3314</v>
+      </c>
+      <c r="B754" t="s">
+        <v>3315</v>
+      </c>
+      <c r="C754" t="s">
+        <v>3316</v>
+      </c>
+      <c r="G754" t="s">
+        <v>14</v>
+      </c>
+      <c r="H754" t="s">
+        <v>3317</v>
+      </c>
+      <c r="I754">
+        <v>0</v>
+      </c>
+      <c r="J754" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="755">
+      <c r="A755" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B755" t="s">
+        <v>3319</v>
+      </c>
+      <c r="C755" t="s">
+        <v>3320</v>
+      </c>
+      <c r="G755" t="s">
+        <v>14</v>
+      </c>
+      <c r="H755" t="s">
+        <v>3321</v>
+      </c>
+      <c r="I755">
+        <v>0</v>
+      </c>
+      <c r="J755" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="756">
+      <c r="A756" t="s">
+        <v>3322</v>
+      </c>
+      <c r="B756" t="s">
+        <v>3323</v>
+      </c>
+      <c r="C756" t="s">
+        <v>3324</v>
+      </c>
+      <c r="G756" t="s">
+        <v>14</v>
+      </c>
+      <c r="H756" t="s">
+        <v>3325</v>
+      </c>
+      <c r="I756">
+        <v>0</v>
+      </c>
+      <c r="J756" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="757">
+      <c r="A757" t="s">
+        <v>3326</v>
+      </c>
+      <c r="B757" t="s">
+        <v>3327</v>
+      </c>
+      <c r="C757" t="s">
+        <v>3328</v>
+      </c>
+      <c r="G757" t="s">
+        <v>14</v>
+      </c>
+      <c r="H757" t="s">
+        <v>3329</v>
+      </c>
+      <c r="I757">
+        <v>0</v>
+      </c>
+      <c r="J757" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="758">
+      <c r="A758" t="s">
+        <v>3330</v>
+      </c>
+      <c r="B758" t="s">
+        <v>3331</v>
+      </c>
+      <c r="C758" t="s">
+        <v>3332</v>
+      </c>
+      <c r="G758" t="s">
+        <v>14</v>
+      </c>
+      <c r="H758" t="s">
+        <v>3333</v>
+      </c>
+      <c r="I758">
+        <v>0</v>
+      </c>
+      <c r="J758" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759" t="s">
+        <v>3334</v>
+      </c>
+      <c r="B759" t="s">
+        <v>3335</v>
+      </c>
+      <c r="C759" t="s">
+        <v>3336</v>
+      </c>
+      <c r="G759" t="s">
+        <v>14</v>
+      </c>
+      <c r="H759" t="s">
+        <v>3337</v>
+      </c>
+      <c r="I759">
+        <v>0</v>
+      </c>
+      <c r="J759" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760" t="s">
+        <v>3338</v>
+      </c>
+      <c r="B760" t="s">
+        <v>3339</v>
+      </c>
+      <c r="C760" t="s">
+        <v>3340</v>
+      </c>
+      <c r="G760" t="s">
+        <v>14</v>
+      </c>
+      <c r="H760" t="s">
+        <v>3341</v>
+      </c>
+      <c r="I760">
+        <v>0</v>
+      </c>
+      <c r="J760" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="761">
+      <c r="A761" t="s">
+        <v>3342</v>
+      </c>
+      <c r="B761" t="s">
+        <v>3343</v>
+      </c>
+      <c r="C761" t="s">
+        <v>3344</v>
+      </c>
+      <c r="G761" t="s">
+        <v>14</v>
+      </c>
+      <c r="H761" t="s">
+        <v>3345</v>
+      </c>
+      <c r="I761">
+        <v>0</v>
+      </c>
+      <c r="J761" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762" t="s">
+        <v>3346</v>
+      </c>
+      <c r="B762" t="s">
+        <v>3347</v>
+      </c>
+      <c r="C762" t="s">
+        <v>3348</v>
+      </c>
+      <c r="G762" t="s">
+        <v>14</v>
+      </c>
+      <c r="H762" t="s">
+        <v>3349</v>
+      </c>
+      <c r="I762">
+        <v>0</v>
+      </c>
+      <c r="J762" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763" t="s">
+        <v>3350</v>
+      </c>
+      <c r="B763" t="s">
+        <v>3351</v>
+      </c>
+      <c r="C763" t="s">
+        <v>3352</v>
+      </c>
+      <c r="G763" t="s">
+        <v>14</v>
+      </c>
+      <c r="H763" t="s">
+        <v>3353</v>
+      </c>
+      <c r="I763">
+        <v>0</v>
+      </c>
+      <c r="J763" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764" t="s">
+        <v>3354</v>
+      </c>
+      <c r="B764" t="s">
+        <v>3355</v>
+      </c>
+      <c r="C764" t="s">
+        <v>3356</v>
+      </c>
+      <c r="G764" t="s">
+        <v>14</v>
+      </c>
+      <c r="H764" t="s">
+        <v>3357</v>
+      </c>
+      <c r="I764">
+        <v>0</v>
+      </c>
+      <c r="J764" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765" t="s">
+        <v>3358</v>
+      </c>
+      <c r="B765" t="s">
+        <v>3359</v>
+      </c>
+      <c r="C765" t="s">
+        <v>3360</v>
+      </c>
+      <c r="G765" t="s">
+        <v>14</v>
+      </c>
+      <c r="H765" t="s">
+        <v>3361</v>
+      </c>
+      <c r="I765">
+        <v>0</v>
+      </c>
+      <c r="J765" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766" t="s">
+        <v>3362</v>
+      </c>
+      <c r="B766" t="s">
+        <v>3363</v>
+      </c>
+      <c r="C766" t="s">
+        <v>3364</v>
+      </c>
+      <c r="G766" t="s">
+        <v>14</v>
+      </c>
+      <c r="H766" t="s">
+        <v>3365</v>
+      </c>
+      <c r="I766">
+        <v>0</v>
+      </c>
+      <c r="J766" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767" t="s">
+        <v>3366</v>
+      </c>
+      <c r="B767" t="s">
+        <v>3367</v>
+      </c>
+      <c r="C767" t="s">
+        <v>3368</v>
+      </c>
+      <c r="G767" t="s">
+        <v>14</v>
+      </c>
+      <c r="H767" t="s">
+        <v>3369</v>
+      </c>
+      <c r="I767">
+        <v>0</v>
+      </c>
+      <c r="J767" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768" t="s">
+        <v>3370</v>
+      </c>
+      <c r="B768" t="s">
+        <v>3371</v>
+      </c>
+      <c r="C768" t="s">
+        <v>3372</v>
+      </c>
+      <c r="G768" t="s">
+        <v>14</v>
+      </c>
+      <c r="H768" t="s">
+        <v>3373</v>
+      </c>
+      <c r="I768">
+        <v>0</v>
+      </c>
+      <c r="J768" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769" t="s">
+        <v>3374</v>
+      </c>
+      <c r="B769" t="s">
+        <v>3375</v>
+      </c>
+      <c r="C769" t="s">
+        <v>3376</v>
+      </c>
+      <c r="G769" t="s">
+        <v>14</v>
+      </c>
+      <c r="H769" t="s">
+        <v>3377</v>
+      </c>
+      <c r="I769">
+        <v>0</v>
+      </c>
+      <c r="J769" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770" t="s">
+        <v>3378</v>
+      </c>
+      <c r="B770" t="s">
+        <v>3379</v>
+      </c>
+      <c r="C770" t="s">
+        <v>3380</v>
+      </c>
+      <c r="G770" t="s">
+        <v>14</v>
+      </c>
+      <c r="H770" t="s">
+        <v>3381</v>
+      </c>
+      <c r="I770">
+        <v>0</v>
+      </c>
+      <c r="J770" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="771">
+      <c r="A771" t="s">
+        <v>3382</v>
+      </c>
+      <c r="B771" t="s">
+        <v>3383</v>
+      </c>
+      <c r="C771" t="s">
+        <v>3384</v>
+      </c>
+      <c r="G771" t="s">
+        <v>14</v>
+      </c>
+      <c r="H771" t="s">
+        <v>3385</v>
+      </c>
+      <c r="I771">
+        <v>0</v>
+      </c>
+      <c r="J771" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="772">
+      <c r="A772" t="s">
+        <v>3386</v>
+      </c>
+      <c r="B772" t="s">
+        <v>3387</v>
+      </c>
+      <c r="C772" t="s">
+        <v>3388</v>
+      </c>
+      <c r="G772" t="s">
+        <v>14</v>
+      </c>
+      <c r="H772" t="s">
+        <v>3389</v>
+      </c>
+      <c r="I772">
+        <v>0</v>
+      </c>
+      <c r="J772" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="773">
+      <c r="A773" t="s">
+        <v>3390</v>
+      </c>
+      <c r="B773" t="s">
+        <v>3391</v>
+      </c>
+      <c r="C773" t="s">
+        <v>3392</v>
+      </c>
+      <c r="G773" t="s">
+        <v>14</v>
+      </c>
+      <c r="H773" t="s">
+        <v>3393</v>
+      </c>
+      <c r="I773">
+        <v>0</v>
+      </c>
+      <c r="J773" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="774">
+      <c r="A774" t="s">
+        <v>3394</v>
+      </c>
+      <c r="B774" t="s">
+        <v>3395</v>
+      </c>
+      <c r="C774" t="s">
+        <v>3396</v>
+      </c>
+      <c r="G774" t="s">
+        <v>14</v>
+      </c>
+      <c r="H774" t="s">
+        <v>3397</v>
+      </c>
+      <c r="I774">
+        <v>0</v>
+      </c>
+      <c r="J774" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="775">
+      <c r="A775" t="s">
+        <v>3398</v>
+      </c>
+      <c r="B775" t="s">
+        <v>3399</v>
+      </c>
+      <c r="C775" t="s">
+        <v>3400</v>
+      </c>
+      <c r="G775" t="s">
+        <v>14</v>
+      </c>
+      <c r="H775" t="s">
+        <v>3401</v>
+      </c>
+      <c r="I775">
+        <v>0</v>
+      </c>
+      <c r="J775" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="776">
+      <c r="A776" t="s">
+        <v>3402</v>
+      </c>
+      <c r="B776" t="s">
+        <v>3403</v>
+      </c>
+      <c r="C776" t="s">
+        <v>3404</v>
+      </c>
+      <c r="G776" t="s">
+        <v>14</v>
+      </c>
+      <c r="H776" t="s">
+        <v>3405</v>
+      </c>
+      <c r="I776">
+        <v>0</v>
+      </c>
+      <c r="J776" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="777">
+      <c r="A777" t="s">
+        <v>3406</v>
+      </c>
+      <c r="B777" t="s">
+        <v>3407</v>
+      </c>
+      <c r="C777" t="s">
+        <v>3408</v>
+      </c>
+      <c r="G777" t="s">
+        <v>14</v>
+      </c>
+      <c r="H777" t="s">
+        <v>3409</v>
+      </c>
+      <c r="I777">
+        <v>0</v>
+      </c>
+      <c r="J777" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="778">
+      <c r="A778" t="s">
+        <v>3410</v>
+      </c>
+      <c r="B778" t="s">
+        <v>3411</v>
+      </c>
+      <c r="C778" t="s">
+        <v>3412</v>
+      </c>
+      <c r="G778" t="s">
+        <v>14</v>
+      </c>
+      <c r="H778" t="s">
+        <v>3413</v>
+      </c>
+      <c r="I778">
+        <v>0</v>
+      </c>
+      <c r="J778" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="779">
+      <c r="A779" t="s">
+        <v>3414</v>
+      </c>
+      <c r="B779" t="s">
+        <v>3415</v>
+      </c>
+      <c r="C779" t="s">
+        <v>3416</v>
+      </c>
+      <c r="G779" t="s">
+        <v>14</v>
+      </c>
+      <c r="H779" t="s">
+        <v>3417</v>
+      </c>
+      <c r="I779">
+        <v>0</v>
+      </c>
+      <c r="J779" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="780">
+      <c r="A780" t="s">
+        <v>3418</v>
+      </c>
+      <c r="B780" t="s">
+        <v>3419</v>
+      </c>
+      <c r="C780" t="s">
+        <v>3420</v>
+      </c>
+      <c r="G780" t="s">
+        <v>14</v>
+      </c>
+      <c r="H780" t="s">
+        <v>3421</v>
+      </c>
+      <c r="I780">
+        <v>0</v>
+      </c>
+      <c r="J780" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="781">
+      <c r="A781" t="s">
+        <v>3422</v>
+      </c>
+      <c r="B781" t="s">
+        <v>3423</v>
+      </c>
+      <c r="C781" t="s">
+        <v>3424</v>
+      </c>
+      <c r="G781" t="s">
+        <v>14</v>
+      </c>
+      <c r="H781" t="s">
+        <v>3425</v>
+      </c>
+      <c r="I781">
+        <v>0</v>
+      </c>
+      <c r="J781" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="782">
+      <c r="A782" t="s">
+        <v>3426</v>
+      </c>
+      <c r="B782" t="s">
+        <v>3427</v>
+      </c>
+      <c r="C782" t="s">
+        <v>3428</v>
+      </c>
+      <c r="G782" t="s">
+        <v>14</v>
+      </c>
+      <c r="H782" t="s">
+        <v>3429</v>
+      </c>
+      <c r="I782">
+        <v>0</v>
+      </c>
+      <c r="J782" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="783">
+      <c r="A783" t="s">
+        <v>3430</v>
+      </c>
+      <c r="B783" t="s">
+        <v>3431</v>
+      </c>
+      <c r="C783" t="s">
+        <v>3432</v>
+      </c>
+      <c r="G783" t="s">
+        <v>14</v>
+      </c>
+      <c r="H783" t="s">
+        <v>3433</v>
+      </c>
+      <c r="I783">
+        <v>0</v>
+      </c>
+      <c r="J783" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="784">
+      <c r="A784" t="s">
+        <v>3434</v>
+      </c>
+      <c r="B784" t="s">
+        <v>3435</v>
+      </c>
+      <c r="C784" t="s">
+        <v>3436</v>
+      </c>
+      <c r="G784" t="s">
+        <v>14</v>
+      </c>
+      <c r="H784" t="s">
+        <v>3437</v>
+      </c>
+      <c r="I784">
+        <v>0</v>
+      </c>
+      <c r="J784" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="785">
+      <c r="A785" t="s">
+        <v>3438</v>
+      </c>
+      <c r="B785" t="s">
+        <v>3439</v>
+      </c>
+      <c r="C785" t="s">
+        <v>3440</v>
+      </c>
+      <c r="G785" t="s">
+        <v>14</v>
+      </c>
+      <c r="H785" t="s">
+        <v>3441</v>
+      </c>
+      <c r="I785">
+        <v>0</v>
+      </c>
+      <c r="J785" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="786">
+      <c r="A786" t="s">
+        <v>3442</v>
+      </c>
+      <c r="B786" t="s">
+        <v>3443</v>
+      </c>
+      <c r="C786" t="s">
+        <v>3444</v>
+      </c>
+      <c r="G786" t="s">
+        <v>14</v>
+      </c>
+      <c r="H786" t="s">
+        <v>3445</v>
+      </c>
+      <c r="I786">
+        <v>0</v>
+      </c>
+      <c r="J786" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="787">
+      <c r="A787" t="s">
+        <v>3446</v>
+      </c>
+      <c r="B787" t="s">
+        <v>3447</v>
+      </c>
+      <c r="C787" t="s">
+        <v>3448</v>
+      </c>
+      <c r="G787" t="s">
+        <v>14</v>
+      </c>
+      <c r="H787" t="s">
+        <v>3449</v>
+      </c>
+      <c r="I787">
+        <v>0</v>
+      </c>
+      <c r="J787" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="788">
+      <c r="A788" t="s">
+        <v>3450</v>
+      </c>
+      <c r="B788" t="s">
+        <v>3451</v>
+      </c>
+      <c r="C788" t="s">
+        <v>3452</v>
+      </c>
+      <c r="G788" t="s">
+        <v>14</v>
+      </c>
+      <c r="H788" t="s">
+        <v>3453</v>
+      </c>
+      <c r="I788">
+        <v>0</v>
+      </c>
+      <c r="J788" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="789">
+      <c r="A789" t="s">
+        <v>3454</v>
+      </c>
+      <c r="B789" t="s">
+        <v>3455</v>
+      </c>
+      <c r="C789" t="s">
+        <v>3456</v>
+      </c>
+      <c r="G789" t="s">
+        <v>14</v>
+      </c>
+      <c r="H789" t="s">
+        <v>3457</v>
+      </c>
+      <c r="I789">
+        <v>0</v>
+      </c>
+      <c r="J789" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="790">
+      <c r="A790" t="s">
+        <v>3458</v>
+      </c>
+      <c r="B790" t="s">
+        <v>3459</v>
+      </c>
+      <c r="C790" t="s">
+        <v>3460</v>
+      </c>
+      <c r="G790" t="s">
+        <v>14</v>
+      </c>
+      <c r="H790" t="s">
+        <v>3461</v>
+      </c>
+      <c r="I790">
+        <v>0</v>
+      </c>
+      <c r="J790" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="791">
+      <c r="A791" t="s">
+        <v>3462</v>
+      </c>
+      <c r="B791" t="s">
+        <v>3463</v>
+      </c>
+      <c r="C791" t="s">
+        <v>3464</v>
+      </c>
+      <c r="G791" t="s">
+        <v>14</v>
+      </c>
+      <c r="H791" t="s">
+        <v>3465</v>
+      </c>
+      <c r="I791">
+        <v>0</v>
+      </c>
+      <c r="J791" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="792">
+      <c r="A792" t="s">
+        <v>3466</v>
+      </c>
+      <c r="B792" t="s">
+        <v>3467</v>
+      </c>
+      <c r="C792" t="s">
+        <v>3468</v>
+      </c>
+      <c r="G792" t="s">
+        <v>14</v>
+      </c>
+      <c r="H792" t="s">
+        <v>3469</v>
+      </c>
+      <c r="I792">
+        <v>0</v>
+      </c>
+      <c r="J792" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="793">
+      <c r="A793" t="s">
+        <v>3470</v>
+      </c>
+      <c r="B793" t="s">
+        <v>3471</v>
+      </c>
+      <c r="C793" t="s">
+        <v>3472</v>
+      </c>
+      <c r="G793" t="s">
+        <v>14</v>
+      </c>
+      <c r="H793" t="s">
+        <v>3473</v>
+      </c>
+      <c r="I793">
+        <v>0</v>
+      </c>
+      <c r="J793" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="794">
+      <c r="A794" t="s">
+        <v>3474</v>
+      </c>
+      <c r="B794" t="s">
+        <v>3475</v>
+      </c>
+      <c r="C794" t="s">
+        <v>3476</v>
+      </c>
+      <c r="G794" t="s">
+        <v>14</v>
+      </c>
+      <c r="H794" t="s">
+        <v>3477</v>
+      </c>
+      <c r="I794">
+        <v>0</v>
+      </c>
+      <c r="J794" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="795">
+      <c r="A795" t="s">
+        <v>3478</v>
+      </c>
+      <c r="B795" t="s">
+        <v>3479</v>
+      </c>
+      <c r="C795" t="s">
+        <v>3480</v>
+      </c>
+      <c r="G795" t="s">
+        <v>14</v>
+      </c>
+      <c r="H795" t="s">
+        <v>3481</v>
+      </c>
+      <c r="I795">
+        <v>0</v>
+      </c>
+      <c r="J795" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796" t="s">
+        <v>3482</v>
+      </c>
+      <c r="B796" t="s">
+        <v>3483</v>
+      </c>
+      <c r="C796" t="s">
+        <v>3484</v>
+      </c>
+      <c r="G796" t="s">
+        <v>14</v>
+      </c>
+      <c r="H796" t="s">
+        <v>3485</v>
+      </c>
+      <c r="I796">
+        <v>0</v>
+      </c>
+      <c r="J796" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="797">
+      <c r="A797" t="s">
+        <v>3486</v>
+      </c>
+      <c r="B797" t="s">
+        <v>3487</v>
+      </c>
+      <c r="C797" t="s">
+        <v>3488</v>
+      </c>
+      <c r="G797" t="s">
+        <v>14</v>
+      </c>
+      <c r="H797" t="s">
+        <v>3489</v>
+      </c>
+      <c r="I797">
+        <v>0</v>
+      </c>
+      <c r="J797" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="798">
+      <c r="A798" t="s">
+        <v>3490</v>
+      </c>
+      <c r="B798" t="s">
+        <v>3491</v>
+      </c>
+      <c r="C798" t="s">
+        <v>3492</v>
+      </c>
+      <c r="G798" t="s">
+        <v>14</v>
+      </c>
+      <c r="H798" t="s">
+        <v>3493</v>
+      </c>
+      <c r="I798">
+        <v>0</v>
+      </c>
+      <c r="J798" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="799">
+      <c r="A799" t="s">
+        <v>3494</v>
+      </c>
+      <c r="B799" t="s">
+        <v>3495</v>
+      </c>
+      <c r="C799" t="s">
+        <v>3496</v>
+      </c>
+      <c r="G799" t="s">
+        <v>14</v>
+      </c>
+      <c r="H799" t="s">
+        <v>3497</v>
+      </c>
+      <c r="I799">
+        <v>0</v>
+      </c>
+      <c r="J799" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="800">
+      <c r="A800" t="s">
+        <v>3498</v>
+      </c>
+      <c r="B800" t="s">
+        <v>3499</v>
+      </c>
+      <c r="C800" t="s">
+        <v>3500</v>
+      </c>
+      <c r="G800" t="s">
+        <v>14</v>
+      </c>
+      <c r="H800" t="s">
+        <v>3501</v>
+      </c>
+      <c r="I800">
+        <v>0</v>
+      </c>
+      <c r="J800" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="801">
+      <c r="A801" t="s">
+        <v>3502</v>
+      </c>
+      <c r="B801" t="s">
+        <v>3503</v>
+      </c>
+      <c r="C801" t="s">
+        <v>3504</v>
+      </c>
+      <c r="G801" t="s">
+        <v>14</v>
+      </c>
+      <c r="H801" t="s">
+        <v>3505</v>
+      </c>
+      <c r="I801">
+        <v>0</v>
+      </c>
+      <c r="J801" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="802">
+      <c r="A802" t="s">
+        <v>3506</v>
+      </c>
+      <c r="B802" t="s">
+        <v>3507</v>
+      </c>
+      <c r="C802" t="s">
+        <v>3508</v>
+      </c>
+      <c r="G802" t="s">
+        <v>14</v>
+      </c>
+      <c r="H802" t="s">
+        <v>3509</v>
+      </c>
+      <c r="I802">
+        <v>0</v>
+      </c>
+      <c r="J802" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="803">
+      <c r="A803" t="s">
+        <v>3510</v>
+      </c>
+      <c r="B803" t="s">
+        <v>3511</v>
+      </c>
+      <c r="C803" t="s">
+        <v>3512</v>
+      </c>
+      <c r="G803" t="s">
+        <v>14</v>
+      </c>
+      <c r="H803" t="s">
+        <v>3513</v>
+      </c>
+      <c r="I803">
+        <v>0</v>
+      </c>
+      <c r="J803" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="804">
+      <c r="A804" t="s">
+        <v>3514</v>
+      </c>
+      <c r="B804" t="s">
+        <v>3515</v>
+      </c>
+      <c r="C804" t="s">
+        <v>3516</v>
+      </c>
+      <c r="G804" t="s">
+        <v>14</v>
+      </c>
+      <c r="H804" t="s">
+        <v>3517</v>
+      </c>
+      <c r="I804">
+        <v>0</v>
+      </c>
+      <c r="J804" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="805">
+      <c r="A805" t="s">
+        <v>3518</v>
+      </c>
+      <c r="B805" t="s">
+        <v>3519</v>
+      </c>
+      <c r="C805" t="s">
+        <v>3520</v>
+      </c>
+      <c r="G805" t="s">
+        <v>14</v>
+      </c>
+      <c r="H805" t="s">
+        <v>3521</v>
+      </c>
+      <c r="I805">
+        <v>0</v>
+      </c>
+      <c r="J805" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="806">
+      <c r="A806" t="s">
+        <v>3522</v>
+      </c>
+      <c r="B806" t="s">
+        <v>3523</v>
+      </c>
+      <c r="C806" t="s">
+        <v>3524</v>
+      </c>
+      <c r="G806" t="s">
+        <v>14</v>
+      </c>
+      <c r="H806" t="s">
+        <v>3525</v>
+      </c>
+      <c r="I806">
+        <v>0</v>
+      </c>
+      <c r="J806" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="807">
+      <c r="A807" t="s">
+        <v>3526</v>
+      </c>
+      <c r="B807" t="s">
+        <v>3527</v>
+      </c>
+      <c r="C807" t="s">
+        <v>3528</v>
+      </c>
+      <c r="G807" t="s">
+        <v>14</v>
+      </c>
+      <c r="H807" t="s">
+        <v>3529</v>
+      </c>
+      <c r="I807">
+        <v>0</v>
+      </c>
+      <c r="J807" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="808">
+      <c r="A808" t="s">
+        <v>3530</v>
+      </c>
+      <c r="B808" t="s">
+        <v>3531</v>
+      </c>
+      <c r="C808" t="s">
+        <v>3532</v>
+      </c>
+      <c r="G808" t="s">
+        <v>14</v>
+      </c>
+      <c r="H808" t="s">
+        <v>3533</v>
+      </c>
+      <c r="I808">
+        <v>0</v>
+      </c>
+      <c r="J808" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="809">
+      <c r="A809" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B809" t="s">
+        <v>3535</v>
+      </c>
+      <c r="C809" t="s">
+        <v>3536</v>
+      </c>
+      <c r="G809" t="s">
+        <v>14</v>
+      </c>
+      <c r="H809" t="s">
+        <v>3537</v>
+      </c>
+      <c r="I809">
+        <v>0</v>
+      </c>
+      <c r="J809" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="810">
+      <c r="A810" t="s">
+        <v>3538</v>
+      </c>
+      <c r="B810" t="s">
+        <v>3539</v>
+      </c>
+      <c r="C810" t="s">
+        <v>3540</v>
+      </c>
+      <c r="G810" t="s">
+        <v>14</v>
+      </c>
+      <c r="H810" t="s">
+        <v>3541</v>
+      </c>
+      <c r="I810">
+        <v>0</v>
+      </c>
+      <c r="J810" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="811">
+      <c r="A811" t="s">
+        <v>3542</v>
+      </c>
+      <c r="B811" t="s">
+        <v>3543</v>
+      </c>
+      <c r="C811" t="s">
+        <v>3544</v>
+      </c>
+      <c r="G811" t="s">
+        <v>14</v>
+      </c>
+      <c r="H811" t="s">
+        <v>3545</v>
+      </c>
+      <c r="I811">
+        <v>0</v>
+      </c>
+      <c r="J811" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="812">
+      <c r="A812" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B812" t="s">
+        <v>3547</v>
+      </c>
+      <c r="C812" t="s">
+        <v>3548</v>
+      </c>
+      <c r="G812" t="s">
+        <v>14</v>
+      </c>
+      <c r="H812" t="s">
+        <v>3549</v>
+      </c>
+      <c r="I812">
+        <v>0</v>
+      </c>
+      <c r="J812" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="813">
+      <c r="A813" t="s">
+        <v>3550</v>
+      </c>
+      <c r="B813" t="s">
+        <v>3551</v>
+      </c>
+      <c r="C813" t="s">
+        <v>3552</v>
+      </c>
+      <c r="G813" t="s">
+        <v>14</v>
+      </c>
+      <c r="H813" t="s">
+        <v>3553</v>
+      </c>
+      <c r="I813">
+        <v>0</v>
+      </c>
+      <c r="J813" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="814">
+      <c r="A814" t="s">
+        <v>3554</v>
+      </c>
+      <c r="B814" t="s">
+        <v>3555</v>
+      </c>
+      <c r="C814" t="s">
+        <v>3556</v>
+      </c>
+      <c r="G814" t="s">
+        <v>14</v>
+      </c>
+      <c r="H814" t="s">
+        <v>3557</v>
+      </c>
+      <c r="I814">
+        <v>0</v>
+      </c>
+      <c r="J814" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="815">
+      <c r="A815" t="s">
+        <v>3558</v>
+      </c>
+      <c r="B815" t="s">
+        <v>3559</v>
+      </c>
+      <c r="C815" t="s">
+        <v>3560</v>
+      </c>
+      <c r="G815" t="s">
+        <v>14</v>
+      </c>
+      <c r="H815" t="s">
+        <v>3561</v>
+      </c>
+      <c r="I815">
+        <v>0</v>
+      </c>
+      <c r="J815" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="816">
+      <c r="A816" t="s">
+        <v>3562</v>
+      </c>
+      <c r="B816" t="s">
+        <v>3563</v>
+      </c>
+      <c r="C816" t="s">
+        <v>3564</v>
+      </c>
+      <c r="G816" t="s">
+        <v>14</v>
+      </c>
+      <c r="H816" t="s">
+        <v>3565</v>
+      </c>
+      <c r="I816">
+        <v>0</v>
+      </c>
+      <c r="J816" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="817">
+      <c r="A817" t="s">
+        <v>3566</v>
+      </c>
+      <c r="B817" t="s">
+        <v>3567</v>
+      </c>
+      <c r="C817" t="s">
+        <v>3568</v>
+      </c>
+      <c r="G817" t="s">
+        <v>14</v>
+      </c>
+      <c r="H817" t="s">
+        <v>3569</v>
+      </c>
+      <c r="I817">
+        <v>0</v>
+      </c>
+      <c r="J817" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="818">
+      <c r="A818" t="s">
+        <v>3570</v>
+      </c>
+      <c r="B818" t="s">
+        <v>3571</v>
+      </c>
+      <c r="C818" t="s">
+        <v>3572</v>
+      </c>
+      <c r="G818" t="s">
+        <v>14</v>
+      </c>
+      <c r="H818" t="s">
+        <v>3573</v>
+      </c>
+      <c r="I818">
+        <v>0</v>
+      </c>
+      <c r="J818" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="819">
+      <c r="A819" t="s">
+        <v>3574</v>
+      </c>
+      <c r="B819" t="s">
+        <v>3575</v>
+      </c>
+      <c r="C819" t="s">
+        <v>3576</v>
+      </c>
+      <c r="G819" t="s">
+        <v>14</v>
+      </c>
+      <c r="H819" t="s">
+        <v>3577</v>
+      </c>
+      <c r="I819">
+        <v>0</v>
+      </c>
+      <c r="J819" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820" t="s">
+        <v>3578</v>
+      </c>
+      <c r="B820" t="s">
+        <v>3579</v>
+      </c>
+      <c r="C820" t="s">
+        <v>3580</v>
+      </c>
+      <c r="G820" t="s">
+        <v>14</v>
+      </c>
+      <c r="H820" t="s">
+        <v>3581</v>
+      </c>
+      <c r="I820">
+        <v>0</v>
+      </c>
+      <c r="J820" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="821">
+      <c r="A821" t="s">
+        <v>3582</v>
+      </c>
+      <c r="B821" t="s">
+        <v>3583</v>
+      </c>
+      <c r="C821" t="s">
+        <v>3584</v>
+      </c>
+      <c r="G821" t="s">
+        <v>14</v>
+      </c>
+      <c r="H821" t="s">
+        <v>3585</v>
+      </c>
+      <c r="I821">
+        <v>0</v>
+      </c>
+      <c r="J821" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822" t="s">
+        <v>3586</v>
+      </c>
+      <c r="B822" t="s">
+        <v>3587</v>
+      </c>
+      <c r="C822" t="s">
+        <v>3588</v>
+      </c>
+      <c r="G822" t="s">
+        <v>14</v>
+      </c>
+      <c r="H822" t="s">
+        <v>3589</v>
+      </c>
+      <c r="I822">
+        <v>0</v>
+      </c>
+      <c r="J822" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823" t="s">
+        <v>3590</v>
+      </c>
+      <c r="B823" t="s">
+        <v>3591</v>
+      </c>
+      <c r="C823" t="s">
+        <v>3592</v>
+      </c>
+      <c r="G823" t="s">
+        <v>14</v>
+      </c>
+      <c r="H823" t="s">
+        <v>3593</v>
+      </c>
+      <c r="I823">
+        <v>0</v>
+      </c>
+      <c r="J823" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824" t="s">
+        <v>3594</v>
+      </c>
+      <c r="B824" t="s">
+        <v>3595</v>
+      </c>
+      <c r="C824" t="s">
+        <v>3596</v>
+      </c>
+      <c r="G824" t="s">
+        <v>14</v>
+      </c>
+      <c r="H824" t="s">
+        <v>3597</v>
+      </c>
+      <c r="I824">
+        <v>0</v>
+      </c>
+      <c r="J824" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825" t="s">
+        <v>3598</v>
+      </c>
+      <c r="B825" t="s">
+        <v>3599</v>
+      </c>
+      <c r="C825" t="s">
+        <v>3600</v>
+      </c>
+      <c r="G825" t="s">
+        <v>14</v>
+      </c>
+      <c r="H825" t="s">
+        <v>3601</v>
+      </c>
+      <c r="I825">
+        <v>0</v>
+      </c>
+      <c r="J825" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="826">
+      <c r="A826" t="s">
+        <v>3602</v>
+      </c>
+      <c r="B826" t="s">
+        <v>3603</v>
+      </c>
+      <c r="C826" t="s">
+        <v>3604</v>
+      </c>
+      <c r="G826" t="s">
+        <v>14</v>
+      </c>
+      <c r="H826" t="s">
+        <v>3605</v>
+      </c>
+      <c r="I826">
+        <v>0</v>
+      </c>
+      <c r="J826" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="827">
+      <c r="A827" t="s">
+        <v>3606</v>
+      </c>
+      <c r="B827" t="s">
+        <v>3607</v>
+      </c>
+      <c r="C827" t="s">
+        <v>3608</v>
+      </c>
+      <c r="G827" t="s">
+        <v>14</v>
+      </c>
+      <c r="H827" t="s">
+        <v>3609</v>
+      </c>
+      <c r="I827">
+        <v>0</v>
+      </c>
+      <c r="J827" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="828">
+      <c r="A828" t="s">
+        <v>3610</v>
+      </c>
+      <c r="B828" t="s">
+        <v>3611</v>
+      </c>
+      <c r="C828" t="s">
+        <v>3612</v>
+      </c>
+      <c r="G828" t="s">
+        <v>14</v>
+      </c>
+      <c r="H828" t="s">
+        <v>3613</v>
+      </c>
+      <c r="I828">
+        <v>0</v>
+      </c>
+      <c r="J828" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="829">
+      <c r="A829" t="s">
+        <v>3614</v>
+      </c>
+      <c r="B829" t="s">
+        <v>3615</v>
+      </c>
+      <c r="C829" t="s">
+        <v>3616</v>
+      </c>
+      <c r="G829" t="s">
+        <v>14</v>
+      </c>
+      <c r="H829" t="s">
+        <v>3617</v>
+      </c>
+      <c r="I829">
+        <v>0</v>
+      </c>
+      <c r="J829" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="830">
+      <c r="A830" t="s">
+        <v>3618</v>
+      </c>
+      <c r="B830" t="s">
+        <v>3619</v>
+      </c>
+      <c r="C830" t="s">
+        <v>3620</v>
+      </c>
+      <c r="G830" t="s">
+        <v>14</v>
+      </c>
+      <c r="H830" t="s">
+        <v>3621</v>
+      </c>
+      <c r="I830">
+        <v>0</v>
+      </c>
+      <c r="J830" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="831">
+      <c r="A831" t="s">
+        <v>3622</v>
+      </c>
+      <c r="B831" t="s">
+        <v>3623</v>
+      </c>
+      <c r="C831" t="s">
+        <v>3624</v>
+      </c>
+      <c r="G831" t="s">
+        <v>14</v>
+      </c>
+      <c r="H831" t="s">
+        <v>3625</v>
+      </c>
+      <c r="I831">
+        <v>0</v>
+      </c>
+      <c r="J831" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="832">
+      <c r="A832" t="s">
+        <v>3626</v>
+      </c>
+      <c r="B832" t="s">
+        <v>3627</v>
+      </c>
+      <c r="C832" t="s">
+        <v>3628</v>
+      </c>
+      <c r="G832" t="s">
+        <v>14</v>
+      </c>
+      <c r="H832" t="s">
+        <v>3629</v>
+      </c>
+      <c r="I832">
+        <v>0</v>
+      </c>
+      <c r="J832" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="833">
+      <c r="A833" t="s">
+        <v>3630</v>
+      </c>
+      <c r="B833" t="s">
+        <v>3631</v>
+      </c>
+      <c r="C833" t="s">
+        <v>3632</v>
+      </c>
+      <c r="G833" t="s">
+        <v>14</v>
+      </c>
+      <c r="H833" t="s">
+        <v>3633</v>
+      </c>
+      <c r="I833">
+        <v>0</v>
+      </c>
+      <c r="J833" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="834">
+      <c r="A834" t="s">
+        <v>3634</v>
+      </c>
+      <c r="B834" t="s">
+        <v>3635</v>
+      </c>
+      <c r="C834" t="s">
+        <v>3636</v>
+      </c>
+      <c r="G834" t="s">
+        <v>14</v>
+      </c>
+      <c r="H834" t="s">
+        <v>3637</v>
+      </c>
+      <c r="I834">
+        <v>0</v>
+      </c>
+      <c r="J834" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="835">
+      <c r="A835" t="s">
+        <v>3638</v>
+      </c>
+      <c r="B835" t="s">
+        <v>3639</v>
+      </c>
+      <c r="C835" t="s">
+        <v>3640</v>
+      </c>
+      <c r="G835" t="s">
+        <v>14</v>
+      </c>
+      <c r="H835" t="s">
+        <v>3641</v>
+      </c>
+      <c r="I835">
+        <v>0</v>
+      </c>
+      <c r="J835" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="836">
+      <c r="A836" t="s">
+        <v>3642</v>
+      </c>
+      <c r="B836" t="s">
+        <v>3643</v>
+      </c>
+      <c r="C836" t="s">
+        <v>3644</v>
+      </c>
+      <c r="G836" t="s">
+        <v>14</v>
+      </c>
+      <c r="H836" t="s">
+        <v>3645</v>
+      </c>
+      <c r="I836">
+        <v>0</v>
+      </c>
+      <c r="J836" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="837">
+      <c r="A837" t="s">
+        <v>3646</v>
+      </c>
+      <c r="B837" t="s">
+        <v>3647</v>
+      </c>
+      <c r="C837" t="s">
+        <v>3648</v>
+      </c>
+      <c r="G837" t="s">
+        <v>14</v>
+      </c>
+      <c r="H837" t="s">
+        <v>3649</v>
+      </c>
+      <c r="I837">
+        <v>0</v>
+      </c>
+      <c r="J837" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="838">
+      <c r="A838" t="s">
+        <v>3650</v>
+      </c>
+      <c r="B838" t="s">
+        <v>3651</v>
+      </c>
+      <c r="C838" t="s">
+        <v>3652</v>
+      </c>
+      <c r="G838" t="s">
+        <v>14</v>
+      </c>
+      <c r="H838" t="s">
+        <v>3653</v>
+      </c>
+      <c r="I838">
+        <v>0</v>
+      </c>
+      <c r="J838" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="839">
+      <c r="A839" t="s">
+        <v>3654</v>
+      </c>
+      <c r="B839" t="s">
+        <v>3655</v>
+      </c>
+      <c r="C839" t="s">
+        <v>3656</v>
+      </c>
+      <c r="G839" t="s">
+        <v>14</v>
+      </c>
+      <c r="H839" t="s">
+        <v>3657</v>
+      </c>
+      <c r="I839">
+        <v>0</v>
+      </c>
+      <c r="J839" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="840">
+      <c r="A840" t="s">
+        <v>3658</v>
+      </c>
+      <c r="B840" t="s">
+        <v>3659</v>
+      </c>
+      <c r="C840" t="s">
+        <v>3660</v>
+      </c>
+      <c r="G840" t="s">
+        <v>14</v>
+      </c>
+      <c r="H840" t="s">
+        <v>3661</v>
+      </c>
+      <c r="I840">
+        <v>0</v>
+      </c>
+      <c r="J840" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="841">
+      <c r="A841" t="s">
+        <v>3662</v>
+      </c>
+      <c r="B841" t="s">
+        <v>3663</v>
+      </c>
+      <c r="C841" t="s">
+        <v>3664</v>
+      </c>
+      <c r="G841" t="s">
+        <v>14</v>
+      </c>
+      <c r="H841" t="s">
+        <v>3665</v>
+      </c>
+      <c r="I841">
+        <v>0</v>
+      </c>
+      <c r="J841" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="842">
+      <c r="A842" t="s">
+        <v>3666</v>
+      </c>
+      <c r="B842" t="s">
+        <v>3667</v>
+      </c>
+      <c r="C842" t="s">
+        <v>3668</v>
+      </c>
+      <c r="G842" t="s">
+        <v>14</v>
+      </c>
+      <c r="H842" t="s">
+        <v>3669</v>
+      </c>
+      <c r="I842">
+        <v>0</v>
+      </c>
+      <c r="J842" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="843">
+      <c r="A843" t="s">
+        <v>3670</v>
+      </c>
+      <c r="B843" t="s">
+        <v>3671</v>
+      </c>
+      <c r="C843" t="s">
+        <v>3672</v>
+      </c>
+      <c r="G843" t="s">
+        <v>14</v>
+      </c>
+      <c r="H843" t="s">
+        <v>3673</v>
+      </c>
+      <c r="I843">
+        <v>0</v>
+      </c>
+      <c r="J843" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="844">
+      <c r="A844" t="s">
+        <v>3674</v>
+      </c>
+      <c r="B844" t="s">
+        <v>3675</v>
+      </c>
+      <c r="C844" t="s">
+        <v>3676</v>
+      </c>
+      <c r="G844" t="s">
+        <v>14</v>
+      </c>
+      <c r="H844" t="s">
+        <v>3677</v>
+      </c>
+      <c r="I844">
+        <v>0</v>
+      </c>
+      <c r="J844" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="845">
+      <c r="A845" t="s">
+        <v>3678</v>
+      </c>
+      <c r="B845" t="s">
+        <v>3679</v>
+      </c>
+      <c r="C845" t="s">
+        <v>3680</v>
+      </c>
+      <c r="G845" t="s">
+        <v>14</v>
+      </c>
+      <c r="H845" t="s">
+        <v>3681</v>
+      </c>
+      <c r="I845">
+        <v>0</v>
+      </c>
+      <c r="J845" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="846">
+      <c r="A846" t="s">
+        <v>3682</v>
+      </c>
+      <c r="B846" t="s">
+        <v>3683</v>
+      </c>
+      <c r="C846" t="s">
+        <v>3684</v>
+      </c>
+      <c r="G846" t="s">
+        <v>14</v>
+      </c>
+      <c r="H846" t="s">
+        <v>3685</v>
+      </c>
+      <c r="I846">
+        <v>0</v>
+      </c>
+      <c r="J846" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="847">
+      <c r="A847" t="s">
+        <v>3686</v>
+      </c>
+      <c r="B847" t="s">
+        <v>3687</v>
+      </c>
+      <c r="C847" t="s">
+        <v>3688</v>
+      </c>
+      <c r="G847" t="s">
+        <v>14</v>
+      </c>
+      <c r="H847" t="s">
+        <v>3689</v>
+      </c>
+      <c r="I847">
+        <v>0</v>
+      </c>
+      <c r="J847" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="848">
+      <c r="A848" t="s">
+        <v>3690</v>
+      </c>
+      <c r="B848" t="s">
+        <v>3691</v>
+      </c>
+      <c r="C848" t="s">
+        <v>3692</v>
+      </c>
+      <c r="G848" t="s">
+        <v>14</v>
+      </c>
+      <c r="H848" t="s">
+        <v>3693</v>
+      </c>
+      <c r="I848">
+        <v>0</v>
+      </c>
+      <c r="J848" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="849">
+      <c r="A849" t="s">
+        <v>3694</v>
+      </c>
+      <c r="B849" t="s">
+        <v>3695</v>
+      </c>
+      <c r="C849" t="s">
+        <v>3696</v>
+      </c>
+      <c r="G849" t="s">
+        <v>14</v>
+      </c>
+      <c r="H849" t="s">
+        <v>3697</v>
+      </c>
+      <c r="I849">
+        <v>0</v>
+      </c>
+      <c r="J849" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="850">
+      <c r="A850" t="s">
+        <v>3698</v>
+      </c>
+      <c r="B850" t="s">
+        <v>3699</v>
+      </c>
+      <c r="C850" t="s">
+        <v>3700</v>
+      </c>
+      <c r="G850" t="s">
+        <v>14</v>
+      </c>
+      <c r="H850" t="s">
+        <v>3701</v>
+      </c>
+      <c r="I850">
+        <v>0</v>
+      </c>
+      <c r="J850" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="851">
+      <c r="A851" t="s">
+        <v>3702</v>
+      </c>
+      <c r="B851" t="s">
+        <v>3703</v>
+      </c>
+      <c r="C851" t="s">
+        <v>3704</v>
+      </c>
+      <c r="G851" t="s">
+        <v>14</v>
+      </c>
+      <c r="H851" t="s">
+        <v>3705</v>
+      </c>
+      <c r="I851">
+        <v>0</v>
+      </c>
+      <c r="J851" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="852">
+      <c r="A852" t="s">
+        <v>3706</v>
+      </c>
+      <c r="B852" t="s">
+        <v>3707</v>
+      </c>
+      <c r="C852" t="s">
+        <v>3708</v>
+      </c>
+      <c r="G852" t="s">
+        <v>14</v>
+      </c>
+      <c r="H852" t="s">
+        <v>3709</v>
+      </c>
+      <c r="I852">
+        <v>0</v>
+      </c>
+      <c r="J852" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="853">
+      <c r="A853" t="s">
+        <v>3710</v>
+      </c>
+      <c r="B853" t="s">
+        <v>3711</v>
+      </c>
+      <c r="C853" t="s">
+        <v>3712</v>
+      </c>
+      <c r="G853" t="s">
+        <v>14</v>
+      </c>
+      <c r="H853" t="s">
+        <v>3713</v>
+      </c>
+      <c r="I853">
+        <v>0</v>
+      </c>
+      <c r="J853" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="854">
+      <c r="A854" t="s">
+        <v>3714</v>
+      </c>
+      <c r="B854" t="s">
+        <v>3715</v>
+      </c>
+      <c r="C854" t="s">
+        <v>3716</v>
+      </c>
+      <c r="G854" t="s">
+        <v>14</v>
+      </c>
+      <c r="H854" t="s">
+        <v>3717</v>
+      </c>
+      <c r="I854">
+        <v>0</v>
+      </c>
+      <c r="J854" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="855">
+      <c r="A855" t="s">
+        <v>3718</v>
+      </c>
+      <c r="B855" t="s">
+        <v>3719</v>
+      </c>
+      <c r="C855" t="s">
+        <v>3720</v>
+      </c>
+      <c r="G855" t="s">
+        <v>14</v>
+      </c>
+      <c r="H855" t="s">
+        <v>3721</v>
+      </c>
+      <c r="I855">
+        <v>0</v>
+      </c>
+      <c r="J855" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="856">
+      <c r="A856" t="s">
+        <v>3722</v>
+      </c>
+      <c r="B856" t="s">
+        <v>3723</v>
+      </c>
+      <c r="C856" t="s">
+        <v>3724</v>
+      </c>
+      <c r="G856" t="s">
+        <v>14</v>
+      </c>
+      <c r="H856" t="s">
+        <v>3725</v>
+      </c>
+      <c r="I856">
+        <v>0</v>
+      </c>
+      <c r="J856" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="857">
+      <c r="A857" t="s">
+        <v>3726</v>
+      </c>
+      <c r="B857" t="s">
+        <v>3727</v>
+      </c>
+      <c r="C857" t="s">
+        <v>3728</v>
+      </c>
+      <c r="G857" t="s">
+        <v>14</v>
+      </c>
+      <c r="H857" t="s">
+        <v>3729</v>
+      </c>
+      <c r="I857">
+        <v>0</v>
+      </c>
+      <c r="J857" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="858">
+      <c r="A858" t="s">
+        <v>3730</v>
+      </c>
+      <c r="B858" t="s">
+        <v>3731</v>
+      </c>
+      <c r="C858" t="s">
+        <v>3732</v>
+      </c>
+      <c r="G858" t="s">
+        <v>14</v>
+      </c>
+      <c r="H858" t="s">
+        <v>3733</v>
+      </c>
+      <c r="I858">
+        <v>0</v>
+      </c>
+      <c r="J858" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="859">
+      <c r="A859" t="s">
+        <v>3734</v>
+      </c>
+      <c r="B859" t="s">
+        <v>3735</v>
+      </c>
+      <c r="C859" t="s">
+        <v>3736</v>
+      </c>
+      <c r="G859" t="s">
+        <v>14</v>
+      </c>
+      <c r="H859" t="s">
+        <v>3737</v>
+      </c>
+      <c r="I859">
+        <v>0</v>
+      </c>
+      <c r="J859" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="860">
+      <c r="A860" t="s">
+        <v>3738</v>
+      </c>
+      <c r="B860" t="s">
+        <v>3739</v>
+      </c>
+      <c r="C860" t="s">
+        <v>3740</v>
+      </c>
+      <c r="G860" t="s">
+        <v>14</v>
+      </c>
+      <c r="H860" t="s">
+        <v>3741</v>
+      </c>
+      <c r="I860">
+        <v>0</v>
+      </c>
+      <c r="J860" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="861">
+      <c r="A861" t="s">
+        <v>3742</v>
+      </c>
+      <c r="B861" t="s">
+        <v>3743</v>
+      </c>
+      <c r="C861" t="s">
+        <v>3744</v>
+      </c>
+      <c r="G861" t="s">
+        <v>14</v>
+      </c>
+      <c r="H861" t="s">
+        <v>3745</v>
+      </c>
+      <c r="I861">
+        <v>0</v>
+      </c>
+      <c r="J861" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="862">
+      <c r="A862" t="s">
+        <v>3746</v>
+      </c>
+      <c r="B862" t="s">
+        <v>3747</v>
+      </c>
+      <c r="C862" t="s">
+        <v>3748</v>
+      </c>
+      <c r="G862" t="s">
+        <v>14</v>
+      </c>
+      <c r="H862" t="s">
+        <v>3749</v>
+      </c>
+      <c r="I862">
+        <v>0</v>
+      </c>
+      <c r="J862" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="863">
+      <c r="A863" t="s">
+        <v>3750</v>
+      </c>
+      <c r="B863" t="s">
+        <v>3751</v>
+      </c>
+      <c r="C863" t="s">
+        <v>3752</v>
+      </c>
+      <c r="G863" t="s">
+        <v>14</v>
+      </c>
+      <c r="H863" t="s">
+        <v>3753</v>
+      </c>
+      <c r="I863">
+        <v>0</v>
+      </c>
+      <c r="J863" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="864">
+      <c r="A864" t="s">
+        <v>3754</v>
+      </c>
+      <c r="B864" t="s">
+        <v>3755</v>
+      </c>
+      <c r="C864" t="s">
+        <v>3756</v>
+      </c>
+      <c r="G864" t="s">
+        <v>14</v>
+      </c>
+      <c r="H864" t="s">
+        <v>3757</v>
+      </c>
+      <c r="I864">
+        <v>0</v>
+      </c>
+      <c r="J864" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="865">
+      <c r="A865" t="s">
+        <v>3758</v>
+      </c>
+      <c r="B865" t="s">
+        <v>3759</v>
+      </c>
+      <c r="C865" t="s">
+        <v>3760</v>
+      </c>
+      <c r="G865" t="s">
+        <v>14</v>
+      </c>
+      <c r="H865" t="s">
+        <v>3761</v>
+      </c>
+      <c r="I865">
+        <v>0</v>
+      </c>
+      <c r="J865" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="866">
+      <c r="A866" t="s">
+        <v>3762</v>
+      </c>
+      <c r="B866" t="s">
+        <v>3763</v>
+      </c>
+      <c r="C866" t="s">
+        <v>3764</v>
+      </c>
+      <c r="G866" t="s">
+        <v>14</v>
+      </c>
+      <c r="H866" t="s">
+        <v>3765</v>
+      </c>
+      <c r="I866">
+        <v>0</v>
+      </c>
+      <c r="J866" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="867">
+      <c r="A867" t="s">
+        <v>3766</v>
+      </c>
+      <c r="B867" t="s">
+        <v>3767</v>
+      </c>
+      <c r="C867" t="s">
+        <v>3768</v>
+      </c>
+      <c r="G867" t="s">
+        <v>14</v>
+      </c>
+      <c r="H867" t="s">
+        <v>3769</v>
+      </c>
+      <c r="I867">
+        <v>0</v>
+      </c>
+      <c r="J867" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="868">
+      <c r="A868" t="s">
+        <v>3770</v>
+      </c>
+      <c r="B868" t="s">
+        <v>3771</v>
+      </c>
+      <c r="C868" t="s">
+        <v>3772</v>
+      </c>
+      <c r="G868" t="s">
+        <v>14</v>
+      </c>
+      <c r="H868" t="s">
+        <v>3773</v>
+      </c>
+      <c r="I868">
+        <v>0</v>
+      </c>
+      <c r="J868" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="869">
+      <c r="A869" t="s">
+        <v>3774</v>
+      </c>
+      <c r="B869" t="s">
+        <v>3775</v>
+      </c>
+      <c r="C869" t="s">
+        <v>3776</v>
+      </c>
+      <c r="G869" t="s">
+        <v>14</v>
+      </c>
+      <c r="H869" t="s">
+        <v>3777</v>
+      </c>
+      <c r="I869">
+        <v>0</v>
+      </c>
+      <c r="J869" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="870">
+      <c r="A870" t="s">
+        <v>3778</v>
+      </c>
+      <c r="B870" t="s">
+        <v>3779</v>
+      </c>
+      <c r="C870" t="s">
+        <v>3780</v>
+      </c>
+      <c r="G870" t="s">
+        <v>14</v>
+      </c>
+      <c r="H870" t="s">
+        <v>3781</v>
+      </c>
+      <c r="I870">
+        <v>0</v>
+      </c>
+      <c r="J870" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="871">
+      <c r="A871" t="s">
+        <v>3782</v>
+      </c>
+      <c r="B871" t="s">
+        <v>3783</v>
+      </c>
+      <c r="C871" t="s">
+        <v>3784</v>
+      </c>
+      <c r="G871" t="s">
+        <v>14</v>
+      </c>
+      <c r="H871" t="s">
+        <v>3785</v>
+      </c>
+      <c r="I871">
+        <v>0</v>
+      </c>
+      <c r="J871" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="872">
+      <c r="A872" t="s">
+        <v>3786</v>
+      </c>
+      <c r="B872" t="s">
+        <v>3787</v>
+      </c>
+      <c r="C872" t="s">
+        <v>3788</v>
+      </c>
+      <c r="G872" t="s">
+        <v>14</v>
+      </c>
+      <c r="H872" t="s">
+        <v>3789</v>
+      </c>
+      <c r="I872">
+        <v>0</v>
+      </c>
+      <c r="J872" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="873">
+      <c r="A873" t="s">
+        <v>3790</v>
+      </c>
+      <c r="B873" t="s">
+        <v>3791</v>
+      </c>
+      <c r="C873" t="s">
+        <v>3792</v>
+      </c>
+      <c r="G873" t="s">
+        <v>14</v>
+      </c>
+      <c r="H873" t="s">
+        <v>3793</v>
+      </c>
+      <c r="I873">
+        <v>0</v>
+      </c>
+      <c r="J873" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="874">
+      <c r="A874" t="s">
+        <v>3794</v>
+      </c>
+      <c r="B874" t="s">
+        <v>3795</v>
+      </c>
+      <c r="C874" t="s">
+        <v>3796</v>
+      </c>
+      <c r="G874" t="s">
+        <v>14</v>
+      </c>
+      <c r="H874" t="s">
+        <v>3797</v>
+      </c>
+      <c r="I874">
+        <v>0</v>
+      </c>
+      <c r="J874" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="875">
+      <c r="A875" t="s">
+        <v>3798</v>
+      </c>
+      <c r="B875" t="s">
+        <v>3799</v>
+      </c>
+      <c r="C875" t="s">
+        <v>3800</v>
+      </c>
+      <c r="G875" t="s">
+        <v>14</v>
+      </c>
+      <c r="H875" t="s">
+        <v>3801</v>
+      </c>
+      <c r="I875">
+        <v>0</v>
+      </c>
+      <c r="J875" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="876">
+      <c r="A876" t="s">
+        <v>3802</v>
+      </c>
+      <c r="B876" t="s">
+        <v>3803</v>
+      </c>
+      <c r="C876" t="s">
+        <v>3804</v>
+      </c>
+      <c r="G876" t="s">
+        <v>14</v>
+      </c>
+      <c r="H876" t="s">
+        <v>3805</v>
+      </c>
+      <c r="I876">
+        <v>0</v>
+      </c>
+      <c r="J876" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="877">
+      <c r="A877" t="s">
+        <v>3806</v>
+      </c>
+      <c r="B877" t="s">
+        <v>3807</v>
+      </c>
+      <c r="C877" t="s">
+        <v>3808</v>
+      </c>
+      <c r="G877" t="s">
+        <v>14</v>
+      </c>
+      <c r="H877" t="s">
+        <v>3809</v>
+      </c>
+      <c r="I877">
+        <v>0</v>
+      </c>
+      <c r="J877" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878" t="s">
+        <v>3810</v>
+      </c>
+      <c r="B878" t="s">
+        <v>3811</v>
+      </c>
+      <c r="C878" t="s">
+        <v>3812</v>
+      </c>
+      <c r="G878" t="s">
+        <v>14</v>
+      </c>
+      <c r="H878" t="s">
+        <v>3813</v>
+      </c>
+      <c r="I878">
+        <v>0</v>
+      </c>
+      <c r="J878" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879" t="s">
+        <v>3814</v>
+      </c>
+      <c r="B879" t="s">
+        <v>3815</v>
+      </c>
+      <c r="C879" t="s">
+        <v>3816</v>
+      </c>
+      <c r="G879" t="s">
+        <v>14</v>
+      </c>
+      <c r="H879" t="s">
+        <v>3817</v>
+      </c>
+      <c r="I879">
+        <v>0</v>
+      </c>
+      <c r="J879" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880" t="s">
+        <v>3818</v>
+      </c>
+      <c r="B880" t="s">
+        <v>3819</v>
+      </c>
+      <c r="C880" t="s">
+        <v>3820</v>
+      </c>
+      <c r="G880" t="s">
+        <v>14</v>
+      </c>
+      <c r="H880" t="s">
+        <v>3821</v>
+      </c>
+      <c r="I880">
+        <v>0</v>
+      </c>
+      <c r="J880" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881" t="s">
+        <v>3822</v>
+      </c>
+      <c r="B881" t="s">
+        <v>3823</v>
+      </c>
+      <c r="C881" t="s">
+        <v>3824</v>
+      </c>
+      <c r="G881" t="s">
+        <v>14</v>
+      </c>
+      <c r="H881" t="s">
+        <v>3825</v>
+      </c>
+      <c r="I881">
+        <v>0</v>
+      </c>
+      <c r="J881" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882" t="s">
+        <v>3826</v>
+      </c>
+      <c r="B882" t="s">
+        <v>3827</v>
+      </c>
+      <c r="C882" t="s">
+        <v>3828</v>
+      </c>
+      <c r="G882" t="s">
+        <v>14</v>
+      </c>
+      <c r="H882" t="s">
+        <v>3829</v>
+      </c>
+      <c r="I882">
+        <v>0</v>
+      </c>
+      <c r="J882" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883" t="s">
+        <v>3830</v>
+      </c>
+      <c r="B883" t="s">
+        <v>3831</v>
+      </c>
+      <c r="C883" t="s">
+        <v>3832</v>
+      </c>
+      <c r="G883" t="s">
+        <v>14</v>
+      </c>
+      <c r="H883" t="s">
+        <v>3833</v>
+      </c>
+      <c r="I883">
+        <v>0</v>
+      </c>
+      <c r="J883" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884" t="s">
+        <v>3834</v>
+      </c>
+      <c r="B884" t="s">
+        <v>3835</v>
+      </c>
+      <c r="C884" t="s">
+        <v>3836</v>
+      </c>
+      <c r="G884" t="s">
+        <v>14</v>
+      </c>
+      <c r="H884" t="s">
+        <v>3837</v>
+      </c>
+      <c r="I884">
+        <v>0</v>
+      </c>
+      <c r="J884" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885" t="s">
+        <v>3838</v>
+      </c>
+      <c r="B885" t="s">
+        <v>3839</v>
+      </c>
+      <c r="C885" t="s">
+        <v>3840</v>
+      </c>
+      <c r="G885" t="s">
+        <v>14</v>
+      </c>
+      <c r="H885" t="s">
+        <v>3841</v>
+      </c>
+      <c r="I885">
+        <v>0</v>
+      </c>
+      <c r="J885" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886" t="s">
+        <v>3842</v>
+      </c>
+      <c r="B886" t="s">
+        <v>3843</v>
+      </c>
+      <c r="C886" t="s">
+        <v>3844</v>
+      </c>
+      <c r="G886" t="s">
+        <v>14</v>
+      </c>
+      <c r="H886" t="s">
+        <v>3845</v>
+      </c>
+      <c r="I886">
+        <v>0</v>
+      </c>
+      <c r="J886" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887" t="s">
+        <v>3846</v>
+      </c>
+      <c r="B887" t="s">
+        <v>3847</v>
+      </c>
+      <c r="C887" t="s">
+        <v>3848</v>
+      </c>
+      <c r="G887" t="s">
+        <v>14</v>
+      </c>
+      <c r="H887" t="s">
+        <v>3849</v>
+      </c>
+      <c r="I887">
+        <v>0</v>
+      </c>
+      <c r="J887" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="888">
+      <c r="A888" t="s">
+        <v>3850</v>
+      </c>
+      <c r="B888" t="s">
+        <v>3851</v>
+      </c>
+      <c r="C888" t="s">
+        <v>3852</v>
+      </c>
+      <c r="G888" t="s">
+        <v>14</v>
+      </c>
+      <c r="H888" t="s">
+        <v>3853</v>
+      </c>
+      <c r="I888">
+        <v>0</v>
+      </c>
+      <c r="J888" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="889">
+      <c r="A889" t="s">
+        <v>3854</v>
+      </c>
+      <c r="B889" t="s">
+        <v>3855</v>
+      </c>
+      <c r="C889" t="s">
+        <v>3856</v>
+      </c>
+      <c r="G889" t="s">
+        <v>14</v>
+      </c>
+      <c r="H889" t="s">
+        <v>3857</v>
+      </c>
+      <c r="I889">
+        <v>0</v>
+      </c>
+      <c r="J889" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="890">
+      <c r="A890" t="s">
+        <v>3858</v>
+      </c>
+      <c r="B890" t="s">
+        <v>3859</v>
+      </c>
+      <c r="C890" t="s">
+        <v>3860</v>
+      </c>
+      <c r="G890" t="s">
+        <v>14</v>
+      </c>
+      <c r="H890" t="s">
+        <v>3861</v>
+      </c>
+      <c r="I890">
+        <v>0</v>
+      </c>
+      <c r="J890" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891" t="s">
+        <v>3862</v>
+      </c>
+      <c r="B891" t="s">
+        <v>3863</v>
+      </c>
+      <c r="C891" t="s">
+        <v>3864</v>
+      </c>
+      <c r="G891" t="s">
+        <v>14</v>
+      </c>
+      <c r="H891" t="s">
+        <v>3865</v>
+      </c>
+      <c r="I891">
+        <v>0</v>
+      </c>
+      <c r="J891" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892" t="s">
+        <v>3866</v>
+      </c>
+      <c r="B892" t="s">
+        <v>3867</v>
+      </c>
+      <c r="C892" t="s">
+        <v>3868</v>
+      </c>
+      <c r="G892" t="s">
+        <v>14</v>
+      </c>
+      <c r="H892" t="s">
+        <v>3869</v>
+      </c>
+      <c r="I892">
+        <v>0</v>
+      </c>
+      <c r="J892" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>