--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -1532,52 +1532,53 @@
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Left"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M98"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="11"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="7"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
@@ -1613,2833 +1614,3415 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2">
         <v>3.99</v>
       </c>
+      <c r="E2">
+        <v>4.11</v>
+      </c>
+      <c r="F2" s="1">
+        <v>46112</v>
+      </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
         <v>10</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
       <c r="K2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3">
         <v>3.99</v>
       </c>
+      <c r="E3">
+        <v>4.11</v>
+      </c>
+      <c r="F3" s="1">
+        <v>46112</v>
+      </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3">
         <v>10</v>
       </c>
       <c r="J3" t="s">
         <v>16</v>
       </c>
       <c r="K3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4">
         <v>3.99</v>
       </c>
+      <c r="E4">
+        <v>4.11</v>
+      </c>
+      <c r="F4" s="1">
+        <v>46112</v>
+      </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
       <c r="I4">
         <v>10</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5">
         <v>3.99</v>
       </c>
+      <c r="E5">
+        <v>4.11</v>
+      </c>
+      <c r="F5" s="1">
+        <v>46112</v>
+      </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="I5">
         <v>10</v>
       </c>
       <c r="J5" t="s">
         <v>16</v>
       </c>
       <c r="K5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6">
         <v>3.99</v>
       </c>
+      <c r="E6">
+        <v>4.11</v>
+      </c>
+      <c r="F6" s="1">
+        <v>46112</v>
+      </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
       <c r="I6">
         <v>10</v>
       </c>
       <c r="J6" t="s">
         <v>16</v>
       </c>
       <c r="K6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7">
         <v>3.99</v>
       </c>
+      <c r="E7">
+        <v>4.11</v>
+      </c>
+      <c r="F7" s="1">
+        <v>46112</v>
+      </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
       <c r="I7">
         <v>10</v>
       </c>
       <c r="J7" t="s">
         <v>16</v>
       </c>
       <c r="K7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8">
         <v>4.61</v>
       </c>
+      <c r="E8">
+        <v>4.75</v>
+      </c>
+      <c r="F8" s="1">
+        <v>46112</v>
+      </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>46</v>
       </c>
       <c r="I8">
         <v>5</v>
       </c>
       <c r="J8" t="s">
         <v>16</v>
       </c>
       <c r="K8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9">
         <v>5.16</v>
       </c>
+      <c r="E9">
+        <v>5.31</v>
+      </c>
+      <c r="F9" s="1">
+        <v>46112</v>
+      </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
       <c r="I9">
         <v>5</v>
       </c>
       <c r="J9" t="s">
         <v>16</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
         <v>55</v>
       </c>
       <c r="D10">
         <v>5.73</v>
       </c>
+      <c r="E10">
+        <v>5.9</v>
+      </c>
+      <c r="F10" s="1">
+        <v>46112</v>
+      </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
       <c r="I10">
         <v>5</v>
       </c>
       <c r="J10" t="s">
         <v>16</v>
       </c>
       <c r="K10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>58</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11">
         <v>6.45</v>
       </c>
+      <c r="E11">
+        <v>6.64</v>
+      </c>
+      <c r="F11" s="1">
+        <v>46112</v>
+      </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>61</v>
       </c>
       <c r="I11">
         <v>5</v>
       </c>
       <c r="J11" t="s">
         <v>16</v>
       </c>
       <c r="K11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>63</v>
       </c>
       <c r="B12" t="s">
         <v>64</v>
       </c>
       <c r="C12" t="s">
         <v>65</v>
       </c>
       <c r="D12">
         <v>7.87</v>
       </c>
+      <c r="E12">
+        <v>8.11</v>
+      </c>
+      <c r="F12" s="1">
+        <v>46112</v>
+      </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>66</v>
       </c>
       <c r="I12">
         <v>5</v>
       </c>
       <c r="J12" t="s">
         <v>16</v>
       </c>
       <c r="K12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>68</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
       <c r="C13" t="s">
         <v>70</v>
       </c>
       <c r="D13">
         <v>8.85</v>
       </c>
+      <c r="E13">
+        <v>9.12</v>
+      </c>
+      <c r="F13" s="1">
+        <v>46112</v>
+      </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
         <v>71</v>
       </c>
       <c r="I13">
         <v>2</v>
       </c>
       <c r="J13" t="s">
         <v>16</v>
       </c>
       <c r="K13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>73</v>
       </c>
       <c r="B14" t="s">
         <v>74</v>
       </c>
       <c r="C14" t="s">
         <v>75</v>
       </c>
       <c r="D14">
         <v>10.09</v>
       </c>
+      <c r="E14">
+        <v>10.09</v>
+      </c>
+      <c r="F14" s="1">
+        <v>46112</v>
+      </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>76</v>
       </c>
       <c r="I14">
         <v>2</v>
       </c>
       <c r="J14" t="s">
         <v>16</v>
       </c>
       <c r="K14" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>78</v>
       </c>
       <c r="B15" t="s">
         <v>79</v>
       </c>
       <c r="C15" t="s">
         <v>80</v>
       </c>
       <c r="D15">
         <v>11.04</v>
       </c>
+      <c r="E15">
+        <v>11.04</v>
+      </c>
+      <c r="F15" s="1">
+        <v>46112</v>
+      </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>81</v>
       </c>
       <c r="I15">
         <v>2</v>
       </c>
       <c r="J15" t="s">
         <v>16</v>
       </c>
       <c r="K15" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16" t="s">
         <v>85</v>
       </c>
       <c r="D16">
         <v>12.21</v>
       </c>
+      <c r="E16">
+        <v>12.21</v>
+      </c>
+      <c r="F16" s="1">
+        <v>46112</v>
+      </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>86</v>
       </c>
       <c r="I16">
         <v>2</v>
       </c>
       <c r="J16" t="s">
         <v>16</v>
       </c>
       <c r="K16" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>88</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
       <c r="C17" t="s">
         <v>90</v>
       </c>
       <c r="D17">
         <v>14.23</v>
       </c>
+      <c r="E17">
+        <v>14.23</v>
+      </c>
+      <c r="F17" s="1">
+        <v>46112</v>
+      </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>91</v>
       </c>
       <c r="I17">
         <v>2</v>
       </c>
       <c r="J17" t="s">
         <v>16</v>
       </c>
       <c r="K17" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>93</v>
       </c>
       <c r="B18" t="s">
         <v>94</v>
       </c>
       <c r="C18" t="s">
         <v>95</v>
       </c>
       <c r="D18">
         <v>15.91</v>
       </c>
+      <c r="E18">
+        <v>15.91</v>
+      </c>
+      <c r="F18" s="1">
+        <v>46112</v>
+      </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>96</v>
       </c>
       <c r="I18">
         <v>2</v>
       </c>
       <c r="J18" t="s">
         <v>16</v>
       </c>
       <c r="K18" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>98</v>
       </c>
       <c r="B19" t="s">
         <v>99</v>
       </c>
       <c r="C19" t="s">
         <v>100</v>
       </c>
       <c r="D19">
         <v>17.56</v>
       </c>
+      <c r="E19">
+        <v>17.56</v>
+      </c>
+      <c r="F19" s="1">
+        <v>46112</v>
+      </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>101</v>
       </c>
       <c r="I19">
         <v>2</v>
       </c>
       <c r="J19" t="s">
         <v>16</v>
       </c>
       <c r="K19" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>103</v>
       </c>
       <c r="B20" t="s">
         <v>104</v>
       </c>
       <c r="C20" t="s">
         <v>105</v>
       </c>
       <c r="D20">
         <v>19.24</v>
       </c>
+      <c r="E20">
+        <v>19.24</v>
+      </c>
+      <c r="F20" s="1">
+        <v>46112</v>
+      </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>106</v>
       </c>
       <c r="I20">
         <v>2</v>
       </c>
       <c r="J20" t="s">
         <v>16</v>
       </c>
       <c r="K20" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>108</v>
       </c>
       <c r="B21" t="s">
         <v>109</v>
       </c>
       <c r="C21" t="s">
         <v>110</v>
       </c>
       <c r="D21">
         <v>21.75</v>
       </c>
+      <c r="E21">
+        <v>21.75</v>
+      </c>
+      <c r="F21" s="1">
+        <v>46112</v>
+      </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>111</v>
       </c>
       <c r="I21">
         <v>2</v>
       </c>
       <c r="J21" t="s">
         <v>16</v>
       </c>
       <c r="K21" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>113</v>
       </c>
       <c r="B22" t="s">
         <v>114</v>
       </c>
       <c r="C22" t="s">
         <v>115</v>
       </c>
       <c r="D22">
         <v>24.06</v>
       </c>
+      <c r="E22">
+        <v>24.06</v>
+      </c>
+      <c r="F22" s="1">
+        <v>46112</v>
+      </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>116</v>
       </c>
       <c r="I22">
         <v>2</v>
       </c>
       <c r="J22" t="s">
         <v>16</v>
       </c>
       <c r="K22" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>118</v>
       </c>
       <c r="B23" t="s">
         <v>119</v>
       </c>
       <c r="C23" t="s">
         <v>120</v>
       </c>
       <c r="D23">
         <v>24.26</v>
       </c>
+      <c r="E23">
+        <v>24.26</v>
+      </c>
+      <c r="F23" s="1">
+        <v>46112</v>
+      </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>121</v>
       </c>
       <c r="I23">
         <v>2</v>
       </c>
       <c r="J23" t="s">
         <v>16</v>
       </c>
       <c r="K23" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>123</v>
       </c>
       <c r="B24" t="s">
         <v>124</v>
       </c>
       <c r="C24" t="s">
         <v>125</v>
       </c>
       <c r="D24">
         <v>27.71</v>
       </c>
+      <c r="E24">
+        <v>27.71</v>
+      </c>
+      <c r="F24" s="1">
+        <v>46112</v>
+      </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>126</v>
       </c>
       <c r="I24">
         <v>2</v>
       </c>
       <c r="J24" t="s">
         <v>16</v>
       </c>
       <c r="K24" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>128</v>
       </c>
       <c r="B25" t="s">
         <v>129</v>
       </c>
       <c r="C25" t="s">
         <v>130</v>
       </c>
       <c r="D25">
         <v>28.92</v>
       </c>
+      <c r="E25">
+        <v>28.92</v>
+      </c>
+      <c r="F25" s="1">
+        <v>46112</v>
+      </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>131</v>
       </c>
       <c r="I25">
         <v>2</v>
       </c>
       <c r="J25" t="s">
         <v>16</v>
       </c>
       <c r="K25" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>133</v>
       </c>
       <c r="B26" t="s">
         <v>134</v>
       </c>
       <c r="C26" t="s">
         <v>135</v>
       </c>
       <c r="D26">
         <v>30.92</v>
       </c>
+      <c r="E26">
+        <v>30.92</v>
+      </c>
+      <c r="F26" s="1">
+        <v>46112</v>
+      </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>136</v>
       </c>
       <c r="I26">
         <v>2</v>
       </c>
       <c r="J26" t="s">
         <v>16</v>
       </c>
       <c r="K26" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>138</v>
       </c>
       <c r="B27" t="s">
         <v>139</v>
       </c>
       <c r="C27" t="s">
         <v>140</v>
       </c>
       <c r="D27">
         <v>57.45</v>
       </c>
+      <c r="E27">
+        <v>59.17</v>
+      </c>
+      <c r="F27" s="1">
+        <v>46112</v>
+      </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>141</v>
       </c>
       <c r="I27">
         <v>1</v>
       </c>
       <c r="J27" t="s">
         <v>16</v>
       </c>
       <c r="K27" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>143</v>
       </c>
       <c r="B28" t="s">
         <v>144</v>
       </c>
       <c r="C28" t="s">
         <v>145</v>
       </c>
       <c r="D28">
         <v>57.8</v>
       </c>
+      <c r="E28">
+        <v>59.53</v>
+      </c>
+      <c r="F28" s="1">
+        <v>46112</v>
+      </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>146</v>
       </c>
       <c r="I28">
         <v>1</v>
       </c>
       <c r="J28" t="s">
         <v>16</v>
       </c>
       <c r="K28" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>148</v>
       </c>
       <c r="B29" t="s">
         <v>149</v>
       </c>
       <c r="C29" t="s">
         <v>150</v>
       </c>
       <c r="D29">
         <v>83.84</v>
       </c>
+      <c r="E29">
+        <v>86.36</v>
+      </c>
+      <c r="F29" s="1">
+        <v>46112</v>
+      </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>151</v>
       </c>
       <c r="I29">
         <v>1</v>
       </c>
       <c r="J29" t="s">
         <v>16</v>
       </c>
       <c r="K29" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>153</v>
       </c>
       <c r="B30" t="s">
         <v>154</v>
       </c>
       <c r="C30" t="s">
         <v>155</v>
       </c>
       <c r="D30">
         <v>142.47</v>
       </c>
+      <c r="E30">
+        <v>146.74</v>
+      </c>
+      <c r="F30" s="1">
+        <v>46112</v>
+      </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>156</v>
       </c>
       <c r="I30">
         <v>1</v>
       </c>
       <c r="J30" t="s">
         <v>16</v>
       </c>
       <c r="K30" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>158</v>
       </c>
       <c r="B31" t="s">
         <v>159</v>
       </c>
       <c r="C31" t="s">
         <v>160</v>
       </c>
       <c r="D31">
         <v>7.19</v>
       </c>
+      <c r="E31">
+        <v>7.41</v>
+      </c>
+      <c r="F31" s="1">
+        <v>46112</v>
+      </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>161</v>
       </c>
       <c r="I31">
         <v>5</v>
       </c>
       <c r="J31" t="s">
         <v>16</v>
       </c>
       <c r="K31" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>163</v>
       </c>
       <c r="B32" t="s">
         <v>164</v>
       </c>
       <c r="C32" t="s">
         <v>165</v>
       </c>
       <c r="D32">
         <v>7.19</v>
       </c>
+      <c r="E32">
+        <v>7.41</v>
+      </c>
+      <c r="F32" s="1">
+        <v>46112</v>
+      </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>166</v>
       </c>
       <c r="I32">
         <v>5</v>
       </c>
       <c r="J32" t="s">
         <v>16</v>
       </c>
       <c r="K32" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>168</v>
       </c>
       <c r="B33" t="s">
         <v>169</v>
       </c>
       <c r="C33" t="s">
         <v>170</v>
       </c>
       <c r="D33">
         <v>7.34</v>
       </c>
+      <c r="E33">
+        <v>7.56</v>
+      </c>
+      <c r="F33" s="1">
+        <v>46112</v>
+      </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>171</v>
       </c>
       <c r="I33">
         <v>5</v>
       </c>
       <c r="J33" t="s">
         <v>16</v>
       </c>
       <c r="K33" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>173</v>
       </c>
       <c r="B34" t="s">
         <v>174</v>
       </c>
       <c r="C34" t="s">
         <v>175</v>
       </c>
       <c r="D34">
         <v>7.34</v>
       </c>
+      <c r="E34">
+        <v>7.56</v>
+      </c>
+      <c r="F34" s="1">
+        <v>46112</v>
+      </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>176</v>
       </c>
       <c r="I34">
         <v>5</v>
       </c>
       <c r="J34" t="s">
         <v>16</v>
       </c>
       <c r="K34" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>178</v>
       </c>
       <c r="B35" t="s">
         <v>179</v>
       </c>
       <c r="C35" t="s">
         <v>180</v>
       </c>
       <c r="D35">
         <v>7.34</v>
       </c>
+      <c r="E35">
+        <v>7.56</v>
+      </c>
+      <c r="F35" s="1">
+        <v>46112</v>
+      </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>181</v>
       </c>
       <c r="I35">
         <v>5</v>
       </c>
       <c r="J35" t="s">
         <v>16</v>
       </c>
       <c r="K35" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>183</v>
       </c>
       <c r="B36" t="s">
         <v>184</v>
       </c>
       <c r="C36" t="s">
         <v>185</v>
       </c>
       <c r="D36">
         <v>7.6</v>
       </c>
+      <c r="E36">
+        <v>7.83</v>
+      </c>
+      <c r="F36" s="1">
+        <v>46112</v>
+      </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>186</v>
       </c>
       <c r="I36">
         <v>5</v>
       </c>
       <c r="J36" t="s">
         <v>16</v>
       </c>
       <c r="K36" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>188</v>
       </c>
       <c r="B37" t="s">
         <v>189</v>
       </c>
       <c r="C37" t="s">
         <v>190</v>
       </c>
       <c r="D37">
         <v>7.6</v>
       </c>
+      <c r="E37">
+        <v>7.83</v>
+      </c>
+      <c r="F37" s="1">
+        <v>46112</v>
+      </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
         <v>191</v>
       </c>
       <c r="I37">
         <v>5</v>
       </c>
       <c r="J37" t="s">
         <v>16</v>
       </c>
       <c r="K37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>195</v>
       </c>
       <c r="D38">
         <v>7.73</v>
       </c>
+      <c r="E38">
+        <v>7.96</v>
+      </c>
+      <c r="F38" s="1">
+        <v>46112</v>
+      </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>196</v>
       </c>
       <c r="I38">
         <v>5</v>
       </c>
       <c r="J38" t="s">
         <v>16</v>
       </c>
       <c r="K38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>199</v>
       </c>
       <c r="C39" t="s">
         <v>200</v>
       </c>
       <c r="D39">
         <v>8.9</v>
       </c>
+      <c r="E39">
+        <v>9.17</v>
+      </c>
+      <c r="F39" s="1">
+        <v>46112</v>
+      </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>201</v>
       </c>
       <c r="I39">
         <v>5</v>
       </c>
       <c r="J39" t="s">
         <v>16</v>
       </c>
       <c r="K39" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>203</v>
       </c>
       <c r="B40" t="s">
         <v>204</v>
       </c>
       <c r="C40" t="s">
         <v>205</v>
       </c>
       <c r="D40">
         <v>10.04</v>
       </c>
+      <c r="E40">
+        <v>10.34</v>
+      </c>
+      <c r="F40" s="1">
+        <v>46112</v>
+      </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>206</v>
       </c>
       <c r="I40">
         <v>5</v>
       </c>
       <c r="J40" t="s">
         <v>16</v>
       </c>
       <c r="K40" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>208</v>
       </c>
       <c r="B41" t="s">
         <v>209</v>
       </c>
       <c r="C41" t="s">
         <v>210</v>
       </c>
       <c r="D41">
         <v>10.83</v>
       </c>
+      <c r="E41">
+        <v>11.15</v>
+      </c>
+      <c r="F41" s="1">
+        <v>46112</v>
+      </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
         <v>211</v>
       </c>
       <c r="I41">
         <v>5</v>
       </c>
       <c r="J41" t="s">
         <v>16</v>
       </c>
       <c r="K41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
       <c r="C42" t="s">
         <v>215</v>
       </c>
       <c r="D42">
         <v>12.49</v>
       </c>
+      <c r="E42">
+        <v>12.49</v>
+      </c>
+      <c r="F42" s="1">
+        <v>46112</v>
+      </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>216</v>
       </c>
       <c r="I42">
         <v>5</v>
       </c>
       <c r="J42" t="s">
         <v>16</v>
       </c>
       <c r="K42" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>218</v>
       </c>
       <c r="B43" t="s">
         <v>219</v>
       </c>
       <c r="C43" t="s">
         <v>220</v>
       </c>
       <c r="D43">
         <v>12.91</v>
       </c>
+      <c r="E43">
+        <v>12.91</v>
+      </c>
+      <c r="F43" s="1">
+        <v>46112</v>
+      </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>221</v>
       </c>
       <c r="I43">
         <v>5</v>
       </c>
       <c r="J43" t="s">
         <v>16</v>
       </c>
       <c r="K43" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>223</v>
       </c>
       <c r="B44" t="s">
         <v>224</v>
       </c>
       <c r="C44" t="s">
         <v>225</v>
       </c>
       <c r="D44">
         <v>14.34</v>
       </c>
+      <c r="E44">
+        <v>14.34</v>
+      </c>
+      <c r="F44" s="1">
+        <v>46112</v>
+      </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>226</v>
       </c>
       <c r="I44">
         <v>5</v>
       </c>
       <c r="J44" t="s">
         <v>16</v>
       </c>
       <c r="K44" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>228</v>
       </c>
       <c r="B45" t="s">
         <v>229</v>
       </c>
       <c r="C45" t="s">
         <v>230</v>
       </c>
       <c r="D45">
         <v>15.65</v>
       </c>
+      <c r="E45">
+        <v>15.65</v>
+      </c>
+      <c r="F45" s="1">
+        <v>46112</v>
+      </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>231</v>
       </c>
       <c r="I45">
         <v>5</v>
       </c>
       <c r="J45" t="s">
         <v>16</v>
       </c>
       <c r="K45" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>233</v>
       </c>
       <c r="B46" t="s">
         <v>234</v>
       </c>
       <c r="C46" t="s">
         <v>235</v>
       </c>
       <c r="D46">
         <v>16.55</v>
       </c>
+      <c r="E46">
+        <v>16.55</v>
+      </c>
+      <c r="F46" s="1">
+        <v>46112</v>
+      </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>236</v>
       </c>
       <c r="I46">
         <v>5</v>
       </c>
       <c r="J46" t="s">
         <v>16</v>
       </c>
       <c r="K46" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>238</v>
       </c>
       <c r="B47" t="s">
         <v>239</v>
       </c>
       <c r="C47" t="s">
         <v>240</v>
       </c>
       <c r="D47">
         <v>17.79</v>
       </c>
+      <c r="E47">
+        <v>17.79</v>
+      </c>
+      <c r="F47" s="1">
+        <v>46112</v>
+      </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>241</v>
       </c>
       <c r="I47">
         <v>5</v>
       </c>
       <c r="J47" t="s">
         <v>16</v>
       </c>
       <c r="K47" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>243</v>
       </c>
       <c r="B48" t="s">
         <v>244</v>
       </c>
       <c r="C48" t="s">
         <v>245</v>
       </c>
       <c r="D48">
         <v>18.98</v>
       </c>
+      <c r="E48">
+        <v>18.98</v>
+      </c>
+      <c r="F48" s="1">
+        <v>46112</v>
+      </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>246</v>
       </c>
       <c r="I48">
         <v>5</v>
       </c>
       <c r="J48" t="s">
         <v>16</v>
       </c>
       <c r="K48" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>248</v>
       </c>
       <c r="B49" t="s">
         <v>249</v>
       </c>
       <c r="C49" t="s">
         <v>250</v>
       </c>
       <c r="D49">
         <v>21.48</v>
       </c>
+      <c r="E49">
+        <v>21.48</v>
+      </c>
+      <c r="F49" s="1">
+        <v>46112</v>
+      </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
         <v>251</v>
       </c>
       <c r="I49">
         <v>2</v>
       </c>
       <c r="J49" t="s">
         <v>16</v>
       </c>
       <c r="K49" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>253</v>
       </c>
       <c r="B50" t="s">
         <v>254</v>
       </c>
       <c r="C50" t="s">
         <v>255</v>
       </c>
       <c r="D50">
         <v>23.51</v>
       </c>
+      <c r="E50">
+        <v>23.51</v>
+      </c>
+      <c r="F50" s="1">
+        <v>46112</v>
+      </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>256</v>
       </c>
       <c r="I50">
         <v>2</v>
       </c>
       <c r="J50" t="s">
         <v>16</v>
       </c>
       <c r="K50" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>258</v>
       </c>
       <c r="B51" t="s">
         <v>259</v>
       </c>
       <c r="C51" t="s">
         <v>260</v>
       </c>
       <c r="D51">
         <v>24.21</v>
       </c>
+      <c r="E51">
+        <v>24.21</v>
+      </c>
+      <c r="F51" s="1">
+        <v>46112</v>
+      </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>261</v>
       </c>
       <c r="I51">
         <v>2</v>
       </c>
       <c r="J51" t="s">
         <v>16</v>
       </c>
       <c r="K51" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>263</v>
       </c>
       <c r="B52" t="s">
         <v>264</v>
       </c>
       <c r="C52" t="s">
         <v>265</v>
       </c>
       <c r="D52">
         <v>26.79</v>
       </c>
+      <c r="E52">
+        <v>26.79</v>
+      </c>
+      <c r="F52" s="1">
+        <v>46112</v>
+      </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>266</v>
       </c>
       <c r="I52">
         <v>2</v>
       </c>
       <c r="J52" t="s">
         <v>16</v>
       </c>
       <c r="K52" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>268</v>
       </c>
       <c r="B53" t="s">
         <v>269</v>
       </c>
       <c r="C53" t="s">
         <v>270</v>
       </c>
       <c r="D53">
         <v>28.64</v>
       </c>
+      <c r="E53">
+        <v>28.64</v>
+      </c>
+      <c r="F53" s="1">
+        <v>46112</v>
+      </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
         <v>271</v>
       </c>
       <c r="I53">
         <v>2</v>
       </c>
       <c r="J53" t="s">
         <v>16</v>
       </c>
       <c r="K53" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>273</v>
       </c>
       <c r="B54" t="s">
         <v>274</v>
       </c>
       <c r="C54" t="s">
         <v>275</v>
       </c>
       <c r="D54">
         <v>30.7</v>
       </c>
+      <c r="E54">
+        <v>30.7</v>
+      </c>
+      <c r="F54" s="1">
+        <v>46112</v>
+      </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
         <v>276</v>
       </c>
       <c r="I54">
         <v>2</v>
       </c>
       <c r="J54" t="s">
         <v>16</v>
       </c>
       <c r="K54" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>278</v>
       </c>
       <c r="B55" t="s">
         <v>279</v>
       </c>
       <c r="C55" t="s">
         <v>280</v>
       </c>
       <c r="D55">
         <v>32.12</v>
       </c>
+      <c r="E55">
+        <v>32.12</v>
+      </c>
+      <c r="F55" s="1">
+        <v>46112</v>
+      </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
         <v>281</v>
       </c>
       <c r="I55">
         <v>2</v>
       </c>
       <c r="J55" t="s">
         <v>16</v>
       </c>
       <c r="K55" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>283</v>
       </c>
       <c r="B56" t="s">
         <v>284</v>
       </c>
       <c r="C56" t="s">
         <v>285</v>
       </c>
       <c r="D56">
         <v>34.27</v>
       </c>
+      <c r="E56">
+        <v>34.27</v>
+      </c>
+      <c r="F56" s="1">
+        <v>46112</v>
+      </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
         <v>286</v>
       </c>
       <c r="I56">
         <v>2</v>
       </c>
       <c r="J56" t="s">
         <v>16</v>
       </c>
       <c r="K56" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>288</v>
       </c>
       <c r="B57" t="s">
         <v>289</v>
       </c>
       <c r="C57" t="s">
         <v>290</v>
       </c>
       <c r="D57">
         <v>36.97</v>
       </c>
+      <c r="E57">
+        <v>36.97</v>
+      </c>
+      <c r="F57" s="1">
+        <v>46112</v>
+      </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
         <v>291</v>
       </c>
       <c r="I57">
         <v>1</v>
       </c>
       <c r="J57" t="s">
         <v>16</v>
       </c>
       <c r="K57" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>293</v>
       </c>
       <c r="B58" t="s">
         <v>294</v>
       </c>
       <c r="C58" t="s">
         <v>295</v>
       </c>
       <c r="D58">
         <v>38.95</v>
       </c>
+      <c r="E58">
+        <v>38.95</v>
+      </c>
+      <c r="F58" s="1">
+        <v>46112</v>
+      </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
         <v>296</v>
       </c>
       <c r="I58">
         <v>1</v>
       </c>
       <c r="J58" t="s">
         <v>16</v>
       </c>
       <c r="K58" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>298</v>
       </c>
       <c r="B59" t="s">
         <v>299</v>
       </c>
       <c r="C59" t="s">
         <v>300</v>
       </c>
       <c r="D59">
         <v>41.31</v>
       </c>
+      <c r="E59">
+        <v>41.31</v>
+      </c>
+      <c r="F59" s="1">
+        <v>46112</v>
+      </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
         <v>301</v>
       </c>
       <c r="I59">
         <v>1</v>
       </c>
       <c r="J59" t="s">
         <v>16</v>
       </c>
       <c r="K59" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>303</v>
       </c>
       <c r="B60" t="s">
         <v>304</v>
       </c>
       <c r="C60" t="s">
         <v>305</v>
       </c>
       <c r="D60">
         <v>43.63</v>
       </c>
+      <c r="E60">
+        <v>43.63</v>
+      </c>
+      <c r="F60" s="1">
+        <v>46112</v>
+      </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
         <v>306</v>
       </c>
       <c r="I60">
         <v>1</v>
       </c>
       <c r="J60" t="s">
         <v>16</v>
       </c>
       <c r="K60" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>308</v>
       </c>
       <c r="B61" t="s">
         <v>309</v>
       </c>
       <c r="C61" t="s">
         <v>310</v>
       </c>
       <c r="D61">
         <v>45.71</v>
       </c>
+      <c r="E61">
+        <v>45.71</v>
+      </c>
+      <c r="F61" s="1">
+        <v>46112</v>
+      </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
         <v>311</v>
       </c>
       <c r="I61">
         <v>1</v>
       </c>
       <c r="J61" t="s">
         <v>16</v>
       </c>
       <c r="K61" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>313</v>
       </c>
       <c r="B62" t="s">
         <v>314</v>
       </c>
       <c r="C62" t="s">
         <v>315</v>
       </c>
       <c r="D62">
         <v>48.34</v>
       </c>
+      <c r="E62">
+        <v>48.34</v>
+      </c>
+      <c r="F62" s="1">
+        <v>46112</v>
+      </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
         <v>316</v>
       </c>
       <c r="I62">
         <v>1</v>
       </c>
       <c r="J62" t="s">
         <v>16</v>
       </c>
       <c r="K62" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>318</v>
       </c>
       <c r="B63" t="s">
         <v>319</v>
       </c>
       <c r="C63" t="s">
         <v>320</v>
       </c>
       <c r="D63">
         <v>50.6</v>
       </c>
+      <c r="E63">
+        <v>50.6</v>
+      </c>
+      <c r="F63" s="1">
+        <v>46112</v>
+      </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
         <v>321</v>
       </c>
       <c r="I63">
         <v>1</v>
       </c>
       <c r="J63" t="s">
         <v>16</v>
       </c>
       <c r="K63" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>323</v>
       </c>
       <c r="B64" t="s">
         <v>324</v>
       </c>
       <c r="C64" t="s">
         <v>325</v>
       </c>
       <c r="D64">
         <v>52.59</v>
       </c>
+      <c r="E64">
+        <v>52.59</v>
+      </c>
+      <c r="F64" s="1">
+        <v>46112</v>
+      </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
         <v>326</v>
       </c>
       <c r="I64">
         <v>1</v>
       </c>
       <c r="J64" t="s">
         <v>16</v>
       </c>
       <c r="K64" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>328</v>
       </c>
       <c r="B65" t="s">
         <v>329</v>
       </c>
       <c r="C65" t="s">
         <v>330</v>
       </c>
       <c r="D65">
         <v>55.08</v>
       </c>
+      <c r="E65">
+        <v>55.08</v>
+      </c>
+      <c r="F65" s="1">
+        <v>46112</v>
+      </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
         <v>331</v>
       </c>
       <c r="I65">
         <v>1</v>
       </c>
       <c r="J65" t="s">
         <v>16</v>
       </c>
       <c r="K65" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>333</v>
       </c>
       <c r="B66" t="s">
         <v>334</v>
       </c>
       <c r="C66" t="s">
         <v>335</v>
       </c>
       <c r="D66">
         <v>57.74</v>
       </c>
+      <c r="E66">
+        <v>57.74</v>
+      </c>
+      <c r="F66" s="1">
+        <v>46112</v>
+      </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
         <v>336</v>
       </c>
       <c r="I66">
         <v>1</v>
       </c>
       <c r="J66" t="s">
         <v>16</v>
       </c>
       <c r="K66" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>338</v>
       </c>
       <c r="B67" t="s">
         <v>339</v>
       </c>
       <c r="C67" t="s">
         <v>340</v>
       </c>
       <c r="D67">
         <v>61.6</v>
       </c>
+      <c r="E67">
+        <v>61.6</v>
+      </c>
+      <c r="F67" s="1">
+        <v>46112</v>
+      </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
         <v>341</v>
       </c>
       <c r="I67">
         <v>1</v>
       </c>
       <c r="J67" t="s">
         <v>16</v>
       </c>
       <c r="K67" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>343</v>
       </c>
       <c r="B68" t="s">
         <v>344</v>
       </c>
       <c r="C68" t="s">
         <v>345</v>
       </c>
       <c r="D68">
         <v>64.95</v>
       </c>
+      <c r="E68">
+        <v>64.95</v>
+      </c>
+      <c r="F68" s="1">
+        <v>46112</v>
+      </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
         <v>346</v>
       </c>
       <c r="I68">
         <v>1</v>
       </c>
       <c r="J68" t="s">
         <v>16</v>
       </c>
       <c r="K68" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>348</v>
       </c>
       <c r="B69" t="s">
         <v>349</v>
       </c>
       <c r="C69" t="s">
         <v>350</v>
       </c>
       <c r="D69">
         <v>68.46</v>
       </c>
+      <c r="E69">
+        <v>68.46</v>
+      </c>
+      <c r="F69" s="1">
+        <v>46112</v>
+      </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
         <v>351</v>
       </c>
       <c r="I69">
         <v>1</v>
       </c>
       <c r="J69" t="s">
         <v>16</v>
       </c>
       <c r="K69" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>353</v>
       </c>
       <c r="B70" t="s">
         <v>354</v>
       </c>
       <c r="C70" t="s">
         <v>355</v>
       </c>
       <c r="D70">
         <v>71.57</v>
       </c>
+      <c r="E70">
+        <v>71.57</v>
+      </c>
+      <c r="F70" s="1">
+        <v>46112</v>
+      </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="H70" t="s">
         <v>356</v>
       </c>
       <c r="I70">
         <v>1</v>
       </c>
       <c r="J70" t="s">
         <v>16</v>
       </c>
       <c r="K70" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>358</v>
       </c>
       <c r="B71" t="s">
         <v>359</v>
       </c>
       <c r="C71" t="s">
         <v>360</v>
       </c>
       <c r="D71">
         <v>75.86</v>
       </c>
+      <c r="E71">
+        <v>75.86</v>
+      </c>
+      <c r="F71" s="1">
+        <v>46112</v>
+      </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
         <v>361</v>
       </c>
       <c r="I71">
         <v>1</v>
       </c>
       <c r="J71" t="s">
         <v>16</v>
       </c>
       <c r="K71" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>363</v>
       </c>
       <c r="B72" t="s">
         <v>364</v>
       </c>
       <c r="C72" t="s">
         <v>365</v>
       </c>
       <c r="D72">
         <v>78.42</v>
       </c>
+      <c r="E72">
+        <v>78.42</v>
+      </c>
+      <c r="F72" s="1">
+        <v>46112</v>
+      </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
         <v>366</v>
       </c>
       <c r="I72">
         <v>1</v>
       </c>
       <c r="J72" t="s">
         <v>16</v>
       </c>
       <c r="K72" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>368</v>
       </c>
       <c r="B73" t="s">
         <v>369</v>
       </c>
       <c r="C73" t="s">
         <v>370</v>
       </c>
       <c r="D73">
         <v>83.88</v>
       </c>
+      <c r="E73">
+        <v>83.88</v>
+      </c>
+      <c r="F73" s="1">
+        <v>46112</v>
+      </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
         <v>371</v>
       </c>
       <c r="I73">
         <v>1</v>
       </c>
       <c r="J73" t="s">
         <v>16</v>
       </c>
       <c r="K73" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>373</v>
       </c>
       <c r="B74" t="s">
         <v>374</v>
       </c>
       <c r="C74" t="s">
         <v>375</v>
       </c>
       <c r="D74">
         <v>87.84</v>
       </c>
+      <c r="E74">
+        <v>87.84</v>
+      </c>
+      <c r="F74" s="1">
+        <v>46112</v>
+      </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
         <v>376</v>
       </c>
       <c r="I74">
         <v>1</v>
       </c>
       <c r="J74" t="s">
         <v>16</v>
       </c>
       <c r="K74" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>378</v>
       </c>
       <c r="B75" t="s">
         <v>379</v>
       </c>
       <c r="C75" t="s">
         <v>380</v>
       </c>
       <c r="D75">
         <v>92.4</v>
       </c>
+      <c r="E75">
+        <v>92.4</v>
+      </c>
+      <c r="F75" s="1">
+        <v>46112</v>
+      </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
         <v>381</v>
       </c>
       <c r="I75">
         <v>1</v>
       </c>
       <c r="J75" t="s">
         <v>16</v>
       </c>
       <c r="K75" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>383</v>
       </c>
       <c r="B76" t="s">
         <v>384</v>
       </c>
       <c r="C76" t="s">
         <v>385</v>
       </c>
       <c r="D76">
         <v>98.18</v>
       </c>
+      <c r="E76">
+        <v>98.18</v>
+      </c>
+      <c r="F76" s="1">
+        <v>46112</v>
+      </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
         <v>386</v>
       </c>
       <c r="I76">
         <v>1</v>
       </c>
       <c r="J76" t="s">
         <v>16</v>
       </c>
       <c r="K76" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>388</v>
       </c>
       <c r="B77" t="s">
         <v>389</v>
       </c>
       <c r="C77" t="s">
         <v>390</v>
       </c>
       <c r="D77">
         <v>105</v>
       </c>
+      <c r="E77">
+        <v>105</v>
+      </c>
+      <c r="F77" s="1">
+        <v>46112</v>
+      </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
         <v>391</v>
       </c>
       <c r="I77">
         <v>1</v>
       </c>
       <c r="J77" t="s">
         <v>16</v>
       </c>
       <c r="K77" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>393</v>
       </c>
       <c r="B78" t="s">
         <v>394</v>
       </c>
       <c r="C78" t="s">
         <v>395</v>
       </c>
       <c r="D78">
         <v>110.42</v>
       </c>
+      <c r="E78">
+        <v>110.42</v>
+      </c>
+      <c r="F78" s="1">
+        <v>46112</v>
+      </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
         <v>396</v>
       </c>
       <c r="I78">
         <v>1</v>
       </c>
       <c r="J78" t="s">
         <v>16</v>
       </c>
       <c r="K78" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>398</v>
       </c>
       <c r="B79" t="s">
         <v>399</v>
       </c>
       <c r="C79" t="s">
         <v>400</v>
       </c>
       <c r="D79">
         <v>115.62</v>
       </c>
+      <c r="E79">
+        <v>115.62</v>
+      </c>
+      <c r="F79" s="1">
+        <v>46112</v>
+      </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
         <v>401</v>
       </c>
       <c r="I79">
         <v>1</v>
       </c>
       <c r="J79" t="s">
         <v>16</v>
       </c>
       <c r="K79" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>403</v>
       </c>
       <c r="B80" t="s">
         <v>404</v>
       </c>
       <c r="C80" t="s">
         <v>405</v>
       </c>
       <c r="D80">
         <v>122.87</v>
       </c>
+      <c r="E80">
+        <v>122.87</v>
+      </c>
+      <c r="F80" s="1">
+        <v>46112</v>
+      </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
         <v>406</v>
       </c>
       <c r="I80">
         <v>1</v>
       </c>
       <c r="J80" t="s">
         <v>16</v>
       </c>
       <c r="K80" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>408</v>
       </c>
       <c r="B81" t="s">
         <v>409</v>
       </c>
       <c r="C81" t="s">
         <v>410</v>
       </c>
       <c r="D81">
         <v>147.75</v>
       </c>
+      <c r="E81">
+        <v>147.75</v>
+      </c>
+      <c r="F81" s="1">
+        <v>46112</v>
+      </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
         <v>411</v>
       </c>
       <c r="I81">
         <v>1</v>
       </c>
       <c r="J81" t="s">
         <v>16</v>
       </c>
       <c r="K81" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>413</v>
       </c>
       <c r="B82" t="s">
         <v>414</v>
       </c>
       <c r="C82" t="s">
         <v>415</v>
       </c>
       <c r="D82">
         <v>154.46</v>
       </c>
+      <c r="E82">
+        <v>154.46</v>
+      </c>
+      <c r="F82" s="1">
+        <v>46112</v>
+      </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
         <v>416</v>
       </c>
       <c r="I82">
         <v>1</v>
       </c>
       <c r="J82" t="s">
         <v>16</v>
       </c>
       <c r="K82" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>418</v>
       </c>
       <c r="B83" t="s">
         <v>419</v>
       </c>
       <c r="C83" t="s">
         <v>420</v>
       </c>
       <c r="D83">
         <v>163.41</v>
       </c>
+      <c r="E83">
+        <v>163.41</v>
+      </c>
+      <c r="F83" s="1">
+        <v>46112</v>
+      </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
         <v>421</v>
       </c>
       <c r="I83">
         <v>1</v>
       </c>
       <c r="J83" t="s">
         <v>16</v>
       </c>
       <c r="K83" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>423</v>
       </c>
       <c r="B84" t="s">
         <v>424</v>
       </c>
       <c r="C84" t="s">
         <v>425</v>
       </c>
       <c r="D84">
         <v>179.08</v>
       </c>
+      <c r="E84">
+        <v>179.08</v>
+      </c>
+      <c r="F84" s="1">
+        <v>46112</v>
+      </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
         <v>426</v>
       </c>
       <c r="I84">
         <v>1</v>
       </c>
       <c r="J84" t="s">
         <v>16</v>
       </c>
       <c r="K84" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>428</v>
       </c>
       <c r="B85" t="s">
         <v>429</v>
       </c>
       <c r="C85" t="s">
         <v>430</v>
       </c>
       <c r="D85">
         <v>194.77</v>
       </c>
+      <c r="E85">
+        <v>194.77</v>
+      </c>
+      <c r="F85" s="1">
+        <v>46112</v>
+      </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="H85" t="s">
         <v>431</v>
       </c>
       <c r="I85">
         <v>1</v>
       </c>
       <c r="J85" t="s">
         <v>16</v>
       </c>
       <c r="K85" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>433</v>
       </c>
       <c r="B86" t="s">
         <v>434</v>
       </c>
       <c r="C86" t="s">
         <v>435</v>
       </c>
       <c r="D86">
         <v>228.3</v>
       </c>
+      <c r="E86">
+        <v>228.3</v>
+      </c>
+      <c r="F86" s="1">
+        <v>46112</v>
+      </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="H86" t="s">
         <v>436</v>
       </c>
       <c r="I86">
         <v>1</v>
       </c>
       <c r="J86" t="s">
         <v>16</v>
       </c>
       <c r="K86" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>438</v>
       </c>
       <c r="B87" t="s">
         <v>439</v>
       </c>
       <c r="C87" t="s">
         <v>440</v>
       </c>
       <c r="D87">
         <v>237.27</v>
       </c>
+      <c r="E87">
+        <v>237.27</v>
+      </c>
+      <c r="F87" s="1">
+        <v>46112</v>
+      </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
         <v>441</v>
       </c>
       <c r="I87">
         <v>1</v>
       </c>
       <c r="J87" t="s">
         <v>16</v>
       </c>
       <c r="K87" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>443</v>
       </c>
       <c r="B88" t="s">
         <v>444</v>
       </c>
       <c r="C88" t="s">
         <v>445</v>
       </c>
       <c r="D88">
         <v>258.32</v>
       </c>
+      <c r="E88">
+        <v>258.32</v>
+      </c>
+      <c r="F88" s="1">
+        <v>46112</v>
+      </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
         <v>446</v>
       </c>
       <c r="I88">
         <v>1</v>
       </c>
       <c r="J88" t="s">
         <v>16</v>
       </c>
       <c r="K88" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>448</v>
       </c>
       <c r="B89" t="s">
         <v>449</v>
       </c>
       <c r="C89" t="s">
         <v>450</v>
       </c>
       <c r="D89">
         <v>310</v>
       </c>
+      <c r="E89">
+        <v>310</v>
+      </c>
+      <c r="F89" s="1">
+        <v>46112</v>
+      </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89" t="s">
         <v>451</v>
       </c>
       <c r="I89">
         <v>1</v>
       </c>
       <c r="J89" t="s">
         <v>16</v>
       </c>
       <c r="K89" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>453</v>
       </c>
       <c r="B90" t="s">
         <v>454</v>
       </c>
       <c r="C90" t="s">
         <v>455</v>
       </c>
       <c r="D90">
         <v>327.16</v>
       </c>
+      <c r="E90">
+        <v>327.16</v>
+      </c>
+      <c r="F90" s="1">
+        <v>46112</v>
+      </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
         <v>456</v>
       </c>
       <c r="I90">
         <v>1</v>
       </c>
       <c r="J90" t="s">
         <v>16</v>
       </c>
       <c r="K90" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>458</v>
       </c>
       <c r="B91" t="s">
         <v>459</v>
       </c>
       <c r="C91" t="s">
         <v>460</v>
       </c>
       <c r="D91">
         <v>361.85</v>
       </c>
+      <c r="E91">
+        <v>361.85</v>
+      </c>
+      <c r="F91" s="1">
+        <v>46112</v>
+      </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
         <v>461</v>
       </c>
       <c r="I91">
         <v>1</v>
       </c>
       <c r="J91" t="s">
         <v>16</v>
       </c>
       <c r="K91" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>463</v>
       </c>
       <c r="B92" t="s">
         <v>464</v>
       </c>
       <c r="C92" t="s">
         <v>465</v>
       </c>
       <c r="D92">
         <v>487.81</v>
       </c>
+      <c r="E92">
+        <v>487.81</v>
+      </c>
+      <c r="F92" s="1">
+        <v>46112</v>
+      </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="H92" t="s">
         <v>466</v>
       </c>
       <c r="I92">
         <v>1</v>
       </c>
       <c r="J92" t="s">
         <v>16</v>
       </c>
       <c r="K92" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>468</v>
       </c>
       <c r="B93" t="s">
         <v>469</v>
       </c>
       <c r="C93" t="s">
         <v>470</v>
       </c>
       <c r="D93">
         <v>614.23</v>
       </c>
+      <c r="E93">
+        <v>614.23</v>
+      </c>
+      <c r="F93" s="1">
+        <v>46112</v>
+      </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="H93" t="s">
         <v>471</v>
       </c>
       <c r="I93">
         <v>1</v>
       </c>
       <c r="J93" t="s">
         <v>16</v>
       </c>
       <c r="K93" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>473</v>
       </c>
       <c r="B94" t="s">
         <v>474</v>
       </c>
       <c r="C94" t="s">
         <v>475</v>
       </c>
       <c r="D94">
         <v>97.54</v>
       </c>
+      <c r="E94">
+        <v>100.47</v>
+      </c>
+      <c r="F94" s="1">
+        <v>46112</v>
+      </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
         <v>476</v>
       </c>
       <c r="I94">
         <v>1</v>
       </c>
       <c r="J94" t="s">
         <v>16</v>
       </c>
       <c r="K94" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>478</v>
       </c>
       <c r="B95" t="s">
         <v>479</v>
       </c>
       <c r="C95" t="s">
         <v>480</v>
       </c>
       <c r="D95">
         <v>132.63</v>
       </c>
+      <c r="E95">
+        <v>136.61</v>
+      </c>
+      <c r="F95" s="1">
+        <v>46112</v>
+      </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95" t="s">
         <v>481</v>
       </c>
       <c r="I95">
         <v>1</v>
       </c>
       <c r="J95" t="s">
         <v>16</v>
       </c>
       <c r="K95" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>483</v>
       </c>
       <c r="B96" t="s">
         <v>484</v>
       </c>
       <c r="C96" t="s">
         <v>485</v>
       </c>
       <c r="D96">
         <v>166.28</v>
       </c>
+      <c r="E96">
+        <v>171.27</v>
+      </c>
+      <c r="F96" s="1">
+        <v>46112</v>
+      </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="H96" t="s">
         <v>486</v>
       </c>
       <c r="I96">
         <v>1</v>
       </c>
       <c r="J96" t="s">
         <v>16</v>
       </c>
       <c r="K96" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>488</v>
       </c>
       <c r="B97" t="s">
         <v>489</v>
       </c>
       <c r="C97" t="s">
         <v>490</v>
       </c>
       <c r="D97">
         <v>123.5</v>
       </c>
+      <c r="E97">
+        <v>123.5</v>
+      </c>
+      <c r="F97" s="1">
+        <v>46112</v>
+      </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
         <v>491</v>
       </c>
       <c r="I97">
         <v>1</v>
       </c>
       <c r="J97" t="s">
         <v>16</v>
       </c>
       <c r="K97" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>493</v>
       </c>
       <c r="B98" t="s">
         <v>494</v>
       </c>
       <c r="C98" t="s">
         <v>495</v>
       </c>
       <c r="D98">
         <v>158.35</v>
+      </c>
+      <c r="E98">
+        <v>163.1</v>
+      </c>
+      <c r="F98" s="1">
+        <v>46112</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="H98" t="s">
         <v>496</v>
       </c>
       <c r="I98">
         <v>1</v>
       </c>
       <c r="J98" t="s">
         <v>16</v>
       </c>
       <c r="K98" t="s">
         <v>497</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>