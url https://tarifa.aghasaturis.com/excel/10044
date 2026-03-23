--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -1097,52 +1097,53 @@
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Left"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M69"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="13"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="7"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
@@ -1178,50 +1179,56 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2">
         <v>130.85</v>
       </c>
+      <c r="E2">
+        <v>136.1</v>
+      </c>
+      <c r="F2" s="1">
+        <v>46112</v>
+      </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
         <v>6</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
       <c r="K2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>