--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1125" uniqueCount="1125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1130" uniqueCount="1130">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
@@ -1998,50 +1998,65 @@
     <t>592/054</t>
   </si>
   <si>
     <t>Pica-592/054-Marcador industrial crayon Classic PRO Fluo-Naranja luminiscente</t>
   </si>
   <si>
     <t>4260056157356</t>
   </si>
   <si>
     <t>P01-13-030-V01-P01</t>
   </si>
   <si>
     <t>A14731598P56012</t>
   </si>
   <si>
     <t>560-12</t>
   </si>
   <si>
     <t>Pica-560-12-Sacapuntas Jumbo para Lápices/Crayons</t>
   </si>
   <si>
     <t>4260056157400</t>
   </si>
   <si>
     <t>P01-13-031-V01-P01</t>
+  </si>
+  <si>
+    <t>A14711495P302902</t>
+  </si>
+  <si>
+    <t>3029/02</t>
+  </si>
+  <si>
+    <t>Pica-3029/02-Mini Expositor Dry</t>
+  </si>
+  <si>
+    <t>4260056157608</t>
+  </si>
+  <si>
+    <t>P01-13-008-V01-P02W</t>
   </si>
   <si>
     <t>A14711563P30402</t>
   </si>
   <si>
     <t>30402</t>
   </si>
   <si>
     <t>Pica-30402-Packs de marcador 3030 Pica-Dry® y estuche de 8 minas 4020</t>
   </si>
   <si>
     <t>4260056157745</t>
   </si>
   <si>
     <t>P01-13-009-V01-P01</t>
   </si>
   <si>
     <t>A14711564P30403</t>
   </si>
   <si>
     <t>30403</t>
   </si>
   <si>
     <t>Pica-30403-Packs de marcador 3030 Pica-Dry® y estuche de 10 minas 4030</t>
   </si>
@@ -3432,51 +3447,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M224"/>
+  <dimension ref="A1:M225"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="15"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="10"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="6"/>
     <col min="11" max="11" width="20"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -7263,263 +7278,269 @@
       </c>
       <c r="H131" t="s">
         <v>661</v>
       </c>
       <c r="I131">
         <v>12</v>
       </c>
       <c r="J131" t="s">
         <v>16</v>
       </c>
       <c r="K131" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>663</v>
       </c>
       <c r="B132" t="s">
         <v>664</v>
       </c>
       <c r="C132" t="s">
         <v>665</v>
       </c>
       <c r="D132">
-        <v>24.01</v>
+        <v>202.69</v>
       </c>
       <c r="G132" t="s">
         <v>14</v>
       </c>
       <c r="H132" t="s">
         <v>666</v>
       </c>
       <c r="I132">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J132" t="s">
         <v>16</v>
       </c>
       <c r="K132" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>668</v>
       </c>
       <c r="B133" t="s">
         <v>669</v>
       </c>
       <c r="C133" t="s">
         <v>670</v>
       </c>
       <c r="D133">
-        <v>26.5</v>
+        <v>24.01</v>
       </c>
       <c r="G133" t="s">
         <v>14</v>
       </c>
       <c r="H133" t="s">
         <v>671</v>
       </c>
       <c r="I133">
         <v>10</v>
       </c>
       <c r="J133" t="s">
         <v>16</v>
       </c>
       <c r="K133" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>673</v>
       </c>
       <c r="B134" t="s">
         <v>674</v>
       </c>
       <c r="C134" t="s">
         <v>675</v>
       </c>
       <c r="D134">
-        <v>24.22</v>
+        <v>26.5</v>
       </c>
       <c r="G134" t="s">
         <v>14</v>
       </c>
       <c r="H134" t="s">
         <v>676</v>
       </c>
       <c r="I134">
         <v>10</v>
       </c>
       <c r="J134" t="s">
         <v>16</v>
       </c>
       <c r="K134" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>678</v>
       </c>
       <c r="B135" t="s">
         <v>679</v>
       </c>
       <c r="C135" t="s">
         <v>680</v>
       </c>
       <c r="D135">
-        <v>24.7</v>
+        <v>24.22</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="H135" t="s">
         <v>681</v>
       </c>
       <c r="I135">
         <v>10</v>
       </c>
       <c r="J135" t="s">
         <v>16</v>
       </c>
       <c r="K135" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>683</v>
       </c>
       <c r="B136" t="s">
         <v>684</v>
       </c>
       <c r="C136" t="s">
         <v>685</v>
       </c>
       <c r="D136">
-        <v>24.01</v>
+        <v>24.7</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136" t="s">
         <v>686</v>
       </c>
       <c r="I136">
         <v>10</v>
       </c>
       <c r="J136" t="s">
         <v>16</v>
       </c>
       <c r="K136" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>688</v>
       </c>
       <c r="B137" t="s">
         <v>689</v>
       </c>
       <c r="C137" t="s">
         <v>690</v>
       </c>
       <c r="D137">
-        <v>37.2</v>
+        <v>24.01</v>
       </c>
       <c r="G137" t="s">
         <v>14</v>
       </c>
       <c r="H137" t="s">
         <v>691</v>
       </c>
       <c r="I137">
         <v>10</v>
       </c>
       <c r="J137" t="s">
         <v>16</v>
       </c>
       <c r="K137" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>693</v>
       </c>
       <c r="B138" t="s">
         <v>694</v>
       </c>
       <c r="C138" t="s">
         <v>695</v>
       </c>
       <c r="D138">
-        <v>13.35</v>
+        <v>37.2</v>
       </c>
       <c r="G138" t="s">
         <v>14</v>
       </c>
       <c r="H138" t="s">
         <v>696</v>
       </c>
       <c r="I138">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J138" t="s">
         <v>16</v>
       </c>
       <c r="K138" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>698</v>
       </c>
       <c r="B139" t="s">
         <v>699</v>
       </c>
       <c r="C139" t="s">
         <v>700</v>
       </c>
       <c r="D139">
-        <v>6.28</v>
+        <v>13.35</v>
+      </c>
+      <c r="E139">
+        <v>13.35</v>
+      </c>
+      <c r="F139" s="1">
+        <v>46112</v>
       </c>
       <c r="G139" t="s">
         <v>14</v>
       </c>
       <c r="H139" t="s">
         <v>701</v>
       </c>
       <c r="I139">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="J139" t="s">
         <v>16</v>
       </c>
       <c r="K139" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>703</v>
       </c>
       <c r="B140" t="s">
         <v>704</v>
       </c>
       <c r="C140" t="s">
         <v>705</v>
       </c>
       <c r="D140">
         <v>6.28</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
@@ -7640,225 +7661,225 @@
       </c>
       <c r="H144" t="s">
         <v>726</v>
       </c>
       <c r="I144">
         <v>48</v>
       </c>
       <c r="J144" t="s">
         <v>16</v>
       </c>
       <c r="K144" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>728</v>
       </c>
       <c r="B145" t="s">
         <v>729</v>
       </c>
       <c r="C145" t="s">
         <v>730</v>
       </c>
       <c r="D145">
-        <v>414.41</v>
+        <v>6.28</v>
       </c>
       <c r="G145" t="s">
         <v>14</v>
       </c>
       <c r="H145" t="s">
         <v>731</v>
       </c>
       <c r="I145">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="J145" t="s">
         <v>16</v>
       </c>
       <c r="K145" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>733</v>
       </c>
       <c r="B146" t="s">
         <v>734</v>
       </c>
       <c r="C146" t="s">
         <v>735</v>
       </c>
       <c r="D146">
-        <v>167.98</v>
+        <v>414.41</v>
       </c>
       <c r="G146" t="s">
         <v>14</v>
       </c>
       <c r="H146" t="s">
         <v>736</v>
       </c>
       <c r="I146">
         <v>1</v>
       </c>
       <c r="J146" t="s">
         <v>16</v>
       </c>
       <c r="K146" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>738</v>
       </c>
       <c r="B147" t="s">
         <v>739</v>
       </c>
       <c r="C147" t="s">
         <v>740</v>
       </c>
       <c r="D147">
-        <v>405.38</v>
+        <v>167.98</v>
       </c>
       <c r="G147" t="s">
         <v>14</v>
       </c>
       <c r="H147" t="s">
         <v>741</v>
       </c>
       <c r="I147">
         <v>1</v>
       </c>
       <c r="J147" t="s">
         <v>16</v>
       </c>
       <c r="K147" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>743</v>
       </c>
       <c r="B148" t="s">
         <v>744</v>
       </c>
       <c r="C148" t="s">
         <v>745</v>
       </c>
       <c r="D148">
-        <v>346.04</v>
+        <v>405.38</v>
       </c>
       <c r="G148" t="s">
         <v>14</v>
       </c>
       <c r="H148" t="s">
         <v>746</v>
       </c>
       <c r="I148">
         <v>1</v>
       </c>
       <c r="J148" t="s">
         <v>16</v>
       </c>
       <c r="K148" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>748</v>
       </c>
       <c r="B149" t="s">
         <v>749</v>
       </c>
       <c r="C149" t="s">
         <v>750</v>
       </c>
       <c r="D149">
-        <v>321.2</v>
+        <v>346.04</v>
       </c>
       <c r="G149" t="s">
         <v>14</v>
       </c>
       <c r="H149" t="s">
         <v>751</v>
       </c>
       <c r="I149">
         <v>1</v>
       </c>
       <c r="J149" t="s">
         <v>16</v>
       </c>
       <c r="K149" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>753</v>
       </c>
       <c r="B150" t="s">
         <v>754</v>
       </c>
       <c r="C150" t="s">
         <v>755</v>
       </c>
       <c r="D150">
-        <v>175.95</v>
+        <v>321.2</v>
       </c>
       <c r="G150" t="s">
         <v>14</v>
       </c>
       <c r="H150" t="s">
         <v>756</v>
       </c>
       <c r="I150">
         <v>1</v>
       </c>
       <c r="J150" t="s">
         <v>16</v>
       </c>
       <c r="K150" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>758</v>
       </c>
       <c r="B151" t="s">
         <v>759</v>
       </c>
       <c r="C151" t="s">
         <v>760</v>
       </c>
       <c r="D151">
-        <v>191.13</v>
+        <v>175.95</v>
       </c>
       <c r="G151" t="s">
         <v>14</v>
       </c>
       <c r="H151" t="s">
         <v>761</v>
       </c>
       <c r="I151">
         <v>1</v>
       </c>
       <c r="J151" t="s">
         <v>16</v>
       </c>
       <c r="K151" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>763</v>
       </c>
       <c r="B152" t="s">
         <v>764</v>
       </c>
       <c r="C152" t="s">
@@ -7872,1385 +7893,1385 @@
       </c>
       <c r="H152" t="s">
         <v>766</v>
       </c>
       <c r="I152">
         <v>1</v>
       </c>
       <c r="J152" t="s">
         <v>16</v>
       </c>
       <c r="K152" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>768</v>
       </c>
       <c r="B153" t="s">
         <v>769</v>
       </c>
       <c r="C153" t="s">
         <v>770</v>
       </c>
       <c r="D153">
-        <v>213.38</v>
+        <v>191.13</v>
       </c>
       <c r="G153" t="s">
         <v>14</v>
       </c>
       <c r="H153" t="s">
         <v>771</v>
       </c>
       <c r="I153">
         <v>1</v>
       </c>
       <c r="J153" t="s">
         <v>16</v>
       </c>
       <c r="K153" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>773</v>
       </c>
       <c r="B154" t="s">
         <v>774</v>
       </c>
       <c r="C154" t="s">
         <v>775</v>
       </c>
       <c r="D154">
-        <v>255.03</v>
+        <v>213.38</v>
       </c>
       <c r="G154" t="s">
         <v>14</v>
       </c>
       <c r="H154" t="s">
         <v>776</v>
       </c>
       <c r="I154">
         <v>1</v>
       </c>
       <c r="J154" t="s">
         <v>16</v>
       </c>
       <c r="K154" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>778</v>
       </c>
       <c r="B155" t="s">
         <v>779</v>
       </c>
       <c r="C155" t="s">
         <v>780</v>
       </c>
       <c r="D155">
-        <v>674.19</v>
+        <v>255.03</v>
       </c>
       <c r="G155" t="s">
         <v>14</v>
       </c>
       <c r="H155" t="s">
         <v>781</v>
       </c>
       <c r="I155">
         <v>1</v>
       </c>
       <c r="J155" t="s">
         <v>16</v>
       </c>
       <c r="K155" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>783</v>
       </c>
       <c r="B156" t="s">
         <v>784</v>
       </c>
       <c r="C156" t="s">
         <v>785</v>
       </c>
       <c r="D156">
-        <v>15.94</v>
+        <v>674.19</v>
       </c>
       <c r="G156" t="s">
         <v>14</v>
       </c>
       <c r="H156" t="s">
         <v>786</v>
       </c>
       <c r="I156">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J156" t="s">
         <v>16</v>
       </c>
       <c r="K156" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>788</v>
       </c>
       <c r="B157" t="s">
         <v>789</v>
       </c>
       <c r="C157" t="s">
         <v>790</v>
       </c>
       <c r="D157">
-        <v>16.39</v>
+        <v>15.94</v>
       </c>
       <c r="G157" t="s">
         <v>14</v>
       </c>
       <c r="H157" t="s">
         <v>791</v>
       </c>
       <c r="I157">
         <v>10</v>
       </c>
       <c r="J157" t="s">
         <v>16</v>
       </c>
       <c r="K157" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>793</v>
       </c>
       <c r="B158" t="s">
         <v>794</v>
       </c>
       <c r="C158" t="s">
         <v>795</v>
       </c>
       <c r="D158">
-        <v>5.28</v>
+        <v>16.39</v>
       </c>
       <c r="G158" t="s">
         <v>14</v>
       </c>
       <c r="H158" t="s">
         <v>796</v>
       </c>
       <c r="I158">
         <v>10</v>
       </c>
       <c r="J158" t="s">
         <v>16</v>
       </c>
       <c r="K158" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>798</v>
       </c>
       <c r="B159" t="s">
         <v>799</v>
       </c>
       <c r="C159" t="s">
         <v>800</v>
       </c>
       <c r="D159">
-        <v>5.9</v>
+        <v>5.28</v>
       </c>
       <c r="G159" t="s">
         <v>14</v>
       </c>
       <c r="H159" t="s">
         <v>801</v>
       </c>
       <c r="I159">
         <v>10</v>
       </c>
       <c r="J159" t="s">
         <v>16</v>
       </c>
       <c r="K159" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>803</v>
       </c>
       <c r="B160" t="s">
         <v>804</v>
       </c>
       <c r="C160" t="s">
         <v>805</v>
       </c>
       <c r="D160">
-        <v>5.28</v>
+        <v>5.9</v>
       </c>
       <c r="G160" t="s">
         <v>14</v>
       </c>
       <c r="H160" t="s">
         <v>806</v>
       </c>
       <c r="I160">
         <v>10</v>
       </c>
       <c r="J160" t="s">
         <v>16</v>
       </c>
       <c r="K160" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>808</v>
       </c>
       <c r="B161" t="s">
         <v>809</v>
       </c>
       <c r="C161" t="s">
         <v>810</v>
       </c>
       <c r="D161">
-        <v>5.9</v>
+        <v>5.28</v>
       </c>
       <c r="G161" t="s">
         <v>14</v>
       </c>
       <c r="H161" t="s">
         <v>811</v>
       </c>
       <c r="I161">
         <v>10</v>
       </c>
       <c r="J161" t="s">
         <v>16</v>
       </c>
       <c r="K161" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>813</v>
       </c>
       <c r="B162" t="s">
         <v>814</v>
       </c>
       <c r="C162" t="s">
         <v>815</v>
       </c>
       <c r="D162">
-        <v>9.18</v>
+        <v>5.9</v>
       </c>
       <c r="G162" t="s">
         <v>14</v>
       </c>
       <c r="H162" t="s">
         <v>816</v>
       </c>
       <c r="I162">
         <v>10</v>
       </c>
       <c r="J162" t="s">
         <v>16</v>
       </c>
       <c r="K162" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>818</v>
       </c>
       <c r="B163" t="s">
         <v>819</v>
       </c>
       <c r="C163" t="s">
         <v>820</v>
       </c>
       <c r="D163">
-        <v>9.69</v>
+        <v>9.18</v>
       </c>
       <c r="G163" t="s">
         <v>14</v>
       </c>
       <c r="H163" t="s">
         <v>821</v>
       </c>
       <c r="I163">
         <v>10</v>
       </c>
       <c r="J163" t="s">
         <v>16</v>
       </c>
       <c r="K163" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>823</v>
       </c>
       <c r="B164" t="s">
         <v>824</v>
       </c>
       <c r="C164" t="s">
         <v>825</v>
       </c>
       <c r="D164">
-        <v>9.18</v>
+        <v>9.69</v>
       </c>
       <c r="G164" t="s">
         <v>14</v>
       </c>
       <c r="H164" t="s">
         <v>826</v>
       </c>
       <c r="I164">
         <v>10</v>
       </c>
       <c r="J164" t="s">
         <v>16</v>
       </c>
       <c r="K164" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>828</v>
       </c>
       <c r="B165" t="s">
         <v>829</v>
       </c>
       <c r="C165" t="s">
         <v>830</v>
       </c>
       <c r="D165">
-        <v>9.69</v>
+        <v>9.18</v>
       </c>
       <c r="G165" t="s">
         <v>14</v>
       </c>
       <c r="H165" t="s">
         <v>831</v>
       </c>
       <c r="I165">
         <v>10</v>
       </c>
       <c r="J165" t="s">
         <v>16</v>
       </c>
       <c r="K165" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>833</v>
       </c>
       <c r="B166" t="s">
         <v>834</v>
       </c>
       <c r="C166" t="s">
         <v>835</v>
       </c>
       <c r="D166">
-        <v>9.18</v>
+        <v>9.69</v>
       </c>
       <c r="G166" t="s">
         <v>14</v>
       </c>
       <c r="H166" t="s">
         <v>836</v>
       </c>
       <c r="I166">
         <v>10</v>
       </c>
       <c r="J166" t="s">
         <v>16</v>
       </c>
       <c r="K166" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>838</v>
       </c>
       <c r="B167" t="s">
         <v>839</v>
       </c>
       <c r="C167" t="s">
         <v>840</v>
       </c>
       <c r="D167">
-        <v>9.69</v>
+        <v>9.18</v>
       </c>
       <c r="G167" t="s">
         <v>14</v>
       </c>
       <c r="H167" t="s">
         <v>841</v>
       </c>
       <c r="I167">
         <v>10</v>
       </c>
       <c r="J167" t="s">
         <v>16</v>
       </c>
       <c r="K167" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>843</v>
       </c>
       <c r="B168" t="s">
         <v>844</v>
       </c>
       <c r="C168" t="s">
         <v>845</v>
       </c>
       <c r="D168">
-        <v>9.18</v>
+        <v>9.69</v>
       </c>
       <c r="G168" t="s">
         <v>14</v>
       </c>
       <c r="H168" t="s">
         <v>846</v>
       </c>
       <c r="I168">
         <v>10</v>
       </c>
       <c r="J168" t="s">
         <v>16</v>
       </c>
       <c r="K168" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>848</v>
       </c>
       <c r="B169" t="s">
         <v>849</v>
       </c>
       <c r="C169" t="s">
         <v>850</v>
       </c>
       <c r="D169">
-        <v>9.69</v>
+        <v>9.18</v>
       </c>
       <c r="G169" t="s">
         <v>14</v>
       </c>
       <c r="H169" t="s">
         <v>851</v>
       </c>
       <c r="I169">
         <v>10</v>
       </c>
       <c r="J169" t="s">
         <v>16</v>
       </c>
       <c r="K169" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>853</v>
       </c>
       <c r="B170" t="s">
         <v>854</v>
       </c>
       <c r="C170" t="s">
         <v>855</v>
       </c>
       <c r="D170">
-        <v>183.54</v>
+        <v>9.69</v>
       </c>
       <c r="G170" t="s">
         <v>14</v>
       </c>
       <c r="H170" t="s">
         <v>856</v>
       </c>
       <c r="I170">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J170" t="s">
         <v>16</v>
       </c>
       <c r="K170" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>858</v>
       </c>
       <c r="B171" t="s">
         <v>859</v>
       </c>
       <c r="C171" t="s">
         <v>860</v>
       </c>
       <c r="D171">
-        <v>0</v>
+        <v>183.54</v>
       </c>
       <c r="G171" t="s">
         <v>14</v>
       </c>
       <c r="H171" t="s">
         <v>861</v>
       </c>
       <c r="I171">
         <v>1</v>
       </c>
       <c r="J171" t="s">
         <v>16</v>
       </c>
       <c r="K171" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>863</v>
       </c>
       <c r="B172" t="s">
         <v>864</v>
       </c>
       <c r="C172" t="s">
         <v>865</v>
       </c>
       <c r="D172">
-        <v>397.96</v>
+        <v>0</v>
       </c>
       <c r="G172" t="s">
         <v>14</v>
       </c>
       <c r="H172" t="s">
         <v>866</v>
       </c>
       <c r="I172">
         <v>1</v>
       </c>
       <c r="J172" t="s">
         <v>16</v>
       </c>
       <c r="K172" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>868</v>
       </c>
       <c r="B173" t="s">
         <v>869</v>
       </c>
       <c r="C173" t="s">
         <v>870</v>
       </c>
       <c r="D173">
-        <v>0</v>
+        <v>397.96</v>
       </c>
       <c r="G173" t="s">
         <v>14</v>
       </c>
       <c r="H173" t="s">
         <v>871</v>
       </c>
       <c r="I173">
         <v>1</v>
       </c>
       <c r="J173" t="s">
         <v>16</v>
       </c>
       <c r="K173" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>873</v>
       </c>
       <c r="B174" t="s">
         <v>874</v>
       </c>
       <c r="C174" t="s">
         <v>875</v>
       </c>
       <c r="D174">
-        <v>10.25</v>
+        <v>0</v>
       </c>
       <c r="G174" t="s">
         <v>14</v>
       </c>
       <c r="H174" t="s">
         <v>876</v>
       </c>
       <c r="I174">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J174" t="s">
         <v>16</v>
       </c>
       <c r="K174" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>878</v>
       </c>
       <c r="B175" t="s">
         <v>879</v>
       </c>
       <c r="C175" t="s">
         <v>880</v>
       </c>
       <c r="D175">
-        <v>5983.8101</v>
+        <v>10.25</v>
       </c>
       <c r="G175" t="s">
         <v>14</v>
       </c>
       <c r="H175" t="s">
         <v>881</v>
       </c>
       <c r="I175">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J175" t="s">
         <v>16</v>
       </c>
       <c r="K175" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>883</v>
       </c>
       <c r="B176" t="s">
         <v>884</v>
       </c>
       <c r="C176" t="s">
         <v>885</v>
       </c>
       <c r="D176">
         <v>5983.8101</v>
       </c>
       <c r="G176" t="s">
         <v>14</v>
       </c>
       <c r="H176" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="I176">
         <v>1</v>
       </c>
       <c r="J176" t="s">
         <v>16</v>
       </c>
       <c r="K176" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B177" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C177" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D177">
-        <v>7023.4102</v>
+        <v>5983.8101</v>
       </c>
       <c r="G177" t="s">
         <v>14</v>
       </c>
       <c r="H177" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="I177">
         <v>1</v>
       </c>
       <c r="J177" t="s">
         <v>16</v>
       </c>
       <c r="K177" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B178" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C178" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D178">
-        <v>5590.6001</v>
+        <v>7023.4102</v>
       </c>
       <c r="G178" t="s">
         <v>14</v>
       </c>
       <c r="H178" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="I178">
         <v>1</v>
       </c>
       <c r="J178" t="s">
         <v>16</v>
       </c>
       <c r="K178" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="B179" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C179" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D179">
-        <v>1.33</v>
+        <v>5590.6001</v>
       </c>
       <c r="G179" t="s">
         <v>14</v>
       </c>
       <c r="H179" t="s">
-        <v>898</v>
+        <v>886</v>
       </c>
       <c r="I179">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="J179" t="s">
         <v>16</v>
       </c>
       <c r="K179" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>900</v>
       </c>
       <c r="B180" t="s">
         <v>901</v>
       </c>
       <c r="C180" t="s">
         <v>902</v>
       </c>
       <c r="D180">
-        <v>1.65</v>
+        <v>1.33</v>
       </c>
       <c r="G180" t="s">
         <v>14</v>
       </c>
       <c r="H180" t="s">
         <v>903</v>
       </c>
       <c r="I180">
         <v>100</v>
       </c>
       <c r="J180" t="s">
         <v>16</v>
       </c>
       <c r="K180" t="s">
         <v>904</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>905</v>
       </c>
       <c r="B181" t="s">
         <v>906</v>
       </c>
       <c r="C181" t="s">
         <v>907</v>
       </c>
       <c r="D181">
-        <v>1.46</v>
+        <v>1.65</v>
       </c>
       <c r="G181" t="s">
         <v>14</v>
       </c>
       <c r="H181" t="s">
         <v>908</v>
       </c>
       <c r="I181">
         <v>100</v>
       </c>
       <c r="J181" t="s">
         <v>16</v>
       </c>
       <c r="K181" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>910</v>
       </c>
       <c r="B182" t="s">
         <v>911</v>
       </c>
       <c r="C182" t="s">
         <v>912</v>
       </c>
       <c r="D182">
-        <v>1.76</v>
+        <v>1.46</v>
       </c>
       <c r="G182" t="s">
         <v>14</v>
       </c>
       <c r="H182" t="s">
         <v>913</v>
       </c>
       <c r="I182">
         <v>100</v>
       </c>
       <c r="J182" t="s">
         <v>16</v>
       </c>
       <c r="K182" t="s">
         <v>914</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>915</v>
       </c>
       <c r="B183" t="s">
         <v>916</v>
       </c>
       <c r="C183" t="s">
         <v>917</v>
       </c>
       <c r="D183">
-        <v>2.59</v>
+        <v>1.76</v>
       </c>
       <c r="G183" t="s">
         <v>14</v>
       </c>
       <c r="H183" t="s">
         <v>918</v>
       </c>
       <c r="I183">
         <v>100</v>
       </c>
       <c r="J183" t="s">
         <v>16</v>
       </c>
       <c r="K183" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>920</v>
       </c>
       <c r="B184" t="s">
         <v>921</v>
       </c>
       <c r="C184" t="s">
         <v>922</v>
       </c>
       <c r="D184">
-        <v>1.82</v>
+        <v>2.59</v>
       </c>
       <c r="G184" t="s">
         <v>14</v>
       </c>
       <c r="H184" t="s">
         <v>923</v>
       </c>
       <c r="I184">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J184" t="s">
         <v>16</v>
       </c>
       <c r="K184" t="s">
         <v>924</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>925</v>
       </c>
       <c r="B185" t="s">
         <v>926</v>
       </c>
       <c r="C185" t="s">
         <v>927</v>
       </c>
       <c r="D185">
-        <v>3.63</v>
+        <v>1.82</v>
       </c>
       <c r="G185" t="s">
         <v>14</v>
       </c>
       <c r="H185" t="s">
         <v>928</v>
       </c>
       <c r="I185">
         <v>50</v>
       </c>
       <c r="J185" t="s">
         <v>16</v>
       </c>
       <c r="K185" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>930</v>
       </c>
       <c r="B186" t="s">
         <v>931</v>
       </c>
       <c r="C186" t="s">
         <v>932</v>
       </c>
       <c r="D186">
-        <v>0.35</v>
+        <v>3.63</v>
       </c>
       <c r="G186" t="s">
         <v>14</v>
       </c>
       <c r="H186" t="s">
         <v>933</v>
       </c>
       <c r="I186">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="J186" t="s">
         <v>16</v>
       </c>
       <c r="K186" t="s">
         <v>934</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>935</v>
       </c>
       <c r="B187" t="s">
         <v>936</v>
       </c>
       <c r="C187" t="s">
         <v>937</v>
       </c>
       <c r="D187">
-        <v>2278.02</v>
+        <v>0.35</v>
       </c>
       <c r="G187" t="s">
         <v>14</v>
       </c>
       <c r="H187" t="s">
         <v>938</v>
       </c>
       <c r="I187">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J187" t="s">
         <v>16</v>
       </c>
       <c r="K187" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>940</v>
       </c>
       <c r="B188" t="s">
         <v>941</v>
       </c>
       <c r="C188" t="s">
         <v>942</v>
       </c>
       <c r="D188">
-        <v>2470.5701</v>
+        <v>2278.02</v>
       </c>
       <c r="G188" t="s">
         <v>14</v>
       </c>
       <c r="H188" t="s">
         <v>943</v>
       </c>
       <c r="I188">
         <v>1</v>
       </c>
       <c r="J188" t="s">
         <v>16</v>
       </c>
       <c r="K188" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>945</v>
       </c>
       <c r="B189" t="s">
         <v>946</v>
       </c>
       <c r="C189" t="s">
         <v>947</v>
       </c>
       <c r="D189">
-        <v>2709.74</v>
+        <v>2470.5701</v>
       </c>
       <c r="G189" t="s">
         <v>14</v>
       </c>
       <c r="H189" t="s">
         <v>948</v>
       </c>
       <c r="I189">
         <v>1</v>
       </c>
       <c r="J189" t="s">
         <v>16</v>
       </c>
       <c r="K189" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>950</v>
       </c>
       <c r="B190" t="s">
         <v>951</v>
       </c>
       <c r="C190" t="s">
         <v>952</v>
       </c>
       <c r="D190">
-        <v>2462.98</v>
+        <v>2709.74</v>
       </c>
       <c r="G190" t="s">
         <v>14</v>
       </c>
       <c r="H190" t="s">
         <v>953</v>
       </c>
       <c r="I190">
         <v>1</v>
       </c>
       <c r="J190" t="s">
         <v>16</v>
       </c>
       <c r="K190" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>955</v>
       </c>
       <c r="B191" t="s">
         <v>956</v>
       </c>
       <c r="C191" t="s">
         <v>957</v>
       </c>
       <c r="D191">
-        <v>2720.2</v>
+        <v>2462.98</v>
       </c>
       <c r="G191" t="s">
         <v>14</v>
       </c>
       <c r="H191" t="s">
         <v>958</v>
       </c>
       <c r="I191">
         <v>1</v>
       </c>
       <c r="J191" t="s">
         <v>16</v>
       </c>
       <c r="K191" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>960</v>
       </c>
       <c r="B192" t="s">
         <v>961</v>
       </c>
       <c r="C192" t="s">
         <v>962</v>
       </c>
       <c r="D192">
-        <v>1747.28</v>
+        <v>2720.2</v>
       </c>
       <c r="G192" t="s">
         <v>14</v>
       </c>
       <c r="H192" t="s">
         <v>963</v>
       </c>
       <c r="I192">
         <v>1</v>
       </c>
       <c r="J192" t="s">
         <v>16</v>
       </c>
       <c r="K192" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>965</v>
       </c>
       <c r="B193" t="s">
         <v>966</v>
       </c>
       <c r="C193" t="s">
         <v>967</v>
       </c>
       <c r="D193">
-        <v>643.68</v>
+        <v>1747.28</v>
       </c>
       <c r="G193" t="s">
         <v>14</v>
       </c>
       <c r="H193" t="s">
         <v>968</v>
       </c>
       <c r="I193">
         <v>1</v>
       </c>
       <c r="J193" t="s">
         <v>16</v>
       </c>
       <c r="K193" t="s">
         <v>969</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>970</v>
       </c>
       <c r="B194" t="s">
         <v>971</v>
       </c>
       <c r="C194" t="s">
         <v>972</v>
       </c>
       <c r="D194">
-        <v>1253.63</v>
+        <v>643.68</v>
       </c>
       <c r="G194" t="s">
         <v>14</v>
       </c>
       <c r="H194" t="s">
         <v>973</v>
       </c>
       <c r="I194">
         <v>1</v>
       </c>
       <c r="J194" t="s">
         <v>16</v>
       </c>
       <c r="K194" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>975</v>
       </c>
       <c r="B195" t="s">
         <v>976</v>
       </c>
       <c r="C195" t="s">
         <v>977</v>
       </c>
       <c r="D195">
-        <v>1146.48</v>
+        <v>1253.63</v>
       </c>
       <c r="G195" t="s">
         <v>14</v>
       </c>
       <c r="H195" t="s">
         <v>978</v>
       </c>
       <c r="I195">
         <v>1</v>
       </c>
       <c r="J195" t="s">
         <v>16</v>
       </c>
       <c r="K195" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>980</v>
       </c>
       <c r="B196" t="s">
         <v>981</v>
       </c>
       <c r="C196" t="s">
         <v>982</v>
       </c>
       <c r="D196">
-        <v>621.43</v>
+        <v>1146.48</v>
       </c>
       <c r="G196" t="s">
         <v>14</v>
       </c>
       <c r="H196" t="s">
         <v>983</v>
       </c>
       <c r="I196">
         <v>1</v>
       </c>
       <c r="J196" t="s">
         <v>16</v>
       </c>
       <c r="K196" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>985</v>
       </c>
       <c r="B197" t="s">
         <v>986</v>
       </c>
       <c r="C197" t="s">
         <v>987</v>
       </c>
       <c r="D197">
-        <v>9.25</v>
+        <v>621.43</v>
       </c>
       <c r="G197" t="s">
         <v>14</v>
       </c>
       <c r="H197" t="s">
         <v>988</v>
       </c>
       <c r="I197">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J197" t="s">
         <v>16</v>
       </c>
       <c r="K197" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>990</v>
       </c>
       <c r="B198" t="s">
         <v>991</v>
       </c>
       <c r="C198" t="s">
         <v>992</v>
       </c>
       <c r="D198">
-        <v>8.83</v>
+        <v>9.25</v>
       </c>
       <c r="G198" t="s">
         <v>14</v>
       </c>
       <c r="H198" t="s">
         <v>993</v>
       </c>
       <c r="I198">
         <v>10</v>
       </c>
       <c r="J198" t="s">
         <v>16</v>
       </c>
       <c r="K198" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>995</v>
       </c>
       <c r="B199" t="s">
         <v>996</v>
       </c>
       <c r="C199" t="s">
         <v>997</v>
       </c>
       <c r="D199">
-        <v>1.62</v>
+        <v>8.83</v>
       </c>
       <c r="G199" t="s">
         <v>14</v>
       </c>
       <c r="H199" t="s">
         <v>998</v>
       </c>
       <c r="I199">
         <v>10</v>
       </c>
       <c r="J199" t="s">
         <v>16</v>
       </c>
       <c r="K199" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>1000</v>
       </c>
       <c r="B200" t="s">
         <v>1001</v>
       </c>
       <c r="C200" t="s">
@@ -9264,254 +9285,254 @@
       </c>
       <c r="H200" t="s">
         <v>1003</v>
       </c>
       <c r="I200">
         <v>10</v>
       </c>
       <c r="J200" t="s">
         <v>16</v>
       </c>
       <c r="K200" t="s">
         <v>1004</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>1005</v>
       </c>
       <c r="B201" t="s">
         <v>1006</v>
       </c>
       <c r="C201" t="s">
         <v>1007</v>
       </c>
       <c r="D201">
-        <v>8.56</v>
+        <v>1.62</v>
       </c>
       <c r="G201" t="s">
         <v>14</v>
       </c>
       <c r="H201" t="s">
         <v>1008</v>
       </c>
       <c r="I201">
         <v>10</v>
       </c>
       <c r="J201" t="s">
         <v>16</v>
       </c>
       <c r="K201" t="s">
         <v>1009</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>1010</v>
       </c>
       <c r="B202" t="s">
         <v>1011</v>
       </c>
       <c r="C202" t="s">
         <v>1012</v>
       </c>
       <c r="D202">
-        <v>15.63</v>
+        <v>8.56</v>
       </c>
       <c r="G202" t="s">
         <v>14</v>
       </c>
       <c r="H202" t="s">
         <v>1013</v>
       </c>
       <c r="I202">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="J202" t="s">
         <v>16</v>
       </c>
       <c r="K202" t="s">
         <v>1014</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>1015</v>
       </c>
       <c r="B203" t="s">
         <v>1016</v>
       </c>
       <c r="C203" t="s">
         <v>1017</v>
       </c>
       <c r="D203">
-        <v>16.15</v>
+        <v>15.63</v>
       </c>
       <c r="G203" t="s">
         <v>14</v>
       </c>
       <c r="H203" t="s">
         <v>1018</v>
       </c>
       <c r="I203">
         <v>5</v>
       </c>
       <c r="J203" t="s">
         <v>16</v>
       </c>
       <c r="K203" t="s">
         <v>1019</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>1020</v>
       </c>
       <c r="B204" t="s">
         <v>1021</v>
       </c>
       <c r="C204" t="s">
         <v>1022</v>
       </c>
       <c r="D204">
-        <v>5.28</v>
+        <v>16.15</v>
       </c>
       <c r="G204" t="s">
         <v>14</v>
       </c>
       <c r="H204" t="s">
         <v>1023</v>
       </c>
       <c r="I204">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="J204" t="s">
         <v>16</v>
       </c>
       <c r="K204" t="s">
         <v>1024</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>1025</v>
       </c>
       <c r="B205" t="s">
         <v>1026</v>
       </c>
       <c r="C205" t="s">
         <v>1027</v>
       </c>
       <c r="D205">
-        <v>5.9</v>
+        <v>5.28</v>
       </c>
       <c r="G205" t="s">
         <v>14</v>
       </c>
       <c r="H205" t="s">
         <v>1028</v>
       </c>
       <c r="I205">
         <v>10</v>
       </c>
       <c r="J205" t="s">
         <v>16</v>
       </c>
       <c r="K205" t="s">
         <v>1029</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>1030</v>
       </c>
       <c r="B206" t="s">
         <v>1031</v>
       </c>
       <c r="C206" t="s">
         <v>1032</v>
       </c>
       <c r="D206">
-        <v>5.28</v>
+        <v>5.9</v>
       </c>
       <c r="G206" t="s">
         <v>14</v>
       </c>
       <c r="H206" t="s">
         <v>1033</v>
       </c>
       <c r="I206">
         <v>10</v>
       </c>
       <c r="J206" t="s">
         <v>16</v>
       </c>
       <c r="K206" t="s">
         <v>1034</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>1035</v>
       </c>
       <c r="B207" t="s">
         <v>1036</v>
       </c>
       <c r="C207" t="s">
         <v>1037</v>
       </c>
       <c r="D207">
-        <v>5.9</v>
+        <v>5.28</v>
       </c>
       <c r="G207" t="s">
         <v>14</v>
       </c>
       <c r="H207" t="s">
         <v>1038</v>
       </c>
       <c r="I207">
         <v>10</v>
       </c>
       <c r="J207" t="s">
         <v>16</v>
       </c>
       <c r="K207" t="s">
         <v>1039</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>1040</v>
       </c>
       <c r="B208" t="s">
         <v>1041</v>
       </c>
       <c r="C208" t="s">
         <v>1042</v>
       </c>
       <c r="D208">
-        <v>22.11</v>
+        <v>5.9</v>
       </c>
       <c r="G208" t="s">
         <v>14</v>
       </c>
       <c r="H208" t="s">
         <v>1043</v>
       </c>
       <c r="I208">
         <v>10</v>
       </c>
       <c r="J208" t="s">
         <v>16</v>
       </c>
       <c r="K208" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>1045</v>
       </c>
       <c r="B209" t="s">
         <v>1046</v>
       </c>
       <c r="C209" t="s">
@@ -9525,176 +9546,176 @@
       </c>
       <c r="H209" t="s">
         <v>1048</v>
       </c>
       <c r="I209">
         <v>10</v>
       </c>
       <c r="J209" t="s">
         <v>16</v>
       </c>
       <c r="K209" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>1050</v>
       </c>
       <c r="B210" t="s">
         <v>1051</v>
       </c>
       <c r="C210" t="s">
         <v>1052</v>
       </c>
       <c r="D210">
-        <v>4.28</v>
+        <v>22.11</v>
       </c>
       <c r="G210" t="s">
         <v>14</v>
       </c>
       <c r="H210" t="s">
         <v>1053</v>
       </c>
       <c r="I210">
         <v>10</v>
       </c>
       <c r="J210" t="s">
         <v>16</v>
       </c>
       <c r="K210" t="s">
         <v>1054</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>1055</v>
       </c>
       <c r="B211" t="s">
         <v>1056</v>
       </c>
       <c r="C211" t="s">
         <v>1057</v>
       </c>
       <c r="D211">
-        <v>6.45</v>
+        <v>4.28</v>
       </c>
       <c r="G211" t="s">
         <v>14</v>
       </c>
       <c r="H211" t="s">
         <v>1058</v>
       </c>
       <c r="I211">
         <v>10</v>
       </c>
       <c r="J211" t="s">
         <v>16</v>
       </c>
       <c r="K211" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>1060</v>
       </c>
       <c r="B212" t="s">
         <v>1061</v>
       </c>
       <c r="C212" t="s">
         <v>1062</v>
       </c>
       <c r="D212">
-        <v>23.98</v>
+        <v>6.45</v>
       </c>
       <c r="G212" t="s">
         <v>14</v>
       </c>
       <c r="H212" t="s">
         <v>1063</v>
       </c>
       <c r="I212">
         <v>10</v>
       </c>
       <c r="J212" t="s">
         <v>16</v>
       </c>
       <c r="K212" t="s">
         <v>1064</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>1065</v>
       </c>
       <c r="B213" t="s">
         <v>1066</v>
       </c>
       <c r="C213" t="s">
         <v>1067</v>
       </c>
       <c r="D213">
-        <v>8.35</v>
+        <v>23.98</v>
       </c>
       <c r="G213" t="s">
         <v>14</v>
       </c>
       <c r="H213" t="s">
         <v>1068</v>
       </c>
       <c r="I213">
         <v>10</v>
       </c>
       <c r="J213" t="s">
         <v>16</v>
       </c>
       <c r="K213" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>1070</v>
       </c>
       <c r="B214" t="s">
         <v>1071</v>
       </c>
       <c r="C214" t="s">
         <v>1072</v>
       </c>
       <c r="D214">
-        <v>8.49</v>
+        <v>8.35</v>
       </c>
       <c r="G214" t="s">
         <v>14</v>
       </c>
       <c r="H214" t="s">
         <v>1073</v>
       </c>
       <c r="I214">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J214" t="s">
         <v>16</v>
       </c>
       <c r="K214" t="s">
         <v>1074</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>1075</v>
       </c>
       <c r="B215" t="s">
         <v>1076</v>
       </c>
       <c r="C215" t="s">
         <v>1077</v>
       </c>
       <c r="D215">
         <v>8.49</v>
       </c>
       <c r="G215" t="s">
         <v>14</v>
       </c>
       <c r="H215" t="s">
@@ -9728,289 +9749,318 @@
       </c>
       <c r="H216" t="s">
         <v>1083</v>
       </c>
       <c r="I216">
         <v>1</v>
       </c>
       <c r="J216" t="s">
         <v>16</v>
       </c>
       <c r="K216" t="s">
         <v>1084</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>1085</v>
       </c>
       <c r="B217" t="s">
         <v>1086</v>
       </c>
       <c r="C217" t="s">
         <v>1087</v>
       </c>
       <c r="D217">
-        <v>2659.05</v>
-[...5 lines deleted...]
-        <v>45689</v>
+        <v>8.49</v>
       </c>
       <c r="G217" t="s">
         <v>14</v>
       </c>
       <c r="H217" t="s">
         <v>1088</v>
       </c>
       <c r="I217">
         <v>1</v>
       </c>
       <c r="J217" t="s">
         <v>16</v>
       </c>
       <c r="K217" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>1090</v>
       </c>
       <c r="B218" t="s">
         <v>1091</v>
       </c>
       <c r="C218" t="s">
         <v>1092</v>
       </c>
       <c r="D218">
-        <v>1226.65</v>
-[...5 lines deleted...]
-        <v>45689</v>
+        <v>2659.05</v>
       </c>
       <c r="G218" t="s">
         <v>14</v>
       </c>
       <c r="H218" t="s">
         <v>1093</v>
       </c>
       <c r="I218">
         <v>1</v>
       </c>
       <c r="J218" t="s">
         <v>16</v>
       </c>
       <c r="K218" t="s">
         <v>1094</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>1095</v>
       </c>
       <c r="B219" t="s">
         <v>1096</v>
       </c>
       <c r="C219" t="s">
         <v>1097</v>
       </c>
       <c r="D219">
-        <v>1268.3101</v>
-[...5 lines deleted...]
-        <v>45689</v>
+        <v>1226.65</v>
       </c>
       <c r="G219" t="s">
         <v>14</v>
       </c>
       <c r="H219" t="s">
         <v>1098</v>
       </c>
       <c r="I219">
         <v>1</v>
       </c>
       <c r="J219" t="s">
         <v>16</v>
       </c>
       <c r="K219" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>1100</v>
       </c>
       <c r="B220" t="s">
         <v>1101</v>
       </c>
       <c r="C220" t="s">
         <v>1102</v>
       </c>
       <c r="D220">
-        <v>560.3</v>
-[...5 lines deleted...]
-        <v>45689</v>
+        <v>1268.3101</v>
       </c>
       <c r="G220" t="s">
         <v>14</v>
       </c>
       <c r="H220" t="s">
         <v>1103</v>
       </c>
       <c r="I220">
         <v>1</v>
       </c>
       <c r="J220" t="s">
         <v>16</v>
       </c>
       <c r="K220" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>1105</v>
       </c>
       <c r="B221" t="s">
         <v>1106</v>
       </c>
       <c r="C221" t="s">
         <v>1107</v>
       </c>
       <c r="D221">
-        <v>12.39</v>
+        <v>560.3</v>
       </c>
       <c r="G221" t="s">
         <v>14</v>
       </c>
       <c r="H221" t="s">
         <v>1108</v>
       </c>
       <c r="I221">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J221" t="s">
         <v>16</v>
       </c>
       <c r="K221" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>1110</v>
       </c>
       <c r="B222" t="s">
         <v>1111</v>
       </c>
       <c r="C222" t="s">
         <v>1112</v>
       </c>
       <c r="D222">
-        <v>5.69</v>
+        <v>12.39</v>
+      </c>
+      <c r="E222">
+        <v>12.39</v>
+      </c>
+      <c r="F222" s="1">
+        <v>46112</v>
       </c>
       <c r="G222" t="s">
         <v>14</v>
       </c>
       <c r="H222" t="s">
         <v>1113</v>
       </c>
       <c r="I222">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J222" t="s">
         <v>16</v>
       </c>
       <c r="K222" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>1115</v>
       </c>
       <c r="B223" t="s">
         <v>1116</v>
       </c>
       <c r="C223" t="s">
         <v>1117</v>
       </c>
       <c r="D223">
-        <v>7.69</v>
+        <v>5.69</v>
+      </c>
+      <c r="E223">
+        <v>6.59</v>
+      </c>
+      <c r="F223" s="1">
+        <v>46112</v>
       </c>
       <c r="G223" t="s">
         <v>14</v>
       </c>
       <c r="H223" t="s">
         <v>1118</v>
       </c>
       <c r="I223">
         <v>6</v>
       </c>
       <c r="J223" t="s">
         <v>16</v>
       </c>
       <c r="K223" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>1120</v>
       </c>
       <c r="B224" t="s">
         <v>1121</v>
       </c>
       <c r="C224" t="s">
         <v>1122</v>
       </c>
       <c r="D224">
-        <v>131.28</v>
+        <v>7.69</v>
+      </c>
+      <c r="E224">
+        <v>7.69</v>
+      </c>
+      <c r="F224" s="1">
+        <v>46112</v>
       </c>
       <c r="G224" t="s">
         <v>14</v>
       </c>
       <c r="H224" t="s">
         <v>1123</v>
       </c>
       <c r="I224">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J224" t="s">
         <v>16</v>
       </c>
       <c r="K224" t="s">
         <v>1124</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D225">
+        <v>131.28</v>
+      </c>
+      <c r="E225">
+        <v>123.99</v>
+      </c>
+      <c r="F225" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G225" t="s">
+        <v>14</v>
+      </c>
+      <c r="H225" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I225">
+        <v>1</v>
+      </c>
+      <c r="J225" t="s">
+        <v>16</v>
+      </c>
+      <c r="K225" t="s">
+        <v>1129</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>