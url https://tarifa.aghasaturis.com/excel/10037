--- v0 (2026-01-11)
+++ v1 (2026-03-03)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="713" uniqueCount="713">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="708" uniqueCount="708">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
@@ -1428,65 +1428,50 @@
     <t>3248</t>
   </si>
   <si>
     <t>Guillet-3248-Broca SDS-MAX Quadril (Ø 38 x L 550 mm)</t>
   </si>
   <si>
     <t>3660354032484</t>
   </si>
   <si>
     <t>P03-04-006-V02-P22</t>
   </si>
   <si>
     <t>A1243002054G8489</t>
   </si>
   <si>
     <t>8489</t>
   </si>
   <si>
     <t>Guillet-8489-Broca SDS-MAX Quadril (Ø 38 x L 920 mm)</t>
   </si>
   <si>
     <t>3660354084896</t>
   </si>
   <si>
     <t>P03-04-006-V02-P23</t>
-  </si>
-[...13 lines deleted...]
-    <t>P03-04-006-V02-P24</t>
   </si>
   <si>
     <t>A1243002058G3644</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>Guillet-3644-Broca SDS-MAX Quadril (Ø 42 x L 550 mm)</t>
   </si>
   <si>
     <t>3660354036444</t>
   </si>
   <si>
     <t>P03-04-006-V02-P25</t>
   </si>
   <si>
     <t>A1243002060G7514</t>
   </si>
   <si>
     <t>7514</t>
   </si>
   <si>
     <t>Guillet-7514-Broca SDS-MAX Quadril (Ø 42 x L 920 mm)</t>
   </si>
@@ -2195,51 +2180,51 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M141"/>
+  <dimension ref="A1:M140"/>
   <cols>
     <col min="1" max="1" width="19"/>
     <col min="2" max="2" width="11"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="8"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="8"/>
     <col min="11" max="11" width="19"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -4924,863 +4909,863 @@
       </c>
       <c r="H93" t="s">
         <v>471</v>
       </c>
       <c r="I93">
         <v>1</v>
       </c>
       <c r="J93" t="s">
         <v>16</v>
       </c>
       <c r="K93" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>473</v>
       </c>
       <c r="B94" t="s">
         <v>474</v>
       </c>
       <c r="C94" t="s">
         <v>475</v>
       </c>
       <c r="D94">
-        <v>195.78</v>
+        <v>204.96</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
         <v>476</v>
       </c>
       <c r="I94">
         <v>1</v>
       </c>
       <c r="J94" t="s">
         <v>16</v>
       </c>
       <c r="K94" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>478</v>
       </c>
       <c r="B95" t="s">
         <v>479</v>
       </c>
       <c r="C95" t="s">
         <v>480</v>
       </c>
       <c r="D95">
-        <v>204.96</v>
+        <v>241.31</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95" t="s">
         <v>481</v>
       </c>
       <c r="I95">
         <v>1</v>
       </c>
       <c r="J95" t="s">
         <v>16</v>
       </c>
       <c r="K95" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>483</v>
       </c>
       <c r="B96" t="s">
         <v>484</v>
       </c>
       <c r="C96" t="s">
         <v>485</v>
       </c>
       <c r="D96">
-        <v>241.31</v>
+        <v>214.4</v>
       </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="H96" t="s">
         <v>486</v>
       </c>
       <c r="I96">
         <v>1</v>
       </c>
       <c r="J96" t="s">
         <v>16</v>
       </c>
       <c r="K96" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>488</v>
       </c>
       <c r="B97" t="s">
         <v>489</v>
       </c>
       <c r="C97" t="s">
         <v>490</v>
       </c>
       <c r="D97">
-        <v>214.4</v>
+        <v>251.87</v>
       </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
         <v>491</v>
       </c>
       <c r="I97">
         <v>1</v>
       </c>
       <c r="J97" t="s">
         <v>16</v>
       </c>
       <c r="K97" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>493</v>
       </c>
       <c r="B98" t="s">
         <v>494</v>
       </c>
       <c r="C98" t="s">
         <v>495</v>
       </c>
       <c r="D98">
-        <v>251.87</v>
+        <v>237.96</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="H98" t="s">
         <v>496</v>
       </c>
       <c r="I98">
         <v>1</v>
       </c>
       <c r="J98" t="s">
         <v>16</v>
       </c>
       <c r="K98" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>498</v>
       </c>
       <c r="B99" t="s">
         <v>499</v>
       </c>
       <c r="C99" t="s">
         <v>500</v>
       </c>
       <c r="D99">
-        <v>237.96</v>
+        <v>289.9</v>
       </c>
       <c r="G99" t="s">
         <v>14</v>
       </c>
       <c r="H99" t="s">
         <v>501</v>
       </c>
       <c r="I99">
         <v>1</v>
       </c>
       <c r="J99" t="s">
         <v>16</v>
       </c>
       <c r="K99" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>503</v>
       </c>
       <c r="B100" t="s">
         <v>504</v>
       </c>
       <c r="C100" t="s">
         <v>505</v>
       </c>
       <c r="D100">
-        <v>289.9</v>
+        <v>49.8</v>
       </c>
       <c r="G100" t="s">
         <v>14</v>
       </c>
       <c r="H100" t="s">
         <v>506</v>
       </c>
       <c r="I100">
         <v>1</v>
       </c>
       <c r="J100" t="s">
         <v>16</v>
       </c>
       <c r="K100" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>508</v>
       </c>
       <c r="B101" t="s">
         <v>509</v>
       </c>
       <c r="C101" t="s">
         <v>510</v>
       </c>
       <c r="D101">
-        <v>49.8</v>
+        <v>12.81</v>
       </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="H101" t="s">
         <v>511</v>
       </c>
       <c r="I101">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J101" t="s">
         <v>16</v>
       </c>
       <c r="K101" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>513</v>
       </c>
       <c r="B102" t="s">
         <v>514</v>
       </c>
       <c r="C102" t="s">
         <v>515</v>
       </c>
       <c r="D102">
-        <v>12.81</v>
+        <v>19.01</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
         <v>516</v>
       </c>
       <c r="I102">
         <v>5</v>
       </c>
       <c r="J102" t="s">
         <v>16</v>
       </c>
       <c r="K102" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>518</v>
       </c>
       <c r="B103" t="s">
         <v>519</v>
       </c>
       <c r="C103" t="s">
         <v>520</v>
       </c>
       <c r="D103">
-        <v>19.01</v>
+        <v>20.96</v>
       </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
         <v>521</v>
       </c>
       <c r="I103">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J103" t="s">
         <v>16</v>
       </c>
       <c r="K103" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>523</v>
       </c>
       <c r="B104" t="s">
         <v>524</v>
       </c>
       <c r="C104" t="s">
         <v>525</v>
       </c>
       <c r="D104">
-        <v>20.96</v>
+        <v>13.68</v>
       </c>
       <c r="G104" t="s">
         <v>14</v>
       </c>
       <c r="H104" t="s">
         <v>526</v>
       </c>
       <c r="I104">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J104" t="s">
         <v>16</v>
       </c>
       <c r="K104" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>528</v>
       </c>
       <c r="B105" t="s">
         <v>529</v>
       </c>
       <c r="C105" t="s">
         <v>530</v>
       </c>
       <c r="D105">
-        <v>13.68</v>
+        <v>20.42</v>
       </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
         <v>531</v>
       </c>
       <c r="I105">
         <v>5</v>
       </c>
       <c r="J105" t="s">
         <v>16</v>
       </c>
       <c r="K105" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>533</v>
       </c>
       <c r="B106" t="s">
         <v>534</v>
       </c>
       <c r="C106" t="s">
         <v>535</v>
       </c>
       <c r="D106">
-        <v>20.42</v>
+        <v>37.47</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
         <v>536</v>
       </c>
       <c r="I106">
         <v>5</v>
       </c>
       <c r="J106" t="s">
         <v>16</v>
       </c>
       <c r="K106" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>538</v>
       </c>
       <c r="B107" t="s">
         <v>539</v>
       </c>
       <c r="C107" t="s">
         <v>540</v>
       </c>
       <c r="D107">
-        <v>37.47</v>
+        <v>49.37</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107" t="s">
         <v>541</v>
       </c>
       <c r="I107">
         <v>5</v>
       </c>
       <c r="J107" t="s">
         <v>16</v>
       </c>
       <c r="K107" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>543</v>
       </c>
       <c r="B108" t="s">
         <v>544</v>
       </c>
       <c r="C108" t="s">
         <v>545</v>
       </c>
       <c r="D108">
-        <v>49.37</v>
+        <v>46.25</v>
       </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="H108" t="s">
         <v>546</v>
       </c>
       <c r="I108">
         <v>5</v>
       </c>
       <c r="J108" t="s">
         <v>16</v>
       </c>
       <c r="K108" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>548</v>
       </c>
       <c r="B109" t="s">
         <v>549</v>
       </c>
       <c r="C109" t="s">
         <v>550</v>
       </c>
       <c r="D109">
-        <v>46.25</v>
+        <v>35.4</v>
       </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="H109" t="s">
         <v>551</v>
       </c>
       <c r="I109">
         <v>5</v>
       </c>
       <c r="J109" t="s">
         <v>16</v>
       </c>
       <c r="K109" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>553</v>
       </c>
       <c r="B110" t="s">
         <v>554</v>
       </c>
       <c r="C110" t="s">
         <v>555</v>
       </c>
       <c r="D110">
-        <v>35.4</v>
+        <v>36.77</v>
       </c>
       <c r="G110" t="s">
         <v>14</v>
       </c>
       <c r="H110" t="s">
         <v>556</v>
       </c>
       <c r="I110">
         <v>5</v>
       </c>
       <c r="J110" t="s">
         <v>16</v>
       </c>
       <c r="K110" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>558</v>
       </c>
       <c r="B111" t="s">
         <v>559</v>
       </c>
       <c r="C111" t="s">
         <v>560</v>
       </c>
       <c r="D111">
-        <v>36.77</v>
+        <v>120.58</v>
       </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="H111" t="s">
         <v>561</v>
       </c>
       <c r="I111">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J111" t="s">
         <v>16</v>
       </c>
       <c r="K111" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>563</v>
       </c>
       <c r="B112" t="s">
         <v>564</v>
       </c>
       <c r="C112" t="s">
         <v>565</v>
       </c>
       <c r="D112">
-        <v>120.58</v>
+        <v>11.6</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112" t="s">
         <v>566</v>
       </c>
       <c r="I112">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J112" t="s">
         <v>16</v>
       </c>
       <c r="K112" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>568</v>
       </c>
       <c r="B113" t="s">
         <v>569</v>
       </c>
       <c r="C113" t="s">
         <v>570</v>
       </c>
       <c r="D113">
-        <v>11.6</v>
+        <v>12.22</v>
       </c>
       <c r="G113" t="s">
         <v>14</v>
       </c>
       <c r="H113" t="s">
         <v>571</v>
       </c>
       <c r="I113">
         <v>5</v>
       </c>
       <c r="J113" t="s">
         <v>16</v>
       </c>
       <c r="K113" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>573</v>
       </c>
       <c r="B114" t="s">
         <v>574</v>
       </c>
       <c r="C114" t="s">
         <v>575</v>
       </c>
       <c r="D114">
-        <v>12.22</v>
+        <v>21.13</v>
       </c>
       <c r="G114" t="s">
         <v>14</v>
       </c>
       <c r="H114" t="s">
         <v>576</v>
       </c>
       <c r="I114">
         <v>5</v>
       </c>
       <c r="J114" t="s">
         <v>16</v>
       </c>
       <c r="K114" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>578</v>
       </c>
       <c r="B115" t="s">
         <v>579</v>
       </c>
       <c r="C115" t="s">
         <v>580</v>
       </c>
       <c r="D115">
-        <v>21.13</v>
+        <v>27.33</v>
       </c>
       <c r="G115" t="s">
         <v>14</v>
       </c>
       <c r="H115" t="s">
         <v>581</v>
       </c>
       <c r="I115">
         <v>5</v>
       </c>
       <c r="J115" t="s">
         <v>16</v>
       </c>
       <c r="K115" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>583</v>
       </c>
       <c r="B116" t="s">
         <v>584</v>
       </c>
       <c r="C116" t="s">
         <v>585</v>
       </c>
       <c r="D116">
-        <v>27.33</v>
+        <v>108.9</v>
       </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="H116" t="s">
         <v>586</v>
       </c>
       <c r="I116">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J116" t="s">
         <v>16</v>
       </c>
       <c r="K116" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>588</v>
       </c>
       <c r="B117" t="s">
         <v>589</v>
       </c>
       <c r="C117" t="s">
         <v>590</v>
       </c>
       <c r="D117">
-        <v>108.9</v>
+        <v>65.06</v>
       </c>
       <c r="G117" t="s">
         <v>14</v>
       </c>
       <c r="H117" t="s">
         <v>591</v>
       </c>
       <c r="I117">
         <v>1</v>
       </c>
       <c r="J117" t="s">
         <v>16</v>
       </c>
       <c r="K117" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>593</v>
       </c>
       <c r="B118" t="s">
         <v>594</v>
       </c>
       <c r="C118" t="s">
         <v>595</v>
       </c>
       <c r="D118">
-        <v>65.06</v>
+        <v>71.83</v>
       </c>
       <c r="G118" t="s">
         <v>14</v>
       </c>
       <c r="H118" t="s">
         <v>596</v>
       </c>
       <c r="I118">
         <v>1</v>
       </c>
       <c r="J118" t="s">
         <v>16</v>
       </c>
       <c r="K118" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>598</v>
       </c>
       <c r="B119" t="s">
         <v>599</v>
       </c>
       <c r="C119" t="s">
         <v>600</v>
       </c>
       <c r="D119">
-        <v>71.83</v>
+        <v>127.14</v>
       </c>
       <c r="G119" t="s">
         <v>14</v>
       </c>
       <c r="H119" t="s">
         <v>601</v>
       </c>
       <c r="I119">
         <v>1</v>
       </c>
       <c r="J119" t="s">
         <v>16</v>
       </c>
       <c r="K119" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>603</v>
       </c>
       <c r="B120" t="s">
         <v>604</v>
       </c>
       <c r="C120" t="s">
         <v>605</v>
       </c>
       <c r="D120">
-        <v>127.14</v>
+        <v>75.85</v>
       </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="H120" t="s">
         <v>606</v>
       </c>
       <c r="I120">
         <v>1</v>
       </c>
       <c r="J120" t="s">
         <v>16</v>
       </c>
       <c r="K120" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>608</v>
       </c>
       <c r="B121" t="s">
         <v>609</v>
       </c>
       <c r="C121" t="s">
         <v>610</v>
       </c>
       <c r="D121">
-        <v>75.85</v>
+        <v>210.41</v>
       </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="H121" t="s">
         <v>611</v>
       </c>
       <c r="I121">
         <v>1</v>
       </c>
       <c r="J121" t="s">
         <v>16</v>
       </c>
       <c r="K121" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>613</v>
       </c>
       <c r="B122" t="s">
         <v>614</v>
       </c>
       <c r="C122" t="s">
         <v>615</v>
       </c>
       <c r="D122">
-        <v>210.41</v>
+        <v>30.33</v>
       </c>
       <c r="G122" t="s">
         <v>14</v>
       </c>
       <c r="H122" t="s">
         <v>616</v>
       </c>
       <c r="I122">
         <v>1</v>
       </c>
       <c r="J122" t="s">
         <v>16</v>
       </c>
       <c r="K122" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>618</v>
       </c>
       <c r="B123" t="s">
         <v>619</v>
       </c>
       <c r="C123" t="s">
@@ -5794,138 +5779,138 @@
       </c>
       <c r="H123" t="s">
         <v>621</v>
       </c>
       <c r="I123">
         <v>1</v>
       </c>
       <c r="J123" t="s">
         <v>16</v>
       </c>
       <c r="K123" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>623</v>
       </c>
       <c r="B124" t="s">
         <v>624</v>
       </c>
       <c r="C124" t="s">
         <v>625</v>
       </c>
       <c r="D124">
-        <v>30.33</v>
+        <v>129.89</v>
       </c>
       <c r="G124" t="s">
         <v>14</v>
       </c>
       <c r="H124" t="s">
         <v>626</v>
       </c>
       <c r="I124">
         <v>1</v>
       </c>
       <c r="J124" t="s">
         <v>16</v>
       </c>
       <c r="K124" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>628</v>
       </c>
       <c r="B125" t="s">
         <v>629</v>
       </c>
       <c r="C125" t="s">
         <v>630</v>
       </c>
       <c r="D125">
-        <v>129.89</v>
+        <v>15.23</v>
       </c>
       <c r="G125" t="s">
         <v>14</v>
       </c>
       <c r="H125" t="s">
         <v>631</v>
       </c>
       <c r="I125">
         <v>1</v>
       </c>
       <c r="J125" t="s">
         <v>16</v>
       </c>
       <c r="K125" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>633</v>
       </c>
       <c r="B126" t="s">
         <v>634</v>
       </c>
       <c r="C126" t="s">
         <v>635</v>
       </c>
       <c r="D126">
-        <v>15.23</v>
+        <v>33.15</v>
       </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="H126" t="s">
         <v>636</v>
       </c>
       <c r="I126">
         <v>1</v>
       </c>
       <c r="J126" t="s">
         <v>16</v>
       </c>
       <c r="K126" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>638</v>
       </c>
       <c r="B127" t="s">
         <v>639</v>
       </c>
       <c r="C127" t="s">
         <v>640</v>
       </c>
       <c r="D127">
-        <v>33.15</v>
+        <v>36.22</v>
       </c>
       <c r="G127" t="s">
         <v>14</v>
       </c>
       <c r="H127" t="s">
         <v>641</v>
       </c>
       <c r="I127">
         <v>1</v>
       </c>
       <c r="J127" t="s">
         <v>16</v>
       </c>
       <c r="K127" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>643</v>
       </c>
       <c r="B128" t="s">
         <v>644</v>
       </c>
       <c r="C128" t="s">
@@ -5939,410 +5924,381 @@
       </c>
       <c r="H128" t="s">
         <v>646</v>
       </c>
       <c r="I128">
         <v>1</v>
       </c>
       <c r="J128" t="s">
         <v>16</v>
       </c>
       <c r="K128" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>648</v>
       </c>
       <c r="B129" t="s">
         <v>649</v>
       </c>
       <c r="C129" t="s">
         <v>650</v>
       </c>
       <c r="D129">
-        <v>36.22</v>
+        <v>37.71</v>
       </c>
       <c r="G129" t="s">
         <v>14</v>
       </c>
       <c r="H129" t="s">
         <v>651</v>
       </c>
       <c r="I129">
         <v>1</v>
       </c>
       <c r="J129" t="s">
         <v>16</v>
       </c>
       <c r="K129" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>653</v>
       </c>
       <c r="B130" t="s">
         <v>654</v>
       </c>
       <c r="C130" t="s">
         <v>655</v>
       </c>
       <c r="D130">
-        <v>37.71</v>
+        <v>41.41</v>
       </c>
       <c r="G130" t="s">
         <v>14</v>
       </c>
       <c r="H130" t="s">
         <v>656</v>
       </c>
       <c r="I130">
         <v>1</v>
       </c>
       <c r="J130" t="s">
         <v>16</v>
       </c>
       <c r="K130" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>658</v>
       </c>
       <c r="B131" t="s">
         <v>659</v>
       </c>
       <c r="C131" t="s">
         <v>660</v>
       </c>
       <c r="D131">
-        <v>41.41</v>
+        <v>64.61</v>
       </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="H131" t="s">
         <v>661</v>
       </c>
       <c r="I131">
         <v>1</v>
       </c>
       <c r="J131" t="s">
         <v>16</v>
       </c>
       <c r="K131" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>663</v>
       </c>
       <c r="B132" t="s">
         <v>664</v>
       </c>
       <c r="C132" t="s">
         <v>665</v>
       </c>
       <c r="D132">
-        <v>64.61</v>
+        <v>77.21</v>
       </c>
       <c r="G132" t="s">
         <v>14</v>
       </c>
       <c r="H132" t="s">
         <v>666</v>
       </c>
       <c r="I132">
         <v>1</v>
       </c>
       <c r="J132" t="s">
         <v>16</v>
       </c>
       <c r="K132" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>668</v>
       </c>
       <c r="B133" t="s">
         <v>669</v>
       </c>
       <c r="C133" t="s">
         <v>670</v>
       </c>
       <c r="D133">
-        <v>77.21</v>
+        <v>86.7</v>
       </c>
       <c r="G133" t="s">
         <v>14</v>
       </c>
       <c r="H133" t="s">
         <v>671</v>
       </c>
       <c r="I133">
         <v>1</v>
       </c>
       <c r="J133" t="s">
         <v>16</v>
       </c>
       <c r="K133" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>673</v>
       </c>
       <c r="B134" t="s">
         <v>674</v>
       </c>
       <c r="C134" t="s">
         <v>675</v>
       </c>
       <c r="D134">
-        <v>86.7</v>
+        <v>86.83</v>
       </c>
       <c r="G134" t="s">
         <v>14</v>
       </c>
       <c r="H134" t="s">
         <v>676</v>
       </c>
       <c r="I134">
         <v>1</v>
       </c>
       <c r="J134" t="s">
         <v>16</v>
       </c>
       <c r="K134" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>678</v>
       </c>
       <c r="B135" t="s">
         <v>679</v>
       </c>
       <c r="C135" t="s">
         <v>680</v>
       </c>
       <c r="D135">
-        <v>86.83</v>
+        <v>40.5</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="H135" t="s">
         <v>681</v>
       </c>
       <c r="I135">
         <v>1</v>
       </c>
       <c r="J135" t="s">
         <v>16</v>
       </c>
       <c r="K135" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>683</v>
       </c>
       <c r="B136" t="s">
         <v>684</v>
       </c>
       <c r="C136" t="s">
         <v>685</v>
       </c>
       <c r="D136">
-        <v>40.5</v>
+        <v>64.61</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136" t="s">
         <v>686</v>
       </c>
       <c r="I136">
         <v>1</v>
       </c>
       <c r="J136" t="s">
         <v>16</v>
       </c>
       <c r="K136" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>688</v>
       </c>
       <c r="B137" t="s">
         <v>689</v>
       </c>
       <c r="C137" t="s">
         <v>690</v>
       </c>
       <c r="D137">
-        <v>64.61</v>
+        <v>68.17</v>
       </c>
       <c r="G137" t="s">
         <v>14</v>
       </c>
       <c r="H137" t="s">
         <v>691</v>
       </c>
       <c r="I137">
         <v>1</v>
       </c>
       <c r="J137" t="s">
         <v>16</v>
       </c>
       <c r="K137" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>693</v>
       </c>
       <c r="B138" t="s">
         <v>694</v>
       </c>
       <c r="C138" t="s">
         <v>695</v>
       </c>
       <c r="D138">
-        <v>68.17</v>
+        <v>77.24</v>
       </c>
       <c r="G138" t="s">
         <v>14</v>
       </c>
       <c r="H138" t="s">
         <v>696</v>
       </c>
       <c r="I138">
         <v>1</v>
       </c>
       <c r="J138" t="s">
         <v>16</v>
       </c>
       <c r="K138" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>698</v>
       </c>
       <c r="B139" t="s">
         <v>699</v>
       </c>
       <c r="C139" t="s">
         <v>700</v>
       </c>
       <c r="D139">
-        <v>77.24</v>
+        <v>94.25</v>
       </c>
       <c r="G139" t="s">
         <v>14</v>
       </c>
       <c r="H139" t="s">
         <v>701</v>
       </c>
       <c r="I139">
         <v>1</v>
       </c>
       <c r="J139" t="s">
         <v>16</v>
       </c>
       <c r="K139" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>703</v>
       </c>
       <c r="B140" t="s">
         <v>704</v>
       </c>
       <c r="C140" t="s">
         <v>705</v>
       </c>
       <c r="D140">
-        <v>94.25</v>
+        <v>1078.73</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
         <v>706</v>
       </c>
       <c r="I140">
         <v>1</v>
       </c>
       <c r="J140" t="s">
         <v>16</v>
       </c>
       <c r="K140" t="s">
         <v>707</v>
-      </c>
-[...27 lines deleted...]
-        <v>712</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>