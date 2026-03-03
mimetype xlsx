--- v0 (2026-01-14)
+++ v1 (2026-03-03)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="333" uniqueCount="333">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
@@ -107,68 +107,83 @@
   <si>
     <t>EAPOLEY</t>
   </si>
   <si>
     <t>Eagle-EAPOLEY-Gafas de seguridad EAGLE polarizada</t>
   </si>
   <si>
     <t>8051773670046</t>
   </si>
   <si>
     <t>P07-01-010-V01-P01</t>
   </si>
   <si>
     <t>A18611718RUYSG</t>
   </si>
   <si>
     <t>RUYSG</t>
   </si>
   <si>
     <t>Eagle-RUYSG-Gafas de seguridad RUNNER amarillas</t>
   </si>
   <si>
     <t>8051773670138</t>
   </si>
   <si>
-    <t>ZCATALOGO2024</t>
+    <t>P07-01-011-V02-P01W</t>
   </si>
   <si>
     <t>A18611732RUMIRSG</t>
   </si>
   <si>
     <t>RUMIRSG</t>
   </si>
   <si>
     <t>Eagle-RUMIRSG-Gafas de seguridad RUNNER Mirror/in/out</t>
   </si>
   <si>
     <t>8051773670152</t>
   </si>
   <si>
     <t>P07-01-012-V01-P01</t>
   </si>
   <si>
+    <t>A18613132REC39EY25</t>
+  </si>
+  <si>
+    <t>REC39EY25</t>
+  </si>
+  <si>
+    <t>Eagle-REC39EY25-Gafas de seguridad graduadas READER monofocales +2,5 dioptrías</t>
+  </si>
+  <si>
+    <t>8051773670268</t>
+  </si>
+  <si>
+    <t>P07-01-020-V02-P04</t>
+  </si>
+  <si>
     <t>A18613139REC39EY30</t>
   </si>
   <si>
     <t>REC39EY30</t>
   </si>
   <si>
     <t>Eagle-REC39EY30-Gafas de seguridad graduadas READER monofocales +3,0 dioptrías</t>
   </si>
   <si>
     <t>8051773670275</t>
   </si>
   <si>
     <t>P07-01-020-V02-P05</t>
   </si>
   <si>
     <t>A18614111DOTRSG</t>
   </si>
   <si>
     <t>DOTRSG</t>
   </si>
   <si>
     <t>Eagle-DOTRSG-Gafas de seguridad DOUBLE INDUSTRY transparentes</t>
   </si>
   <si>
     <t>8051773670176</t>
@@ -500,80 +515,92 @@
   <si>
     <t>Eagle-ORSOYSG-Gafas de seguridad alta visibilidad ORSO</t>
   </si>
   <si>
     <t>8051773671142</t>
   </si>
   <si>
     <t>P07-01-007-V02-P01</t>
   </si>
   <si>
     <t>A18611098ORSOSUNSG</t>
   </si>
   <si>
     <t>ORSOSUNSG</t>
   </si>
   <si>
     <t>Eagle-ORSOSUNSG-Gafas de seguridad oscuras ORSO</t>
   </si>
   <si>
     <t>8051773671159</t>
   </si>
   <si>
     <t>P07-01-008-V01-P01</t>
   </si>
   <si>
+    <t>A186615889EXEASED</t>
+  </si>
+  <si>
+    <t>EXEASED</t>
+  </si>
+  <si>
+    <t>Eagle-EXEASED-Expositor de sobremesa Spark a Edge</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>PEXPOSITOR</t>
+  </si>
+  <si>
+    <t>A18661581NEXEATRESCD</t>
+  </si>
+  <si>
+    <t>EXEATRESCD</t>
+  </si>
+  <si>
+    <t>Eagle-EXEATRESCD-Expositor sobremesa TRACER 6 posiciones cartón</t>
+  </si>
+  <si>
+    <t>P07-01-020-V01-P01W</t>
+  </si>
+  <si>
     <t>A1864100100EASPAVN7</t>
   </si>
   <si>
     <t>EASPAVN7</t>
   </si>
   <si>
     <t>Eagle-EASPAVN7-Spray antivaho nanotecnológico para lentes de gafas</t>
   </si>
   <si>
     <t>8435130726087</t>
   </si>
   <si>
     <t>P07-01-023-V01-P01</t>
   </si>
   <si>
-    <t>A18611825WATRIC</t>
-[...13 lines deleted...]
-  <si>
     <t>A18611830WASUNIC</t>
   </si>
   <si>
     <t>WASUNIC</t>
   </si>
   <si>
     <t>Eagle-WASUNIC-Gafas de seguridad WARRIOR oscuras</t>
   </si>
   <si>
     <t>8051773671333</t>
   </si>
   <si>
     <t>P07-01-013-V02-P01</t>
   </si>
   <si>
     <t>A186130105T10IC</t>
   </si>
   <si>
     <t>T10IC</t>
   </si>
   <si>
     <t>Eagle-T10IC-Gafas de seguridad graduadas para vista cansada Tracer (+1.0)</t>
   </si>
   <si>
     <t>8051773671180</t>
@@ -644,53 +671,50 @@
   <si>
     <t>A186130100T00IC</t>
   </si>
   <si>
     <t>T00IC</t>
   </si>
   <si>
     <t>Eagle-T00IC-Gafas de seguridad Tracer</t>
   </si>
   <si>
     <t>8051773671234</t>
   </si>
   <si>
     <t>P07-01-019-V02-P01</t>
   </si>
   <si>
     <t>A18661541EXEAGSIF</t>
   </si>
   <si>
     <t>EXEAGSIF</t>
   </si>
   <si>
     <t>Eagle-EXEAGSIF-Expositor grande de suelo para Indro/Folco (18 modelos)</t>
   </si>
   <si>
-    <t>0</t>
-[...1 lines deleted...]
-  <si>
     <t>ZCATALOGO2022</t>
   </si>
   <si>
     <t>A18661551EXEAGSEE</t>
   </si>
   <si>
     <t>EXEAGSEE</t>
   </si>
   <si>
     <t>Eagle-EXEAGSEE-Expositor grande de suelo para Eagle/Ecoplus (18 modelos)</t>
   </si>
   <si>
     <t>A18661561EXEAPLIF</t>
   </si>
   <si>
     <t>EXEAPLIF</t>
   </si>
   <si>
     <t>Eagle-EXEAPLIF-Panel expositor para lineal para Indro/Folco (18 modelos)</t>
   </si>
   <si>
     <t>A18661571EXEAPLEE</t>
   </si>
   <si>
     <t>EXEAPLEE</t>
@@ -702,59 +726,50 @@
     <t>A18661580EXEAMU5</t>
   </si>
   <si>
     <t>EXEAMU5</t>
   </si>
   <si>
     <t>Eagle-EXEAMU5-Expositor de sobremesa universal (5 gafas)</t>
   </si>
   <si>
     <t>A18661580EXEAMU6</t>
   </si>
   <si>
     <t>EXEAMU6</t>
   </si>
   <si>
     <t>Eagle-EXEAMU6-Expositor de sobremesa universal (6 gafas)</t>
   </si>
   <si>
     <t>A18661582EXEAMU8</t>
   </si>
   <si>
     <t>EXEAMU8</t>
   </si>
   <si>
     <t>Eagle-EXEAMU8-Expositor de sobremesa universal (8 gafas)</t>
-  </si>
-[...7 lines deleted...]
-    <t>Eagle-EXEAWA21D-Expositor de sobremesa para gafas Wave (20 gafas)</t>
   </si>
   <si>
     <t>A18661581FEXEA8P</t>
   </si>
   <si>
     <t>EXEA8P</t>
   </si>
   <si>
     <t>Eagle-EXEA8P-Expositor de sobremesa con gafas de muestra antirrobo (8 gafas)</t>
   </si>
   <si>
     <t>8435130720290</t>
   </si>
   <si>
     <t>P07-01-024-V01-P01</t>
   </si>
   <si>
     <t>A18661581GEXEA5PREDD</t>
   </si>
   <si>
     <t>EXEA5PREADD</t>
   </si>
   <si>
     <t>Eagle-EXEA5PREADD-Expositor de sobremesa Reader (5 ganchos)</t>
   </si>
@@ -1040,51 +1055,51 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M69"/>
+  <dimension ref="A1:M70"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="12"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="10"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="6"/>
     <col min="11" max="11" width="20"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -1275,428 +1290,428 @@
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
       <c r="I7">
         <v>1</v>
       </c>
       <c r="J7" t="s">
         <v>16</v>
       </c>
       <c r="K7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8">
-        <v>6.14</v>
+        <v>31.08</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>46</v>
       </c>
       <c r="I8">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>16</v>
       </c>
       <c r="K8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9">
-        <v>5.2</v>
+        <v>6.14</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
       <c r="I9">
         <v>8</v>
       </c>
       <c r="J9" t="s">
         <v>16</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
         <v>55</v>
       </c>
       <c r="D10">
-        <v>2.52</v>
+        <v>5.2</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
       <c r="I10">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="J10" t="s">
         <v>16</v>
       </c>
       <c r="K10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>58</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11">
-        <v>13.49</v>
+        <v>2.52</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>61</v>
       </c>
       <c r="I11">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J11" t="s">
         <v>16</v>
       </c>
       <c r="K11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>63</v>
       </c>
       <c r="B12" t="s">
         <v>64</v>
       </c>
       <c r="C12" t="s">
         <v>65</v>
       </c>
       <c r="D12">
-        <v>13.23</v>
+        <v>13.49</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>66</v>
       </c>
       <c r="I12">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="J12" t="s">
         <v>16</v>
       </c>
       <c r="K12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>68</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
       <c r="C13" t="s">
         <v>70</v>
       </c>
       <c r="D13">
-        <v>11.13</v>
+        <v>13.23</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
         <v>71</v>
       </c>
       <c r="I13">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="J13" t="s">
         <v>16</v>
       </c>
       <c r="K13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>73</v>
       </c>
       <c r="B14" t="s">
         <v>74</v>
       </c>
       <c r="C14" t="s">
         <v>75</v>
       </c>
       <c r="D14">
-        <v>11.5</v>
+        <v>11.13</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>76</v>
       </c>
       <c r="I14">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="J14" t="s">
         <v>16</v>
       </c>
       <c r="K14" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>78</v>
       </c>
       <c r="B15" t="s">
         <v>79</v>
       </c>
       <c r="C15" t="s">
         <v>80</v>
       </c>
       <c r="D15">
         <v>11.5</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>81</v>
       </c>
       <c r="I15">
         <v>12</v>
       </c>
       <c r="J15" t="s">
         <v>16</v>
       </c>
       <c r="K15" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16" t="s">
         <v>85</v>
       </c>
       <c r="D16">
-        <v>17.33</v>
+        <v>11.5</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>86</v>
       </c>
       <c r="I16">
         <v>12</v>
       </c>
       <c r="J16" t="s">
         <v>16</v>
       </c>
       <c r="K16" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>88</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
       <c r="C17" t="s">
         <v>90</v>
       </c>
       <c r="D17">
-        <v>49.3</v>
+        <v>17.33</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>91</v>
       </c>
       <c r="I17">
         <v>12</v>
       </c>
       <c r="J17" t="s">
         <v>16</v>
       </c>
       <c r="K17" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>93</v>
       </c>
       <c r="B18" t="s">
         <v>94</v>
       </c>
       <c r="C18" t="s">
         <v>95</v>
       </c>
       <c r="D18">
-        <v>17.64</v>
+        <v>49.3</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>96</v>
       </c>
       <c r="I18">
         <v>12</v>
       </c>
       <c r="J18" t="s">
         <v>16</v>
       </c>
       <c r="K18" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>98</v>
       </c>
       <c r="B19" t="s">
         <v>99</v>
       </c>
       <c r="C19" t="s">
         <v>100</v>
       </c>
       <c r="D19">
-        <v>31.45</v>
+        <v>17.64</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>101</v>
       </c>
       <c r="I19">
         <v>12</v>
       </c>
       <c r="J19" t="s">
         <v>16</v>
       </c>
       <c r="K19" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>103</v>
       </c>
       <c r="B20" t="s">
         <v>104</v>
       </c>
       <c r="C20" t="s">
         <v>105</v>
       </c>
       <c r="D20">
-        <v>2.52</v>
+        <v>31.45</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>106</v>
       </c>
       <c r="I20">
         <v>12</v>
       </c>
       <c r="J20" t="s">
         <v>16</v>
       </c>
       <c r="K20" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>108</v>
       </c>
       <c r="B21" t="s">
         <v>109</v>
       </c>
       <c r="C21" t="s">
         <v>110</v>
       </c>
       <c r="D21">
-        <v>17.64</v>
+        <v>2.52</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>111</v>
       </c>
       <c r="I21">
         <v>12</v>
       </c>
       <c r="J21" t="s">
         <v>16</v>
       </c>
       <c r="K21" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>113</v>
       </c>
       <c r="B22" t="s">
         <v>114</v>
       </c>
       <c r="C22" t="s">
@@ -1710,118 +1725,118 @@
       </c>
       <c r="H22" t="s">
         <v>116</v>
       </c>
       <c r="I22">
         <v>12</v>
       </c>
       <c r="J22" t="s">
         <v>16</v>
       </c>
       <c r="K22" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>118</v>
       </c>
       <c r="B23" t="s">
         <v>119</v>
       </c>
       <c r="C23" t="s">
         <v>120</v>
       </c>
       <c r="D23">
-        <v>2</v>
+        <v>17.64</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>121</v>
       </c>
       <c r="I23">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J23" t="s">
         <v>16</v>
       </c>
       <c r="K23" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>123</v>
       </c>
       <c r="B24" t="s">
         <v>124</v>
       </c>
       <c r="C24" t="s">
         <v>125</v>
       </c>
       <c r="D24">
-        <v>1.05</v>
+        <v>2</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>126</v>
       </c>
       <c r="I24">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>16</v>
       </c>
       <c r="K24" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>128</v>
       </c>
       <c r="B25" t="s">
         <v>129</v>
       </c>
       <c r="C25" t="s">
         <v>130</v>
       </c>
       <c r="D25">
-        <v>12.13</v>
+        <v>1.05</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>131</v>
       </c>
       <c r="I25">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="J25" t="s">
         <v>16</v>
       </c>
       <c r="K25" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>133</v>
       </c>
       <c r="B26" t="s">
         <v>134</v>
       </c>
       <c r="C26" t="s">
         <v>135</v>
       </c>
       <c r="D26">
         <v>12.13</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
@@ -1855,89 +1870,89 @@
       </c>
       <c r="H27" t="s">
         <v>141</v>
       </c>
       <c r="I27">
         <v>1</v>
       </c>
       <c r="J27" t="s">
         <v>16</v>
       </c>
       <c r="K27" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>143</v>
       </c>
       <c r="B28" t="s">
         <v>144</v>
       </c>
       <c r="C28" t="s">
         <v>145</v>
       </c>
       <c r="D28">
-        <v>17.01</v>
+        <v>12.13</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>146</v>
       </c>
       <c r="I28">
         <v>1</v>
       </c>
       <c r="J28" t="s">
         <v>16</v>
       </c>
       <c r="K28" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>148</v>
       </c>
       <c r="B29" t="s">
         <v>149</v>
       </c>
       <c r="C29" t="s">
         <v>150</v>
       </c>
       <c r="D29">
-        <v>10.4</v>
+        <v>17.01</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>151</v>
       </c>
       <c r="I29">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J29" t="s">
         <v>16</v>
       </c>
       <c r="K29" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>153</v>
       </c>
       <c r="B30" t="s">
         <v>154</v>
       </c>
       <c r="C30" t="s">
         <v>155</v>
       </c>
       <c r="D30">
         <v>10.4</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
@@ -1971,704 +1986,704 @@
       </c>
       <c r="H31" t="s">
         <v>161</v>
       </c>
       <c r="I31">
         <v>12</v>
       </c>
       <c r="J31" t="s">
         <v>16</v>
       </c>
       <c r="K31" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>163</v>
       </c>
       <c r="B32" t="s">
         <v>164</v>
       </c>
       <c r="C32" t="s">
         <v>165</v>
       </c>
       <c r="D32">
-        <v>7.19</v>
+        <v>10.4</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>166</v>
       </c>
       <c r="I32">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="J32" t="s">
         <v>16</v>
       </c>
       <c r="K32" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>168</v>
       </c>
       <c r="B33" t="s">
         <v>169</v>
       </c>
       <c r="C33" t="s">
         <v>170</v>
       </c>
       <c r="D33">
-        <v>5.95</v>
+        <v>365.2</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>171</v>
       </c>
       <c r="I33">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J33" t="s">
         <v>16</v>
       </c>
       <c r="K33" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>173</v>
       </c>
       <c r="B34" t="s">
         <v>174</v>
       </c>
       <c r="C34" t="s">
         <v>175</v>
       </c>
       <c r="D34">
-        <v>5.95</v>
+        <v>380.25</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
+        <v>171</v>
+      </c>
+      <c r="I34">
+        <v>1</v>
+      </c>
+      <c r="J34" t="s">
+        <v>16</v>
+      </c>
+      <c r="K34" t="s">
         <v>176</v>
-      </c>
-[...7 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
+        <v>177</v>
+      </c>
+      <c r="B35" t="s">
         <v>178</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>179</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35">
+        <v>7.19</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" t="s">
         <v>180</v>
       </c>
-      <c r="D35">
-[...5 lines deleted...]
-      <c r="H35" t="s">
+      <c r="I35">
+        <v>25</v>
+      </c>
+      <c r="J35" t="s">
+        <v>16</v>
+      </c>
+      <c r="K35" t="s">
         <v>181</v>
-      </c>
-[...7 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
+        <v>182</v>
+      </c>
+      <c r="B36" t="s">
         <v>183</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>184</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36">
+        <v>5.95</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" t="s">
         <v>185</v>
       </c>
-      <c r="D36">
-[...5 lines deleted...]
-      <c r="H36" t="s">
+      <c r="I36">
+        <v>10</v>
+      </c>
+      <c r="J36" t="s">
+        <v>16</v>
+      </c>
+      <c r="K36" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
+        <v>187</v>
+      </c>
+      <c r="B37" t="s">
         <v>188</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D37">
         <v>13.55</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
+        <v>190</v>
+      </c>
+      <c r="I37">
+        <v>6</v>
+      </c>
+      <c r="J37" t="s">
+        <v>16</v>
+      </c>
+      <c r="K37" t="s">
         <v>191</v>
-      </c>
-[...7 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
+        <v>192</v>
+      </c>
+      <c r="B38" t="s">
         <v>193</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="D38">
         <v>13.55</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
+        <v>195</v>
+      </c>
+      <c r="I38">
+        <v>5</v>
+      </c>
+      <c r="J38" t="s">
+        <v>16</v>
+      </c>
+      <c r="K38" t="s">
         <v>196</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
+        <v>197</v>
+      </c>
+      <c r="B39" t="s">
         <v>198</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="D39">
         <v>13.55</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
+        <v>200</v>
+      </c>
+      <c r="I39">
+        <v>5</v>
+      </c>
+      <c r="J39" t="s">
+        <v>16</v>
+      </c>
+      <c r="K39" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
+        <v>202</v>
+      </c>
+      <c r="B40" t="s">
         <v>203</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>204</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40">
+        <v>13.55</v>
+      </c>
+      <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>206</v>
       </c>
       <c r="I40">
         <v>6</v>
       </c>
       <c r="J40" t="s">
         <v>16</v>
       </c>
       <c r="K40" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
+        <v>207</v>
+      </c>
+      <c r="B41" t="s">
         <v>208</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>209</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41">
+        <v>13.55</v>
+      </c>
+      <c r="G41" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" t="s">
         <v>210</v>
       </c>
-      <c r="D41">
-[...5 lines deleted...]
-      <c r="H41" t="s">
+      <c r="I41">
+        <v>6</v>
+      </c>
+      <c r="J41" t="s">
+        <v>16</v>
+      </c>
+      <c r="K41" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
+        <v>212</v>
+      </c>
+      <c r="B42" t="s">
         <v>213</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>214</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42">
+        <v>8.3</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>215</v>
       </c>
-      <c r="D42">
-[...7 lines deleted...]
-      </c>
       <c r="I42">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J42" t="s">
         <v>16</v>
       </c>
       <c r="K42" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B43" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C43" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D43">
         <v>0</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="I43">
         <v>1</v>
       </c>
       <c r="J43" t="s">
         <v>16</v>
       </c>
       <c r="K43" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B44" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C44" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D44">
         <v>0</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="I44">
         <v>1</v>
       </c>
       <c r="J44" t="s">
         <v>16</v>
       </c>
       <c r="K44" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B45" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C45" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="I45">
         <v>1</v>
       </c>
       <c r="J45" t="s">
         <v>16</v>
       </c>
       <c r="K45" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B46" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C46" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="I46">
         <v>1</v>
       </c>
       <c r="J46" t="s">
         <v>16</v>
       </c>
       <c r="K46" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B47" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C47" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D47">
         <v>0</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="I47">
         <v>1</v>
       </c>
       <c r="J47" t="s">
         <v>16</v>
       </c>
       <c r="K47" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B48" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C48" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D48">
-        <v>267</v>
+        <v>0</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="I48">
         <v>1</v>
       </c>
       <c r="J48" t="s">
         <v>16</v>
       </c>
       <c r="K48" t="s">
-        <v>32</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B49" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C49" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D49">
         <v>0</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>237</v>
+        <v>171</v>
       </c>
       <c r="I49">
         <v>1</v>
       </c>
       <c r="J49" t="s">
         <v>16</v>
       </c>
       <c r="K49" t="s">
-        <v>238</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>239</v>
       </c>
       <c r="B50" t="s">
         <v>240</v>
       </c>
       <c r="C50" t="s">
         <v>241</v>
       </c>
       <c r="D50">
         <v>0</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>211</v>
+        <v>242</v>
       </c>
       <c r="I50">
         <v>1</v>
       </c>
       <c r="J50" t="s">
         <v>16</v>
       </c>
       <c r="K50" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B51" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C51" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D51">
-        <v>36.14</v>
+        <v>0</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>246</v>
+        <v>171</v>
       </c>
       <c r="I51">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J51" t="s">
         <v>16</v>
       </c>
       <c r="K51" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>248</v>
       </c>
       <c r="B52" t="s">
         <v>249</v>
       </c>
       <c r="C52" t="s">
         <v>250</v>
       </c>
       <c r="D52">
-        <v>0</v>
+        <v>36.14</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>211</v>
+        <v>251</v>
       </c>
       <c r="I52">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J52" t="s">
         <v>16</v>
       </c>
       <c r="K52" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B53" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C53" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D53">
         <v>0</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="I53">
         <v>1</v>
       </c>
       <c r="J53" t="s">
         <v>16</v>
       </c>
       <c r="K53" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B54" t="s">
+        <v>258</v>
+      </c>
+      <c r="C54" t="s">
+        <v>259</v>
+      </c>
+      <c r="D54">
+        <v>0</v>
+      </c>
+      <c r="G54" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" t="s">
+        <v>171</v>
+      </c>
+      <c r="I54">
+        <v>1</v>
+      </c>
+      <c r="J54" t="s">
+        <v>16</v>
+      </c>
+      <c r="K54" t="s">
         <v>256</v>
-      </c>
-[...19 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>260</v>
       </c>
       <c r="B55" t="s">
         <v>261</v>
       </c>
       <c r="C55" t="s">
         <v>262</v>
       </c>
       <c r="D55">
         <v>5.45</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
         <v>263</v>
       </c>
       <c r="I55">
         <v>12</v>
       </c>
       <c r="J55" t="s">
@@ -2754,176 +2769,176 @@
       </c>
       <c r="H58" t="s">
         <v>278</v>
       </c>
       <c r="I58">
         <v>12</v>
       </c>
       <c r="J58" t="s">
         <v>16</v>
       </c>
       <c r="K58" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>280</v>
       </c>
       <c r="B59" t="s">
         <v>281</v>
       </c>
       <c r="C59" t="s">
         <v>282</v>
       </c>
       <c r="D59">
-        <v>783.28</v>
+        <v>5.45</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>211</v>
+        <v>283</v>
       </c>
       <c r="I59">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="J59" t="s">
         <v>16</v>
       </c>
       <c r="K59" t="s">
-        <v>212</v>
+        <v>284</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B60" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C60" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D60">
-        <v>716</v>
+        <v>783.28</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="I60">
         <v>1</v>
       </c>
       <c r="J60" t="s">
         <v>16</v>
       </c>
       <c r="K60" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B61" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C61" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D61">
-        <v>727.93</v>
+        <v>716</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="I61">
         <v>1</v>
       </c>
       <c r="J61" t="s">
         <v>16</v>
       </c>
       <c r="K61" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B62" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C62" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D62">
-        <v>2307.0601</v>
+        <v>727.93</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="I62">
         <v>1</v>
       </c>
       <c r="J62" t="s">
         <v>16</v>
       </c>
       <c r="K62" t="s">
-        <v>292</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B63" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C63" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D63">
-        <v>8.9</v>
+        <v>2307.0601</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>296</v>
+        <v>171</v>
       </c>
       <c r="I63">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J63" t="s">
         <v>16</v>
       </c>
       <c r="K63" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>298</v>
       </c>
       <c r="B64" t="s">
         <v>299</v>
       </c>
       <c r="C64" t="s">
         <v>300</v>
       </c>
       <c r="D64">
         <v>8.9</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
@@ -2957,149 +2972,178 @@
       </c>
       <c r="H65" t="s">
         <v>306</v>
       </c>
       <c r="I65">
         <v>10</v>
       </c>
       <c r="J65" t="s">
         <v>16</v>
       </c>
       <c r="K65" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>308</v>
       </c>
       <c r="B66" t="s">
         <v>309</v>
       </c>
       <c r="C66" t="s">
         <v>310</v>
       </c>
       <c r="D66">
-        <v>14.9</v>
+        <v>8.9</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
         <v>311</v>
       </c>
       <c r="I66">
         <v>10</v>
       </c>
       <c r="J66" t="s">
         <v>16</v>
       </c>
       <c r="K66" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>313</v>
       </c>
       <c r="B67" t="s">
         <v>314</v>
       </c>
       <c r="C67" t="s">
         <v>315</v>
       </c>
       <c r="D67">
-        <v>10.9</v>
+        <v>14.9</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
         <v>316</v>
       </c>
       <c r="I67">
         <v>10</v>
       </c>
       <c r="J67" t="s">
         <v>16</v>
       </c>
       <c r="K67" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>318</v>
       </c>
       <c r="B68" t="s">
         <v>319</v>
       </c>
       <c r="C68" t="s">
         <v>320</v>
       </c>
       <c r="D68">
-        <v>28.9</v>
+        <v>10.9</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
         <v>321</v>
       </c>
       <c r="I68">
         <v>10</v>
       </c>
       <c r="J68" t="s">
         <v>16</v>
       </c>
       <c r="K68" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>323</v>
       </c>
       <c r="B69" t="s">
         <v>324</v>
       </c>
       <c r="C69" t="s">
         <v>325</v>
       </c>
       <c r="D69">
-        <v>9.9</v>
+        <v>28.9</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
         <v>326</v>
       </c>
       <c r="I69">
         <v>10</v>
       </c>
       <c r="J69" t="s">
         <v>16</v>
       </c>
       <c r="K69" t="s">
         <v>327</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>328</v>
+      </c>
+      <c r="B70" t="s">
+        <v>329</v>
+      </c>
+      <c r="C70" t="s">
+        <v>330</v>
+      </c>
+      <c r="D70">
+        <v>9.9</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
+        <v>331</v>
+      </c>
+      <c r="I70">
+        <v>10</v>
+      </c>
+      <c r="J70" t="s">
+        <v>16</v>
+      </c>
+      <c r="K70" t="s">
+        <v>332</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>