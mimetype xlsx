--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="669" uniqueCount="669">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="652" uniqueCount="652">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
@@ -539,155 +539,95 @@
   <si>
     <t>Gierre-AL255B-Escalera de apoyo 1 tramo Singola (14 peldaños)</t>
   </si>
   <si>
     <t>8013186243415</t>
   </si>
   <si>
     <t>P06-01-007-V02-P04</t>
   </si>
   <si>
     <t>A5213178GEAL275B</t>
   </si>
   <si>
     <t>AL275B</t>
   </si>
   <si>
     <t>Gierre-AL275B-Escalera de apoyo 1 tramo Singola (16 peldaños)</t>
   </si>
   <si>
     <t>8013186243460</t>
   </si>
   <si>
     <t>P06-01-007-V02-P05</t>
   </si>
   <si>
-    <t>A52191050D4038</t>
-[...13 lines deleted...]
-  <si>
     <t>A52191055D4030</t>
   </si>
   <si>
     <t>D4030</t>
   </si>
   <si>
     <t>Gierre-D4030-Plataforma de trabajo para escaleras multifunción telescópica PEPPina PRO</t>
   </si>
   <si>
     <t>8013186997202</t>
   </si>
   <si>
     <t>P06-01-027-V05-P01</t>
   </si>
   <si>
-    <t>A52191060D4040</t>
-[...28 lines deleted...]
-  <si>
     <t>A52191070D4015</t>
   </si>
   <si>
     <t>D4015</t>
   </si>
   <si>
     <t>Gierre-D4015-Plataforma de almacenamiento para escaleras multifunción telescópicas</t>
   </si>
   <si>
     <t>8013186997028</t>
   </si>
   <si>
     <t>P06-01-028-V01-P01</t>
   </si>
   <si>
     <t>A52191075D4009</t>
   </si>
   <si>
     <t>D4009</t>
   </si>
   <si>
     <t>Gierre-D4009-Plataforma de trabajo para escaleras multifunción telescópicas</t>
   </si>
   <si>
     <t>8013186997004</t>
   </si>
   <si>
     <t>P06-01-028-V02-P01</t>
   </si>
   <si>
-    <t>A52191080D4017</t>
-[...13 lines deleted...]
-  <si>
     <t>A52191085D4019</t>
   </si>
   <si>
     <t>D4019</t>
   </si>
   <si>
     <t>Gierre-D4019-Colgador para escaleras multifunción telescópicas</t>
   </si>
   <si>
     <t>8013186997066</t>
   </si>
   <si>
     <t>P06-01-028-V04-P01</t>
   </si>
   <si>
     <t>A52191090D4021</t>
   </si>
   <si>
     <t>D4021</t>
   </si>
   <si>
     <t>Gierre-D4021-Saco protector para escaleras multifunción telescópicas (100x70 cm)</t>
   </si>
   <si>
     <t>8013186997080</t>
@@ -707,66 +647,66 @@
   <si>
     <t>8013186997165</t>
   </si>
   <si>
     <t>P06-01-028-V06-P01</t>
   </si>
   <si>
     <t>A5215350GETR404</t>
   </si>
   <si>
     <t>TR404</t>
   </si>
   <si>
     <t>Gierre-TR404-Andamio profesional EN1004 de acero TR (7,5 m)</t>
   </si>
   <si>
     <t>8013186584129</t>
   </si>
   <si>
     <t>A5215363GEKITA05FL</t>
   </si>
   <si>
     <t>KITA05FL</t>
   </si>
   <si>
-    <t>Gierre-KITA05FL-Extensión 2 de andamio profesional TA-FL (660 cm)</t>
+    <t>Gierre-KITA05FL-Extensión de andamio profesional TA-FL (2)</t>
   </si>
   <si>
     <t>8013186210059</t>
   </si>
   <si>
     <t>P06-01-015-V02-P03</t>
   </si>
   <si>
     <t>A5215363GEKITA05PFL</t>
   </si>
   <si>
     <t>KITA05PFL</t>
   </si>
   <si>
-    <t>Gierre-KITA05PFL-Extensión 3 de andamio profesional TA-FL (840 cm)</t>
+    <t>Gierre-KITA05PFL-Extensión de andamio profesional TA-FL (3)</t>
   </si>
   <si>
     <t>8013186210073</t>
   </si>
   <si>
     <t>P06-01-015-V02-P04</t>
   </si>
   <si>
     <t>A5215365GEFA100FL</t>
   </si>
   <si>
     <t>FA100FL</t>
   </si>
   <si>
     <t>Gierre-FA100FL-Andamio doméstico Fast a Lock 100 (287 cm)</t>
   </si>
   <si>
     <t>8013186211094</t>
   </si>
   <si>
     <t>P06-01-018-V01-P01</t>
   </si>
   <si>
     <t>A5215365GEFA200FL</t>
   </si>
@@ -920,50 +860,77 @@
   <si>
     <t>A52191711MAKITRA01</t>
   </si>
   <si>
     <t>MAKITRA01</t>
   </si>
   <si>
     <t>Gierre-MAKITRA01-Kit bloqueo rampas para rampas de carga (old)</t>
   </si>
   <si>
     <t>ZCATALOGO2024</t>
   </si>
   <si>
     <t>A5215356GEMACOPRA004</t>
   </si>
   <si>
     <t>MACOPRA0040</t>
   </si>
   <si>
     <t>Gierre-MACOPRA0040-2 Barras laterales protectoras de andamio de acero TR</t>
   </si>
   <si>
     <t>ZCATALOGO2022</t>
   </si>
   <si>
+    <t>A5215362GETA1900FL</t>
+  </si>
+  <si>
+    <t>TA1900FL</t>
+  </si>
+  <si>
+    <t>Gierre-TA1900FL-Andamio profesional TA-FL (480 cm)</t>
+  </si>
+  <si>
+    <t>8013186210066</t>
+  </si>
+  <si>
+    <t>A5215362GETA2000FL</t>
+  </si>
+  <si>
+    <t>TA2000FL</t>
+  </si>
+  <si>
+    <t>Gierre-TA2000FL-Andamio profesional TA-FL (660 cm)</t>
+  </si>
+  <si>
+    <t>8013186212220</t>
+  </si>
+  <si>
+    <t>P06-01-015-V02-P03W</t>
+  </si>
+  <si>
     <t>A5211031GEAL015</t>
   </si>
   <si>
     <t>AL015</t>
   </si>
   <si>
     <t>Gierre-AL015-Escalera telescópica multifunción de aluminio PEPPina EN131 (3+4 peldaños)</t>
   </si>
   <si>
     <t>8013186221154</t>
   </si>
   <si>
     <t>P06-01-002-V02-P02</t>
   </si>
   <si>
     <t>A5213150GEAL500</t>
   </si>
   <si>
     <t>AL500</t>
   </si>
   <si>
     <t>Gierre-AL500-Escalera triangular de aluminio Trittika (6 peldaños)</t>
   </si>
   <si>
     <t>8013186245006</t>
@@ -1010,125 +977,95 @@
   <si>
     <t>Gierre-B222-Mini escalera ultraligera de aluminio Dekorstep (2 peldaños)</t>
   </si>
   <si>
     <t>8013186020221</t>
   </si>
   <si>
     <t>P06-01-021-V02-P01</t>
   </si>
   <si>
     <t>A5216101015GEB333</t>
   </si>
   <si>
     <t>B333</t>
   </si>
   <si>
     <t>Gierre-B333-Mini escalera ultraligera de aluminio Dekorstep (3 peldaños)</t>
   </si>
   <si>
     <t>8013186020337</t>
   </si>
   <si>
     <t>P06-01-021-V02-P02</t>
   </si>
   <si>
-    <t>A5216101020GEB444</t>
-[...13 lines deleted...]
-  <si>
     <t>A5216102010GEBS300</t>
   </si>
   <si>
     <t>BS300</t>
   </si>
   <si>
     <t>Gierre-BS300-Mini escalera ultra delgada de aluminio Slim (3 peldaños)</t>
   </si>
   <si>
     <t>8013186010338</t>
   </si>
   <si>
     <t>P06-01-022-V01-P01</t>
   </si>
   <si>
     <t>A5216105010GEB0200</t>
   </si>
   <si>
     <t>B0200</t>
   </si>
   <si>
     <t>Gierre-B0200-Mini escalera de acero con estribo Superstep (2 peldaños)</t>
   </si>
   <si>
     <t>8013186013117</t>
   </si>
   <si>
     <t>P06-01-024-V02-P01</t>
   </si>
   <si>
     <t>A5216105015GEB0300</t>
   </si>
   <si>
     <t>B0300</t>
   </si>
   <si>
     <t>Gierre-B0300-Mini escalera de acero con estribo Superstep (3 peldaños)</t>
   </si>
   <si>
     <t>8013186013124</t>
   </si>
   <si>
     <t>P06-01-024-V02-P02</t>
   </si>
   <si>
-    <t>A5216106010GEB0050</t>
-[...13 lines deleted...]
-  <si>
     <t>A5216106015GEB0060</t>
   </si>
   <si>
     <t>B0060</t>
   </si>
   <si>
     <t>Gierre-B0060-Mini escalera básica de acero Sempreutile (3 peldaños)</t>
   </si>
   <si>
     <t>8013186010604</t>
   </si>
   <si>
     <t>P06-01-025-V02-P02</t>
   </si>
   <si>
     <t>A5216106020GEB0070</t>
   </si>
   <si>
     <t>B0070</t>
   </si>
   <si>
     <t>Gierre-B0070-Mini escalera básica de acero Sempreutile (4 peldaños)</t>
   </si>
   <si>
     <t>8013186010703</t>
@@ -1871,81 +1808,81 @@
   <si>
     <t>P06-01-002-V01-P03</t>
   </si>
   <si>
     <t>A5215362DGETA1800FL</t>
   </si>
   <si>
     <t>TA1800FL</t>
   </si>
   <si>
     <t>Gierre-TA1800FL-Andamio profesional TA-FL (300 cm)</t>
   </si>
   <si>
     <t>8013186180000</t>
   </si>
   <si>
     <t>P06-01-015-V02-P01</t>
   </si>
   <si>
     <t>A5215362FGEKITA05VLF</t>
   </si>
   <si>
     <t>KITA05VLF</t>
   </si>
   <si>
-    <t>Gierre-KITA05VLF-Extensión 1 de andamio profesional TA-FL (480 cm)</t>
+    <t>Gierre-KITA05VLF-Extensión de andamio profesional TA-FL (1)</t>
   </si>
   <si>
     <t>8013186217003</t>
   </si>
   <si>
     <t>P06-01-015-V02-P02</t>
   </si>
   <si>
     <t>A5215369GEFA200EY</t>
   </si>
   <si>
     <t>FA200EY</t>
   </si>
   <si>
     <t>Gierre-FA200EY-Andamio aluminio combinado Easy 200</t>
   </si>
   <si>
     <t>8013186212206</t>
   </si>
   <si>
     <t>P06-01-019-V02-P01</t>
   </si>
   <si>
     <t>A5215368GEFA100EY</t>
   </si>
   <si>
     <t>FA100EY</t>
   </si>
   <si>
-    <t>Gierre-FA100EY-Andamio de aluminio Easy 100</t>
+    <t>Gierre-FA100EY-Andamio de aluminio Easy 100 (287 cm)</t>
   </si>
   <si>
     <t>8013186211100</t>
   </si>
   <si>
     <t>P06-01-019-V01-P01</t>
   </si>
   <si>
     <t>A5211054GEAL900D</t>
   </si>
   <si>
     <t>AL900D</t>
   </si>
   <si>
     <t>Gierre-AL900D-Escalera multifunción articulada de aluminio EN131 Multipla</t>
   </si>
   <si>
     <t>8013186669215</t>
   </si>
   <si>
     <t>P06-01-004-V03-P01W</t>
   </si>
   <si>
     <t>A5218A2DMAKITRA01</t>
   </si>
@@ -2016,98 +1953,111 @@
     <t>A5219A2D6008</t>
   </si>
   <si>
     <t>D6008</t>
   </si>
   <si>
     <t>Gierre-D6008-Juego de pies + tornillos para barra estabilizadora (FA100FL-FA400FL-FA100EY-FA200EY-FA400EY)</t>
   </si>
   <si>
     <t>A5219A2D6009</t>
   </si>
   <si>
     <t>D6009</t>
   </si>
   <si>
     <t>Gierre-D6009-Juego de pies + tornillos para barra estabilizadora (FA200FL)</t>
   </si>
   <si>
     <t>A5219A3DSLTRAGR6020</t>
   </si>
   <si>
     <t>DSLTRAGR6020</t>
   </si>
   <si>
     <t>Gierre-DSLTRAGR6020-Travesaño diagonal de 1.576 mm con sistema FL (FA200FL)</t>
+  </si>
+  <si>
+    <t>A5215362GETA2100FL</t>
+  </si>
+  <si>
+    <t>TA2100FL</t>
+  </si>
+  <si>
+    <t>Gierre-TA2100FL-Andamio profesional TA-FL (840 cm)</t>
+  </si>
+  <si>
+    <t>8013186213388</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Left"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M140"/>
+  <dimension ref="A1:M137"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="13"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="10"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="20"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -2126,137 +2076,161 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2">
         <v>218.21</v>
       </c>
+      <c r="E2">
+        <v>227.39</v>
+      </c>
+      <c r="F2" s="1">
+        <v>46112</v>
+      </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
       <c r="K2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3">
         <v>259.67</v>
       </c>
+      <c r="E3">
+        <v>272.66</v>
+      </c>
+      <c r="F3" s="1">
+        <v>46112</v>
+      </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>16</v>
       </c>
       <c r="K3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4">
         <v>334.54</v>
       </c>
+      <c r="E4">
+        <v>351.26</v>
+      </c>
+      <c r="F4" s="1">
+        <v>46112</v>
+      </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
       <c r="I4">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5">
         <v>118.61</v>
       </c>
+      <c r="E5">
+        <v>124.74</v>
+      </c>
+      <c r="F5" s="1">
+        <v>46112</v>
+      </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="I5">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>16</v>
       </c>
       <c r="K5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
@@ -2271,195 +2245,231 @@
         <v>36</v>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>16</v>
       </c>
       <c r="K6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7">
         <v>354.11</v>
       </c>
+      <c r="E7">
+        <v>366.33</v>
+      </c>
+      <c r="F7" s="1">
+        <v>46112</v>
+      </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
       <c r="I7">
         <v>1</v>
       </c>
       <c r="J7" t="s">
         <v>16</v>
       </c>
       <c r="K7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8">
         <v>458.64</v>
       </c>
+      <c r="E8">
+        <v>474.45</v>
+      </c>
+      <c r="F8" s="1">
+        <v>46112</v>
+      </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>46</v>
       </c>
       <c r="I8">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>16</v>
       </c>
       <c r="K8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9">
         <v>569.63</v>
       </c>
+      <c r="E9">
+        <v>589.29</v>
+      </c>
+      <c r="F9" s="1">
+        <v>46112</v>
+      </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
       <c r="I9">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>16</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
         <v>55</v>
       </c>
       <c r="D10">
         <v>1822.1801</v>
       </c>
+      <c r="E10">
+        <v>1822.18</v>
+      </c>
+      <c r="F10" s="1">
+        <v>46112</v>
+      </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>16</v>
       </c>
       <c r="K10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>58</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11">
         <v>2117.6599</v>
       </c>
+      <c r="E11">
+        <v>2117.66</v>
+      </c>
+      <c r="F11" s="1">
+        <v>46112</v>
+      </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>61</v>
       </c>
       <c r="I11">
         <v>1</v>
       </c>
       <c r="J11" t="s">
         <v>16</v>
       </c>
       <c r="K11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>63</v>
       </c>
       <c r="B12" t="s">
         <v>64</v>
       </c>
       <c r="C12" t="s">
         <v>65</v>
       </c>
       <c r="D12">
         <v>2420.28</v>
       </c>
+      <c r="E12">
+        <v>2420.29</v>
+      </c>
+      <c r="F12" s="1">
+        <v>46112</v>
+      </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>66</v>
       </c>
       <c r="I12">
         <v>1</v>
       </c>
       <c r="J12" t="s">
         <v>16</v>
       </c>
       <c r="K12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>68</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
       <c r="C13" t="s">
         <v>70</v>
@@ -2503,108 +2513,126 @@
         <v>76</v>
       </c>
       <c r="I14">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>16</v>
       </c>
       <c r="K14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>77</v>
       </c>
       <c r="B15" t="s">
         <v>78</v>
       </c>
       <c r="C15" t="s">
         <v>79</v>
       </c>
       <c r="D15">
         <v>218.3</v>
       </c>
+      <c r="E15">
+        <v>218.3</v>
+      </c>
+      <c r="F15" s="1">
+        <v>46112</v>
+      </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>80</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>16</v>
       </c>
       <c r="K15" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>82</v>
       </c>
       <c r="B16" t="s">
         <v>83</v>
       </c>
       <c r="C16" t="s">
         <v>84</v>
       </c>
       <c r="D16">
         <v>304.48</v>
       </c>
+      <c r="E16">
+        <v>304.48</v>
+      </c>
+      <c r="F16" s="1">
+        <v>46112</v>
+      </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>85</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>16</v>
       </c>
       <c r="K16" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>87</v>
       </c>
       <c r="B17" t="s">
         <v>88</v>
       </c>
       <c r="C17" t="s">
         <v>89</v>
       </c>
       <c r="D17">
         <v>218.88</v>
       </c>
+      <c r="E17">
+        <v>229.63</v>
+      </c>
+      <c r="F17" s="1">
+        <v>46112</v>
+      </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>90</v>
       </c>
       <c r="I17">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>16</v>
       </c>
       <c r="K17" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>92</v>
       </c>
       <c r="B18" t="s">
         <v>93</v>
       </c>
       <c r="C18" t="s">
         <v>94</v>
@@ -2619,50 +2647,56 @@
         <v>95</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>16</v>
       </c>
       <c r="K18" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>97</v>
       </c>
       <c r="B19" t="s">
         <v>98</v>
       </c>
       <c r="C19" t="s">
         <v>99</v>
       </c>
       <c r="D19">
         <v>177.47</v>
       </c>
+      <c r="E19">
+        <v>185.85</v>
+      </c>
+      <c r="F19" s="1">
+        <v>46112</v>
+      </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>100</v>
       </c>
       <c r="I19">
         <v>1</v>
       </c>
       <c r="J19" t="s">
         <v>16</v>
       </c>
       <c r="K19" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>102</v>
       </c>
       <c r="B20" t="s">
         <v>103</v>
       </c>
       <c r="C20" t="s">
         <v>104</v>
@@ -2677,3511 +2711,4018 @@
         <v>105</v>
       </c>
       <c r="I20">
         <v>1</v>
       </c>
       <c r="J20" t="s">
         <v>16</v>
       </c>
       <c r="K20" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>106</v>
       </c>
       <c r="B21" t="s">
         <v>107</v>
       </c>
       <c r="C21" t="s">
         <v>108</v>
       </c>
       <c r="D21">
         <v>104.33</v>
       </c>
+      <c r="E21">
+        <v>99</v>
+      </c>
+      <c r="F21" s="1">
+        <v>46112</v>
+      </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>109</v>
       </c>
       <c r="I21">
         <v>1</v>
       </c>
       <c r="J21" t="s">
         <v>16</v>
       </c>
       <c r="K21" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>111</v>
       </c>
       <c r="B22" t="s">
         <v>112</v>
       </c>
       <c r="C22" t="s">
         <v>113</v>
       </c>
       <c r="D22">
         <v>147.42</v>
       </c>
+      <c r="E22">
+        <v>157.64</v>
+      </c>
+      <c r="F22" s="1">
+        <v>46112</v>
+      </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>114</v>
       </c>
       <c r="I22">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>16</v>
       </c>
       <c r="K22" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>116</v>
       </c>
       <c r="B23" t="s">
         <v>117</v>
       </c>
       <c r="C23" t="s">
         <v>118</v>
       </c>
       <c r="D23">
         <v>208.09</v>
       </c>
+      <c r="E23">
+        <v>222.26</v>
+      </c>
+      <c r="F23" s="1">
+        <v>46112</v>
+      </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>119</v>
       </c>
       <c r="I23">
         <v>1</v>
       </c>
       <c r="J23" t="s">
         <v>16</v>
       </c>
       <c r="K23" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>121</v>
       </c>
       <c r="B24" t="s">
         <v>122</v>
       </c>
       <c r="C24" t="s">
         <v>123</v>
       </c>
       <c r="D24">
         <v>318.09</v>
       </c>
+      <c r="E24">
+        <v>339.64</v>
+      </c>
+      <c r="F24" s="1">
+        <v>46112</v>
+      </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>124</v>
       </c>
       <c r="I24">
         <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>16</v>
       </c>
       <c r="K24" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>126</v>
       </c>
       <c r="B25" t="s">
         <v>127</v>
       </c>
       <c r="C25" t="s">
         <v>128</v>
       </c>
       <c r="D25">
         <v>191.08</v>
       </c>
+      <c r="E25">
+        <v>204.12</v>
+      </c>
+      <c r="F25" s="1">
+        <v>46112</v>
+      </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>129</v>
       </c>
       <c r="I25">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>16</v>
       </c>
       <c r="K25" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>131</v>
       </c>
       <c r="B26" t="s">
         <v>132</v>
       </c>
       <c r="C26" t="s">
         <v>133</v>
       </c>
       <c r="D26">
         <v>216.7</v>
       </c>
+      <c r="E26">
+        <v>217.17</v>
+      </c>
+      <c r="F26" s="1">
+        <v>46112</v>
+      </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>134</v>
       </c>
       <c r="I26">
         <v>1</v>
       </c>
       <c r="J26" t="s">
         <v>16</v>
       </c>
       <c r="K26" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>136</v>
       </c>
       <c r="B27" t="s">
         <v>137</v>
       </c>
       <c r="C27" t="s">
         <v>138</v>
       </c>
       <c r="D27">
         <v>281.23</v>
       </c>
+      <c r="E27">
+        <v>292.01</v>
+      </c>
+      <c r="F27" s="1">
+        <v>46112</v>
+      </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>139</v>
       </c>
       <c r="I27">
         <v>1</v>
       </c>
       <c r="J27" t="s">
         <v>16</v>
       </c>
       <c r="K27" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>141</v>
       </c>
       <c r="B28" t="s">
         <v>142</v>
       </c>
       <c r="C28" t="s">
         <v>143</v>
       </c>
       <c r="D28">
         <v>505.09</v>
       </c>
+      <c r="E28">
+        <v>534.13</v>
+      </c>
+      <c r="F28" s="1">
+        <v>46112</v>
+      </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>144</v>
       </c>
       <c r="I28">
         <v>1</v>
       </c>
       <c r="J28" t="s">
         <v>16</v>
       </c>
       <c r="K28" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>146</v>
       </c>
       <c r="B29" t="s">
         <v>147</v>
       </c>
       <c r="C29" t="s">
         <v>148</v>
       </c>
       <c r="D29">
         <v>590.24</v>
       </c>
+      <c r="E29">
+        <v>612.92</v>
+      </c>
+      <c r="F29" s="1">
+        <v>46112</v>
+      </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>149</v>
       </c>
       <c r="I29">
         <v>1</v>
       </c>
       <c r="J29" t="s">
         <v>16</v>
       </c>
       <c r="K29" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>151</v>
       </c>
       <c r="B30" t="s">
         <v>152</v>
       </c>
       <c r="C30" t="s">
         <v>153</v>
       </c>
       <c r="D30">
         <v>73.71</v>
       </c>
+      <c r="E30">
+        <v>75.99</v>
+      </c>
+      <c r="F30" s="1">
+        <v>46112</v>
+      </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>154</v>
       </c>
       <c r="I30">
         <v>1</v>
       </c>
       <c r="J30" t="s">
         <v>16</v>
       </c>
       <c r="K30" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>156</v>
       </c>
       <c r="B31" t="s">
         <v>157</v>
       </c>
       <c r="C31" t="s">
         <v>158</v>
       </c>
       <c r="D31">
         <v>92.42</v>
       </c>
+      <c r="E31">
+        <v>95.26</v>
+      </c>
+      <c r="F31" s="1">
+        <v>46112</v>
+      </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>159</v>
       </c>
       <c r="I31">
         <v>1</v>
       </c>
       <c r="J31" t="s">
         <v>16</v>
       </c>
       <c r="K31" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>161</v>
       </c>
       <c r="B32" t="s">
         <v>162</v>
       </c>
       <c r="C32" t="s">
         <v>163</v>
       </c>
       <c r="D32">
         <v>138</v>
       </c>
+      <c r="E32">
+        <v>141.4</v>
+      </c>
+      <c r="F32" s="1">
+        <v>46112</v>
+      </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>164</v>
       </c>
       <c r="I32">
         <v>1</v>
       </c>
       <c r="J32" t="s">
         <v>16</v>
       </c>
       <c r="K32" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>166</v>
       </c>
       <c r="B33" t="s">
         <v>167</v>
       </c>
       <c r="C33" t="s">
         <v>168</v>
       </c>
       <c r="D33">
         <v>160.68</v>
       </c>
+      <c r="E33">
+        <v>164.64</v>
+      </c>
+      <c r="F33" s="1">
+        <v>46112</v>
+      </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>169</v>
       </c>
       <c r="I33">
         <v>1</v>
       </c>
       <c r="J33" t="s">
         <v>16</v>
       </c>
       <c r="K33" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>171</v>
       </c>
       <c r="B34" t="s">
         <v>172</v>
       </c>
       <c r="C34" t="s">
         <v>173</v>
       </c>
       <c r="D34">
         <v>203.77</v>
       </c>
+      <c r="E34">
+        <v>208.88</v>
+      </c>
+      <c r="F34" s="1">
+        <v>46112</v>
+      </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>174</v>
       </c>
       <c r="I34">
         <v>1</v>
       </c>
       <c r="J34" t="s">
         <v>16</v>
       </c>
       <c r="K34" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>176</v>
       </c>
       <c r="B35" t="s">
         <v>177</v>
       </c>
       <c r="C35" t="s">
         <v>178</v>
       </c>
       <c r="D35">
-        <v>66.74</v>
+        <v>125.13</v>
+      </c>
+      <c r="E35">
+        <v>125.13</v>
+      </c>
+      <c r="F35" s="1">
+        <v>46112</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>179</v>
       </c>
       <c r="I35">
         <v>1</v>
       </c>
       <c r="J35" t="s">
         <v>16</v>
       </c>
       <c r="K35" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>181</v>
       </c>
       <c r="B36" t="s">
         <v>182</v>
       </c>
       <c r="C36" t="s">
         <v>183</v>
       </c>
       <c r="D36">
-        <v>125.13</v>
+        <v>45.51</v>
+      </c>
+      <c r="E36">
+        <v>45.51</v>
+      </c>
+      <c r="F36" s="1">
+        <v>46112</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>184</v>
       </c>
       <c r="I36">
         <v>1</v>
       </c>
       <c r="J36" t="s">
         <v>16</v>
       </c>
       <c r="K36" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>186</v>
       </c>
       <c r="B37" t="s">
         <v>187</v>
       </c>
       <c r="C37" t="s">
         <v>188</v>
       </c>
       <c r="D37">
-        <v>196.43</v>
+        <v>79.62</v>
+      </c>
+      <c r="E37">
+        <v>79.62</v>
+      </c>
+      <c r="F37" s="1">
+        <v>46112</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
         <v>189</v>
       </c>
       <c r="I37">
         <v>1</v>
       </c>
       <c r="J37" t="s">
         <v>16</v>
       </c>
       <c r="K37" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>191</v>
       </c>
       <c r="B38" t="s">
         <v>192</v>
       </c>
       <c r="C38" t="s">
         <v>193</v>
       </c>
       <c r="D38">
-        <v>113.77</v>
+        <v>100.86</v>
+      </c>
+      <c r="E38">
+        <v>110</v>
+      </c>
+      <c r="F38" s="1">
+        <v>46112</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>194</v>
       </c>
       <c r="I38">
         <v>1</v>
       </c>
       <c r="J38" t="s">
         <v>16</v>
       </c>
       <c r="K38" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>196</v>
       </c>
       <c r="B39" t="s">
         <v>197</v>
       </c>
       <c r="C39" t="s">
         <v>198</v>
       </c>
       <c r="D39">
-        <v>45.51</v>
+        <v>94.04</v>
+      </c>
+      <c r="E39">
+        <v>94.04</v>
+      </c>
+      <c r="F39" s="1">
+        <v>46112</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>199</v>
       </c>
       <c r="I39">
         <v>1</v>
       </c>
       <c r="J39" t="s">
         <v>16</v>
       </c>
       <c r="K39" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>201</v>
       </c>
       <c r="B40" t="s">
         <v>202</v>
       </c>
       <c r="C40" t="s">
         <v>203</v>
       </c>
       <c r="D40">
-        <v>79.62</v>
+        <v>112.24</v>
+      </c>
+      <c r="E40">
+        <v>112.24</v>
+      </c>
+      <c r="F40" s="1">
+        <v>46112</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>204</v>
       </c>
       <c r="I40">
         <v>1</v>
       </c>
       <c r="J40" t="s">
         <v>16</v>
       </c>
       <c r="K40" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>206</v>
       </c>
       <c r="B41" t="s">
         <v>207</v>
       </c>
       <c r="C41" t="s">
         <v>208</v>
       </c>
       <c r="D41">
-        <v>64.46</v>
+        <v>5492.54</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
         <v>209</v>
       </c>
       <c r="I41">
         <v>1</v>
       </c>
       <c r="J41" t="s">
         <v>16</v>
       </c>
       <c r="K41" t="s">
-        <v>210</v>
+        <v>72</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
+        <v>210</v>
+      </c>
+      <c r="B42" t="s">
         <v>211</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>212</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42">
+        <v>451.08</v>
+      </c>
+      <c r="E42">
+        <v>470</v>
+      </c>
+      <c r="F42" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" t="s">
         <v>213</v>
       </c>
-      <c r="D42">
-[...5 lines deleted...]
-      <c r="H42" t="s">
+      <c r="I42">
+        <v>1</v>
+      </c>
+      <c r="J42" t="s">
+        <v>16</v>
+      </c>
+      <c r="K42" t="s">
         <v>214</v>
-      </c>
-[...7 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
+        <v>215</v>
+      </c>
+      <c r="B43" t="s">
         <v>216</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>217</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43">
+        <v>566.38</v>
+      </c>
+      <c r="E43">
+        <v>600</v>
+      </c>
+      <c r="F43" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
         <v>218</v>
       </c>
-      <c r="D43">
-[...5 lines deleted...]
-      <c r="H43" t="s">
+      <c r="I43">
+        <v>1</v>
+      </c>
+      <c r="J43" t="s">
+        <v>16</v>
+      </c>
+      <c r="K43" t="s">
         <v>219</v>
-      </c>
-[...7 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
+        <v>220</v>
+      </c>
+      <c r="B44" t="s">
         <v>221</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>222</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44">
+        <v>340.72</v>
+      </c>
+      <c r="E44">
+        <v>340.72</v>
+      </c>
+      <c r="F44" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" t="s">
         <v>223</v>
       </c>
-      <c r="D44">
-[...5 lines deleted...]
-      <c r="H44" t="s">
+      <c r="I44">
+        <v>1</v>
+      </c>
+      <c r="J44" t="s">
+        <v>16</v>
+      </c>
+      <c r="K44" t="s">
         <v>224</v>
-      </c>
-[...7 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
+        <v>225</v>
+      </c>
+      <c r="B45" t="s">
         <v>226</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>227</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45">
+        <v>647.84</v>
+      </c>
+      <c r="E45">
+        <v>660.36</v>
+      </c>
+      <c r="F45" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
         <v>228</v>
       </c>
-      <c r="D45">
-[...5 lines deleted...]
-      <c r="H45" t="s">
+      <c r="I45">
+        <v>1</v>
+      </c>
+      <c r="J45" t="s">
+        <v>16</v>
+      </c>
+      <c r="K45" t="s">
         <v>229</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>230</v>
       </c>
       <c r="B46" t="s">
         <v>231</v>
       </c>
       <c r="C46" t="s">
         <v>232</v>
       </c>
       <c r="D46">
-        <v>451.08</v>
+        <v>555.43</v>
+      </c>
+      <c r="E46">
+        <v>565.85</v>
+      </c>
+      <c r="F46" s="1">
+        <v>46112</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>233</v>
       </c>
       <c r="I46">
         <v>1</v>
       </c>
       <c r="J46" t="s">
         <v>16</v>
       </c>
       <c r="K46" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>235</v>
       </c>
       <c r="B47" t="s">
         <v>236</v>
       </c>
       <c r="C47" t="s">
         <v>237</v>
       </c>
       <c r="D47">
-        <v>566.38</v>
+        <v>793.23</v>
+      </c>
+      <c r="E47">
+        <v>818.64</v>
+      </c>
+      <c r="F47" s="1">
+        <v>46112</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>238</v>
       </c>
       <c r="I47">
         <v>1</v>
       </c>
       <c r="J47" t="s">
         <v>16</v>
       </c>
       <c r="K47" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>240</v>
       </c>
       <c r="B48" t="s">
         <v>241</v>
       </c>
       <c r="C48" t="s">
         <v>242</v>
       </c>
       <c r="D48">
-        <v>340.72</v>
+        <v>22.77</v>
+      </c>
+      <c r="E48">
+        <v>22.77</v>
+      </c>
+      <c r="F48" s="1">
+        <v>46112</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>243</v>
       </c>
       <c r="I48">
         <v>1</v>
       </c>
       <c r="J48" t="s">
         <v>16</v>
       </c>
       <c r="K48" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>245</v>
       </c>
       <c r="B49" t="s">
         <v>246</v>
       </c>
       <c r="C49" t="s">
         <v>247</v>
       </c>
       <c r="D49">
-        <v>647.84</v>
+        <v>22.77</v>
+      </c>
+      <c r="E49">
+        <v>22.77</v>
+      </c>
+      <c r="F49" s="1">
+        <v>46112</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
         <v>248</v>
       </c>
       <c r="I49">
         <v>1</v>
       </c>
       <c r="J49" t="s">
         <v>16</v>
       </c>
       <c r="K49" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>250</v>
       </c>
       <c r="B50" t="s">
         <v>251</v>
       </c>
       <c r="C50" t="s">
         <v>252</v>
       </c>
       <c r="D50">
-        <v>555.43</v>
+        <v>18.95</v>
+      </c>
+      <c r="E50">
+        <v>45.93</v>
+      </c>
+      <c r="F50" s="1">
+        <v>46112</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>253</v>
       </c>
       <c r="I50">
         <v>1</v>
       </c>
       <c r="J50" t="s">
         <v>16</v>
       </c>
       <c r="K50" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>255</v>
       </c>
       <c r="B51" t="s">
         <v>256</v>
       </c>
       <c r="C51" t="s">
         <v>257</v>
       </c>
       <c r="D51">
-        <v>793.23</v>
+        <v>37.15</v>
+      </c>
+      <c r="E51">
+        <v>37.15</v>
+      </c>
+      <c r="F51" s="1">
+        <v>46112</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>258</v>
       </c>
       <c r="I51">
         <v>1</v>
       </c>
       <c r="J51" t="s">
         <v>16</v>
       </c>
       <c r="K51" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>260</v>
       </c>
       <c r="B52" t="s">
         <v>261</v>
       </c>
       <c r="C52" t="s">
         <v>262</v>
       </c>
       <c r="D52">
-        <v>22.77</v>
+        <v>50.83</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>263</v>
       </c>
       <c r="I52">
         <v>1</v>
       </c>
       <c r="J52" t="s">
         <v>16</v>
       </c>
       <c r="K52" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>265</v>
       </c>
       <c r="B53" t="s">
         <v>266</v>
       </c>
       <c r="C53" t="s">
         <v>267</v>
       </c>
       <c r="D53">
-        <v>22.77</v>
+        <v>78.12</v>
+      </c>
+      <c r="E53">
+        <v>78.12</v>
+      </c>
+      <c r="F53" s="1">
+        <v>46112</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
         <v>268</v>
       </c>
       <c r="I53">
         <v>1</v>
       </c>
       <c r="J53" t="s">
         <v>16</v>
       </c>
       <c r="K53" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>270</v>
       </c>
       <c r="B54" t="s">
         <v>271</v>
       </c>
       <c r="C54" t="s">
         <v>272</v>
       </c>
       <c r="D54">
-        <v>18.95</v>
+        <v>15.88</v>
+      </c>
+      <c r="E54">
+        <v>15.88</v>
+      </c>
+      <c r="F54" s="1">
+        <v>46112</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
         <v>273</v>
       </c>
       <c r="I54">
         <v>1</v>
       </c>
       <c r="J54" t="s">
         <v>16</v>
       </c>
       <c r="K54" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>275</v>
       </c>
       <c r="B55" t="s">
         <v>276</v>
       </c>
       <c r="C55" t="s">
         <v>277</v>
       </c>
       <c r="D55">
-        <v>37.15</v>
+        <v>60.24</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
+        <v>273</v>
+      </c>
+      <c r="I55">
+        <v>1</v>
+      </c>
+      <c r="J55" t="s">
+        <v>16</v>
+      </c>
+      <c r="K55" t="s">
         <v>278</v>
-      </c>
-[...7 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
+        <v>279</v>
+      </c>
+      <c r="B56" t="s">
         <v>280</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>281</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56">
+        <v>118.5</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" t="s">
+        <v>273</v>
+      </c>
+      <c r="I56">
+        <v>1</v>
+      </c>
+      <c r="J56" t="s">
+        <v>16</v>
+      </c>
+      <c r="K56" t="s">
         <v>282</v>
-      </c>
-[...16 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
+        <v>283</v>
+      </c>
+      <c r="B57" t="s">
+        <v>284</v>
+      </c>
+      <c r="C57" t="s">
         <v>285</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57">
+        <v>1361.92</v>
+      </c>
+      <c r="E57">
+        <v>1429</v>
+      </c>
+      <c r="F57" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" t="s">
         <v>286</v>
       </c>
-      <c r="C57" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I57">
         <v>1</v>
       </c>
       <c r="J57" t="s">
         <v>16</v>
       </c>
       <c r="K57" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
+        <v>287</v>
+      </c>
+      <c r="B58" t="s">
+        <v>288</v>
+      </c>
+      <c r="C58" t="s">
+        <v>289</v>
+      </c>
+      <c r="D58">
+        <v>1813</v>
+      </c>
+      <c r="E58">
+        <v>1899</v>
+      </c>
+      <c r="F58" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" t="s">
         <v>290</v>
       </c>
-      <c r="B58" t="s">
+      <c r="I58">
+        <v>1</v>
+      </c>
+      <c r="J58" t="s">
+        <v>16</v>
+      </c>
+      <c r="K58" t="s">
         <v>291</v>
-      </c>
-[...19 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
+        <v>292</v>
+      </c>
+      <c r="B59" t="s">
+        <v>293</v>
+      </c>
+      <c r="C59" t="s">
+        <v>294</v>
+      </c>
+      <c r="D59">
+        <v>238.33</v>
+      </c>
+      <c r="E59">
+        <v>248.33</v>
+      </c>
+      <c r="F59" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" t="s">
         <v>295</v>
       </c>
-      <c r="B59" t="s">
+      <c r="I59">
+        <v>1</v>
+      </c>
+      <c r="J59" t="s">
+        <v>16</v>
+      </c>
+      <c r="K59" t="s">
         <v>296</v>
-      </c>
-[...19 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
+        <v>297</v>
+      </c>
+      <c r="B60" t="s">
+        <v>298</v>
+      </c>
+      <c r="C60" t="s">
         <v>299</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60">
+        <v>323.8</v>
+      </c>
+      <c r="E60">
+        <v>323.8</v>
+      </c>
+      <c r="F60" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G60" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" t="s">
         <v>300</v>
       </c>
-      <c r="C60" t="s">
+      <c r="I60">
+        <v>1</v>
+      </c>
+      <c r="J60" t="s">
+        <v>16</v>
+      </c>
+      <c r="K60" t="s">
         <v>301</v>
-      </c>
-[...16 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
+        <v>302</v>
+      </c>
+      <c r="B61" t="s">
         <v>303</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>304</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61">
+        <v>398.52</v>
+      </c>
+      <c r="E61">
+        <v>398.52</v>
+      </c>
+      <c r="F61" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G61" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" t="s">
         <v>305</v>
       </c>
-      <c r="D61">
-[...5 lines deleted...]
-      <c r="H61" t="s">
+      <c r="I61">
+        <v>1</v>
+      </c>
+      <c r="J61" t="s">
+        <v>16</v>
+      </c>
+      <c r="K61" t="s">
         <v>306</v>
-      </c>
-[...7 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
+        <v>307</v>
+      </c>
+      <c r="B62" t="s">
         <v>308</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>309</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62">
+        <v>482.36</v>
+      </c>
+      <c r="E62">
+        <v>482.37</v>
+      </c>
+      <c r="F62" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G62" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" t="s">
         <v>310</v>
       </c>
-      <c r="D62">
-[...5 lines deleted...]
-      <c r="H62" t="s">
+      <c r="I62">
+        <v>1</v>
+      </c>
+      <c r="J62" t="s">
+        <v>16</v>
+      </c>
+      <c r="K62" t="s">
         <v>311</v>
-      </c>
-[...7 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
+        <v>312</v>
+      </c>
+      <c r="B63" t="s">
         <v>313</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>314</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63">
+        <v>100.93</v>
+      </c>
+      <c r="E63">
+        <v>89</v>
+      </c>
+      <c r="F63" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G63" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" t="s">
         <v>315</v>
       </c>
-      <c r="D63">
-[...5 lines deleted...]
-      <c r="H63" t="s">
+      <c r="I63">
+        <v>1</v>
+      </c>
+      <c r="J63" t="s">
+        <v>16</v>
+      </c>
+      <c r="K63" t="s">
         <v>316</v>
-      </c>
-[...7 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
+        <v>317</v>
+      </c>
+      <c r="B64" t="s">
         <v>318</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>319</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64">
+        <v>124.17</v>
+      </c>
+      <c r="E64">
+        <v>110</v>
+      </c>
+      <c r="F64" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G64" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" t="s">
         <v>320</v>
       </c>
-      <c r="D64">
-[...5 lines deleted...]
-      <c r="H64" t="s">
+      <c r="I64">
+        <v>1</v>
+      </c>
+      <c r="J64" t="s">
+        <v>16</v>
+      </c>
+      <c r="K64" t="s">
         <v>321</v>
-      </c>
-[...7 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
+        <v>322</v>
+      </c>
+      <c r="B65" t="s">
         <v>323</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>324</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65">
+        <v>132.68</v>
+      </c>
+      <c r="E65">
+        <v>119</v>
+      </c>
+      <c r="F65" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G65" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" t="s">
         <v>325</v>
       </c>
-      <c r="D65">
-[...5 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65">
+        <v>1</v>
+      </c>
+      <c r="J65" t="s">
+        <v>16</v>
+      </c>
+      <c r="K65" t="s">
         <v>326</v>
-      </c>
-[...7 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
+        <v>327</v>
+      </c>
+      <c r="B66" t="s">
         <v>328</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>329</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66">
+        <v>54.43</v>
+      </c>
+      <c r="E66">
+        <v>54.43</v>
+      </c>
+      <c r="F66" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" t="s">
         <v>330</v>
       </c>
-      <c r="D66">
-[...5 lines deleted...]
-      <c r="H66" t="s">
+      <c r="I66">
+        <v>1</v>
+      </c>
+      <c r="J66" t="s">
+        <v>16</v>
+      </c>
+      <c r="K66" t="s">
         <v>331</v>
-      </c>
-[...7 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
+        <v>332</v>
+      </c>
+      <c r="B67" t="s">
         <v>333</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>334</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67">
+        <v>71.44</v>
+      </c>
+      <c r="E67">
+        <v>71.46</v>
+      </c>
+      <c r="F67" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" t="s">
         <v>335</v>
       </c>
-      <c r="D67">
-[...5 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67">
+        <v>1</v>
+      </c>
+      <c r="J67" t="s">
+        <v>16</v>
+      </c>
+      <c r="K67" t="s">
         <v>336</v>
-      </c>
-[...7 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
+        <v>337</v>
+      </c>
+      <c r="B68" t="s">
         <v>338</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>339</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68">
+        <v>52.16</v>
+      </c>
+      <c r="E68">
+        <v>52.16</v>
+      </c>
+      <c r="F68" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G68" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" t="s">
         <v>340</v>
       </c>
-      <c r="D68">
-[...5 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68">
+        <v>1</v>
+      </c>
+      <c r="J68" t="s">
+        <v>16</v>
+      </c>
+      <c r="K68" t="s">
         <v>341</v>
-      </c>
-[...7 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
+        <v>342</v>
+      </c>
+      <c r="B69" t="s">
         <v>343</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>344</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69">
+        <v>67.47</v>
+      </c>
+      <c r="E69">
+        <v>67.48</v>
+      </c>
+      <c r="F69" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G69" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
         <v>345</v>
       </c>
-      <c r="D69">
-[...5 lines deleted...]
-      <c r="H69" t="s">
+      <c r="I69">
+        <v>1</v>
+      </c>
+      <c r="J69" t="s">
+        <v>16</v>
+      </c>
+      <c r="K69" t="s">
         <v>346</v>
-      </c>
-[...7 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
+        <v>347</v>
+      </c>
+      <c r="B70" t="s">
         <v>348</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>349</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70">
+        <v>65.77</v>
+      </c>
+      <c r="E70">
+        <v>65.77</v>
+      </c>
+      <c r="F70" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" t="s">
         <v>350</v>
       </c>
-      <c r="D70">
-[...5 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70">
+        <v>1</v>
+      </c>
+      <c r="J70" t="s">
+        <v>16</v>
+      </c>
+      <c r="K70" t="s">
         <v>351</v>
-      </c>
-[...7 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
+        <v>352</v>
+      </c>
+      <c r="B71" t="s">
         <v>353</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>354</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71">
+        <v>453.39</v>
+      </c>
+      <c r="G71" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" t="s">
         <v>355</v>
       </c>
-      <c r="D71">
-[...5 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71">
+        <v>1</v>
+      </c>
+      <c r="J71" t="s">
+        <v>16</v>
+      </c>
+      <c r="K71" t="s">
         <v>356</v>
-      </c>
-[...7 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
+        <v>357</v>
+      </c>
+      <c r="B72" t="s">
         <v>358</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>359</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72">
+        <v>41.72</v>
+      </c>
+      <c r="E72">
+        <v>41.72</v>
+      </c>
+      <c r="F72" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
+        <v>273</v>
+      </c>
+      <c r="I72">
+        <v>1</v>
+      </c>
+      <c r="J72" t="s">
+        <v>16</v>
+      </c>
+      <c r="K72" t="s">
         <v>360</v>
-      </c>
-[...16 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
+        <v>361</v>
+      </c>
+      <c r="B73" t="s">
+        <v>362</v>
+      </c>
+      <c r="C73" t="s">
         <v>363</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73">
+        <v>48.54</v>
+      </c>
+      <c r="E73">
+        <v>48.54</v>
+      </c>
+      <c r="F73" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
+        <v>273</v>
+      </c>
+      <c r="I73">
+        <v>1</v>
+      </c>
+      <c r="J73" t="s">
+        <v>16</v>
+      </c>
+      <c r="K73" t="s">
         <v>364</v>
-      </c>
-[...19 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
+        <v>365</v>
+      </c>
+      <c r="B74" t="s">
+        <v>366</v>
+      </c>
+      <c r="C74" t="s">
+        <v>367</v>
+      </c>
+      <c r="D74">
+        <v>22.77</v>
+      </c>
+      <c r="E74">
+        <v>22.77</v>
+      </c>
+      <c r="F74" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G74" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
+        <v>273</v>
+      </c>
+      <c r="I74">
+        <v>1</v>
+      </c>
+      <c r="J74" t="s">
+        <v>16</v>
+      </c>
+      <c r="K74" t="s">
         <v>368</v>
-      </c>
-[...22 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="B75" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="C75" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="D75">
-        <v>453.39</v>
+        <v>18.95</v>
+      </c>
+      <c r="E75">
+        <v>18.95</v>
+      </c>
+      <c r="F75" s="1">
+        <v>46112</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
-        <v>376</v>
+        <v>273</v>
       </c>
       <c r="I75">
         <v>1</v>
       </c>
       <c r="J75" t="s">
         <v>16</v>
       </c>
       <c r="K75" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="B76" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="C76" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="D76">
-        <v>41.72</v>
+        <v>22.77</v>
+      </c>
+      <c r="E76">
+        <v>22.77</v>
+      </c>
+      <c r="F76" s="1">
+        <v>46112</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="I76">
         <v>1</v>
       </c>
       <c r="J76" t="s">
         <v>16</v>
       </c>
       <c r="K76" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B77" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="C77" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="D77">
-        <v>48.54</v>
+        <v>30.33</v>
+      </c>
+      <c r="E77">
+        <v>30.33</v>
+      </c>
+      <c r="F77" s="1">
+        <v>46112</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>293</v>
+        <v>380</v>
       </c>
       <c r="I77">
         <v>1</v>
       </c>
       <c r="J77" t="s">
         <v>16</v>
       </c>
       <c r="K77" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="B78" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="C78" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="D78">
         <v>22.77</v>
       </c>
+      <c r="E78">
+        <v>22.77</v>
+      </c>
+      <c r="F78" s="1">
+        <v>46112</v>
+      </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="I78">
         <v>1</v>
       </c>
       <c r="J78" t="s">
         <v>16</v>
       </c>
       <c r="K78" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B79" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="C79" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="D79">
-        <v>18.95</v>
+        <v>25.81</v>
+      </c>
+      <c r="E79">
+        <v>25.81</v>
+      </c>
+      <c r="F79" s="1">
+        <v>46112</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="I79">
         <v>1</v>
       </c>
       <c r="J79" t="s">
         <v>16</v>
       </c>
       <c r="K79" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B80" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C80" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D80">
-        <v>22.77</v>
+        <v>18.95</v>
+      </c>
+      <c r="E80">
+        <v>18.95</v>
+      </c>
+      <c r="F80" s="1">
+        <v>46112</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="I80">
         <v>1</v>
       </c>
       <c r="J80" t="s">
         <v>16</v>
       </c>
       <c r="K80" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
+        <v>394</v>
+      </c>
+      <c r="B81" t="s">
+        <v>395</v>
+      </c>
+      <c r="C81" t="s">
+        <v>396</v>
+      </c>
+      <c r="D81">
+        <v>34.12</v>
+      </c>
+      <c r="E81">
+        <v>34.12</v>
+      </c>
+      <c r="F81" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G81" t="s">
+        <v>14</v>
+      </c>
+      <c r="H81" t="s">
+        <v>397</v>
+      </c>
+      <c r="I81">
+        <v>1</v>
+      </c>
+      <c r="J81" t="s">
+        <v>16</v>
+      </c>
+      <c r="K81" t="s">
         <v>398</v>
-      </c>
-[...22 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="B82" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="C82" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="D82">
-        <v>22.77</v>
+        <v>25.81</v>
+      </c>
+      <c r="E82">
+        <v>36.86</v>
+      </c>
+      <c r="F82" s="1">
+        <v>46112</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="I82">
         <v>1</v>
       </c>
       <c r="J82" t="s">
         <v>16</v>
       </c>
       <c r="K82" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="B83" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="C83" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="D83">
-        <v>25.81</v>
+        <v>14.42</v>
+      </c>
+      <c r="E83">
+        <v>14.42</v>
+      </c>
+      <c r="F83" s="1">
+        <v>46112</v>
       </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="I83">
         <v>1</v>
       </c>
       <c r="J83" t="s">
         <v>16</v>
       </c>
       <c r="K83" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
+        <v>407</v>
+      </c>
+      <c r="B84" t="s">
+        <v>408</v>
+      </c>
+      <c r="C84" t="s">
+        <v>409</v>
+      </c>
+      <c r="D84">
+        <v>14.42</v>
+      </c>
+      <c r="E84">
+        <v>18.71</v>
+      </c>
+      <c r="F84" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G84" t="s">
+        <v>14</v>
+      </c>
+      <c r="H84" t="s">
+        <v>410</v>
+      </c>
+      <c r="I84">
+        <v>1</v>
+      </c>
+      <c r="J84" t="s">
+        <v>16</v>
+      </c>
+      <c r="K84" t="s">
         <v>411</v>
-      </c>
-[...22 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
+        <v>412</v>
+      </c>
+      <c r="B85" t="s">
+        <v>413</v>
+      </c>
+      <c r="C85" t="s">
+        <v>414</v>
+      </c>
+      <c r="D85">
+        <v>14.42</v>
+      </c>
+      <c r="E85">
+        <v>14.42</v>
+      </c>
+      <c r="F85" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G85" t="s">
+        <v>14</v>
+      </c>
+      <c r="H85" t="s">
         <v>415</v>
       </c>
-      <c r="B85" t="s">
+      <c r="I85">
+        <v>1</v>
+      </c>
+      <c r="J85" t="s">
+        <v>16</v>
+      </c>
+      <c r="K85" t="s">
         <v>416</v>
-      </c>
-[...19 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
+        <v>417</v>
+      </c>
+      <c r="B86" t="s">
+        <v>418</v>
+      </c>
+      <c r="C86" t="s">
+        <v>419</v>
+      </c>
+      <c r="D86">
+        <v>21.24</v>
+      </c>
+      <c r="E86">
+        <v>21.24</v>
+      </c>
+      <c r="F86" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G86" t="s">
+        <v>14</v>
+      </c>
+      <c r="H86" t="s">
+        <v>273</v>
+      </c>
+      <c r="I86">
+        <v>1</v>
+      </c>
+      <c r="J86" t="s">
+        <v>16</v>
+      </c>
+      <c r="K86" t="s">
         <v>420</v>
-      </c>
-[...22 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
+        <v>421</v>
+      </c>
+      <c r="B87" t="s">
+        <v>422</v>
+      </c>
+      <c r="C87" t="s">
+        <v>423</v>
+      </c>
+      <c r="D87">
+        <v>18.95</v>
+      </c>
+      <c r="E87">
+        <v>18.95</v>
+      </c>
+      <c r="F87" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G87" t="s">
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
+        <v>273</v>
+      </c>
+      <c r="I87">
+        <v>1</v>
+      </c>
+      <c r="J87" t="s">
+        <v>16</v>
+      </c>
+      <c r="K87" t="s">
         <v>424</v>
-      </c>
-[...22 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
+        <v>425</v>
+      </c>
+      <c r="B88" t="s">
+        <v>426</v>
+      </c>
+      <c r="C88" t="s">
+        <v>427</v>
+      </c>
+      <c r="D88">
+        <v>18.95</v>
+      </c>
+      <c r="E88">
+        <v>18.95</v>
+      </c>
+      <c r="F88" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G88" t="s">
+        <v>14</v>
+      </c>
+      <c r="H88" t="s">
+        <v>273</v>
+      </c>
+      <c r="I88">
+        <v>1</v>
+      </c>
+      <c r="J88" t="s">
+        <v>16</v>
+      </c>
+      <c r="K88" t="s">
         <v>428</v>
-      </c>
-[...22 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B89" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="C89" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="D89">
-        <v>14.42</v>
+        <v>25.81</v>
+      </c>
+      <c r="E89">
+        <v>25.81</v>
+      </c>
+      <c r="F89" s="1">
+        <v>46112</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>436</v>
+        <v>273</v>
       </c>
       <c r="I89">
         <v>1</v>
       </c>
       <c r="J89" t="s">
         <v>16</v>
       </c>
       <c r="K89" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="B90" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="C90" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="D90">
-        <v>21.24</v>
+        <v>18.95</v>
+      </c>
+      <c r="E90">
+        <v>18.95</v>
+      </c>
+      <c r="F90" s="1">
+        <v>46112</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="I90">
         <v>1</v>
       </c>
       <c r="J90" t="s">
         <v>16</v>
       </c>
       <c r="K90" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="B91" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="C91" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="D91">
-        <v>18.95</v>
+        <v>17.45</v>
+      </c>
+      <c r="E91">
+        <v>17.45</v>
+      </c>
+      <c r="F91" s="1">
+        <v>46112</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
-        <v>293</v>
+        <v>440</v>
       </c>
       <c r="I91">
         <v>1</v>
       </c>
       <c r="J91" t="s">
         <v>16</v>
       </c>
       <c r="K91" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
+        <v>442</v>
+      </c>
+      <c r="B92" t="s">
+        <v>443</v>
+      </c>
+      <c r="C92" t="s">
+        <v>444</v>
+      </c>
+      <c r="D92">
+        <v>17.45</v>
+      </c>
+      <c r="E92">
+        <v>17.45</v>
+      </c>
+      <c r="F92" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G92" t="s">
+        <v>14</v>
+      </c>
+      <c r="H92" t="s">
+        <v>445</v>
+      </c>
+      <c r="I92">
+        <v>1</v>
+      </c>
+      <c r="J92" t="s">
+        <v>16</v>
+      </c>
+      <c r="K92" t="s">
         <v>446</v>
-      </c>
-[...22 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
+        <v>447</v>
+      </c>
+      <c r="B93" t="s">
+        <v>448</v>
+      </c>
+      <c r="C93" t="s">
+        <v>449</v>
+      </c>
+      <c r="D93">
+        <v>17.45</v>
+      </c>
+      <c r="E93">
+        <v>17.45</v>
+      </c>
+      <c r="F93" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G93" t="s">
+        <v>14</v>
+      </c>
+      <c r="H93" t="s">
         <v>450</v>
       </c>
-      <c r="B93" t="s">
+      <c r="I93">
+        <v>1</v>
+      </c>
+      <c r="J93" t="s">
+        <v>16</v>
+      </c>
+      <c r="K93" t="s">
         <v>451</v>
-      </c>
-[...19 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
+        <v>452</v>
+      </c>
+      <c r="B94" t="s">
+        <v>453</v>
+      </c>
+      <c r="C94" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>456</v>
       </c>
       <c r="D94">
         <v>18.95</v>
       </c>
+      <c r="E94">
+        <v>18.95</v>
+      </c>
+      <c r="F94" s="1">
+        <v>46112</v>
+      </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
-        <v>293</v>
+        <v>455</v>
       </c>
       <c r="I94">
         <v>1</v>
       </c>
       <c r="J94" t="s">
         <v>16</v>
       </c>
       <c r="K94" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
+        <v>457</v>
+      </c>
+      <c r="B95" t="s">
         <v>458</v>
       </c>
-      <c r="B95" t="s">
+      <c r="C95" t="s">
         <v>459</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95">
+        <v>41.72</v>
+      </c>
+      <c r="E95">
+        <v>41.72</v>
+      </c>
+      <c r="F95" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G95" t="s">
+        <v>14</v>
+      </c>
+      <c r="H95" t="s">
         <v>460</v>
       </c>
-      <c r="D95">
-[...5 lines deleted...]
-      <c r="H95" t="s">
+      <c r="I95">
+        <v>1</v>
+      </c>
+      <c r="J95" t="s">
+        <v>16</v>
+      </c>
+      <c r="K95" t="s">
         <v>461</v>
-      </c>
-[...7 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
+        <v>462</v>
+      </c>
+      <c r="B96" t="s">
         <v>463</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96" t="s">
         <v>464</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96">
+        <v>73.55</v>
+      </c>
+      <c r="G96" t="s">
+        <v>14</v>
+      </c>
+      <c r="H96" t="s">
         <v>465</v>
       </c>
-      <c r="D96">
-[...5 lines deleted...]
-      <c r="H96" t="s">
+      <c r="I96">
+        <v>1</v>
+      </c>
+      <c r="J96" t="s">
+        <v>16</v>
+      </c>
+      <c r="K96" t="s">
         <v>466</v>
-      </c>
-[...7 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
+        <v>467</v>
+      </c>
+      <c r="B97" t="s">
         <v>468</v>
       </c>
-      <c r="B97" t="s">
+      <c r="C97" t="s">
         <v>469</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97">
+        <v>48.54</v>
+      </c>
+      <c r="E97">
+        <v>48.54</v>
+      </c>
+      <c r="F97" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G97" t="s">
+        <v>14</v>
+      </c>
+      <c r="H97" t="s">
         <v>470</v>
       </c>
-      <c r="D97">
-[...5 lines deleted...]
-      <c r="H97" t="s">
+      <c r="I97">
+        <v>1</v>
+      </c>
+      <c r="J97" t="s">
+        <v>16</v>
+      </c>
+      <c r="K97" t="s">
         <v>471</v>
-      </c>
-[...7 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
+        <v>472</v>
+      </c>
+      <c r="B98" t="s">
         <v>473</v>
       </c>
-      <c r="B98" t="s">
+      <c r="C98" t="s">
         <v>474</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98">
+        <v>21.24</v>
+      </c>
+      <c r="E98">
+        <v>21.24</v>
+      </c>
+      <c r="F98" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G98" t="s">
+        <v>14</v>
+      </c>
+      <c r="H98" t="s">
         <v>475</v>
       </c>
-      <c r="D98">
-[...5 lines deleted...]
-      <c r="H98" t="s">
+      <c r="I98">
+        <v>1</v>
+      </c>
+      <c r="J98" t="s">
+        <v>16</v>
+      </c>
+      <c r="K98" t="s">
         <v>476</v>
-      </c>
-[...7 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
+        <v>477</v>
+      </c>
+      <c r="B99" t="s">
         <v>478</v>
       </c>
-      <c r="B99" t="s">
+      <c r="C99" t="s">
         <v>479</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99">
+        <v>22.77</v>
+      </c>
+      <c r="E99">
+        <v>22.77</v>
+      </c>
+      <c r="F99" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G99" t="s">
+        <v>14</v>
+      </c>
+      <c r="H99" t="s">
         <v>480</v>
       </c>
-      <c r="D99">
-[...5 lines deleted...]
-      <c r="H99" t="s">
+      <c r="I99">
+        <v>1</v>
+      </c>
+      <c r="J99" t="s">
+        <v>16</v>
+      </c>
+      <c r="K99" t="s">
         <v>481</v>
-      </c>
-[...7 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
+        <v>482</v>
+      </c>
+      <c r="B100" t="s">
         <v>483</v>
       </c>
-      <c r="B100" t="s">
+      <c r="C100" t="s">
         <v>484</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100">
+        <v>50.83</v>
+      </c>
+      <c r="E100">
+        <v>50.83</v>
+      </c>
+      <c r="F100" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G100" t="s">
+        <v>14</v>
+      </c>
+      <c r="H100" t="s">
         <v>485</v>
       </c>
-      <c r="D100">
-[...5 lines deleted...]
-      <c r="H100" t="s">
+      <c r="I100">
+        <v>1</v>
+      </c>
+      <c r="J100" t="s">
+        <v>16</v>
+      </c>
+      <c r="K100" t="s">
         <v>486</v>
-      </c>
-[...7 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
+        <v>487</v>
+      </c>
+      <c r="B101" t="s">
         <v>488</v>
       </c>
-      <c r="B101" t="s">
+      <c r="C101" t="s">
         <v>489</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101">
+        <v>53.1</v>
+      </c>
+      <c r="E101">
+        <v>53.1</v>
+      </c>
+      <c r="F101" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G101" t="s">
+        <v>14</v>
+      </c>
+      <c r="H101" t="s">
         <v>490</v>
       </c>
-      <c r="D101">
-[...5 lines deleted...]
-      <c r="H101" t="s">
+      <c r="I101">
+        <v>1</v>
+      </c>
+      <c r="J101" t="s">
+        <v>16</v>
+      </c>
+      <c r="K101" t="s">
         <v>491</v>
-      </c>
-[...7 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
+        <v>492</v>
+      </c>
+      <c r="B102" t="s">
         <v>493</v>
       </c>
-      <c r="B102" t="s">
+      <c r="C102" t="s">
         <v>494</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102">
+        <v>148.03</v>
+      </c>
+      <c r="E102">
+        <v>197.32</v>
+      </c>
+      <c r="F102" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G102" t="s">
+        <v>14</v>
+      </c>
+      <c r="H102" t="s">
+        <v>273</v>
+      </c>
+      <c r="I102">
+        <v>1</v>
+      </c>
+      <c r="J102" t="s">
+        <v>16</v>
+      </c>
+      <c r="K102" t="s">
         <v>495</v>
-      </c>
-[...16 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
+        <v>496</v>
+      </c>
+      <c r="B103" t="s">
+        <v>497</v>
+      </c>
+      <c r="C103" t="s">
         <v>498</v>
       </c>
-      <c r="B103" t="s">
+      <c r="D103">
+        <v>215.39</v>
+      </c>
+      <c r="G103" t="s">
+        <v>14</v>
+      </c>
+      <c r="H103" t="s">
         <v>499</v>
       </c>
-      <c r="C103" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I103">
         <v>1</v>
       </c>
       <c r="J103" t="s">
         <v>16</v>
       </c>
       <c r="K103" t="s">
-        <v>502</v>
+        <v>278</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
+        <v>500</v>
+      </c>
+      <c r="B104" t="s">
+        <v>501</v>
+      </c>
+      <c r="C104" t="s">
+        <v>502</v>
+      </c>
+      <c r="D104">
+        <v>72.2</v>
+      </c>
+      <c r="E104">
+        <v>72.2</v>
+      </c>
+      <c r="F104" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G104" t="s">
+        <v>14</v>
+      </c>
+      <c r="H104" t="s">
+        <v>273</v>
+      </c>
+      <c r="I104">
+        <v>1</v>
+      </c>
+      <c r="J104" t="s">
+        <v>16</v>
+      </c>
+      <c r="K104" t="s">
         <v>503</v>
-      </c>
-[...22 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="B105" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="C105" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="D105">
-        <v>53.1</v>
+        <v>72.8</v>
+      </c>
+      <c r="E105">
+        <v>72.8</v>
+      </c>
+      <c r="F105" s="1">
+        <v>46112</v>
       </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
-        <v>511</v>
+        <v>273</v>
       </c>
       <c r="I105">
         <v>1</v>
       </c>
       <c r="J105" t="s">
         <v>16</v>
       </c>
       <c r="K105" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="B106" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="C106" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="D106">
-        <v>148.03</v>
+        <v>75.23</v>
+      </c>
+      <c r="E106">
+        <v>75.23</v>
+      </c>
+      <c r="F106" s="1">
+        <v>46112</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="I106">
         <v>1</v>
       </c>
       <c r="J106" t="s">
         <v>16</v>
       </c>
       <c r="K106" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="B107" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C107" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="D107">
-        <v>215.39</v>
+        <v>288.56</v>
+      </c>
+      <c r="E107">
+        <v>288.57</v>
+      </c>
+      <c r="F107" s="1">
+        <v>46112</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="I107">
         <v>1</v>
       </c>
       <c r="J107" t="s">
         <v>16</v>
       </c>
       <c r="K107" t="s">
-        <v>298</v>
+        <v>516</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
+        <v>517</v>
+      </c>
+      <c r="B108" t="s">
+        <v>518</v>
+      </c>
+      <c r="C108" t="s">
+        <v>519</v>
+      </c>
+      <c r="D108">
+        <v>324.75</v>
+      </c>
+      <c r="E108">
+        <v>335.94</v>
+      </c>
+      <c r="F108" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G108" t="s">
+        <v>14</v>
+      </c>
+      <c r="H108" t="s">
+        <v>520</v>
+      </c>
+      <c r="I108">
+        <v>1</v>
+      </c>
+      <c r="J108" t="s">
+        <v>16</v>
+      </c>
+      <c r="K108" t="s">
         <v>521</v>
-      </c>
-[...22 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
+        <v>522</v>
+      </c>
+      <c r="B109" t="s">
+        <v>523</v>
+      </c>
+      <c r="C109" t="s">
+        <v>524</v>
+      </c>
+      <c r="D109">
+        <v>389.53</v>
+      </c>
+      <c r="E109">
+        <v>400.95</v>
+      </c>
+      <c r="F109" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G109" t="s">
+        <v>14</v>
+      </c>
+      <c r="H109" t="s">
         <v>525</v>
       </c>
-      <c r="B109" t="s">
+      <c r="I109">
+        <v>1</v>
+      </c>
+      <c r="J109" t="s">
+        <v>16</v>
+      </c>
+      <c r="K109" t="s">
         <v>526</v>
-      </c>
-[...19 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
+        <v>527</v>
+      </c>
+      <c r="B110" t="s">
+        <v>528</v>
+      </c>
+      <c r="C110" t="s">
         <v>529</v>
       </c>
-      <c r="B110" t="s">
+      <c r="D110">
+        <v>61.8</v>
+      </c>
+      <c r="E110">
+        <v>61.8</v>
+      </c>
+      <c r="F110" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G110" t="s">
+        <v>14</v>
+      </c>
+      <c r="H110" t="s">
         <v>530</v>
       </c>
-      <c r="C110" t="s">
+      <c r="I110">
+        <v>1</v>
+      </c>
+      <c r="J110" t="s">
+        <v>16</v>
+      </c>
+      <c r="K110" t="s">
         <v>531</v>
-      </c>
-[...16 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
+        <v>532</v>
+      </c>
+      <c r="B111" t="s">
         <v>533</v>
       </c>
-      <c r="B111" t="s">
+      <c r="C111" t="s">
         <v>534</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111">
+        <v>85.05</v>
+      </c>
+      <c r="E111">
+        <v>85.06</v>
+      </c>
+      <c r="F111" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G111" t="s">
+        <v>14</v>
+      </c>
+      <c r="H111" t="s">
         <v>535</v>
       </c>
-      <c r="D111">
-[...5 lines deleted...]
-      <c r="H111" t="s">
+      <c r="I111">
+        <v>1</v>
+      </c>
+      <c r="J111" t="s">
+        <v>16</v>
+      </c>
+      <c r="K111" t="s">
         <v>536</v>
-      </c>
-[...7 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
+        <v>537</v>
+      </c>
+      <c r="B112" t="s">
         <v>538</v>
       </c>
-      <c r="B112" t="s">
+      <c r="C112" t="s">
         <v>539</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112">
+        <v>107.73</v>
+      </c>
+      <c r="E112">
+        <v>107.74</v>
+      </c>
+      <c r="F112" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G112" t="s">
+        <v>14</v>
+      </c>
+      <c r="H112" t="s">
         <v>540</v>
       </c>
-      <c r="D112">
-[...5 lines deleted...]
-      <c r="H112" t="s">
+      <c r="I112">
+        <v>1</v>
+      </c>
+      <c r="J112" t="s">
+        <v>16</v>
+      </c>
+      <c r="K112" t="s">
         <v>541</v>
-      </c>
-[...7 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
+        <v>542</v>
+      </c>
+      <c r="B113" t="s">
         <v>543</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113" t="s">
         <v>544</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113">
+        <v>137.78</v>
+      </c>
+      <c r="E113">
+        <v>137.79</v>
+      </c>
+      <c r="F113" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G113" t="s">
+        <v>14</v>
+      </c>
+      <c r="H113" t="s">
         <v>545</v>
       </c>
-      <c r="D113">
-[...5 lines deleted...]
-      <c r="H113" t="s">
+      <c r="I113">
+        <v>1</v>
+      </c>
+      <c r="J113" t="s">
+        <v>16</v>
+      </c>
+      <c r="K113" t="s">
         <v>546</v>
-      </c>
-[...7 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
+        <v>547</v>
+      </c>
+      <c r="B114" t="s">
         <v>548</v>
       </c>
-      <c r="B114" t="s">
+      <c r="C114" t="s">
         <v>549</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114">
+        <v>171.8</v>
+      </c>
+      <c r="E114">
+        <v>171.81</v>
+      </c>
+      <c r="F114" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G114" t="s">
+        <v>14</v>
+      </c>
+      <c r="H114" t="s">
         <v>550</v>
       </c>
-      <c r="D114">
-[...5 lines deleted...]
-      <c r="H114" t="s">
+      <c r="I114">
+        <v>1</v>
+      </c>
+      <c r="J114" t="s">
+        <v>16</v>
+      </c>
+      <c r="K114" t="s">
         <v>551</v>
-      </c>
-[...7 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
+        <v>552</v>
+      </c>
+      <c r="B115" t="s">
         <v>553</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C115" t="s">
         <v>554</v>
       </c>
-      <c r="C115" t="s">
+      <c r="D115">
+        <v>212.63</v>
+      </c>
+      <c r="E115">
+        <v>212.63</v>
+      </c>
+      <c r="F115" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G115" t="s">
+        <v>14</v>
+      </c>
+      <c r="H115" t="s">
         <v>555</v>
       </c>
-      <c r="D115">
-[...5 lines deleted...]
-      <c r="H115" t="s">
+      <c r="I115">
+        <v>1</v>
+      </c>
+      <c r="J115" t="s">
+        <v>16</v>
+      </c>
+      <c r="K115" t="s">
         <v>556</v>
-      </c>
-[...7 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
+        <v>557</v>
+      </c>
+      <c r="B116" t="s">
         <v>558</v>
       </c>
-      <c r="B116" t="s">
+      <c r="C116" t="s">
         <v>559</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116">
+        <v>241.54</v>
+      </c>
+      <c r="E116">
+        <v>241.56</v>
+      </c>
+      <c r="F116" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G116" t="s">
+        <v>14</v>
+      </c>
+      <c r="H116" t="s">
         <v>560</v>
       </c>
-      <c r="D116">
-[...5 lines deleted...]
-      <c r="H116" t="s">
+      <c r="I116">
+        <v>1</v>
+      </c>
+      <c r="J116" t="s">
+        <v>16</v>
+      </c>
+      <c r="K116" t="s">
         <v>561</v>
-      </c>
-[...7 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
+        <v>562</v>
+      </c>
+      <c r="B117" t="s">
         <v>563</v>
       </c>
-      <c r="B117" t="s">
+      <c r="C117" t="s">
         <v>564</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117">
+        <v>465.51</v>
+      </c>
+      <c r="E117">
+        <v>478.91</v>
+      </c>
+      <c r="F117" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G117" t="s">
+        <v>14</v>
+      </c>
+      <c r="H117" t="s">
         <v>565</v>
       </c>
-      <c r="D117">
-[...5 lines deleted...]
-      <c r="H117" t="s">
+      <c r="I117">
+        <v>1</v>
+      </c>
+      <c r="J117" t="s">
+        <v>16</v>
+      </c>
+      <c r="K117" t="s">
         <v>566</v>
-      </c>
-[...7 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
+        <v>567</v>
+      </c>
+      <c r="B118" t="s">
         <v>568</v>
       </c>
-      <c r="B118" t="s">
+      <c r="C118" t="s">
         <v>569</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118">
+        <v>147.42</v>
+      </c>
+      <c r="G118" t="s">
+        <v>14</v>
+      </c>
+      <c r="H118" t="s">
         <v>570</v>
       </c>
-      <c r="D118">
-[...7 lines deleted...]
-      </c>
       <c r="I118">
         <v>1</v>
       </c>
       <c r="J118" t="s">
         <v>16</v>
       </c>
       <c r="K118" t="s">
-        <v>572</v>
+        <v>72</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
+        <v>571</v>
+      </c>
+      <c r="B119" t="s">
+        <v>572</v>
+      </c>
+      <c r="C119" t="s">
         <v>573</v>
       </c>
-      <c r="B119" t="s">
+      <c r="D119">
+        <v>268.77</v>
+      </c>
+      <c r="G119" t="s">
+        <v>14</v>
+      </c>
+      <c r="H119" t="s">
         <v>574</v>
       </c>
-      <c r="C119" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I119">
         <v>1</v>
       </c>
       <c r="J119" t="s">
         <v>16</v>
       </c>
       <c r="K119" t="s">
-        <v>577</v>
+        <v>72</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
+        <v>575</v>
+      </c>
+      <c r="B120" t="s">
+        <v>576</v>
+      </c>
+      <c r="C120" t="s">
+        <v>577</v>
+      </c>
+      <c r="D120">
+        <v>1583.0601</v>
+      </c>
+      <c r="G120" t="s">
+        <v>14</v>
+      </c>
+      <c r="H120" t="s">
         <v>578</v>
       </c>
-      <c r="B120" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I120">
         <v>1</v>
       </c>
       <c r="J120" t="s">
         <v>16</v>
       </c>
       <c r="K120" t="s">
-        <v>582</v>
+        <v>72</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="B121" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="C121" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="D121">
-        <v>465.51</v>
+        <v>2248.72</v>
       </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="H121" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="I121">
         <v>1</v>
       </c>
       <c r="J121" t="s">
         <v>16</v>
       </c>
       <c r="K121" t="s">
-        <v>587</v>
+        <v>72</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="B122" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="C122" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="D122">
-        <v>147.42</v>
+        <v>2680.78</v>
       </c>
       <c r="G122" t="s">
         <v>14</v>
       </c>
       <c r="H122" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="I122">
         <v>1</v>
       </c>
       <c r="J122" t="s">
         <v>16</v>
       </c>
       <c r="K122" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="B123" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="C123" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="D123">
-        <v>268.77</v>
+        <v>647.51</v>
+      </c>
+      <c r="E123">
+        <v>666.57</v>
+      </c>
+      <c r="F123" s="1">
+        <v>46112</v>
       </c>
       <c r="G123" t="s">
         <v>14</v>
       </c>
       <c r="H123" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="I123">
         <v>1</v>
       </c>
       <c r="J123" t="s">
         <v>16</v>
       </c>
       <c r="K123" t="s">
-        <v>72</v>
+        <v>591</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
+        <v>592</v>
+      </c>
+      <c r="B124" t="s">
+        <v>593</v>
+      </c>
+      <c r="C124" t="s">
+        <v>594</v>
+      </c>
+      <c r="D124">
+        <v>839.72</v>
+      </c>
+      <c r="E124">
+        <v>879</v>
+      </c>
+      <c r="F124" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G124" t="s">
+        <v>14</v>
+      </c>
+      <c r="H124" t="s">
+        <v>595</v>
+      </c>
+      <c r="I124">
+        <v>1</v>
+      </c>
+      <c r="J124" t="s">
+        <v>16</v>
+      </c>
+      <c r="K124" t="s">
         <v>596</v>
-      </c>
-[...22 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
+        <v>597</v>
+      </c>
+      <c r="B125" t="s">
+        <v>598</v>
+      </c>
+      <c r="C125" t="s">
+        <v>599</v>
+      </c>
+      <c r="D125">
+        <v>522.2</v>
+      </c>
+      <c r="E125">
+        <v>550</v>
+      </c>
+      <c r="F125" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G125" t="s">
+        <v>14</v>
+      </c>
+      <c r="H125" t="s">
         <v>600</v>
       </c>
-      <c r="B125" t="s">
+      <c r="I125">
+        <v>1</v>
+      </c>
+      <c r="J125" t="s">
+        <v>16</v>
+      </c>
+      <c r="K125" t="s">
         <v>601</v>
-      </c>
-[...19 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
+        <v>602</v>
+      </c>
+      <c r="B126" t="s">
+        <v>603</v>
+      </c>
+      <c r="C126" t="s">
         <v>604</v>
       </c>
-      <c r="B126" t="s">
+      <c r="D126">
+        <v>482.52</v>
+      </c>
+      <c r="E126">
+        <v>510.3</v>
+      </c>
+      <c r="F126" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G126" t="s">
+        <v>14</v>
+      </c>
+      <c r="H126" t="s">
         <v>605</v>
       </c>
-      <c r="C126" t="s">
+      <c r="I126">
+        <v>1</v>
+      </c>
+      <c r="J126" t="s">
+        <v>16</v>
+      </c>
+      <c r="K126" t="s">
         <v>606</v>
-      </c>
-[...16 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
+        <v>607</v>
+      </c>
+      <c r="B127" t="s">
         <v>608</v>
       </c>
-      <c r="B127" t="s">
+      <c r="C127" t="s">
         <v>609</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127">
+        <v>246.65</v>
+      </c>
+      <c r="E127">
+        <v>261.38</v>
+      </c>
+      <c r="F127" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G127" t="s">
+        <v>14</v>
+      </c>
+      <c r="H127" t="s">
         <v>610</v>
       </c>
-      <c r="D127">
-[...5 lines deleted...]
-      <c r="H127" t="s">
+      <c r="I127">
+        <v>1</v>
+      </c>
+      <c r="J127" t="s">
+        <v>16</v>
+      </c>
+      <c r="K127" t="s">
         <v>611</v>
-      </c>
-[...7 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
+        <v>612</v>
+      </c>
+      <c r="B128" t="s">
         <v>613</v>
       </c>
-      <c r="B128" t="s">
+      <c r="C128" t="s">
         <v>614</v>
       </c>
-      <c r="C128" t="s">
+      <c r="D128">
+        <v>252.31</v>
+      </c>
+      <c r="E128">
+        <v>236.67</v>
+      </c>
+      <c r="F128" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G128" t="s">
+        <v>14</v>
+      </c>
+      <c r="H128" t="s">
         <v>615</v>
       </c>
-      <c r="D128">
-[...5 lines deleted...]
-      <c r="H128" t="s">
+      <c r="I128">
+        <v>1</v>
+      </c>
+      <c r="J128" t="s">
+        <v>16</v>
+      </c>
+      <c r="K128" t="s">
         <v>616</v>
-      </c>
-[...7 lines deleted...]
-        <v>617</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
+        <v>617</v>
+      </c>
+      <c r="B129" t="s">
         <v>618</v>
       </c>
-      <c r="B129" t="s">
+      <c r="C129" t="s">
         <v>619</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129">
+        <v>60.24</v>
+      </c>
+      <c r="E129">
+        <v>60.24</v>
+      </c>
+      <c r="F129" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G129" t="s">
+        <v>14</v>
+      </c>
+      <c r="H129" t="s">
+        <v>273</v>
+      </c>
+      <c r="I129">
+        <v>1</v>
+      </c>
+      <c r="J129" t="s">
+        <v>16</v>
+      </c>
+      <c r="K129" t="s">
         <v>620</v>
-      </c>
-[...16 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
+        <v>621</v>
+      </c>
+      <c r="B130" t="s">
+        <v>622</v>
+      </c>
+      <c r="C130" t="s">
         <v>623</v>
       </c>
-      <c r="B130" t="s">
+      <c r="D130">
+        <v>90.02</v>
+      </c>
+      <c r="E130">
+        <v>90.02</v>
+      </c>
+      <c r="F130" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G130" t="s">
         <v>624</v>
       </c>
-      <c r="C130" t="s">
+      <c r="H130" t="s">
+        <v>273</v>
+      </c>
+      <c r="I130">
+        <v>1</v>
+      </c>
+      <c r="J130" t="s">
+        <v>16</v>
+      </c>
+      <c r="K130" t="s">
         <v>625</v>
-      </c>
-[...16 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
+        <v>626</v>
+      </c>
+      <c r="B131" t="s">
+        <v>627</v>
+      </c>
+      <c r="C131" t="s">
         <v>628</v>
       </c>
-      <c r="B131" t="s">
+      <c r="D131">
+        <v>25.81</v>
+      </c>
+      <c r="G131" t="s">
+        <v>14</v>
+      </c>
+      <c r="H131" t="s">
+        <v>273</v>
+      </c>
+      <c r="I131">
+        <v>1</v>
+      </c>
+      <c r="J131" t="s">
+        <v>16</v>
+      </c>
+      <c r="K131" t="s">
         <v>629</v>
-      </c>
-[...19 lines deleted...]
-        <v>632</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
+        <v>630</v>
+      </c>
+      <c r="B132" t="s">
+        <v>631</v>
+      </c>
+      <c r="C132" t="s">
+        <v>632</v>
+      </c>
+      <c r="D132">
+        <v>22.77</v>
+      </c>
+      <c r="G132" t="s">
+        <v>14</v>
+      </c>
+      <c r="H132" t="s">
         <v>633</v>
       </c>
-      <c r="B132" t="s">
+      <c r="I132">
+        <v>1</v>
+      </c>
+      <c r="J132" t="s">
+        <v>16</v>
+      </c>
+      <c r="K132" t="s">
         <v>634</v>
-      </c>
-[...19 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
+        <v>635</v>
+      </c>
+      <c r="B133" t="s">
+        <v>636</v>
+      </c>
+      <c r="C133" t="s">
+        <v>637</v>
+      </c>
+      <c r="D133">
+        <v>13.98</v>
+      </c>
+      <c r="G133" t="s">
+        <v>14</v>
+      </c>
+      <c r="H133" t="s">
+        <v>273</v>
+      </c>
+      <c r="I133">
+        <v>1</v>
+      </c>
+      <c r="J133" t="s">
+        <v>16</v>
+      </c>
+      <c r="K133" t="s">
         <v>638</v>
-      </c>
-[...22 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="B134" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="C134" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="D134">
-        <v>90.02</v>
+        <v>20.04</v>
       </c>
       <c r="G134" t="s">
-        <v>645</v>
+        <v>14</v>
       </c>
       <c r="H134" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="I134">
         <v>1</v>
       </c>
       <c r="J134" t="s">
         <v>16</v>
       </c>
       <c r="K134" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="B135" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="C135" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="D135">
-        <v>25.81</v>
+        <v>20.04</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="H135" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="I135">
         <v>1</v>
       </c>
       <c r="J135" t="s">
         <v>16</v>
       </c>
       <c r="K135" t="s">
-        <v>650</v>
+        <v>638</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>651</v>
+        <v>645</v>
       </c>
       <c r="B136" t="s">
-        <v>652</v>
+        <v>646</v>
       </c>
       <c r="C136" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="D136">
-        <v>22.77</v>
+        <v>45.57</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136" t="s">
-        <v>654</v>
+        <v>273</v>
       </c>
       <c r="I136">
         <v>1</v>
       </c>
       <c r="J136" t="s">
         <v>16</v>
       </c>
       <c r="K136" t="s">
-        <v>655</v>
+        <v>638</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
       <c r="B137" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="C137" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="D137">
-        <v>13.98</v>
+        <v>2379.3799</v>
+      </c>
+      <c r="E137">
+        <v>2499</v>
+      </c>
+      <c r="F137" s="1">
+        <v>46112</v>
       </c>
       <c r="G137" t="s">
         <v>14</v>
       </c>
       <c r="H137" t="s">
-        <v>293</v>
+        <v>651</v>
       </c>
       <c r="I137">
         <v>1</v>
       </c>
       <c r="J137" t="s">
         <v>16</v>
       </c>
       <c r="K137" t="s">
-        <v>659</v>
-[...86 lines deleted...]
-        <v>659</v>
+        <v>291</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>