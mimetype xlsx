--- v0 (2026-01-11)
+++ v1 (2026-03-03)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1328" uniqueCount="1328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1313" uniqueCount="1313">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
@@ -980,95 +980,65 @@
   <si>
     <t>Tox-00910017-Caja de 25 tacos expansibles paralelo PSD-SL BIZEPS, 10 x 90 mm</t>
   </si>
   <si>
     <t>4000909042671</t>
   </si>
   <si>
     <t>P05-02-003-V02-P03</t>
   </si>
   <si>
     <t>A187A2116T009700031</t>
   </si>
   <si>
     <t>009700031</t>
   </si>
   <si>
     <t>Tox-009700031-Blíster de 10 tacos expansibles paralelo PSD-SL BIZEPS, 6 x 70 mm</t>
   </si>
   <si>
     <t>4049563004311</t>
   </si>
   <si>
     <t>P05-02-003-V02-P05</t>
   </si>
   <si>
-    <t>A187A2116T009700051</t>
-[...13 lines deleted...]
-  <si>
     <t>A187A2116T009700071</t>
   </si>
   <si>
     <t>009700071</t>
   </si>
   <si>
     <t>Tox-009700071-Blíster de 4 tacos expansibles paralelo PSD-SL BIZEPS, 10 x 90 mm</t>
   </si>
   <si>
     <t>4049563000511</t>
   </si>
   <si>
     <t>P05-02-003-V02-P07</t>
   </si>
   <si>
-    <t>A187A2116T009700091</t>
-[...13 lines deleted...]
-  <si>
     <t>A187T1111T007100011</t>
   </si>
   <si>
     <t>007100011</t>
   </si>
   <si>
     <t>Tox-007100011-Caja de 100 tacos expansibles EL, 4 x 20 mm</t>
   </si>
   <si>
     <t>4049563009644</t>
   </si>
   <si>
     <t>P05-02-004-V01-P01</t>
   </si>
   <si>
     <t>A187A2611T013100021</t>
   </si>
   <si>
     <t>013100021</t>
   </si>
   <si>
     <t>Tox-013100021-Caja de 100 tacos expansibles SD BARRACUDA, 5 x 25 mm</t>
   </si>
   <si>
     <t>4049563001082</t>
@@ -1278,65 +1248,50 @@
     <t>096700041</t>
   </si>
   <si>
     <t>Tox-096700041-Blíster de 2 tacos para hormigón poroso GB YTOX (10 x 55 mm)</t>
   </si>
   <si>
     <t>4049563000290</t>
   </si>
   <si>
     <t>P05-02-004-V03-P03</t>
   </si>
   <si>
     <t>A187A3116T096700061</t>
   </si>
   <si>
     <t>096700061</t>
   </si>
   <si>
     <t>Tox-096700061-Blíster de 2 tacos para hormigón poroso GB YTOX, 12 x 60 mm</t>
   </si>
   <si>
     <t>4049563000306</t>
   </si>
   <si>
     <t>P05-02-004-V03-P04</t>
-  </si>
-[...13 lines deleted...]
-    <t>P05-02-005-V01-P01</t>
   </si>
   <si>
     <t>A187B0136T068701231</t>
   </si>
   <si>
     <t>068701231</t>
   </si>
   <si>
     <t>Tox-068701231-Blíster de 4 tacos + tornillos para cartón-yeso GDK SPIRAL (32 mm)</t>
   </si>
   <si>
     <t>4049563000122</t>
   </si>
   <si>
     <t>P05-02-005-V01-P02</t>
   </si>
   <si>
     <t>A187B0621T068701041</t>
   </si>
   <si>
     <t>068701041</t>
   </si>
   <si>
     <t>Tox-068701041-Blíster de 4 tacos para cartón-yeso GD SPIRAL PLUS 37 mm + tornillo</t>
   </si>
@@ -4040,51 +3995,51 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M264"/>
+  <dimension ref="A1:M261"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="11"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="7"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="6"/>
     <col min="11" max="11" width="19"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -5928,341 +5883,341 @@
       </c>
       <c r="H64" t="s">
         <v>326</v>
       </c>
       <c r="I64">
         <v>1</v>
       </c>
       <c r="J64" t="s">
         <v>16</v>
       </c>
       <c r="K64" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>328</v>
       </c>
       <c r="B65" t="s">
         <v>329</v>
       </c>
       <c r="C65" t="s">
         <v>330</v>
       </c>
       <c r="D65">
-        <v>2.29</v>
+        <v>0.0312</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
         <v>331</v>
       </c>
       <c r="I65">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="J65" t="s">
         <v>16</v>
       </c>
       <c r="K65" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>333</v>
       </c>
       <c r="B66" t="s">
         <v>334</v>
       </c>
       <c r="C66" t="s">
         <v>335</v>
       </c>
       <c r="D66">
-        <v>2.29</v>
+        <v>0.028</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
         <v>336</v>
       </c>
       <c r="I66">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="J66" t="s">
         <v>16</v>
       </c>
       <c r="K66" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>338</v>
       </c>
       <c r="B67" t="s">
         <v>339</v>
       </c>
       <c r="C67" t="s">
         <v>340</v>
       </c>
       <c r="D67">
-        <v>0.0312</v>
+        <v>0.0694</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
         <v>341</v>
       </c>
       <c r="I67">
         <v>100</v>
       </c>
       <c r="J67" t="s">
         <v>16</v>
       </c>
       <c r="K67" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>343</v>
       </c>
       <c r="B68" t="s">
         <v>344</v>
       </c>
       <c r="C68" t="s">
         <v>345</v>
       </c>
       <c r="D68">
-        <v>0.028</v>
+        <v>0.1271</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
         <v>346</v>
       </c>
       <c r="I68">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J68" t="s">
         <v>16</v>
       </c>
       <c r="K68" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>348</v>
       </c>
       <c r="B69" t="s">
         <v>349</v>
       </c>
       <c r="C69" t="s">
         <v>350</v>
       </c>
       <c r="D69">
-        <v>0.0694</v>
+        <v>0.1922</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
         <v>351</v>
       </c>
       <c r="I69">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="J69" t="s">
         <v>16</v>
       </c>
       <c r="K69" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>353</v>
       </c>
       <c r="B70" t="s">
         <v>354</v>
       </c>
       <c r="C70" t="s">
         <v>355</v>
       </c>
       <c r="D70">
-        <v>0.1271</v>
+        <v>0.3571</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="H70" t="s">
         <v>356</v>
       </c>
       <c r="I70">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="J70" t="s">
         <v>16</v>
       </c>
       <c r="K70" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>358</v>
       </c>
       <c r="B71" t="s">
         <v>359</v>
       </c>
       <c r="C71" t="s">
         <v>360</v>
       </c>
       <c r="D71">
-        <v>0.1922</v>
+        <v>0.4942</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
         <v>361</v>
       </c>
       <c r="I71">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="J71" t="s">
         <v>16</v>
       </c>
       <c r="K71" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>363</v>
       </c>
       <c r="B72" t="s">
         <v>364</v>
       </c>
       <c r="C72" t="s">
         <v>365</v>
       </c>
       <c r="D72">
-        <v>0.3571</v>
+        <v>2.11</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
         <v>366</v>
       </c>
       <c r="I72">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="J72" t="s">
         <v>16</v>
       </c>
       <c r="K72" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>368</v>
       </c>
       <c r="B73" t="s">
         <v>369</v>
       </c>
       <c r="C73" t="s">
         <v>370</v>
       </c>
       <c r="D73">
-        <v>0.4942</v>
+        <v>2.23</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
         <v>371</v>
       </c>
       <c r="I73">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J73" t="s">
         <v>16</v>
       </c>
       <c r="K73" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>373</v>
       </c>
       <c r="B74" t="s">
         <v>374</v>
       </c>
       <c r="C74" t="s">
         <v>375</v>
       </c>
       <c r="D74">
-        <v>2.11</v>
+        <v>2.13</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
         <v>376</v>
       </c>
       <c r="I74">
         <v>1</v>
       </c>
       <c r="J74" t="s">
         <v>16</v>
       </c>
       <c r="K74" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>378</v>
       </c>
       <c r="B75" t="s">
         <v>379</v>
       </c>
       <c r="C75" t="s">
         <v>380</v>
       </c>
       <c r="D75">
-        <v>2.23</v>
+        <v>2.13</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
         <v>381</v>
       </c>
       <c r="I75">
         <v>1</v>
       </c>
       <c r="J75" t="s">
         <v>16</v>
       </c>
       <c r="K75" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>383</v>
       </c>
       <c r="B76" t="s">
         <v>384</v>
       </c>
       <c r="C76" t="s">
@@ -6305,428 +6260,428 @@
       </c>
       <c r="H77" t="s">
         <v>391</v>
       </c>
       <c r="I77">
         <v>1</v>
       </c>
       <c r="J77" t="s">
         <v>16</v>
       </c>
       <c r="K77" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>393</v>
       </c>
       <c r="B78" t="s">
         <v>394</v>
       </c>
       <c r="C78" t="s">
         <v>395</v>
       </c>
       <c r="D78">
-        <v>2.13</v>
+        <v>2.2</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
         <v>396</v>
       </c>
       <c r="I78">
         <v>1</v>
       </c>
       <c r="J78" t="s">
         <v>16</v>
       </c>
       <c r="K78" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>398</v>
       </c>
       <c r="B79" t="s">
         <v>399</v>
       </c>
       <c r="C79" t="s">
         <v>400</v>
       </c>
       <c r="D79">
-        <v>2.13</v>
+        <v>2.64</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
         <v>401</v>
       </c>
       <c r="I79">
         <v>1</v>
       </c>
       <c r="J79" t="s">
         <v>16</v>
       </c>
       <c r="K79" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>403</v>
       </c>
       <c r="B80" t="s">
         <v>404</v>
       </c>
       <c r="C80" t="s">
         <v>405</v>
       </c>
       <c r="D80">
-        <v>2.2</v>
+        <v>2.37</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
         <v>406</v>
       </c>
       <c r="I80">
         <v>1</v>
       </c>
       <c r="J80" t="s">
         <v>16</v>
       </c>
       <c r="K80" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>408</v>
       </c>
       <c r="B81" t="s">
         <v>409</v>
       </c>
       <c r="C81" t="s">
         <v>410</v>
       </c>
       <c r="D81">
-        <v>2.64</v>
+        <v>2.37</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
         <v>411</v>
       </c>
       <c r="I81">
         <v>1</v>
       </c>
       <c r="J81" t="s">
         <v>16</v>
       </c>
       <c r="K81" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>413</v>
       </c>
       <c r="B82" t="s">
         <v>414</v>
       </c>
       <c r="C82" t="s">
         <v>415</v>
       </c>
       <c r="D82">
-        <v>2.37</v>
+        <v>1.92</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
         <v>416</v>
       </c>
       <c r="I82">
         <v>1</v>
       </c>
       <c r="J82" t="s">
         <v>16</v>
       </c>
       <c r="K82" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>418</v>
       </c>
       <c r="B83" t="s">
         <v>419</v>
       </c>
       <c r="C83" t="s">
         <v>420</v>
       </c>
       <c r="D83">
-        <v>2.37</v>
+        <v>2.76</v>
       </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
         <v>421</v>
       </c>
       <c r="I83">
         <v>1</v>
       </c>
       <c r="J83" t="s">
         <v>16</v>
       </c>
       <c r="K83" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>423</v>
       </c>
       <c r="B84" t="s">
         <v>424</v>
       </c>
       <c r="C84" t="s">
         <v>425</v>
       </c>
       <c r="D84">
-        <v>2.77</v>
+        <v>3.19</v>
       </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
         <v>426</v>
       </c>
       <c r="I84">
         <v>1</v>
       </c>
       <c r="J84" t="s">
         <v>16</v>
       </c>
       <c r="K84" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>428</v>
       </c>
       <c r="B85" t="s">
         <v>429</v>
       </c>
       <c r="C85" t="s">
         <v>430</v>
       </c>
       <c r="D85">
-        <v>1.92</v>
+        <v>2.32</v>
       </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="H85" t="s">
         <v>431</v>
       </c>
       <c r="I85">
         <v>1</v>
       </c>
       <c r="J85" t="s">
         <v>16</v>
       </c>
       <c r="K85" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>433</v>
       </c>
       <c r="B86" t="s">
         <v>434</v>
       </c>
       <c r="C86" t="s">
         <v>435</v>
       </c>
       <c r="D86">
-        <v>2.76</v>
+        <v>3.35</v>
       </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="H86" t="s">
         <v>436</v>
       </c>
       <c r="I86">
         <v>1</v>
       </c>
       <c r="J86" t="s">
         <v>16</v>
       </c>
       <c r="K86" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>438</v>
       </c>
       <c r="B87" t="s">
         <v>439</v>
       </c>
       <c r="C87" t="s">
         <v>440</v>
       </c>
       <c r="D87">
-        <v>3.19</v>
+        <v>3.35</v>
       </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
         <v>441</v>
       </c>
       <c r="I87">
         <v>1</v>
       </c>
       <c r="J87" t="s">
         <v>16</v>
       </c>
       <c r="K87" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>443</v>
       </c>
       <c r="B88" t="s">
         <v>444</v>
       </c>
       <c r="C88" t="s">
         <v>445</v>
       </c>
       <c r="D88">
-        <v>2.32</v>
+        <v>3.35</v>
       </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
         <v>446</v>
       </c>
       <c r="I88">
         <v>1</v>
       </c>
       <c r="J88" t="s">
         <v>16</v>
       </c>
       <c r="K88" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>448</v>
       </c>
       <c r="B89" t="s">
         <v>449</v>
       </c>
       <c r="C89" t="s">
         <v>450</v>
       </c>
       <c r="D89">
-        <v>3.35</v>
+        <v>3.23</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89" t="s">
         <v>451</v>
       </c>
       <c r="I89">
         <v>1</v>
       </c>
       <c r="J89" t="s">
         <v>16</v>
       </c>
       <c r="K89" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>453</v>
       </c>
       <c r="B90" t="s">
         <v>454</v>
       </c>
       <c r="C90" t="s">
         <v>455</v>
       </c>
       <c r="D90">
-        <v>3.35</v>
+        <v>3.3</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
         <v>456</v>
       </c>
       <c r="I90">
         <v>1</v>
       </c>
       <c r="J90" t="s">
         <v>16</v>
       </c>
       <c r="K90" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>458</v>
       </c>
       <c r="B91" t="s">
         <v>459</v>
       </c>
       <c r="C91" t="s">
         <v>460</v>
       </c>
       <c r="D91">
-        <v>3.35</v>
+        <v>3.26</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
         <v>461</v>
       </c>
       <c r="I91">
         <v>1</v>
       </c>
       <c r="J91" t="s">
         <v>16</v>
       </c>
       <c r="K91" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>463</v>
       </c>
       <c r="B92" t="s">
         <v>464</v>
       </c>
       <c r="C92" t="s">
@@ -6740,225 +6695,225 @@
       </c>
       <c r="H92" t="s">
         <v>466</v>
       </c>
       <c r="I92">
         <v>1</v>
       </c>
       <c r="J92" t="s">
         <v>16</v>
       </c>
       <c r="K92" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>468</v>
       </c>
       <c r="B93" t="s">
         <v>469</v>
       </c>
       <c r="C93" t="s">
         <v>470</v>
       </c>
       <c r="D93">
-        <v>3.3</v>
+        <v>3.23</v>
       </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="H93" t="s">
         <v>471</v>
       </c>
       <c r="I93">
         <v>1</v>
       </c>
       <c r="J93" t="s">
         <v>16</v>
       </c>
       <c r="K93" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>473</v>
       </c>
       <c r="B94" t="s">
         <v>474</v>
       </c>
       <c r="C94" t="s">
         <v>475</v>
       </c>
       <c r="D94">
-        <v>3.26</v>
+        <v>5.17</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
         <v>476</v>
       </c>
       <c r="I94">
         <v>1</v>
       </c>
       <c r="J94" t="s">
         <v>16</v>
       </c>
       <c r="K94" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>478</v>
       </c>
       <c r="B95" t="s">
         <v>479</v>
       </c>
       <c r="C95" t="s">
         <v>480</v>
       </c>
       <c r="D95">
-        <v>3.23</v>
+        <v>4.97</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95" t="s">
         <v>481</v>
       </c>
       <c r="I95">
         <v>1</v>
       </c>
       <c r="J95" t="s">
         <v>16</v>
       </c>
       <c r="K95" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>483</v>
       </c>
       <c r="B96" t="s">
         <v>484</v>
       </c>
       <c r="C96" t="s">
         <v>485</v>
       </c>
       <c r="D96">
-        <v>3.23</v>
+        <v>5.17</v>
       </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="H96" t="s">
         <v>486</v>
       </c>
       <c r="I96">
         <v>1</v>
       </c>
       <c r="J96" t="s">
         <v>16</v>
       </c>
       <c r="K96" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>488</v>
       </c>
       <c r="B97" t="s">
         <v>489</v>
       </c>
       <c r="C97" t="s">
         <v>490</v>
       </c>
       <c r="D97">
-        <v>5.17</v>
+        <v>5.24</v>
       </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
         <v>491</v>
       </c>
       <c r="I97">
         <v>1</v>
       </c>
       <c r="J97" t="s">
         <v>16</v>
       </c>
       <c r="K97" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>493</v>
       </c>
       <c r="B98" t="s">
         <v>494</v>
       </c>
       <c r="C98" t="s">
         <v>495</v>
       </c>
       <c r="D98">
-        <v>4.97</v>
+        <v>5.24</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="H98" t="s">
         <v>496</v>
       </c>
       <c r="I98">
         <v>1</v>
       </c>
       <c r="J98" t="s">
         <v>16</v>
       </c>
       <c r="K98" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>498</v>
       </c>
       <c r="B99" t="s">
         <v>499</v>
       </c>
       <c r="C99" t="s">
         <v>500</v>
       </c>
       <c r="D99">
-        <v>5.17</v>
+        <v>5.24</v>
       </c>
       <c r="G99" t="s">
         <v>14</v>
       </c>
       <c r="H99" t="s">
         <v>501</v>
       </c>
       <c r="I99">
         <v>1</v>
       </c>
       <c r="J99" t="s">
         <v>16</v>
       </c>
       <c r="K99" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>503</v>
       </c>
       <c r="B100" t="s">
         <v>504</v>
       </c>
       <c r="C100" t="s">
@@ -7001,4760 +6956,4673 @@
       </c>
       <c r="H101" t="s">
         <v>511</v>
       </c>
       <c r="I101">
         <v>1</v>
       </c>
       <c r="J101" t="s">
         <v>16</v>
       </c>
       <c r="K101" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>513</v>
       </c>
       <c r="B102" t="s">
         <v>514</v>
       </c>
       <c r="C102" t="s">
         <v>515</v>
       </c>
       <c r="D102">
-        <v>5.24</v>
+        <v>5.07</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
         <v>516</v>
       </c>
       <c r="I102">
         <v>1</v>
       </c>
       <c r="J102" t="s">
         <v>16</v>
       </c>
       <c r="K102" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>518</v>
       </c>
       <c r="B103" t="s">
         <v>519</v>
       </c>
       <c r="C103" t="s">
         <v>520</v>
       </c>
       <c r="D103">
-        <v>5.24</v>
+        <v>0.1575</v>
       </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
         <v>521</v>
       </c>
       <c r="I103">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="J103" t="s">
         <v>16</v>
       </c>
       <c r="K103" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>523</v>
       </c>
       <c r="B104" t="s">
         <v>524</v>
       </c>
       <c r="C104" t="s">
         <v>525</v>
       </c>
       <c r="D104">
-        <v>5.24</v>
+        <v>0.206</v>
       </c>
       <c r="G104" t="s">
         <v>14</v>
       </c>
       <c r="H104" t="s">
         <v>526</v>
       </c>
       <c r="I104">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="J104" t="s">
         <v>16</v>
       </c>
       <c r="K104" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>528</v>
       </c>
       <c r="B105" t="s">
         <v>529</v>
       </c>
       <c r="C105" t="s">
         <v>530</v>
       </c>
       <c r="D105">
-        <v>5.07</v>
+        <v>0.1392</v>
       </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
         <v>531</v>
       </c>
       <c r="I105">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="J105" t="s">
         <v>16</v>
       </c>
       <c r="K105" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>533</v>
       </c>
       <c r="B106" t="s">
         <v>534</v>
       </c>
       <c r="C106" t="s">
         <v>535</v>
       </c>
       <c r="D106">
-        <v>0.1575</v>
+        <v>0.1515</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
         <v>536</v>
       </c>
       <c r="I106">
         <v>50</v>
       </c>
       <c r="J106" t="s">
         <v>16</v>
       </c>
       <c r="K106" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>538</v>
       </c>
       <c r="B107" t="s">
         <v>539</v>
       </c>
       <c r="C107" t="s">
         <v>540</v>
       </c>
       <c r="D107">
-        <v>0.206</v>
+        <v>0.1312</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107" t="s">
         <v>541</v>
       </c>
       <c r="I107">
         <v>50</v>
       </c>
       <c r="J107" t="s">
         <v>16</v>
       </c>
       <c r="K107" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>543</v>
       </c>
       <c r="B108" t="s">
         <v>544</v>
       </c>
       <c r="C108" t="s">
         <v>545</v>
       </c>
       <c r="D108">
-        <v>0.1392</v>
+        <v>0.1991</v>
       </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="H108" t="s">
         <v>546</v>
       </c>
       <c r="I108">
         <v>50</v>
       </c>
       <c r="J108" t="s">
         <v>16</v>
       </c>
       <c r="K108" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>548</v>
       </c>
       <c r="B109" t="s">
         <v>549</v>
       </c>
       <c r="C109" t="s">
         <v>550</v>
       </c>
       <c r="D109">
-        <v>0.1515</v>
+        <v>0.1851</v>
       </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="H109" t="s">
         <v>551</v>
       </c>
       <c r="I109">
         <v>50</v>
       </c>
       <c r="J109" t="s">
         <v>16</v>
       </c>
       <c r="K109" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>553</v>
       </c>
       <c r="B110" t="s">
         <v>554</v>
       </c>
       <c r="C110" t="s">
         <v>555</v>
       </c>
       <c r="D110">
-        <v>0.1312</v>
+        <v>0.2207</v>
       </c>
       <c r="G110" t="s">
         <v>14</v>
       </c>
       <c r="H110" t="s">
         <v>556</v>
       </c>
       <c r="I110">
         <v>50</v>
       </c>
       <c r="J110" t="s">
         <v>16</v>
       </c>
       <c r="K110" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>558</v>
       </c>
       <c r="B111" t="s">
         <v>559</v>
       </c>
       <c r="C111" t="s">
         <v>560</v>
       </c>
       <c r="D111">
-        <v>0.1991</v>
+        <v>0.2269</v>
       </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="H111" t="s">
         <v>561</v>
       </c>
       <c r="I111">
         <v>50</v>
       </c>
       <c r="J111" t="s">
         <v>16</v>
       </c>
       <c r="K111" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>563</v>
       </c>
       <c r="B112" t="s">
         <v>564</v>
       </c>
       <c r="C112" t="s">
         <v>565</v>
       </c>
       <c r="D112">
-        <v>0.1851</v>
+        <v>0.2753</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112" t="s">
         <v>566</v>
       </c>
       <c r="I112">
         <v>50</v>
       </c>
       <c r="J112" t="s">
         <v>16</v>
       </c>
       <c r="K112" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>568</v>
       </c>
       <c r="B113" t="s">
         <v>569</v>
       </c>
       <c r="C113" t="s">
         <v>570</v>
       </c>
       <c r="D113">
-        <v>0.2207</v>
+        <v>0.3423</v>
       </c>
       <c r="G113" t="s">
         <v>14</v>
       </c>
       <c r="H113" t="s">
         <v>571</v>
       </c>
       <c r="I113">
         <v>50</v>
       </c>
       <c r="J113" t="s">
         <v>16</v>
       </c>
       <c r="K113" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>573</v>
       </c>
       <c r="B114" t="s">
         <v>574</v>
       </c>
       <c r="C114" t="s">
         <v>575</v>
       </c>
       <c r="D114">
-        <v>0.2269</v>
+        <v>0.3996</v>
       </c>
       <c r="G114" t="s">
         <v>14</v>
       </c>
       <c r="H114" t="s">
         <v>576</v>
       </c>
       <c r="I114">
         <v>50</v>
       </c>
       <c r="J114" t="s">
         <v>16</v>
       </c>
       <c r="K114" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>578</v>
       </c>
       <c r="B115" t="s">
         <v>579</v>
       </c>
       <c r="C115" t="s">
         <v>580</v>
       </c>
       <c r="D115">
-        <v>0.2753</v>
+        <v>0.4715</v>
       </c>
       <c r="G115" t="s">
         <v>14</v>
       </c>
       <c r="H115" t="s">
         <v>581</v>
       </c>
       <c r="I115">
         <v>50</v>
       </c>
       <c r="J115" t="s">
         <v>16</v>
       </c>
       <c r="K115" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>583</v>
       </c>
       <c r="B116" t="s">
         <v>584</v>
       </c>
       <c r="C116" t="s">
         <v>585</v>
       </c>
       <c r="D116">
-        <v>0.3423</v>
+        <v>0.2777</v>
       </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="H116" t="s">
         <v>586</v>
       </c>
       <c r="I116">
         <v>50</v>
       </c>
       <c r="J116" t="s">
         <v>16</v>
       </c>
       <c r="K116" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>588</v>
       </c>
       <c r="B117" t="s">
         <v>589</v>
       </c>
       <c r="C117" t="s">
         <v>590</v>
       </c>
       <c r="D117">
-        <v>0.3996</v>
+        <v>0.177</v>
       </c>
       <c r="G117" t="s">
         <v>14</v>
       </c>
       <c r="H117" t="s">
         <v>591</v>
       </c>
       <c r="I117">
         <v>50</v>
       </c>
       <c r="J117" t="s">
         <v>16</v>
       </c>
       <c r="K117" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>593</v>
       </c>
       <c r="B118" t="s">
         <v>594</v>
       </c>
       <c r="C118" t="s">
         <v>595</v>
       </c>
       <c r="D118">
-        <v>0.4715</v>
+        <v>3.74</v>
       </c>
       <c r="G118" t="s">
         <v>14</v>
       </c>
       <c r="H118" t="s">
         <v>596</v>
       </c>
       <c r="I118">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J118" t="s">
         <v>16</v>
       </c>
       <c r="K118" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>598</v>
       </c>
       <c r="B119" t="s">
         <v>599</v>
       </c>
       <c r="C119" t="s">
         <v>600</v>
       </c>
       <c r="D119">
-        <v>0.2777</v>
+        <v>5.73</v>
       </c>
       <c r="G119" t="s">
         <v>14</v>
       </c>
       <c r="H119" t="s">
         <v>601</v>
       </c>
       <c r="I119">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J119" t="s">
         <v>16</v>
       </c>
       <c r="K119" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>603</v>
       </c>
       <c r="B120" t="s">
         <v>604</v>
       </c>
       <c r="C120" t="s">
         <v>605</v>
       </c>
       <c r="D120">
-        <v>0.177</v>
+        <v>7.82</v>
       </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="H120" t="s">
         <v>606</v>
       </c>
       <c r="I120">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J120" t="s">
         <v>16</v>
       </c>
       <c r="K120" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>608</v>
       </c>
       <c r="B121" t="s">
         <v>609</v>
       </c>
       <c r="C121" t="s">
         <v>610</v>
       </c>
       <c r="D121">
-        <v>3.74</v>
+        <v>6.16</v>
       </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="H121" t="s">
         <v>611</v>
       </c>
       <c r="I121">
         <v>1</v>
       </c>
       <c r="J121" t="s">
         <v>16</v>
       </c>
       <c r="K121" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>613</v>
       </c>
       <c r="B122" t="s">
         <v>614</v>
       </c>
       <c r="C122" t="s">
         <v>615</v>
       </c>
       <c r="D122">
-        <v>5.73</v>
+        <v>7.7</v>
       </c>
       <c r="G122" t="s">
         <v>14</v>
       </c>
       <c r="H122" t="s">
         <v>616</v>
       </c>
       <c r="I122">
         <v>1</v>
       </c>
       <c r="J122" t="s">
         <v>16</v>
       </c>
       <c r="K122" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>618</v>
       </c>
       <c r="B123" t="s">
         <v>619</v>
       </c>
       <c r="C123" t="s">
         <v>620</v>
       </c>
       <c r="D123">
-        <v>7.82</v>
+        <v>10.1</v>
       </c>
       <c r="G123" t="s">
         <v>14</v>
       </c>
       <c r="H123" t="s">
         <v>621</v>
       </c>
       <c r="I123">
         <v>1</v>
       </c>
       <c r="J123" t="s">
         <v>16</v>
       </c>
       <c r="K123" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>623</v>
       </c>
       <c r="B124" t="s">
         <v>624</v>
       </c>
       <c r="C124" t="s">
         <v>625</v>
       </c>
       <c r="D124">
-        <v>6.16</v>
+        <v>0</v>
       </c>
       <c r="G124" t="s">
         <v>14</v>
       </c>
       <c r="H124" t="s">
         <v>626</v>
       </c>
       <c r="I124">
         <v>1</v>
       </c>
       <c r="J124" t="s">
         <v>16</v>
       </c>
       <c r="K124" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>628</v>
       </c>
       <c r="B125" t="s">
         <v>629</v>
       </c>
       <c r="C125" t="s">
         <v>630</v>
       </c>
       <c r="D125">
-        <v>7.7</v>
+        <v>0.37</v>
       </c>
       <c r="G125" t="s">
         <v>14</v>
       </c>
       <c r="H125" t="s">
         <v>631</v>
       </c>
       <c r="I125">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="J125" t="s">
         <v>16</v>
       </c>
       <c r="K125" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>633</v>
       </c>
       <c r="B126" t="s">
         <v>634</v>
       </c>
       <c r="C126" t="s">
         <v>635</v>
       </c>
       <c r="D126">
-        <v>10.1</v>
+        <v>0.49</v>
       </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="H126" t="s">
         <v>636</v>
       </c>
       <c r="I126">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="J126" t="s">
         <v>16</v>
       </c>
       <c r="K126" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>638</v>
       </c>
       <c r="B127" t="s">
         <v>639</v>
       </c>
       <c r="C127" t="s">
         <v>640</v>
       </c>
       <c r="D127">
-        <v>0</v>
+        <v>0.2148</v>
       </c>
       <c r="G127" t="s">
         <v>14</v>
       </c>
       <c r="H127" t="s">
         <v>641</v>
       </c>
       <c r="I127">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="J127" t="s">
         <v>16</v>
       </c>
       <c r="K127" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>643</v>
       </c>
       <c r="B128" t="s">
         <v>644</v>
       </c>
       <c r="C128" t="s">
         <v>645</v>
       </c>
       <c r="D128">
-        <v>0.37</v>
+        <v>0.2</v>
       </c>
       <c r="G128" t="s">
         <v>14</v>
       </c>
       <c r="H128" t="s">
         <v>646</v>
       </c>
       <c r="I128">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J128" t="s">
         <v>16</v>
       </c>
       <c r="K128" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>648</v>
       </c>
       <c r="B129" t="s">
         <v>649</v>
       </c>
       <c r="C129" t="s">
         <v>650</v>
       </c>
       <c r="D129">
-        <v>0.49</v>
+        <v>0.64</v>
       </c>
       <c r="G129" t="s">
         <v>14</v>
       </c>
       <c r="H129" t="s">
         <v>651</v>
       </c>
       <c r="I129">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="J129" t="s">
         <v>16</v>
       </c>
       <c r="K129" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>653</v>
       </c>
       <c r="B130" t="s">
         <v>654</v>
       </c>
       <c r="C130" t="s">
         <v>655</v>
       </c>
       <c r="D130">
-        <v>0.2148</v>
+        <v>0.78</v>
       </c>
       <c r="G130" t="s">
         <v>14</v>
       </c>
       <c r="H130" t="s">
         <v>656</v>
       </c>
       <c r="I130">
         <v>50</v>
       </c>
       <c r="J130" t="s">
         <v>16</v>
       </c>
       <c r="K130" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>658</v>
       </c>
       <c r="B131" t="s">
         <v>659</v>
       </c>
       <c r="C131" t="s">
         <v>660</v>
       </c>
       <c r="D131">
-        <v>0.2</v>
+        <v>1.35</v>
       </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="H131" t="s">
         <v>661</v>
       </c>
       <c r="I131">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J131" t="s">
         <v>16</v>
       </c>
       <c r="K131" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>663</v>
       </c>
       <c r="B132" t="s">
         <v>664</v>
       </c>
       <c r="C132" t="s">
         <v>665</v>
       </c>
       <c r="D132">
-        <v>0.64</v>
+        <v>1.45</v>
       </c>
       <c r="G132" t="s">
         <v>14</v>
       </c>
       <c r="H132" t="s">
         <v>666</v>
       </c>
       <c r="I132">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J132" t="s">
         <v>16</v>
       </c>
       <c r="K132" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>668</v>
       </c>
       <c r="B133" t="s">
         <v>669</v>
       </c>
       <c r="C133" t="s">
         <v>670</v>
       </c>
       <c r="D133">
-        <v>0.78</v>
+        <v>12.3</v>
       </c>
       <c r="G133" t="s">
         <v>14</v>
       </c>
       <c r="H133" t="s">
         <v>671</v>
       </c>
       <c r="I133">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J133" t="s">
         <v>16</v>
       </c>
       <c r="K133" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>673</v>
       </c>
       <c r="B134" t="s">
         <v>674</v>
       </c>
       <c r="C134" t="s">
         <v>675</v>
       </c>
       <c r="D134">
-        <v>1.35</v>
+        <v>12.3</v>
       </c>
       <c r="G134" t="s">
         <v>14</v>
       </c>
       <c r="H134" t="s">
         <v>676</v>
       </c>
       <c r="I134">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="J134" t="s">
         <v>16</v>
       </c>
       <c r="K134" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>678</v>
       </c>
       <c r="B135" t="s">
         <v>679</v>
       </c>
       <c r="C135" t="s">
         <v>680</v>
       </c>
       <c r="D135">
-        <v>1.45</v>
+        <v>1.98</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="H135" t="s">
         <v>681</v>
       </c>
       <c r="I135">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J135" t="s">
         <v>16</v>
       </c>
       <c r="K135" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>683</v>
       </c>
       <c r="B136" t="s">
         <v>684</v>
       </c>
       <c r="C136" t="s">
         <v>685</v>
       </c>
       <c r="D136">
-        <v>12.3</v>
+        <v>2.5843</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136" t="s">
         <v>686</v>
       </c>
       <c r="I136">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="J136" t="s">
         <v>16</v>
       </c>
       <c r="K136" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>688</v>
       </c>
       <c r="B137" t="s">
         <v>689</v>
       </c>
       <c r="C137" t="s">
         <v>690</v>
       </c>
       <c r="D137">
-        <v>12.3</v>
+        <v>2.39</v>
       </c>
       <c r="G137" t="s">
         <v>14</v>
       </c>
       <c r="H137" t="s">
         <v>691</v>
       </c>
       <c r="I137">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="J137" t="s">
         <v>16</v>
       </c>
       <c r="K137" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>693</v>
       </c>
       <c r="B138" t="s">
         <v>694</v>
       </c>
       <c r="C138" t="s">
         <v>695</v>
       </c>
       <c r="D138">
-        <v>1.98</v>
+        <v>2.6</v>
       </c>
       <c r="G138" t="s">
         <v>14</v>
       </c>
       <c r="H138" t="s">
         <v>696</v>
       </c>
       <c r="I138">
         <v>20</v>
       </c>
       <c r="J138" t="s">
         <v>16</v>
       </c>
       <c r="K138" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>698</v>
       </c>
       <c r="B139" t="s">
         <v>699</v>
       </c>
       <c r="C139" t="s">
         <v>700</v>
       </c>
       <c r="D139">
-        <v>2.5843</v>
+        <v>3.8762</v>
       </c>
       <c r="G139" t="s">
         <v>14</v>
       </c>
       <c r="H139" t="s">
         <v>701</v>
       </c>
       <c r="I139">
         <v>20</v>
       </c>
       <c r="J139" t="s">
         <v>16</v>
       </c>
       <c r="K139" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>703</v>
       </c>
       <c r="B140" t="s">
         <v>704</v>
       </c>
       <c r="C140" t="s">
         <v>705</v>
       </c>
       <c r="D140">
-        <v>2.39</v>
+        <v>0.16</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
         <v>706</v>
       </c>
       <c r="I140">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="J140" t="s">
         <v>16</v>
       </c>
       <c r="K140" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>708</v>
       </c>
       <c r="B141" t="s">
         <v>709</v>
       </c>
       <c r="C141" t="s">
         <v>710</v>
       </c>
       <c r="D141">
-        <v>2.6</v>
+        <v>0.32</v>
       </c>
       <c r="G141" t="s">
         <v>14</v>
       </c>
       <c r="H141" t="s">
         <v>711</v>
       </c>
       <c r="I141">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="J141" t="s">
         <v>16</v>
       </c>
       <c r="K141" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>713</v>
       </c>
       <c r="B142" t="s">
         <v>714</v>
       </c>
       <c r="C142" t="s">
         <v>715</v>
       </c>
       <c r="D142">
-        <v>3.8762</v>
+        <v>0.41</v>
       </c>
       <c r="G142" t="s">
         <v>14</v>
       </c>
       <c r="H142" t="s">
         <v>716</v>
       </c>
       <c r="I142">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="J142" t="s">
         <v>16</v>
       </c>
       <c r="K142" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>718</v>
       </c>
       <c r="B143" t="s">
         <v>719</v>
       </c>
       <c r="C143" t="s">
         <v>720</v>
       </c>
       <c r="D143">
-        <v>0.16</v>
+        <v>0.46</v>
       </c>
       <c r="G143" t="s">
         <v>14</v>
       </c>
       <c r="H143" t="s">
         <v>721</v>
       </c>
       <c r="I143">
         <v>50</v>
       </c>
       <c r="J143" t="s">
         <v>16</v>
       </c>
       <c r="K143" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>723</v>
       </c>
       <c r="B144" t="s">
         <v>724</v>
       </c>
       <c r="C144" t="s">
         <v>725</v>
       </c>
       <c r="D144">
-        <v>0.32</v>
+        <v>0.77</v>
       </c>
       <c r="G144" t="s">
         <v>14</v>
       </c>
       <c r="H144" t="s">
         <v>726</v>
       </c>
       <c r="I144">
         <v>50</v>
       </c>
       <c r="J144" t="s">
         <v>16</v>
       </c>
       <c r="K144" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>728</v>
       </c>
       <c r="B145" t="s">
         <v>729</v>
       </c>
       <c r="C145" t="s">
         <v>730</v>
       </c>
       <c r="D145">
-        <v>0.41</v>
+        <v>0.86</v>
       </c>
       <c r="G145" t="s">
         <v>14</v>
       </c>
       <c r="H145" t="s">
         <v>731</v>
       </c>
       <c r="I145">
         <v>50</v>
       </c>
       <c r="J145" t="s">
         <v>16</v>
       </c>
       <c r="K145" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>733</v>
       </c>
       <c r="B146" t="s">
         <v>734</v>
       </c>
       <c r="C146" t="s">
         <v>735</v>
       </c>
       <c r="D146">
-        <v>0.46</v>
+        <v>0.94</v>
       </c>
       <c r="G146" t="s">
         <v>14</v>
       </c>
       <c r="H146" t="s">
         <v>736</v>
       </c>
       <c r="I146">
         <v>50</v>
       </c>
       <c r="J146" t="s">
         <v>16</v>
       </c>
       <c r="K146" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>738</v>
       </c>
       <c r="B147" t="s">
         <v>739</v>
       </c>
       <c r="C147" t="s">
         <v>740</v>
       </c>
       <c r="D147">
-        <v>0.77</v>
+        <v>0.97</v>
       </c>
       <c r="G147" t="s">
         <v>14</v>
       </c>
       <c r="H147" t="s">
         <v>741</v>
       </c>
       <c r="I147">
         <v>50</v>
       </c>
       <c r="J147" t="s">
         <v>16</v>
       </c>
       <c r="K147" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>743</v>
       </c>
       <c r="B148" t="s">
         <v>744</v>
       </c>
       <c r="C148" t="s">
         <v>745</v>
       </c>
       <c r="D148">
-        <v>0.86</v>
+        <v>1.43</v>
       </c>
       <c r="G148" t="s">
         <v>14</v>
       </c>
       <c r="H148" t="s">
         <v>746</v>
       </c>
       <c r="I148">
         <v>50</v>
       </c>
       <c r="J148" t="s">
         <v>16</v>
       </c>
       <c r="K148" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>748</v>
       </c>
       <c r="B149" t="s">
         <v>749</v>
       </c>
       <c r="C149" t="s">
         <v>750</v>
       </c>
       <c r="D149">
-        <v>0.94</v>
+        <v>0.84</v>
       </c>
       <c r="G149" t="s">
         <v>14</v>
       </c>
       <c r="H149" t="s">
         <v>751</v>
       </c>
       <c r="I149">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J149" t="s">
         <v>16</v>
       </c>
       <c r="K149" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>753</v>
       </c>
       <c r="B150" t="s">
         <v>754</v>
       </c>
       <c r="C150" t="s">
         <v>755</v>
       </c>
       <c r="D150">
-        <v>0.97</v>
+        <v>0.62</v>
       </c>
       <c r="G150" t="s">
         <v>14</v>
       </c>
       <c r="H150" t="s">
         <v>756</v>
       </c>
       <c r="I150">
         <v>50</v>
       </c>
       <c r="J150" t="s">
         <v>16</v>
       </c>
       <c r="K150" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>758</v>
       </c>
       <c r="B151" t="s">
         <v>759</v>
       </c>
       <c r="C151" t="s">
         <v>760</v>
       </c>
       <c r="D151">
-        <v>1.43</v>
+        <v>0.82</v>
       </c>
       <c r="G151" t="s">
         <v>14</v>
       </c>
       <c r="H151" t="s">
         <v>761</v>
       </c>
       <c r="I151">
         <v>50</v>
       </c>
       <c r="J151" t="s">
         <v>16</v>
       </c>
       <c r="K151" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>763</v>
       </c>
       <c r="B152" t="s">
         <v>764</v>
       </c>
       <c r="C152" t="s">
         <v>765</v>
       </c>
       <c r="D152">
         <v>0.84</v>
       </c>
       <c r="G152" t="s">
         <v>14</v>
       </c>
       <c r="H152" t="s">
         <v>766</v>
       </c>
       <c r="I152">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J152" t="s">
         <v>16</v>
       </c>
       <c r="K152" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>768</v>
       </c>
       <c r="B153" t="s">
         <v>769</v>
       </c>
       <c r="C153" t="s">
         <v>770</v>
       </c>
       <c r="D153">
-        <v>0.62</v>
+        <v>0.94</v>
       </c>
       <c r="G153" t="s">
         <v>14</v>
       </c>
       <c r="H153" t="s">
         <v>771</v>
       </c>
       <c r="I153">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J153" t="s">
         <v>16</v>
       </c>
       <c r="K153" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>773</v>
       </c>
       <c r="B154" t="s">
         <v>774</v>
       </c>
       <c r="C154" t="s">
         <v>775</v>
       </c>
       <c r="D154">
-        <v>0.82</v>
+        <v>1.6</v>
       </c>
       <c r="G154" t="s">
         <v>14</v>
       </c>
       <c r="H154" t="s">
         <v>776</v>
       </c>
       <c r="I154">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J154" t="s">
         <v>16</v>
       </c>
       <c r="K154" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>778</v>
       </c>
       <c r="B155" t="s">
         <v>779</v>
       </c>
       <c r="C155" t="s">
         <v>780</v>
       </c>
       <c r="D155">
-        <v>0.84</v>
+        <v>0.72</v>
       </c>
       <c r="G155" t="s">
         <v>14</v>
       </c>
       <c r="H155" t="s">
         <v>781</v>
       </c>
       <c r="I155">
         <v>50</v>
       </c>
       <c r="J155" t="s">
         <v>16</v>
       </c>
       <c r="K155" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>783</v>
       </c>
       <c r="B156" t="s">
         <v>784</v>
       </c>
       <c r="C156" t="s">
         <v>785</v>
       </c>
       <c r="D156">
-        <v>0.94</v>
+        <v>0.85</v>
       </c>
       <c r="G156" t="s">
         <v>14</v>
       </c>
       <c r="H156" t="s">
         <v>786</v>
       </c>
       <c r="I156">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J156" t="s">
         <v>16</v>
       </c>
       <c r="K156" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>788</v>
       </c>
       <c r="B157" t="s">
         <v>789</v>
       </c>
       <c r="C157" t="s">
         <v>790</v>
       </c>
       <c r="D157">
-        <v>1.6</v>
+        <v>0.96</v>
       </c>
       <c r="G157" t="s">
         <v>14</v>
       </c>
       <c r="H157" t="s">
         <v>791</v>
       </c>
       <c r="I157">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J157" t="s">
         <v>16</v>
       </c>
       <c r="K157" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>793</v>
       </c>
       <c r="B158" t="s">
         <v>794</v>
       </c>
       <c r="C158" t="s">
         <v>795</v>
       </c>
       <c r="D158">
-        <v>0.72</v>
+        <v>1.11</v>
       </c>
       <c r="G158" t="s">
         <v>14</v>
       </c>
       <c r="H158" t="s">
         <v>796</v>
       </c>
       <c r="I158">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J158" t="s">
         <v>16</v>
       </c>
       <c r="K158" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>798</v>
       </c>
       <c r="B159" t="s">
         <v>799</v>
       </c>
       <c r="C159" t="s">
         <v>800</v>
       </c>
       <c r="D159">
-        <v>0.85</v>
+        <v>1.81</v>
       </c>
       <c r="G159" t="s">
         <v>14</v>
       </c>
       <c r="H159" t="s">
         <v>801</v>
       </c>
       <c r="I159">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J159" t="s">
         <v>16</v>
       </c>
       <c r="K159" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>803</v>
       </c>
       <c r="B160" t="s">
         <v>804</v>
       </c>
       <c r="C160" t="s">
         <v>805</v>
       </c>
       <c r="D160">
-        <v>0.96</v>
+        <v>1.84</v>
       </c>
       <c r="G160" t="s">
         <v>14</v>
       </c>
       <c r="H160" t="s">
         <v>806</v>
       </c>
       <c r="I160">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J160" t="s">
         <v>16</v>
       </c>
       <c r="K160" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>808</v>
       </c>
       <c r="B161" t="s">
         <v>809</v>
       </c>
       <c r="C161" t="s">
         <v>810</v>
       </c>
       <c r="D161">
-        <v>1.11</v>
+        <v>2.05</v>
       </c>
       <c r="G161" t="s">
         <v>14</v>
       </c>
       <c r="H161" t="s">
         <v>811</v>
       </c>
       <c r="I161">
         <v>25</v>
       </c>
       <c r="J161" t="s">
         <v>16</v>
       </c>
       <c r="K161" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>813</v>
       </c>
       <c r="B162" t="s">
         <v>814</v>
       </c>
       <c r="C162" t="s">
         <v>815</v>
       </c>
       <c r="D162">
-        <v>1.81</v>
+        <v>0.7473</v>
       </c>
       <c r="G162" t="s">
         <v>14</v>
       </c>
       <c r="H162" t="s">
         <v>816</v>
       </c>
       <c r="I162">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J162" t="s">
         <v>16</v>
       </c>
       <c r="K162" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>818</v>
       </c>
       <c r="B163" t="s">
         <v>819</v>
       </c>
       <c r="C163" t="s">
         <v>820</v>
       </c>
       <c r="D163">
-        <v>1.84</v>
+        <v>0.87</v>
       </c>
       <c r="G163" t="s">
         <v>14</v>
       </c>
       <c r="H163" t="s">
         <v>821</v>
       </c>
       <c r="I163">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J163" t="s">
         <v>16</v>
       </c>
       <c r="K163" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>823</v>
       </c>
       <c r="B164" t="s">
         <v>824</v>
       </c>
       <c r="C164" t="s">
         <v>825</v>
       </c>
       <c r="D164">
-        <v>2.05</v>
+        <v>0.95</v>
       </c>
       <c r="G164" t="s">
         <v>14</v>
       </c>
       <c r="H164" t="s">
         <v>826</v>
       </c>
       <c r="I164">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J164" t="s">
         <v>16</v>
       </c>
       <c r="K164" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>828</v>
       </c>
       <c r="B165" t="s">
         <v>829</v>
       </c>
       <c r="C165" t="s">
         <v>830</v>
       </c>
       <c r="D165">
-        <v>0.7473</v>
+        <v>1.11</v>
       </c>
       <c r="G165" t="s">
         <v>14</v>
       </c>
       <c r="H165" t="s">
         <v>831</v>
       </c>
       <c r="I165">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J165" t="s">
         <v>16</v>
       </c>
       <c r="K165" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>833</v>
       </c>
       <c r="B166" t="s">
         <v>834</v>
       </c>
       <c r="C166" t="s">
         <v>835</v>
       </c>
       <c r="D166">
-        <v>0.87</v>
+        <v>1.73</v>
       </c>
       <c r="G166" t="s">
         <v>14</v>
       </c>
       <c r="H166" t="s">
         <v>836</v>
       </c>
       <c r="I166">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J166" t="s">
         <v>16</v>
       </c>
       <c r="K166" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>838</v>
       </c>
       <c r="B167" t="s">
         <v>839</v>
       </c>
       <c r="C167" t="s">
         <v>840</v>
       </c>
       <c r="D167">
-        <v>0.95</v>
+        <v>1.84</v>
       </c>
       <c r="G167" t="s">
         <v>14</v>
       </c>
       <c r="H167" t="s">
         <v>841</v>
       </c>
       <c r="I167">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J167" t="s">
         <v>16</v>
       </c>
       <c r="K167" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>843</v>
       </c>
       <c r="B168" t="s">
         <v>844</v>
       </c>
       <c r="C168" t="s">
         <v>845</v>
       </c>
       <c r="D168">
-        <v>1.11</v>
+        <v>2.05</v>
       </c>
       <c r="G168" t="s">
         <v>14</v>
       </c>
       <c r="H168" t="s">
         <v>846</v>
       </c>
       <c r="I168">
         <v>25</v>
       </c>
       <c r="J168" t="s">
         <v>16</v>
       </c>
       <c r="K168" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>848</v>
       </c>
       <c r="B169" t="s">
         <v>849</v>
       </c>
       <c r="C169" t="s">
         <v>850</v>
       </c>
       <c r="D169">
-        <v>1.73</v>
+        <v>4.07</v>
       </c>
       <c r="G169" t="s">
         <v>14</v>
       </c>
       <c r="H169" t="s">
         <v>851</v>
       </c>
       <c r="I169">
         <v>25</v>
       </c>
       <c r="J169" t="s">
         <v>16</v>
       </c>
       <c r="K169" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>853</v>
       </c>
       <c r="B170" t="s">
         <v>854</v>
       </c>
       <c r="C170" t="s">
         <v>855</v>
       </c>
       <c r="D170">
-        <v>1.84</v>
+        <v>4.15</v>
       </c>
       <c r="G170" t="s">
         <v>14</v>
       </c>
       <c r="H170" t="s">
         <v>856</v>
       </c>
       <c r="I170">
         <v>25</v>
       </c>
       <c r="J170" t="s">
         <v>16</v>
       </c>
       <c r="K170" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>858</v>
       </c>
       <c r="B171" t="s">
         <v>859</v>
       </c>
       <c r="C171" t="s">
         <v>860</v>
       </c>
       <c r="D171">
-        <v>2.05</v>
+        <v>4.7</v>
       </c>
       <c r="G171" t="s">
         <v>14</v>
       </c>
       <c r="H171" t="s">
         <v>861</v>
       </c>
       <c r="I171">
         <v>25</v>
       </c>
       <c r="J171" t="s">
         <v>16</v>
       </c>
       <c r="K171" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>863</v>
       </c>
       <c r="B172" t="s">
         <v>864</v>
       </c>
       <c r="C172" t="s">
         <v>865</v>
       </c>
       <c r="D172">
-        <v>4.07</v>
+        <v>6.3693</v>
       </c>
       <c r="G172" t="s">
         <v>14</v>
       </c>
       <c r="H172" t="s">
         <v>866</v>
       </c>
       <c r="I172">
         <v>25</v>
       </c>
       <c r="J172" t="s">
         <v>16</v>
       </c>
       <c r="K172" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>868</v>
       </c>
       <c r="B173" t="s">
         <v>869</v>
       </c>
       <c r="C173" t="s">
         <v>870</v>
       </c>
       <c r="D173">
-        <v>4.15</v>
+        <v>6.13</v>
       </c>
       <c r="G173" t="s">
         <v>14</v>
       </c>
       <c r="H173" t="s">
         <v>871</v>
       </c>
       <c r="I173">
         <v>25</v>
       </c>
       <c r="J173" t="s">
         <v>16</v>
       </c>
       <c r="K173" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>873</v>
       </c>
       <c r="B174" t="s">
         <v>874</v>
       </c>
       <c r="C174" t="s">
         <v>875</v>
       </c>
       <c r="D174">
-        <v>4.7</v>
+        <v>7.2</v>
       </c>
       <c r="G174" t="s">
         <v>14</v>
       </c>
       <c r="H174" t="s">
         <v>876</v>
       </c>
       <c r="I174">
         <v>25</v>
       </c>
       <c r="J174" t="s">
         <v>16</v>
       </c>
       <c r="K174" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>878</v>
       </c>
       <c r="B175" t="s">
         <v>879</v>
       </c>
       <c r="C175" t="s">
         <v>880</v>
       </c>
       <c r="D175">
-        <v>6.3693</v>
+        <v>9.68</v>
       </c>
       <c r="G175" t="s">
         <v>14</v>
       </c>
       <c r="H175" t="s">
         <v>881</v>
       </c>
       <c r="I175">
         <v>25</v>
       </c>
       <c r="J175" t="s">
         <v>16</v>
       </c>
       <c r="K175" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>883</v>
       </c>
       <c r="B176" t="s">
         <v>884</v>
       </c>
       <c r="C176" t="s">
         <v>885</v>
       </c>
       <c r="D176">
-        <v>6.13</v>
+        <v>5.42</v>
       </c>
       <c r="G176" t="s">
         <v>14</v>
       </c>
       <c r="H176" t="s">
         <v>886</v>
       </c>
       <c r="I176">
         <v>25</v>
       </c>
       <c r="J176" t="s">
         <v>16</v>
       </c>
       <c r="K176" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>888</v>
       </c>
       <c r="B177" t="s">
         <v>889</v>
       </c>
       <c r="C177" t="s">
         <v>890</v>
       </c>
       <c r="D177">
-        <v>7.2</v>
+        <v>6.05</v>
       </c>
       <c r="G177" t="s">
         <v>14</v>
       </c>
       <c r="H177" t="s">
         <v>891</v>
       </c>
       <c r="I177">
         <v>25</v>
       </c>
       <c r="J177" t="s">
         <v>16</v>
       </c>
       <c r="K177" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>893</v>
       </c>
       <c r="B178" t="s">
         <v>894</v>
       </c>
       <c r="C178" t="s">
         <v>895</v>
       </c>
       <c r="D178">
-        <v>9.68</v>
+        <v>11.5</v>
       </c>
       <c r="G178" t="s">
         <v>14</v>
       </c>
       <c r="H178" t="s">
         <v>896</v>
       </c>
       <c r="I178">
         <v>25</v>
       </c>
       <c r="J178" t="s">
         <v>16</v>
       </c>
       <c r="K178" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>898</v>
       </c>
       <c r="B179" t="s">
         <v>899</v>
       </c>
       <c r="C179" t="s">
         <v>900</v>
       </c>
       <c r="D179">
-        <v>5.42</v>
+        <v>0.79</v>
       </c>
       <c r="G179" t="s">
         <v>14</v>
       </c>
       <c r="H179" t="s">
         <v>901</v>
       </c>
       <c r="I179">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J179" t="s">
         <v>16</v>
       </c>
       <c r="K179" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>903</v>
       </c>
       <c r="B180" t="s">
         <v>904</v>
       </c>
       <c r="C180" t="s">
         <v>905</v>
       </c>
       <c r="D180">
-        <v>6.05</v>
+        <v>0.83</v>
       </c>
       <c r="G180" t="s">
         <v>14</v>
       </c>
       <c r="H180" t="s">
         <v>906</v>
       </c>
       <c r="I180">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J180" t="s">
         <v>16</v>
       </c>
       <c r="K180" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>908</v>
       </c>
       <c r="B181" t="s">
         <v>909</v>
       </c>
       <c r="C181" t="s">
         <v>910</v>
       </c>
       <c r="D181">
-        <v>11.5</v>
+        <v>0.93</v>
       </c>
       <c r="G181" t="s">
         <v>14</v>
       </c>
       <c r="H181" t="s">
         <v>911</v>
       </c>
       <c r="I181">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J181" t="s">
         <v>16</v>
       </c>
       <c r="K181" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>913</v>
       </c>
       <c r="B182" t="s">
         <v>914</v>
       </c>
       <c r="C182" t="s">
         <v>915</v>
       </c>
       <c r="D182">
-        <v>0.79</v>
+        <v>2.25</v>
       </c>
       <c r="G182" t="s">
         <v>14</v>
       </c>
       <c r="H182" t="s">
         <v>916</v>
       </c>
       <c r="I182">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J182" t="s">
         <v>16</v>
       </c>
       <c r="K182" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>918</v>
       </c>
       <c r="B183" t="s">
         <v>919</v>
       </c>
       <c r="C183" t="s">
         <v>920</v>
       </c>
       <c r="D183">
-        <v>0.83</v>
+        <v>3.74</v>
       </c>
       <c r="G183" t="s">
         <v>14</v>
       </c>
       <c r="H183" t="s">
         <v>921</v>
       </c>
       <c r="I183">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J183" t="s">
         <v>16</v>
       </c>
       <c r="K183" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>923</v>
       </c>
       <c r="B184" t="s">
         <v>924</v>
       </c>
       <c r="C184" t="s">
         <v>925</v>
       </c>
       <c r="D184">
-        <v>0.93</v>
+        <v>0.41</v>
       </c>
       <c r="G184" t="s">
         <v>14</v>
       </c>
       <c r="H184" t="s">
         <v>926</v>
       </c>
       <c r="I184">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="J184" t="s">
         <v>16</v>
       </c>
       <c r="K184" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>928</v>
       </c>
       <c r="B185" t="s">
         <v>929</v>
       </c>
       <c r="C185" t="s">
         <v>930</v>
       </c>
       <c r="D185">
-        <v>2.25</v>
+        <v>0.44</v>
       </c>
       <c r="G185" t="s">
         <v>14</v>
       </c>
       <c r="H185" t="s">
         <v>931</v>
       </c>
       <c r="I185">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J185" t="s">
         <v>16</v>
       </c>
       <c r="K185" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>933</v>
       </c>
       <c r="B186" t="s">
         <v>934</v>
       </c>
       <c r="C186" t="s">
         <v>935</v>
       </c>
       <c r="D186">
-        <v>3.74</v>
+        <v>0.45</v>
       </c>
       <c r="G186" t="s">
         <v>14</v>
       </c>
       <c r="H186" t="s">
         <v>936</v>
       </c>
       <c r="I186">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="J186" t="s">
         <v>16</v>
       </c>
       <c r="K186" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>938</v>
       </c>
       <c r="B187" t="s">
         <v>939</v>
       </c>
       <c r="C187" t="s">
         <v>940</v>
       </c>
       <c r="D187">
-        <v>0.41</v>
+        <v>0.47</v>
       </c>
       <c r="G187" t="s">
         <v>14</v>
       </c>
       <c r="H187" t="s">
         <v>941</v>
       </c>
       <c r="I187">
         <v>100</v>
       </c>
       <c r="J187" t="s">
         <v>16</v>
       </c>
       <c r="K187" t="s">
         <v>942</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>943</v>
       </c>
       <c r="B188" t="s">
         <v>944</v>
       </c>
       <c r="C188" t="s">
         <v>945</v>
       </c>
       <c r="D188">
-        <v>0.44</v>
+        <v>0.53</v>
       </c>
       <c r="G188" t="s">
         <v>14</v>
       </c>
       <c r="H188" t="s">
         <v>946</v>
       </c>
       <c r="I188">
         <v>100</v>
       </c>
       <c r="J188" t="s">
         <v>16</v>
       </c>
       <c r="K188" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>948</v>
       </c>
       <c r="B189" t="s">
         <v>949</v>
       </c>
       <c r="C189" t="s">
         <v>950</v>
       </c>
       <c r="D189">
-        <v>0.45</v>
+        <v>0.64</v>
       </c>
       <c r="G189" t="s">
         <v>14</v>
       </c>
       <c r="H189" t="s">
         <v>951</v>
       </c>
       <c r="I189">
         <v>100</v>
       </c>
       <c r="J189" t="s">
         <v>16</v>
       </c>
       <c r="K189" t="s">
         <v>952</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>953</v>
       </c>
       <c r="B190" t="s">
         <v>954</v>
       </c>
       <c r="C190" t="s">
         <v>955</v>
       </c>
       <c r="D190">
-        <v>0.47</v>
+        <v>0.89</v>
       </c>
       <c r="G190" t="s">
         <v>14</v>
       </c>
       <c r="H190" t="s">
         <v>956</v>
       </c>
       <c r="I190">
         <v>100</v>
       </c>
       <c r="J190" t="s">
         <v>16</v>
       </c>
       <c r="K190" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>958</v>
       </c>
       <c r="B191" t="s">
         <v>959</v>
       </c>
       <c r="C191" t="s">
         <v>960</v>
       </c>
       <c r="D191">
-        <v>0.53</v>
+        <v>0.39</v>
       </c>
       <c r="G191" t="s">
         <v>14</v>
       </c>
       <c r="H191" t="s">
         <v>961</v>
       </c>
       <c r="I191">
         <v>100</v>
       </c>
       <c r="J191" t="s">
         <v>16</v>
       </c>
       <c r="K191" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>963</v>
       </c>
       <c r="B192" t="s">
         <v>964</v>
       </c>
       <c r="C192" t="s">
         <v>965</v>
       </c>
       <c r="D192">
-        <v>0.64</v>
+        <v>0.27</v>
       </c>
       <c r="G192" t="s">
         <v>14</v>
       </c>
       <c r="H192" t="s">
         <v>966</v>
       </c>
       <c r="I192">
         <v>100</v>
       </c>
       <c r="J192" t="s">
         <v>16</v>
       </c>
       <c r="K192" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>968</v>
       </c>
       <c r="B193" t="s">
         <v>969</v>
       </c>
       <c r="C193" t="s">
         <v>970</v>
       </c>
       <c r="D193">
-        <v>0.89</v>
+        <v>0.31</v>
       </c>
       <c r="G193" t="s">
         <v>14</v>
       </c>
       <c r="H193" t="s">
         <v>971</v>
       </c>
       <c r="I193">
         <v>100</v>
       </c>
       <c r="J193" t="s">
         <v>16</v>
       </c>
       <c r="K193" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>973</v>
       </c>
       <c r="B194" t="s">
         <v>974</v>
       </c>
       <c r="C194" t="s">
         <v>975</v>
       </c>
       <c r="D194">
-        <v>0.39</v>
+        <v>1.39</v>
       </c>
       <c r="G194" t="s">
         <v>14</v>
       </c>
       <c r="H194" t="s">
         <v>976</v>
       </c>
       <c r="I194">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J194" t="s">
         <v>16</v>
       </c>
       <c r="K194" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>978</v>
       </c>
       <c r="B195" t="s">
         <v>979</v>
       </c>
       <c r="C195" t="s">
         <v>980</v>
       </c>
       <c r="D195">
-        <v>0.27</v>
+        <v>1.46</v>
       </c>
       <c r="G195" t="s">
         <v>14</v>
       </c>
       <c r="H195" t="s">
         <v>981</v>
       </c>
       <c r="I195">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J195" t="s">
         <v>16</v>
       </c>
       <c r="K195" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>983</v>
       </c>
       <c r="B196" t="s">
         <v>984</v>
       </c>
       <c r="C196" t="s">
         <v>985</v>
       </c>
       <c r="D196">
-        <v>0.31</v>
+        <v>1.79</v>
       </c>
       <c r="G196" t="s">
         <v>14</v>
       </c>
       <c r="H196" t="s">
         <v>986</v>
       </c>
       <c r="I196">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J196" t="s">
         <v>16</v>
       </c>
       <c r="K196" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>988</v>
       </c>
       <c r="B197" t="s">
         <v>989</v>
       </c>
       <c r="C197" t="s">
         <v>990</v>
       </c>
       <c r="D197">
-        <v>1.39</v>
+        <v>1.65</v>
       </c>
       <c r="G197" t="s">
         <v>14</v>
       </c>
       <c r="H197" t="s">
         <v>991</v>
       </c>
       <c r="I197">
         <v>50</v>
       </c>
       <c r="J197" t="s">
         <v>16</v>
       </c>
       <c r="K197" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>993</v>
       </c>
       <c r="B198" t="s">
         <v>994</v>
       </c>
       <c r="C198" t="s">
         <v>995</v>
       </c>
       <c r="D198">
-        <v>1.46</v>
+        <v>2.14</v>
       </c>
       <c r="G198" t="s">
         <v>14</v>
       </c>
       <c r="H198" t="s">
         <v>996</v>
       </c>
       <c r="I198">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J198" t="s">
         <v>16</v>
       </c>
       <c r="K198" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>998</v>
       </c>
       <c r="B199" t="s">
         <v>999</v>
       </c>
       <c r="C199" t="s">
         <v>1000</v>
       </c>
       <c r="D199">
-        <v>1.79</v>
+        <v>2.36</v>
       </c>
       <c r="G199" t="s">
         <v>14</v>
       </c>
       <c r="H199" t="s">
         <v>1001</v>
       </c>
       <c r="I199">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J199" t="s">
         <v>16</v>
       </c>
       <c r="K199" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>1003</v>
       </c>
       <c r="B200" t="s">
         <v>1004</v>
       </c>
       <c r="C200" t="s">
         <v>1005</v>
       </c>
       <c r="D200">
-        <v>1.65</v>
+        <v>3.3</v>
       </c>
       <c r="G200" t="s">
         <v>14</v>
       </c>
       <c r="H200" t="s">
         <v>1006</v>
       </c>
       <c r="I200">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J200" t="s">
         <v>16</v>
       </c>
       <c r="K200" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>1008</v>
       </c>
       <c r="B201" t="s">
         <v>1009</v>
       </c>
       <c r="C201" t="s">
         <v>1010</v>
       </c>
       <c r="D201">
-        <v>2.14</v>
+        <v>3.74</v>
       </c>
       <c r="G201" t="s">
         <v>14</v>
       </c>
       <c r="H201" t="s">
         <v>1011</v>
       </c>
       <c r="I201">
         <v>25</v>
       </c>
       <c r="J201" t="s">
         <v>16</v>
       </c>
       <c r="K201" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>1013</v>
       </c>
       <c r="B202" t="s">
         <v>1014</v>
       </c>
       <c r="C202" t="s">
         <v>1015</v>
       </c>
       <c r="D202">
-        <v>2.36</v>
+        <v>0.37</v>
       </c>
       <c r="G202" t="s">
         <v>14</v>
       </c>
       <c r="H202" t="s">
         <v>1016</v>
       </c>
       <c r="I202">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J202" t="s">
         <v>16</v>
       </c>
       <c r="K202" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>1018</v>
       </c>
       <c r="B203" t="s">
         <v>1019</v>
       </c>
       <c r="C203" t="s">
         <v>1020</v>
       </c>
       <c r="D203">
-        <v>3.3</v>
+        <v>0.33</v>
       </c>
       <c r="G203" t="s">
         <v>14</v>
       </c>
       <c r="H203" t="s">
         <v>1021</v>
       </c>
       <c r="I203">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J203" t="s">
         <v>16</v>
       </c>
       <c r="K203" t="s">
         <v>1022</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>1023</v>
       </c>
       <c r="B204" t="s">
         <v>1024</v>
       </c>
       <c r="C204" t="s">
         <v>1025</v>
       </c>
       <c r="D204">
-        <v>3.74</v>
+        <v>0.34</v>
       </c>
       <c r="G204" t="s">
         <v>14</v>
       </c>
       <c r="H204" t="s">
         <v>1026</v>
       </c>
       <c r="I204">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J204" t="s">
         <v>16</v>
       </c>
       <c r="K204" t="s">
         <v>1027</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>1028</v>
       </c>
       <c r="B205" t="s">
         <v>1029</v>
       </c>
       <c r="C205" t="s">
         <v>1030</v>
       </c>
       <c r="D205">
-        <v>0.37</v>
+        <v>0.41</v>
       </c>
       <c r="G205" t="s">
         <v>14</v>
       </c>
       <c r="H205" t="s">
         <v>1031</v>
       </c>
       <c r="I205">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J205" t="s">
         <v>16</v>
       </c>
       <c r="K205" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>1033</v>
       </c>
       <c r="B206" t="s">
         <v>1034</v>
       </c>
       <c r="C206" t="s">
         <v>1035</v>
       </c>
       <c r="D206">
-        <v>0.33</v>
+        <v>0.62</v>
       </c>
       <c r="G206" t="s">
         <v>14</v>
       </c>
       <c r="H206" t="s">
         <v>1036</v>
       </c>
       <c r="I206">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J206" t="s">
         <v>16</v>
       </c>
       <c r="K206" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>1038</v>
       </c>
       <c r="B207" t="s">
         <v>1039</v>
       </c>
       <c r="C207" t="s">
         <v>1040</v>
       </c>
       <c r="D207">
-        <v>0.34</v>
+        <v>0.48</v>
       </c>
       <c r="G207" t="s">
         <v>14</v>
       </c>
       <c r="H207" t="s">
         <v>1041</v>
       </c>
       <c r="I207">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J207" t="s">
         <v>16</v>
       </c>
       <c r="K207" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>1043</v>
       </c>
       <c r="B208" t="s">
         <v>1044</v>
       </c>
       <c r="C208" t="s">
         <v>1045</v>
       </c>
       <c r="D208">
-        <v>0.41</v>
+        <v>0.5</v>
       </c>
       <c r="G208" t="s">
         <v>14</v>
       </c>
       <c r="H208" t="s">
         <v>1046</v>
       </c>
       <c r="I208">
         <v>50</v>
       </c>
       <c r="J208" t="s">
         <v>16</v>
       </c>
       <c r="K208" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>1048</v>
       </c>
       <c r="B209" t="s">
         <v>1049</v>
       </c>
       <c r="C209" t="s">
         <v>1050</v>
       </c>
       <c r="D209">
-        <v>0.62</v>
+        <v>0.56</v>
       </c>
       <c r="G209" t="s">
         <v>14</v>
       </c>
       <c r="H209" t="s">
         <v>1051</v>
       </c>
       <c r="I209">
         <v>50</v>
       </c>
       <c r="J209" t="s">
         <v>16</v>
       </c>
       <c r="K209" t="s">
         <v>1052</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>1053</v>
       </c>
       <c r="B210" t="s">
         <v>1054</v>
       </c>
       <c r="C210" t="s">
         <v>1055</v>
       </c>
       <c r="D210">
-        <v>0.48</v>
+        <v>0.58</v>
       </c>
       <c r="G210" t="s">
         <v>14</v>
       </c>
       <c r="H210" t="s">
         <v>1056</v>
       </c>
       <c r="I210">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J210" t="s">
         <v>16</v>
       </c>
       <c r="K210" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>1058</v>
       </c>
       <c r="B211" t="s">
         <v>1059</v>
       </c>
       <c r="C211" t="s">
         <v>1060</v>
       </c>
       <c r="D211">
-        <v>0.5</v>
+        <v>0.78</v>
       </c>
       <c r="G211" t="s">
         <v>14</v>
       </c>
       <c r="H211" t="s">
         <v>1061</v>
       </c>
       <c r="I211">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J211" t="s">
         <v>16</v>
       </c>
       <c r="K211" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>1063</v>
       </c>
       <c r="B212" t="s">
         <v>1064</v>
       </c>
       <c r="C212" t="s">
         <v>1065</v>
       </c>
       <c r="D212">
-        <v>0.56</v>
+        <v>0.78</v>
       </c>
       <c r="G212" t="s">
         <v>14</v>
       </c>
       <c r="H212" t="s">
         <v>1066</v>
       </c>
       <c r="I212">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J212" t="s">
         <v>16</v>
       </c>
       <c r="K212" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>1068</v>
       </c>
       <c r="B213" t="s">
         <v>1069</v>
       </c>
       <c r="C213" t="s">
         <v>1070</v>
       </c>
       <c r="D213">
-        <v>0.58</v>
+        <v>0.95</v>
       </c>
       <c r="G213" t="s">
         <v>14</v>
       </c>
       <c r="H213" t="s">
         <v>1071</v>
       </c>
       <c r="I213">
         <v>25</v>
       </c>
       <c r="J213" t="s">
         <v>16</v>
       </c>
       <c r="K213" t="s">
         <v>1072</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>1073</v>
       </c>
       <c r="B214" t="s">
         <v>1074</v>
       </c>
       <c r="C214" t="s">
         <v>1075</v>
       </c>
       <c r="D214">
-        <v>0.78</v>
+        <v>1.21</v>
       </c>
       <c r="G214" t="s">
         <v>14</v>
       </c>
       <c r="H214" t="s">
         <v>1076</v>
       </c>
       <c r="I214">
         <v>25</v>
       </c>
       <c r="J214" t="s">
         <v>16</v>
       </c>
       <c r="K214" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>1078</v>
       </c>
       <c r="B215" t="s">
         <v>1079</v>
       </c>
       <c r="C215" t="s">
         <v>1080</v>
       </c>
       <c r="D215">
-        <v>0.78</v>
+        <v>1.31</v>
       </c>
       <c r="G215" t="s">
         <v>14</v>
       </c>
       <c r="H215" t="s">
         <v>1081</v>
       </c>
       <c r="I215">
         <v>25</v>
       </c>
       <c r="J215" t="s">
         <v>16</v>
       </c>
       <c r="K215" t="s">
         <v>1082</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>1083</v>
       </c>
       <c r="B216" t="s">
         <v>1084</v>
       </c>
       <c r="C216" t="s">
         <v>1085</v>
       </c>
       <c r="D216">
-        <v>0.95</v>
+        <v>1.92</v>
       </c>
       <c r="G216" t="s">
         <v>14</v>
       </c>
       <c r="H216" t="s">
         <v>1086</v>
       </c>
       <c r="I216">
         <v>25</v>
       </c>
       <c r="J216" t="s">
         <v>16</v>
       </c>
       <c r="K216" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>1088</v>
       </c>
       <c r="B217" t="s">
         <v>1089</v>
       </c>
       <c r="C217" t="s">
         <v>1090</v>
       </c>
       <c r="D217">
-        <v>1.21</v>
+        <v>1.59</v>
       </c>
       <c r="G217" t="s">
         <v>14</v>
       </c>
       <c r="H217" t="s">
         <v>1091</v>
       </c>
       <c r="I217">
         <v>25</v>
       </c>
       <c r="J217" t="s">
         <v>16</v>
       </c>
       <c r="K217" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>1093</v>
       </c>
       <c r="B218" t="s">
         <v>1094</v>
       </c>
       <c r="C218" t="s">
         <v>1095</v>
       </c>
       <c r="D218">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="G218" t="s">
         <v>14</v>
       </c>
       <c r="H218" t="s">
         <v>1096</v>
       </c>
       <c r="I218">
         <v>25</v>
       </c>
       <c r="J218" t="s">
         <v>16</v>
       </c>
       <c r="K218" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>1098</v>
       </c>
       <c r="B219" t="s">
         <v>1099</v>
       </c>
       <c r="C219" t="s">
         <v>1100</v>
       </c>
       <c r="D219">
-        <v>1.92</v>
+        <v>2.96</v>
       </c>
       <c r="G219" t="s">
         <v>14</v>
       </c>
       <c r="H219" t="s">
         <v>1101</v>
       </c>
       <c r="I219">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="J219" t="s">
         <v>16</v>
       </c>
       <c r="K219" t="s">
         <v>1102</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>1103</v>
       </c>
       <c r="B220" t="s">
         <v>1104</v>
       </c>
       <c r="C220" t="s">
         <v>1105</v>
       </c>
       <c r="D220">
-        <v>1.59</v>
+        <v>4.44</v>
       </c>
       <c r="G220" t="s">
         <v>14</v>
       </c>
       <c r="H220" t="s">
         <v>1106</v>
       </c>
       <c r="I220">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="J220" t="s">
         <v>16</v>
       </c>
       <c r="K220" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>1108</v>
       </c>
       <c r="B221" t="s">
         <v>1109</v>
       </c>
       <c r="C221" t="s">
         <v>1110</v>
       </c>
       <c r="D221">
-        <v>1.36</v>
+        <v>6.2</v>
       </c>
       <c r="G221" t="s">
         <v>14</v>
       </c>
       <c r="H221" t="s">
         <v>1111</v>
       </c>
       <c r="I221">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="J221" t="s">
         <v>16</v>
       </c>
       <c r="K221" t="s">
         <v>1112</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>1113</v>
       </c>
       <c r="B222" t="s">
         <v>1114</v>
       </c>
       <c r="C222" t="s">
         <v>1115</v>
       </c>
       <c r="D222">
-        <v>2.96</v>
+        <v>0.6</v>
       </c>
       <c r="G222" t="s">
         <v>14</v>
       </c>
       <c r="H222" t="s">
         <v>1116</v>
       </c>
       <c r="I222">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="J222" t="s">
         <v>16</v>
       </c>
       <c r="K222" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>1118</v>
       </c>
       <c r="B223" t="s">
         <v>1119</v>
       </c>
       <c r="C223" t="s">
         <v>1120</v>
       </c>
       <c r="D223">
-        <v>4.44</v>
+        <v>0.74</v>
       </c>
       <c r="G223" t="s">
         <v>14</v>
       </c>
       <c r="H223" t="s">
         <v>1121</v>
       </c>
       <c r="I223">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="J223" t="s">
         <v>16</v>
       </c>
       <c r="K223" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>1123</v>
       </c>
       <c r="B224" t="s">
         <v>1124</v>
       </c>
       <c r="C224" t="s">
         <v>1125</v>
       </c>
       <c r="D224">
-        <v>6.2</v>
+        <v>0.87</v>
       </c>
       <c r="G224" t="s">
         <v>14</v>
       </c>
       <c r="H224" t="s">
         <v>1126</v>
       </c>
       <c r="I224">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="J224" t="s">
         <v>16</v>
       </c>
       <c r="K224" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>1128</v>
       </c>
       <c r="B225" t="s">
         <v>1129</v>
       </c>
       <c r="C225" t="s">
         <v>1130</v>
       </c>
       <c r="D225">
-        <v>0.6</v>
+        <v>0.89</v>
       </c>
       <c r="G225" t="s">
         <v>14</v>
       </c>
       <c r="H225" t="s">
         <v>1131</v>
       </c>
       <c r="I225">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J225" t="s">
         <v>16</v>
       </c>
       <c r="K225" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
         <v>1133</v>
       </c>
       <c r="B226" t="s">
         <v>1134</v>
       </c>
       <c r="C226" t="s">
         <v>1135</v>
       </c>
       <c r="D226">
-        <v>0.74</v>
+        <v>1.29</v>
       </c>
       <c r="G226" t="s">
         <v>14</v>
       </c>
       <c r="H226" t="s">
         <v>1136</v>
       </c>
       <c r="I226">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J226" t="s">
         <v>16</v>
       </c>
       <c r="K226" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>1138</v>
       </c>
       <c r="B227" t="s">
         <v>1139</v>
       </c>
       <c r="C227" t="s">
         <v>1140</v>
       </c>
       <c r="D227">
-        <v>0.87</v>
+        <v>1.25</v>
       </c>
       <c r="G227" t="s">
         <v>14</v>
       </c>
       <c r="H227" t="s">
         <v>1141</v>
       </c>
       <c r="I227">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J227" t="s">
         <v>16</v>
       </c>
       <c r="K227" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>1143</v>
       </c>
       <c r="B228" t="s">
         <v>1144</v>
       </c>
       <c r="C228" t="s">
         <v>1145</v>
       </c>
       <c r="D228">
-        <v>0.89</v>
+        <v>1.27</v>
       </c>
       <c r="G228" t="s">
         <v>14</v>
       </c>
       <c r="H228" t="s">
         <v>1146</v>
       </c>
       <c r="I228">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J228" t="s">
         <v>16</v>
       </c>
       <c r="K228" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>1148</v>
       </c>
       <c r="B229" t="s">
         <v>1149</v>
       </c>
       <c r="C229" t="s">
         <v>1150</v>
       </c>
       <c r="D229">
-        <v>1.29</v>
+        <v>2.2</v>
       </c>
       <c r="G229" t="s">
         <v>14</v>
       </c>
       <c r="H229" t="s">
         <v>1151</v>
       </c>
       <c r="I229">
         <v>25</v>
       </c>
       <c r="J229" t="s">
         <v>16</v>
       </c>
       <c r="K229" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
         <v>1153</v>
       </c>
       <c r="B230" t="s">
         <v>1154</v>
       </c>
       <c r="C230" t="s">
         <v>1155</v>
       </c>
       <c r="D230">
-        <v>1.25</v>
+        <v>3.06</v>
       </c>
       <c r="G230" t="s">
         <v>14</v>
       </c>
       <c r="H230" t="s">
         <v>1156</v>
       </c>
       <c r="I230">
         <v>25</v>
       </c>
       <c r="J230" t="s">
         <v>16</v>
       </c>
       <c r="K230" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>1158</v>
       </c>
       <c r="B231" t="s">
         <v>1159</v>
       </c>
       <c r="C231" t="s">
         <v>1160</v>
       </c>
       <c r="D231">
-        <v>1.27</v>
+        <v>2.68</v>
       </c>
       <c r="G231" t="s">
         <v>14</v>
       </c>
       <c r="H231" t="s">
         <v>1161</v>
       </c>
       <c r="I231">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="J231" t="s">
         <v>16</v>
       </c>
       <c r="K231" t="s">
         <v>1162</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
         <v>1163</v>
       </c>
       <c r="B232" t="s">
         <v>1164</v>
       </c>
       <c r="C232" t="s">
         <v>1165</v>
       </c>
       <c r="D232">
-        <v>2.2</v>
+        <v>4.43</v>
       </c>
       <c r="G232" t="s">
         <v>14</v>
       </c>
       <c r="H232" t="s">
         <v>1166</v>
       </c>
       <c r="I232">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="J232" t="s">
         <v>16</v>
       </c>
       <c r="K232" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
         <v>1168</v>
       </c>
       <c r="B233" t="s">
         <v>1169</v>
       </c>
       <c r="C233" t="s">
         <v>1170</v>
       </c>
       <c r="D233">
-        <v>3.06</v>
+        <v>2.72</v>
       </c>
       <c r="G233" t="s">
         <v>14</v>
       </c>
       <c r="H233" t="s">
         <v>1171</v>
       </c>
       <c r="I233">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J233" t="s">
         <v>16</v>
       </c>
       <c r="K233" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>1173</v>
       </c>
       <c r="B234" t="s">
         <v>1174</v>
       </c>
       <c r="C234" t="s">
         <v>1175</v>
       </c>
       <c r="D234">
-        <v>2.68</v>
+        <v>3.6</v>
       </c>
       <c r="G234" t="s">
         <v>14</v>
       </c>
       <c r="H234" t="s">
         <v>1176</v>
       </c>
       <c r="I234">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="J234" t="s">
         <v>16</v>
       </c>
       <c r="K234" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>1178</v>
       </c>
       <c r="B235" t="s">
         <v>1179</v>
       </c>
       <c r="C235" t="s">
         <v>1180</v>
       </c>
       <c r="D235">
-        <v>4.43</v>
+        <v>3.45</v>
       </c>
       <c r="G235" t="s">
         <v>14</v>
       </c>
       <c r="H235" t="s">
         <v>1181</v>
       </c>
       <c r="I235">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="J235" t="s">
         <v>16</v>
       </c>
       <c r="K235" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
         <v>1183</v>
       </c>
       <c r="B236" t="s">
         <v>1184</v>
       </c>
       <c r="C236" t="s">
         <v>1185</v>
       </c>
       <c r="D236">
-        <v>2.72</v>
+        <v>3.56</v>
       </c>
       <c r="G236" t="s">
         <v>14</v>
       </c>
       <c r="H236" t="s">
         <v>1186</v>
       </c>
       <c r="I236">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J236" t="s">
         <v>16</v>
       </c>
       <c r="K236" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
         <v>1188</v>
       </c>
       <c r="B237" t="s">
         <v>1189</v>
       </c>
       <c r="C237" t="s">
         <v>1190</v>
       </c>
       <c r="D237">
-        <v>3.6</v>
+        <v>3.98</v>
       </c>
       <c r="G237" t="s">
         <v>14</v>
       </c>
       <c r="H237" t="s">
         <v>1191</v>
       </c>
       <c r="I237">
         <v>50</v>
       </c>
       <c r="J237" t="s">
         <v>16</v>
       </c>
       <c r="K237" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
         <v>1193</v>
       </c>
       <c r="B238" t="s">
         <v>1194</v>
       </c>
       <c r="C238" t="s">
         <v>1195</v>
       </c>
       <c r="D238">
-        <v>3.45</v>
+        <v>5.2</v>
       </c>
       <c r="G238" t="s">
         <v>14</v>
       </c>
       <c r="H238" t="s">
         <v>1196</v>
       </c>
       <c r="I238">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J238" t="s">
         <v>16</v>
       </c>
       <c r="K238" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
         <v>1198</v>
       </c>
       <c r="B239" t="s">
         <v>1199</v>
       </c>
       <c r="C239" t="s">
         <v>1200</v>
       </c>
       <c r="D239">
-        <v>3.56</v>
+        <v>5.39</v>
       </c>
       <c r="G239" t="s">
         <v>14</v>
       </c>
       <c r="H239" t="s">
         <v>1201</v>
       </c>
       <c r="I239">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J239" t="s">
         <v>16</v>
       </c>
       <c r="K239" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
         <v>1203</v>
       </c>
       <c r="B240" t="s">
         <v>1204</v>
       </c>
       <c r="C240" t="s">
         <v>1205</v>
       </c>
       <c r="D240">
-        <v>3.98</v>
+        <v>6.82</v>
       </c>
       <c r="G240" t="s">
         <v>14</v>
       </c>
       <c r="H240" t="s">
         <v>1206</v>
       </c>
       <c r="I240">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="J240" t="s">
         <v>16</v>
       </c>
       <c r="K240" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
         <v>1208</v>
       </c>
       <c r="B241" t="s">
         <v>1209</v>
       </c>
       <c r="C241" t="s">
         <v>1210</v>
       </c>
       <c r="D241">
-        <v>5.2</v>
+        <v>7.5</v>
       </c>
       <c r="G241" t="s">
         <v>14</v>
       </c>
       <c r="H241" t="s">
         <v>1211</v>
       </c>
       <c r="I241">
         <v>25</v>
       </c>
       <c r="J241" t="s">
         <v>16</v>
       </c>
       <c r="K241" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
         <v>1213</v>
       </c>
       <c r="B242" t="s">
         <v>1214</v>
       </c>
       <c r="C242" t="s">
         <v>1215</v>
       </c>
       <c r="D242">
-        <v>5.39</v>
+        <v>9.62</v>
       </c>
       <c r="G242" t="s">
         <v>14</v>
       </c>
       <c r="H242" t="s">
         <v>1216</v>
       </c>
       <c r="I242">
         <v>25</v>
       </c>
       <c r="J242" t="s">
         <v>16</v>
       </c>
       <c r="K242" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
         <v>1218</v>
       </c>
       <c r="B243" t="s">
         <v>1219</v>
       </c>
       <c r="C243" t="s">
         <v>1220</v>
       </c>
       <c r="D243">
-        <v>6.82</v>
+        <v>2.4</v>
       </c>
       <c r="G243" t="s">
         <v>14</v>
       </c>
       <c r="H243" t="s">
         <v>1221</v>
       </c>
       <c r="I243">
         <v>25</v>
       </c>
       <c r="J243" t="s">
         <v>16</v>
       </c>
       <c r="K243" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
         <v>1223</v>
       </c>
       <c r="B244" t="s">
         <v>1224</v>
       </c>
       <c r="C244" t="s">
         <v>1225</v>
       </c>
       <c r="D244">
-        <v>7.5</v>
+        <v>2.57</v>
       </c>
       <c r="G244" t="s">
         <v>14</v>
       </c>
       <c r="H244" t="s">
         <v>1226</v>
       </c>
       <c r="I244">
         <v>25</v>
       </c>
       <c r="J244" t="s">
         <v>16</v>
       </c>
       <c r="K244" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>1228</v>
       </c>
       <c r="B245" t="s">
         <v>1229</v>
       </c>
       <c r="C245" t="s">
         <v>1230</v>
       </c>
       <c r="D245">
-        <v>9.62</v>
+        <v>3.02</v>
       </c>
       <c r="G245" t="s">
         <v>14</v>
       </c>
       <c r="H245" t="s">
         <v>1231</v>
       </c>
       <c r="I245">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J245" t="s">
         <v>16</v>
       </c>
       <c r="K245" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>1233</v>
       </c>
       <c r="B246" t="s">
         <v>1234</v>
       </c>
       <c r="C246" t="s">
         <v>1235</v>
       </c>
       <c r="D246">
-        <v>2.4</v>
+        <v>3.86</v>
       </c>
       <c r="G246" t="s">
         <v>14</v>
       </c>
       <c r="H246" t="s">
         <v>1236</v>
       </c>
       <c r="I246">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="J246" t="s">
         <v>16</v>
       </c>
       <c r="K246" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>1238</v>
       </c>
       <c r="B247" t="s">
         <v>1239</v>
       </c>
       <c r="C247" t="s">
         <v>1240</v>
       </c>
       <c r="D247">
-        <v>2.57</v>
+        <v>2.02</v>
       </c>
       <c r="G247" t="s">
         <v>14</v>
       </c>
       <c r="H247" t="s">
         <v>1241</v>
       </c>
       <c r="I247">
         <v>25</v>
       </c>
       <c r="J247" t="s">
         <v>16</v>
       </c>
       <c r="K247" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
         <v>1243</v>
       </c>
       <c r="B248" t="s">
         <v>1244</v>
       </c>
       <c r="C248" t="s">
         <v>1245</v>
       </c>
       <c r="D248">
-        <v>3.02</v>
+        <v>2.22</v>
       </c>
       <c r="G248" t="s">
         <v>14</v>
       </c>
       <c r="H248" t="s">
         <v>1246</v>
       </c>
       <c r="I248">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J248" t="s">
         <v>16</v>
       </c>
       <c r="K248" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>1248</v>
       </c>
       <c r="B249" t="s">
         <v>1249</v>
       </c>
       <c r="C249" t="s">
         <v>1250</v>
       </c>
       <c r="D249">
-        <v>3.86</v>
+        <v>2.33</v>
       </c>
       <c r="G249" t="s">
         <v>14</v>
       </c>
       <c r="H249" t="s">
         <v>1251</v>
       </c>
       <c r="I249">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="J249" t="s">
         <v>16</v>
       </c>
       <c r="K249" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
         <v>1253</v>
       </c>
       <c r="B250" t="s">
         <v>1254</v>
       </c>
       <c r="C250" t="s">
         <v>1255</v>
       </c>
       <c r="D250">
-        <v>2.02</v>
+        <v>2.58</v>
       </c>
       <c r="G250" t="s">
         <v>14</v>
       </c>
       <c r="H250" t="s">
         <v>1256</v>
       </c>
       <c r="I250">
         <v>25</v>
       </c>
       <c r="J250" t="s">
         <v>16</v>
       </c>
       <c r="K250" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
         <v>1258</v>
       </c>
       <c r="B251" t="s">
         <v>1259</v>
       </c>
       <c r="C251" t="s">
         <v>1260</v>
       </c>
       <c r="D251">
-        <v>2.22</v>
+        <v>2.78</v>
       </c>
       <c r="G251" t="s">
         <v>14</v>
       </c>
       <c r="H251" t="s">
         <v>1261</v>
       </c>
       <c r="I251">
         <v>25</v>
       </c>
       <c r="J251" t="s">
         <v>16</v>
       </c>
       <c r="K251" t="s">
         <v>1262</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
         <v>1263</v>
       </c>
       <c r="B252" t="s">
         <v>1264</v>
       </c>
       <c r="C252" t="s">
         <v>1265</v>
       </c>
       <c r="D252">
-        <v>2.33</v>
+        <v>3.15</v>
       </c>
       <c r="G252" t="s">
         <v>14</v>
       </c>
       <c r="H252" t="s">
         <v>1266</v>
       </c>
       <c r="I252">
         <v>25</v>
       </c>
       <c r="J252" t="s">
         <v>16</v>
       </c>
       <c r="K252" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
         <v>1268</v>
       </c>
       <c r="B253" t="s">
         <v>1269</v>
       </c>
       <c r="C253" t="s">
         <v>1270</v>
       </c>
       <c r="D253">
-        <v>2.58</v>
+        <v>0.13</v>
       </c>
       <c r="G253" t="s">
         <v>14</v>
       </c>
       <c r="H253" t="s">
         <v>1271</v>
       </c>
       <c r="I253">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="J253" t="s">
         <v>16</v>
       </c>
       <c r="K253" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>1273</v>
       </c>
       <c r="B254" t="s">
         <v>1274</v>
       </c>
       <c r="C254" t="s">
         <v>1275</v>
       </c>
       <c r="D254">
-        <v>2.78</v>
+        <v>0.39</v>
       </c>
       <c r="G254" t="s">
         <v>14</v>
       </c>
       <c r="H254" t="s">
         <v>1276</v>
       </c>
       <c r="I254">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J254" t="s">
         <v>16</v>
       </c>
       <c r="K254" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
         <v>1278</v>
       </c>
       <c r="B255" t="s">
         <v>1279</v>
       </c>
       <c r="C255" t="s">
         <v>1280</v>
       </c>
       <c r="D255">
-        <v>3.15</v>
+        <v>0.57</v>
       </c>
       <c r="G255" t="s">
         <v>14</v>
       </c>
       <c r="H255" t="s">
         <v>1281</v>
       </c>
       <c r="I255">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="J255" t="s">
         <v>16</v>
       </c>
       <c r="K255" t="s">
         <v>1282</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
         <v>1283</v>
       </c>
       <c r="B256" t="s">
         <v>1284</v>
       </c>
       <c r="C256" t="s">
         <v>1285</v>
       </c>
       <c r="D256">
-        <v>0.13</v>
+        <v>0.84</v>
       </c>
       <c r="G256" t="s">
         <v>14</v>
       </c>
       <c r="H256" t="s">
         <v>1286</v>
       </c>
       <c r="I256">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="J256" t="s">
         <v>16</v>
       </c>
       <c r="K256" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
         <v>1288</v>
       </c>
       <c r="B257" t="s">
         <v>1289</v>
       </c>
       <c r="C257" t="s">
         <v>1290</v>
       </c>
       <c r="D257">
-        <v>0.39</v>
+        <v>1.07</v>
       </c>
       <c r="G257" t="s">
         <v>14</v>
       </c>
       <c r="H257" t="s">
         <v>1291</v>
       </c>
       <c r="I257">
         <v>50</v>
       </c>
       <c r="J257" t="s">
         <v>16</v>
       </c>
       <c r="K257" t="s">
         <v>1292</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
         <v>1293</v>
       </c>
       <c r="B258" t="s">
         <v>1294</v>
       </c>
       <c r="C258" t="s">
         <v>1295</v>
       </c>
       <c r="D258">
-        <v>0.57</v>
+        <v>2.18</v>
       </c>
       <c r="G258" t="s">
         <v>14</v>
       </c>
       <c r="H258" t="s">
         <v>1296</v>
       </c>
       <c r="I258">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J258" t="s">
         <v>16</v>
       </c>
       <c r="K258" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>1298</v>
       </c>
       <c r="B259" t="s">
         <v>1299</v>
       </c>
       <c r="C259" t="s">
         <v>1300</v>
       </c>
       <c r="D259">
-        <v>0.84</v>
+        <v>5.6</v>
       </c>
       <c r="G259" t="s">
         <v>14</v>
       </c>
       <c r="H259" t="s">
         <v>1301</v>
       </c>
       <c r="I259">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J259" t="s">
         <v>16</v>
       </c>
       <c r="K259" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>1303</v>
       </c>
       <c r="B260" t="s">
         <v>1304</v>
       </c>
       <c r="C260" t="s">
         <v>1305</v>
       </c>
       <c r="D260">
-        <v>1.07</v>
+        <v>0.19</v>
       </c>
       <c r="G260" t="s">
         <v>14</v>
       </c>
       <c r="H260" t="s">
         <v>1306</v>
       </c>
       <c r="I260">
         <v>50</v>
       </c>
       <c r="J260" t="s">
         <v>16</v>
       </c>
       <c r="K260" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
         <v>1308</v>
       </c>
       <c r="B261" t="s">
         <v>1309</v>
       </c>
       <c r="C261" t="s">
         <v>1310</v>
       </c>
       <c r="D261">
-        <v>2.18</v>
+        <v>0.07</v>
       </c>
       <c r="G261" t="s">
         <v>14</v>
       </c>
       <c r="H261" t="s">
         <v>1311</v>
       </c>
       <c r="I261">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="J261" t="s">
         <v>16</v>
       </c>
       <c r="K261" t="s">
         <v>1312</v>
-      </c>
-[...85 lines deleted...]
-        <v>1327</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>