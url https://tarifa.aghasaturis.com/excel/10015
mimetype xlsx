--- v0 (2026-01-11)
+++ v1 (2026-03-03)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2008" uniqueCount="2008">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2003" uniqueCount="2003">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
@@ -4788,65 +4788,50 @@
     <t>641205</t>
   </si>
   <si>
     <t>Vogel-641205-Anemómetro electrónico digital (Medidor velocidad viento), 0,3 ~ 30 m/s, Lectura 0,1 m/s</t>
   </si>
   <si>
     <t>4010873617522</t>
   </si>
   <si>
     <t>P02-04-025-V02-P02</t>
   </si>
   <si>
     <t>A141125290V270160</t>
   </si>
   <si>
     <t>270160</t>
   </si>
   <si>
     <t>Vogel-270160-Tacómetro manual electrónico digital (Medidor RPM), Rango 1/min 1-99.999, Distancia de medición máx. 600 mm (ópticamente)</t>
   </si>
   <si>
     <t>4010873432415</t>
   </si>
   <si>
     <t>P02-04-026-V01-P01</t>
-  </si>
-[...13 lines deleted...]
-    <t>P02-04-004-V04-P01</t>
   </si>
   <si>
     <t>A141130103V3225112</t>
   </si>
   <si>
     <t>322511.2</t>
   </si>
   <si>
     <t>Vogel-322511.2-Transportador de ángulos. Cuadrante Ø 80xlargo 120 mm</t>
   </si>
   <si>
     <t>4010873300608</t>
   </si>
   <si>
     <t>P02-04-012-V03-P01</t>
   </si>
   <si>
     <t>A141130103V3225122</t>
   </si>
   <si>
     <t>322512.2</t>
   </si>
   <si>
     <t>Vogel-322512.2-Transportador de ángulos. Cuadrante Ø 120xlargo 150 mm</t>
   </si>
@@ -6062,69 +6047,70 @@
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Left"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M400"/>
+  <dimension ref="A1:M399"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="12"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="8"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="6"/>
     <col min="11" max="11" width="19"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -6143,746 +6129,896 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2">
         <v>3.09</v>
       </c>
+      <c r="E2">
+        <v>3.16</v>
+      </c>
+      <c r="F2" s="1">
+        <v>46112</v>
+      </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
       <c r="K2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3">
         <v>3.63</v>
       </c>
+      <c r="E3">
+        <v>3.66</v>
+      </c>
+      <c r="F3" s="1">
+        <v>46112</v>
+      </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>16</v>
       </c>
       <c r="K3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4">
         <v>4.25</v>
       </c>
+      <c r="E4">
+        <v>4.3</v>
+      </c>
+      <c r="F4" s="1">
+        <v>46112</v>
+      </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
       <c r="I4">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5">
         <v>4.67</v>
       </c>
+      <c r="E5">
+        <v>4.74</v>
+      </c>
+      <c r="F5" s="1">
+        <v>46112</v>
+      </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="I5">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>16</v>
       </c>
       <c r="K5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6">
         <v>7.96</v>
       </c>
+      <c r="E6">
+        <v>8.06</v>
+      </c>
+      <c r="F6" s="1">
+        <v>46112</v>
+      </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>16</v>
       </c>
       <c r="K6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7">
         <v>20.26</v>
       </c>
+      <c r="E7">
+        <v>20.56</v>
+      </c>
+      <c r="F7" s="1">
+        <v>46112</v>
+      </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
       <c r="I7">
         <v>1</v>
       </c>
       <c r="J7" t="s">
         <v>16</v>
       </c>
       <c r="K7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8">
         <v>10.25</v>
       </c>
+      <c r="E8">
+        <v>10.42</v>
+      </c>
+      <c r="F8" s="1">
+        <v>46112</v>
+      </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>46</v>
       </c>
       <c r="I8">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>16</v>
       </c>
       <c r="K8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9">
         <v>14.95</v>
       </c>
+      <c r="E9">
+        <v>15.19</v>
+      </c>
+      <c r="F9" s="1">
+        <v>46112</v>
+      </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
       <c r="I9">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>16</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
         <v>55</v>
       </c>
       <c r="D10">
         <v>26.73</v>
       </c>
+      <c r="E10">
+        <v>27.12</v>
+      </c>
+      <c r="F10" s="1">
+        <v>46112</v>
+      </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>16</v>
       </c>
       <c r="K10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>58</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11">
         <v>46.09</v>
       </c>
+      <c r="E11">
+        <v>46.8</v>
+      </c>
+      <c r="F11" s="1">
+        <v>46112</v>
+      </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>61</v>
       </c>
       <c r="I11">
         <v>1</v>
       </c>
       <c r="J11" t="s">
         <v>16</v>
       </c>
       <c r="K11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>63</v>
       </c>
       <c r="B12" t="s">
         <v>64</v>
       </c>
       <c r="C12" t="s">
         <v>65</v>
       </c>
       <c r="D12">
         <v>67.55</v>
       </c>
+      <c r="E12">
+        <v>68.58</v>
+      </c>
+      <c r="F12" s="1">
+        <v>46112</v>
+      </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>66</v>
       </c>
       <c r="I12">
         <v>1</v>
       </c>
       <c r="J12" t="s">
         <v>16</v>
       </c>
       <c r="K12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>68</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
       <c r="C13" t="s">
         <v>70</v>
       </c>
       <c r="D13">
         <v>157.24</v>
       </c>
+      <c r="E13">
+        <v>159.6</v>
+      </c>
+      <c r="F13" s="1">
+        <v>46112</v>
+      </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
         <v>71</v>
       </c>
       <c r="I13">
         <v>1</v>
       </c>
       <c r="J13" t="s">
         <v>16</v>
       </c>
       <c r="K13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>73</v>
       </c>
       <c r="B14" t="s">
         <v>74</v>
       </c>
       <c r="C14" t="s">
         <v>75</v>
       </c>
       <c r="D14">
         <v>9.98</v>
       </c>
+      <c r="E14">
+        <v>10.25</v>
+      </c>
+      <c r="F14" s="1">
+        <v>46112</v>
+      </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>76</v>
       </c>
       <c r="I14">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>16</v>
       </c>
       <c r="K14" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>78</v>
       </c>
       <c r="B15" t="s">
         <v>79</v>
       </c>
       <c r="C15" t="s">
         <v>80</v>
       </c>
       <c r="D15">
         <v>11.17</v>
       </c>
+      <c r="E15">
+        <v>11.26</v>
+      </c>
+      <c r="F15" s="1">
+        <v>46112</v>
+      </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>81</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>16</v>
       </c>
       <c r="K15" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16" t="s">
         <v>85</v>
       </c>
       <c r="D16">
         <v>106.35</v>
       </c>
+      <c r="E16">
+        <v>107.96</v>
+      </c>
+      <c r="F16" s="1">
+        <v>46112</v>
+      </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>86</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>16</v>
       </c>
       <c r="K16" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>88</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
       <c r="C17" t="s">
         <v>90</v>
       </c>
       <c r="D17">
         <v>125.85</v>
       </c>
+      <c r="E17">
+        <v>127.75</v>
+      </c>
+      <c r="F17" s="1">
+        <v>46112</v>
+      </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>91</v>
       </c>
       <c r="I17">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>16</v>
       </c>
       <c r="K17" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>93</v>
       </c>
       <c r="B18" t="s">
         <v>94</v>
       </c>
       <c r="C18" t="s">
         <v>95</v>
       </c>
       <c r="D18">
         <v>142.1</v>
       </c>
+      <c r="E18">
+        <v>144.21</v>
+      </c>
+      <c r="F18" s="1">
+        <v>46112</v>
+      </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>96</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>16</v>
       </c>
       <c r="K18" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>98</v>
       </c>
       <c r="B19" t="s">
         <v>99</v>
       </c>
       <c r="C19" t="s">
         <v>100</v>
       </c>
       <c r="D19">
         <v>161.97</v>
       </c>
+      <c r="E19">
+        <v>164.37</v>
+      </c>
+      <c r="F19" s="1">
+        <v>46112</v>
+      </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>101</v>
       </c>
       <c r="I19">
         <v>1</v>
       </c>
       <c r="J19" t="s">
         <v>16</v>
       </c>
       <c r="K19" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>103</v>
       </c>
       <c r="B20" t="s">
         <v>104</v>
       </c>
       <c r="C20" t="s">
         <v>105</v>
       </c>
       <c r="D20">
         <v>191.44</v>
       </c>
+      <c r="E20">
+        <v>194.31</v>
+      </c>
+      <c r="F20" s="1">
+        <v>46112</v>
+      </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>106</v>
       </c>
       <c r="I20">
         <v>1</v>
       </c>
       <c r="J20" t="s">
         <v>16</v>
       </c>
       <c r="K20" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>108</v>
       </c>
       <c r="B21" t="s">
         <v>109</v>
       </c>
       <c r="C21" t="s">
         <v>110</v>
       </c>
       <c r="D21">
         <v>223.15</v>
       </c>
+      <c r="E21">
+        <v>226.46</v>
+      </c>
+      <c r="F21" s="1">
+        <v>46112</v>
+      </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>111</v>
       </c>
       <c r="I21">
         <v>1</v>
       </c>
       <c r="J21" t="s">
         <v>16</v>
       </c>
       <c r="K21" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>113</v>
       </c>
       <c r="B22" t="s">
         <v>114</v>
       </c>
       <c r="C22" t="s">
         <v>115</v>
       </c>
       <c r="D22">
         <v>82.86</v>
       </c>
+      <c r="E22">
+        <v>83.7</v>
+      </c>
+      <c r="F22" s="1">
+        <v>46112</v>
+      </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>116</v>
       </c>
       <c r="I22">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>16</v>
       </c>
       <c r="K22" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>118</v>
       </c>
       <c r="B23" t="s">
         <v>119</v>
       </c>
       <c r="C23" t="s">
         <v>120</v>
       </c>
       <c r="D23">
         <v>44.69</v>
       </c>
+      <c r="E23">
+        <v>45.12</v>
+      </c>
+      <c r="F23" s="1">
+        <v>46112</v>
+      </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>121</v>
       </c>
       <c r="I23">
         <v>1</v>
       </c>
       <c r="J23" t="s">
         <v>16</v>
       </c>
       <c r="K23" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>123</v>
       </c>
       <c r="B24" t="s">
         <v>124</v>
       </c>
       <c r="C24" t="s">
         <v>125</v>
       </c>
       <c r="D24">
         <v>46.24</v>
       </c>
+      <c r="E24">
+        <v>47.38</v>
+      </c>
+      <c r="F24" s="1">
+        <v>46112</v>
+      </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>126</v>
       </c>
       <c r="I24">
         <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>16</v>
       </c>
       <c r="K24" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>128</v>
       </c>
       <c r="B25" t="s">
         <v>129</v>
       </c>
       <c r="C25" t="s">
         <v>130</v>
       </c>
       <c r="D25">
         <v>99.18</v>
       </c>
+      <c r="E25">
+        <v>101.67</v>
+      </c>
+      <c r="F25" s="1">
+        <v>46112</v>
+      </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>131</v>
       </c>
       <c r="I25">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>16</v>
       </c>
       <c r="K25" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>133</v>
       </c>
       <c r="B26" t="s">
         <v>134</v>
       </c>
       <c r="C26" t="s">
         <v>135</v>
       </c>
       <c r="D26">
         <v>85.2</v>
       </c>
+      <c r="E26">
+        <v>86.05</v>
+      </c>
+      <c r="F26" s="1">
+        <v>46112</v>
+      </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>136</v>
       </c>
       <c r="I26">
         <v>1</v>
       </c>
       <c r="J26" t="s">
         <v>16</v>
       </c>
       <c r="K26" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>138</v>
       </c>
       <c r="B27" t="s">
         <v>139</v>
       </c>
       <c r="C27" t="s">
         <v>140</v>
@@ -6926,253 +7062,301 @@
         <v>146</v>
       </c>
       <c r="I28">
         <v>1</v>
       </c>
       <c r="J28" t="s">
         <v>16</v>
       </c>
       <c r="K28" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>148</v>
       </c>
       <c r="B29" t="s">
         <v>149</v>
       </c>
       <c r="C29" t="s">
         <v>150</v>
       </c>
       <c r="D29">
         <v>51.75</v>
       </c>
+      <c r="E29">
+        <v>52.01</v>
+      </c>
+      <c r="F29" s="1">
+        <v>46112</v>
+      </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>151</v>
       </c>
       <c r="I29">
         <v>1</v>
       </c>
       <c r="J29" t="s">
         <v>16</v>
       </c>
       <c r="K29" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>153</v>
       </c>
       <c r="B30" t="s">
         <v>154</v>
       </c>
       <c r="C30" t="s">
         <v>155</v>
       </c>
       <c r="D30">
         <v>59.02</v>
       </c>
+      <c r="E30">
+        <v>59.27</v>
+      </c>
+      <c r="F30" s="1">
+        <v>46112</v>
+      </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>156</v>
       </c>
       <c r="I30">
         <v>1</v>
       </c>
       <c r="J30" t="s">
         <v>16</v>
       </c>
       <c r="K30" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>158</v>
       </c>
       <c r="B31" t="s">
         <v>159</v>
       </c>
       <c r="C31" t="s">
         <v>160</v>
       </c>
       <c r="D31">
         <v>81.22</v>
       </c>
+      <c r="E31">
+        <v>81.65</v>
+      </c>
+      <c r="F31" s="1">
+        <v>46112</v>
+      </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>161</v>
       </c>
       <c r="I31">
         <v>1</v>
       </c>
       <c r="J31" t="s">
         <v>16</v>
       </c>
       <c r="K31" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>163</v>
       </c>
       <c r="B32" t="s">
         <v>164</v>
       </c>
       <c r="C32" t="s">
         <v>165</v>
       </c>
       <c r="D32">
         <v>108.26</v>
       </c>
+      <c r="E32">
+        <v>108.8</v>
+      </c>
+      <c r="F32" s="1">
+        <v>46112</v>
+      </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>166</v>
       </c>
       <c r="I32">
         <v>1</v>
       </c>
       <c r="J32" t="s">
         <v>16</v>
       </c>
       <c r="K32" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>168</v>
       </c>
       <c r="B33" t="s">
         <v>169</v>
       </c>
       <c r="C33" t="s">
         <v>170</v>
       </c>
       <c r="D33">
         <v>61.28</v>
       </c>
+      <c r="E33">
+        <v>62.8</v>
+      </c>
+      <c r="F33" s="1">
+        <v>46112</v>
+      </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>171</v>
       </c>
       <c r="I33">
         <v>1</v>
       </c>
       <c r="J33" t="s">
         <v>16</v>
       </c>
       <c r="K33" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>173</v>
       </c>
       <c r="B34" t="s">
         <v>174</v>
       </c>
       <c r="C34" t="s">
         <v>175</v>
       </c>
       <c r="D34">
         <v>72.22</v>
       </c>
+      <c r="E34">
+        <v>74.03</v>
+      </c>
+      <c r="F34" s="1">
+        <v>46112</v>
+      </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>176</v>
       </c>
       <c r="I34">
         <v>1</v>
       </c>
       <c r="J34" t="s">
         <v>16</v>
       </c>
       <c r="K34" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>178</v>
       </c>
       <c r="B35" t="s">
         <v>179</v>
       </c>
       <c r="C35" t="s">
         <v>180</v>
       </c>
       <c r="D35">
         <v>82.94</v>
       </c>
+      <c r="E35">
+        <v>85.01</v>
+      </c>
+      <c r="F35" s="1">
+        <v>46112</v>
+      </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>181</v>
       </c>
       <c r="I35">
         <v>1</v>
       </c>
       <c r="J35" t="s">
         <v>16</v>
       </c>
       <c r="K35" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>183</v>
       </c>
       <c r="B36" t="s">
         <v>184</v>
       </c>
       <c r="C36" t="s">
         <v>185</v>
       </c>
       <c r="D36">
         <v>95.48</v>
       </c>
+      <c r="E36">
+        <v>97.31</v>
+      </c>
+      <c r="F36" s="1">
+        <v>46112</v>
+      </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>186</v>
       </c>
       <c r="I36">
         <v>1</v>
       </c>
       <c r="J36" t="s">
         <v>16</v>
       </c>
       <c r="K36" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>188</v>
       </c>
       <c r="B37" t="s">
         <v>189</v>
       </c>
       <c r="C37" t="s">
         <v>190</v>
@@ -7187,50 +7371,56 @@
         <v>191</v>
       </c>
       <c r="I37">
         <v>1</v>
       </c>
       <c r="J37" t="s">
         <v>16</v>
       </c>
       <c r="K37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>195</v>
       </c>
       <c r="D38">
         <v>41.23</v>
       </c>
+      <c r="E38">
+        <v>42.27</v>
+      </c>
+      <c r="F38" s="1">
+        <v>46112</v>
+      </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>196</v>
       </c>
       <c r="I38">
         <v>1</v>
       </c>
       <c r="J38" t="s">
         <v>16</v>
       </c>
       <c r="K38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>199</v>
       </c>
       <c r="C39" t="s">
         <v>200</v>
@@ -7245,137 +7435,161 @@
         <v>201</v>
       </c>
       <c r="I39">
         <v>1</v>
       </c>
       <c r="J39" t="s">
         <v>16</v>
       </c>
       <c r="K39" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>203</v>
       </c>
       <c r="B40" t="s">
         <v>204</v>
       </c>
       <c r="C40" t="s">
         <v>205</v>
       </c>
       <c r="D40">
         <v>78.8</v>
       </c>
+      <c r="E40">
+        <v>79.56</v>
+      </c>
+      <c r="F40" s="1">
+        <v>46112</v>
+      </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>206</v>
       </c>
       <c r="I40">
         <v>1</v>
       </c>
       <c r="J40" t="s">
         <v>16</v>
       </c>
       <c r="K40" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>208</v>
       </c>
       <c r="B41" t="s">
         <v>209</v>
       </c>
       <c r="C41" t="s">
         <v>210</v>
       </c>
       <c r="D41">
         <v>116.83</v>
       </c>
+      <c r="E41">
+        <v>118</v>
+      </c>
+      <c r="F41" s="1">
+        <v>46112</v>
+      </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
         <v>211</v>
       </c>
       <c r="I41">
         <v>1</v>
       </c>
       <c r="J41" t="s">
         <v>16</v>
       </c>
       <c r="K41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
       <c r="C42" t="s">
         <v>215</v>
       </c>
       <c r="D42">
         <v>16.65</v>
       </c>
+      <c r="E42">
+        <v>16.66</v>
+      </c>
+      <c r="F42" s="1">
+        <v>46112</v>
+      </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>216</v>
       </c>
       <c r="I42">
         <v>1</v>
       </c>
       <c r="J42" t="s">
         <v>16</v>
       </c>
       <c r="K42" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>218</v>
       </c>
       <c r="B43" t="s">
         <v>219</v>
       </c>
       <c r="C43" t="s">
         <v>220</v>
       </c>
       <c r="D43">
         <v>16.65</v>
       </c>
+      <c r="E43">
+        <v>16.76</v>
+      </c>
+      <c r="F43" s="1">
+        <v>46112</v>
+      </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>221</v>
       </c>
       <c r="I43">
         <v>1</v>
       </c>
       <c r="J43" t="s">
         <v>16</v>
       </c>
       <c r="K43" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>223</v>
       </c>
       <c r="B44" t="s">
         <v>224</v>
       </c>
       <c r="C44" t="s">
         <v>225</v>
@@ -7390,137 +7604,161 @@
         <v>226</v>
       </c>
       <c r="I44">
         <v>1</v>
       </c>
       <c r="J44" t="s">
         <v>16</v>
       </c>
       <c r="K44" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>228</v>
       </c>
       <c r="B45" t="s">
         <v>229</v>
       </c>
       <c r="C45" t="s">
         <v>230</v>
       </c>
       <c r="D45">
         <v>16.65</v>
       </c>
+      <c r="E45">
+        <v>16.76</v>
+      </c>
+      <c r="F45" s="1">
+        <v>46112</v>
+      </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>231</v>
       </c>
       <c r="I45">
         <v>1</v>
       </c>
       <c r="J45" t="s">
         <v>16</v>
       </c>
       <c r="K45" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>233</v>
       </c>
       <c r="B46" t="s">
         <v>234</v>
       </c>
       <c r="C46" t="s">
         <v>235</v>
       </c>
       <c r="D46">
         <v>16.65</v>
       </c>
+      <c r="E46">
+        <v>16.76</v>
+      </c>
+      <c r="F46" s="1">
+        <v>46112</v>
+      </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>236</v>
       </c>
       <c r="I46">
         <v>1</v>
       </c>
       <c r="J46" t="s">
         <v>16</v>
       </c>
       <c r="K46" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>238</v>
       </c>
       <c r="B47" t="s">
         <v>239</v>
       </c>
       <c r="C47" t="s">
         <v>240</v>
       </c>
       <c r="D47">
         <v>16.65</v>
       </c>
+      <c r="E47">
+        <v>16.76</v>
+      </c>
+      <c r="F47" s="1">
+        <v>46112</v>
+      </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>241</v>
       </c>
       <c r="I47">
         <v>1</v>
       </c>
       <c r="J47" t="s">
         <v>16</v>
       </c>
       <c r="K47" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>243</v>
       </c>
       <c r="B48" t="s">
         <v>244</v>
       </c>
       <c r="C48" t="s">
         <v>245</v>
       </c>
       <c r="D48">
         <v>16.65</v>
       </c>
+      <c r="E48">
+        <v>16.66</v>
+      </c>
+      <c r="F48" s="1">
+        <v>46112</v>
+      </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>246</v>
       </c>
       <c r="I48">
         <v>1</v>
       </c>
       <c r="J48" t="s">
         <v>16</v>
       </c>
       <c r="K48" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>248</v>
       </c>
       <c r="B49" t="s">
         <v>249</v>
       </c>
       <c r="C49" t="s">
         <v>250</v>
@@ -7535,79 +7773,91 @@
         <v>251</v>
       </c>
       <c r="I49">
         <v>1</v>
       </c>
       <c r="J49" t="s">
         <v>16</v>
       </c>
       <c r="K49" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>253</v>
       </c>
       <c r="B50" t="s">
         <v>254</v>
       </c>
       <c r="C50" t="s">
         <v>255</v>
       </c>
       <c r="D50">
         <v>16.65</v>
       </c>
+      <c r="E50">
+        <v>16.66</v>
+      </c>
+      <c r="F50" s="1">
+        <v>46112</v>
+      </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>256</v>
       </c>
       <c r="I50">
         <v>1</v>
       </c>
       <c r="J50" t="s">
         <v>16</v>
       </c>
       <c r="K50" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>258</v>
       </c>
       <c r="B51" t="s">
         <v>259</v>
       </c>
       <c r="C51" t="s">
         <v>260</v>
       </c>
       <c r="D51">
         <v>16.65</v>
       </c>
+      <c r="E51">
+        <v>16.66</v>
+      </c>
+      <c r="F51" s="1">
+        <v>46112</v>
+      </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>261</v>
       </c>
       <c r="I51">
         <v>1</v>
       </c>
       <c r="J51" t="s">
         <v>16</v>
       </c>
       <c r="K51" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>263</v>
       </c>
       <c r="B52" t="s">
         <v>264</v>
       </c>
       <c r="C52" t="s">
         <v>265</v>
@@ -7622,311 +7872,371 @@
         <v>266</v>
       </c>
       <c r="I52">
         <v>1</v>
       </c>
       <c r="J52" t="s">
         <v>16</v>
       </c>
       <c r="K52" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>268</v>
       </c>
       <c r="B53" t="s">
         <v>269</v>
       </c>
       <c r="C53" t="s">
         <v>270</v>
       </c>
       <c r="D53">
         <v>255.67</v>
       </c>
+      <c r="E53">
+        <v>260.53</v>
+      </c>
+      <c r="F53" s="1">
+        <v>46112</v>
+      </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
         <v>271</v>
       </c>
       <c r="I53">
         <v>1</v>
       </c>
       <c r="J53" t="s">
         <v>16</v>
       </c>
       <c r="K53" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>273</v>
       </c>
       <c r="B54" t="s">
         <v>274</v>
       </c>
       <c r="C54" t="s">
         <v>275</v>
       </c>
       <c r="D54">
         <v>28.29</v>
       </c>
+      <c r="E54">
+        <v>29</v>
+      </c>
+      <c r="F54" s="1">
+        <v>46112</v>
+      </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
         <v>276</v>
       </c>
       <c r="I54">
         <v>1</v>
       </c>
       <c r="J54" t="s">
         <v>16</v>
       </c>
       <c r="K54" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>278</v>
       </c>
       <c r="B55" t="s">
         <v>279</v>
       </c>
       <c r="C55" t="s">
         <v>280</v>
       </c>
       <c r="D55">
         <v>38.04</v>
       </c>
+      <c r="E55">
+        <v>38.41</v>
+      </c>
+      <c r="F55" s="1">
+        <v>46112</v>
+      </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
         <v>281</v>
       </c>
       <c r="I55">
         <v>1</v>
       </c>
       <c r="J55" t="s">
         <v>16</v>
       </c>
       <c r="K55" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>283</v>
       </c>
       <c r="B56" t="s">
         <v>284</v>
       </c>
       <c r="C56" t="s">
         <v>285</v>
       </c>
       <c r="D56">
         <v>51.31</v>
       </c>
+      <c r="E56">
+        <v>52.58</v>
+      </c>
+      <c r="F56" s="1">
+        <v>46112</v>
+      </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
         <v>286</v>
       </c>
       <c r="I56">
         <v>1</v>
       </c>
       <c r="J56" t="s">
         <v>16</v>
       </c>
       <c r="K56" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>288</v>
       </c>
       <c r="B57" t="s">
         <v>289</v>
       </c>
       <c r="C57" t="s">
         <v>290</v>
       </c>
       <c r="D57">
         <v>110.87</v>
       </c>
+      <c r="E57">
+        <v>111.42</v>
+      </c>
+      <c r="F57" s="1">
+        <v>46112</v>
+      </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
         <v>291</v>
       </c>
       <c r="I57">
         <v>1</v>
       </c>
       <c r="J57" t="s">
         <v>16</v>
       </c>
       <c r="K57" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>293</v>
       </c>
       <c r="B58" t="s">
         <v>294</v>
       </c>
       <c r="C58" t="s">
         <v>295</v>
       </c>
       <c r="D58">
         <v>204.58</v>
       </c>
+      <c r="E58">
+        <v>208.46</v>
+      </c>
+      <c r="F58" s="1">
+        <v>46112</v>
+      </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
         <v>296</v>
       </c>
       <c r="I58">
         <v>1</v>
       </c>
       <c r="J58" t="s">
         <v>16</v>
       </c>
       <c r="K58" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>298</v>
       </c>
       <c r="B59" t="s">
         <v>299</v>
       </c>
       <c r="C59" t="s">
         <v>300</v>
       </c>
       <c r="D59">
         <v>141.1</v>
       </c>
+      <c r="E59">
+        <v>144.61</v>
+      </c>
+      <c r="F59" s="1">
+        <v>46112</v>
+      </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
         <v>301</v>
       </c>
       <c r="I59">
         <v>1</v>
       </c>
       <c r="J59" t="s">
         <v>16</v>
       </c>
       <c r="K59" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>303</v>
       </c>
       <c r="B60" t="s">
         <v>304</v>
       </c>
       <c r="C60" t="s">
         <v>305</v>
       </c>
       <c r="D60">
         <v>216.39</v>
       </c>
+      <c r="E60">
+        <v>221.83</v>
+      </c>
+      <c r="F60" s="1">
+        <v>46112</v>
+      </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
         <v>306</v>
       </c>
       <c r="I60">
         <v>1</v>
       </c>
       <c r="J60" t="s">
         <v>16</v>
       </c>
       <c r="K60" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>308</v>
       </c>
       <c r="B61" t="s">
         <v>309</v>
       </c>
       <c r="C61" t="s">
         <v>310</v>
       </c>
       <c r="D61">
         <v>35.96</v>
       </c>
+      <c r="E61">
+        <v>36.86</v>
+      </c>
+      <c r="F61" s="1">
+        <v>46112</v>
+      </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
         <v>311</v>
       </c>
       <c r="I61">
         <v>1</v>
       </c>
       <c r="J61" t="s">
         <v>16</v>
       </c>
       <c r="K61" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>313</v>
       </c>
       <c r="B62" t="s">
         <v>314</v>
       </c>
       <c r="C62" t="s">
         <v>315</v>
       </c>
       <c r="D62">
         <v>10.77</v>
       </c>
+      <c r="E62">
+        <v>10.8</v>
+      </c>
+      <c r="F62" s="1">
+        <v>46112</v>
+      </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
         <v>316</v>
       </c>
       <c r="I62">
         <v>1</v>
       </c>
       <c r="J62" t="s">
         <v>16</v>
       </c>
       <c r="K62" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>318</v>
       </c>
       <c r="B63" t="s">
         <v>319</v>
       </c>
       <c r="C63" t="s">
         <v>320</v>
@@ -8144,50 +8454,56 @@
         <v>356</v>
       </c>
       <c r="I70">
         <v>1</v>
       </c>
       <c r="J70" t="s">
         <v>16</v>
       </c>
       <c r="K70" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>358</v>
       </c>
       <c r="B71" t="s">
         <v>359</v>
       </c>
       <c r="C71" t="s">
         <v>360</v>
       </c>
       <c r="D71">
         <v>13.43</v>
       </c>
+      <c r="E71">
+        <v>13.45</v>
+      </c>
+      <c r="F71" s="1">
+        <v>46112</v>
+      </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
         <v>361</v>
       </c>
       <c r="I71">
         <v>1</v>
       </c>
       <c r="J71" t="s">
         <v>16</v>
       </c>
       <c r="K71" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>363</v>
       </c>
       <c r="B72" t="s">
         <v>364</v>
       </c>
       <c r="C72" t="s">
         <v>365</v>
@@ -8521,79 +8837,91 @@
         <v>421</v>
       </c>
       <c r="I83">
         <v>1</v>
       </c>
       <c r="J83" t="s">
         <v>16</v>
       </c>
       <c r="K83" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>423</v>
       </c>
       <c r="B84" t="s">
         <v>424</v>
       </c>
       <c r="C84" t="s">
         <v>425</v>
       </c>
       <c r="D84">
         <v>17.03</v>
       </c>
+      <c r="E84">
+        <v>17.12</v>
+      </c>
+      <c r="F84" s="1">
+        <v>46112</v>
+      </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
         <v>426</v>
       </c>
       <c r="I84">
         <v>1</v>
       </c>
       <c r="J84" t="s">
         <v>16</v>
       </c>
       <c r="K84" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>428</v>
       </c>
       <c r="B85" t="s">
         <v>429</v>
       </c>
       <c r="C85" t="s">
         <v>430</v>
       </c>
       <c r="D85">
         <v>20.04</v>
       </c>
+      <c r="E85">
+        <v>20.13</v>
+      </c>
+      <c r="F85" s="1">
+        <v>46112</v>
+      </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="H85" t="s">
         <v>431</v>
       </c>
       <c r="I85">
         <v>1</v>
       </c>
       <c r="J85" t="s">
         <v>16</v>
       </c>
       <c r="K85" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>433</v>
       </c>
       <c r="B86" t="s">
         <v>434</v>
       </c>
       <c r="C86" t="s">
         <v>435</v>
@@ -8608,50 +8936,56 @@
         <v>436</v>
       </c>
       <c r="I86">
         <v>1</v>
       </c>
       <c r="J86" t="s">
         <v>16</v>
       </c>
       <c r="K86" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>438</v>
       </c>
       <c r="B87" t="s">
         <v>439</v>
       </c>
       <c r="C87" t="s">
         <v>440</v>
       </c>
       <c r="D87">
         <v>15.81</v>
       </c>
+      <c r="E87">
+        <v>15.92</v>
+      </c>
+      <c r="F87" s="1">
+        <v>46112</v>
+      </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
         <v>441</v>
       </c>
       <c r="I87">
         <v>1</v>
       </c>
       <c r="J87" t="s">
         <v>16</v>
       </c>
       <c r="K87" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>443</v>
       </c>
       <c r="B88" t="s">
         <v>444</v>
       </c>
       <c r="C88" t="s">
         <v>445</v>
@@ -8782,50 +9116,56 @@
         <v>466</v>
       </c>
       <c r="I92">
         <v>1</v>
       </c>
       <c r="J92" t="s">
         <v>16</v>
       </c>
       <c r="K92" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>468</v>
       </c>
       <c r="B93" t="s">
         <v>469</v>
       </c>
       <c r="C93" t="s">
         <v>470</v>
       </c>
       <c r="D93">
         <v>25.5</v>
       </c>
+      <c r="E93">
+        <v>26.24</v>
+      </c>
+      <c r="F93" s="1">
+        <v>46112</v>
+      </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="H93" t="s">
         <v>471</v>
       </c>
       <c r="I93">
         <v>1</v>
       </c>
       <c r="J93" t="s">
         <v>16</v>
       </c>
       <c r="K93" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>473</v>
       </c>
       <c r="B94" t="s">
         <v>474</v>
       </c>
       <c r="C94" t="s">
         <v>475</v>
@@ -8956,398 +9296,476 @@
         <v>496</v>
       </c>
       <c r="I98">
         <v>1</v>
       </c>
       <c r="J98" t="s">
         <v>16</v>
       </c>
       <c r="K98" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>498</v>
       </c>
       <c r="B99" t="s">
         <v>499</v>
       </c>
       <c r="C99" t="s">
         <v>500</v>
       </c>
       <c r="D99">
         <v>725.56</v>
       </c>
+      <c r="E99">
+        <v>761.83</v>
+      </c>
+      <c r="F99" s="1">
+        <v>46112</v>
+      </c>
       <c r="G99" t="s">
         <v>14</v>
       </c>
       <c r="H99" t="s">
         <v>501</v>
       </c>
       <c r="I99">
         <v>1</v>
       </c>
       <c r="J99" t="s">
         <v>16</v>
       </c>
       <c r="K99" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>503</v>
       </c>
       <c r="B100" t="s">
         <v>504</v>
       </c>
       <c r="C100" t="s">
         <v>505</v>
       </c>
       <c r="D100">
         <v>961.53</v>
       </c>
+      <c r="E100">
+        <v>1009.61</v>
+      </c>
+      <c r="F100" s="1">
+        <v>46112</v>
+      </c>
       <c r="G100" t="s">
         <v>14</v>
       </c>
       <c r="H100" t="s">
         <v>506</v>
       </c>
       <c r="I100">
         <v>1</v>
       </c>
       <c r="J100" t="s">
         <v>16</v>
       </c>
       <c r="K100" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>508</v>
       </c>
       <c r="B101" t="s">
         <v>509</v>
       </c>
       <c r="C101" t="s">
         <v>510</v>
       </c>
       <c r="D101">
         <v>669.17</v>
       </c>
+      <c r="E101">
+        <v>702.65</v>
+      </c>
+      <c r="F101" s="1">
+        <v>46112</v>
+      </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="H101" t="s">
         <v>511</v>
       </c>
       <c r="I101">
         <v>1</v>
       </c>
       <c r="J101" t="s">
         <v>16</v>
       </c>
       <c r="K101" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>513</v>
       </c>
       <c r="B102" t="s">
         <v>514</v>
       </c>
       <c r="C102" t="s">
         <v>515</v>
       </c>
       <c r="D102">
         <v>818.62</v>
       </c>
+      <c r="E102">
+        <v>859.54</v>
+      </c>
+      <c r="F102" s="1">
+        <v>46112</v>
+      </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
         <v>516</v>
       </c>
       <c r="I102">
         <v>1</v>
       </c>
       <c r="J102" t="s">
         <v>16</v>
       </c>
       <c r="K102" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>518</v>
       </c>
       <c r="B103" t="s">
         <v>519</v>
       </c>
       <c r="C103" t="s">
         <v>520</v>
       </c>
       <c r="D103">
         <v>639.25</v>
       </c>
+      <c r="E103">
+        <v>651.4</v>
+      </c>
+      <c r="F103" s="1">
+        <v>46112</v>
+      </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
         <v>521</v>
       </c>
       <c r="I103">
         <v>1</v>
       </c>
       <c r="J103" t="s">
         <v>16</v>
       </c>
       <c r="K103" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>523</v>
       </c>
       <c r="B104" t="s">
         <v>524</v>
       </c>
       <c r="C104" t="s">
         <v>525</v>
       </c>
       <c r="D104">
         <v>739.85</v>
       </c>
+      <c r="E104">
+        <v>753.89</v>
+      </c>
+      <c r="F104" s="1">
+        <v>46112</v>
+      </c>
       <c r="G104" t="s">
         <v>14</v>
       </c>
       <c r="H104" t="s">
         <v>526</v>
       </c>
       <c r="I104">
         <v>1</v>
       </c>
       <c r="J104" t="s">
         <v>16</v>
       </c>
       <c r="K104" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>528</v>
       </c>
       <c r="B105" t="s">
         <v>529</v>
       </c>
       <c r="C105" t="s">
         <v>530</v>
       </c>
       <c r="D105">
         <v>190.98</v>
       </c>
+      <c r="E105">
+        <v>194.59</v>
+      </c>
+      <c r="F105" s="1">
+        <v>46112</v>
+      </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
         <v>531</v>
       </c>
       <c r="I105">
         <v>1</v>
       </c>
       <c r="J105" t="s">
         <v>16</v>
       </c>
       <c r="K105" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>533</v>
       </c>
       <c r="B106" t="s">
         <v>534</v>
       </c>
       <c r="C106" t="s">
         <v>535</v>
       </c>
       <c r="D106">
         <v>37.43</v>
       </c>
+      <c r="E106">
+        <v>38.36</v>
+      </c>
+      <c r="F106" s="1">
+        <v>46112</v>
+      </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
         <v>536</v>
       </c>
       <c r="I106">
         <v>1</v>
       </c>
       <c r="J106" t="s">
         <v>16</v>
       </c>
       <c r="K106" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>538</v>
       </c>
       <c r="B107" t="s">
         <v>539</v>
       </c>
       <c r="C107" t="s">
         <v>540</v>
       </c>
       <c r="D107">
         <v>46.4</v>
       </c>
+      <c r="E107">
+        <v>47.55</v>
+      </c>
+      <c r="F107" s="1">
+        <v>46112</v>
+      </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107" t="s">
         <v>541</v>
       </c>
       <c r="I107">
         <v>1</v>
       </c>
       <c r="J107" t="s">
         <v>16</v>
       </c>
       <c r="K107" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>543</v>
       </c>
       <c r="B108" t="s">
         <v>544</v>
       </c>
       <c r="C108" t="s">
         <v>545</v>
       </c>
       <c r="D108">
         <v>50.88</v>
       </c>
+      <c r="E108">
+        <v>52.15</v>
+      </c>
+      <c r="F108" s="1">
+        <v>46112</v>
+      </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="H108" t="s">
         <v>546</v>
       </c>
       <c r="I108">
         <v>1</v>
       </c>
       <c r="J108" t="s">
         <v>16</v>
       </c>
       <c r="K108" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>548</v>
       </c>
       <c r="B109" t="s">
         <v>549</v>
       </c>
       <c r="C109" t="s">
         <v>550</v>
       </c>
       <c r="D109">
         <v>108.29</v>
       </c>
+      <c r="E109">
+        <v>110.36</v>
+      </c>
+      <c r="F109" s="1">
+        <v>46112</v>
+      </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="H109" t="s">
         <v>551</v>
       </c>
       <c r="I109">
         <v>1</v>
       </c>
       <c r="J109" t="s">
         <v>16</v>
       </c>
       <c r="K109" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>553</v>
       </c>
       <c r="B110" t="s">
         <v>554</v>
       </c>
       <c r="C110" t="s">
         <v>555</v>
       </c>
       <c r="D110">
         <v>112.32</v>
       </c>
+      <c r="E110">
+        <v>115.12</v>
+      </c>
+      <c r="F110" s="1">
+        <v>46112</v>
+      </c>
       <c r="G110" t="s">
         <v>14</v>
       </c>
       <c r="H110" t="s">
         <v>556</v>
       </c>
       <c r="I110">
         <v>1</v>
       </c>
       <c r="J110" t="s">
         <v>16</v>
       </c>
       <c r="K110" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>558</v>
       </c>
       <c r="B111" t="s">
         <v>559</v>
       </c>
       <c r="C111" t="s">
         <v>560</v>
       </c>
       <c r="D111">
         <v>12.14</v>
       </c>
+      <c r="E111">
+        <v>12.17</v>
+      </c>
+      <c r="F111" s="1">
+        <v>46112</v>
+      </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="H111" t="s">
         <v>561</v>
       </c>
       <c r="I111">
         <v>1</v>
       </c>
       <c r="J111" t="s">
         <v>16</v>
       </c>
       <c r="K111" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>563</v>
       </c>
       <c r="B112" t="s">
         <v>564</v>
       </c>
       <c r="C112" t="s">
         <v>565</v>
@@ -9362,427 +9780,511 @@
         <v>566</v>
       </c>
       <c r="I112">
         <v>1</v>
       </c>
       <c r="J112" t="s">
         <v>16</v>
       </c>
       <c r="K112" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>568</v>
       </c>
       <c r="B113" t="s">
         <v>569</v>
       </c>
       <c r="C113" t="s">
         <v>570</v>
       </c>
       <c r="D113">
         <v>24.34</v>
       </c>
+      <c r="E113">
+        <v>24.41</v>
+      </c>
+      <c r="F113" s="1">
+        <v>46112</v>
+      </c>
       <c r="G113" t="s">
         <v>14</v>
       </c>
       <c r="H113" t="s">
         <v>571</v>
       </c>
       <c r="I113">
         <v>1</v>
       </c>
       <c r="J113" t="s">
         <v>16</v>
       </c>
       <c r="K113" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>573</v>
       </c>
       <c r="B114" t="s">
         <v>574</v>
       </c>
       <c r="C114" t="s">
         <v>575</v>
       </c>
       <c r="D114">
         <v>29.02</v>
       </c>
+      <c r="E114">
+        <v>29.1</v>
+      </c>
+      <c r="F114" s="1">
+        <v>46112</v>
+      </c>
       <c r="G114" t="s">
         <v>14</v>
       </c>
       <c r="H114" t="s">
         <v>576</v>
       </c>
       <c r="I114">
         <v>1</v>
       </c>
       <c r="J114" t="s">
         <v>16</v>
       </c>
       <c r="K114" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>578</v>
       </c>
       <c r="B115" t="s">
         <v>579</v>
       </c>
       <c r="C115" t="s">
         <v>580</v>
       </c>
       <c r="D115">
         <v>32.03</v>
       </c>
+      <c r="E115">
+        <v>32.5</v>
+      </c>
+      <c r="F115" s="1">
+        <v>46112</v>
+      </c>
       <c r="G115" t="s">
         <v>14</v>
       </c>
       <c r="H115" t="s">
         <v>581</v>
       </c>
       <c r="I115">
         <v>10</v>
       </c>
       <c r="J115" t="s">
         <v>16</v>
       </c>
       <c r="K115" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>583</v>
       </c>
       <c r="B116" t="s">
         <v>584</v>
       </c>
       <c r="C116" t="s">
         <v>585</v>
       </c>
       <c r="D116">
         <v>33.32</v>
       </c>
+      <c r="E116">
+        <v>33.8</v>
+      </c>
+      <c r="F116" s="1">
+        <v>46112</v>
+      </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="H116" t="s">
         <v>586</v>
       </c>
       <c r="I116">
         <v>10</v>
       </c>
       <c r="J116" t="s">
         <v>16</v>
       </c>
       <c r="K116" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>588</v>
       </c>
       <c r="B117" t="s">
         <v>589</v>
       </c>
       <c r="C117" t="s">
         <v>590</v>
       </c>
       <c r="D117">
         <v>101.59</v>
       </c>
+      <c r="E117">
+        <v>103.53</v>
+      </c>
+      <c r="F117" s="1">
+        <v>46112</v>
+      </c>
       <c r="G117" t="s">
         <v>14</v>
       </c>
       <c r="H117" t="s">
         <v>591</v>
       </c>
       <c r="I117">
         <v>1</v>
       </c>
       <c r="J117" t="s">
         <v>16</v>
       </c>
       <c r="K117" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>593</v>
       </c>
       <c r="B118" t="s">
         <v>594</v>
       </c>
       <c r="C118" t="s">
         <v>595</v>
       </c>
       <c r="D118">
         <v>128.12</v>
       </c>
+      <c r="E118">
+        <v>130.54</v>
+      </c>
+      <c r="F118" s="1">
+        <v>46112</v>
+      </c>
       <c r="G118" t="s">
         <v>14</v>
       </c>
       <c r="H118" t="s">
         <v>596</v>
       </c>
       <c r="I118">
         <v>1</v>
       </c>
       <c r="J118" t="s">
         <v>16</v>
       </c>
       <c r="K118" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>598</v>
       </c>
       <c r="B119" t="s">
         <v>599</v>
       </c>
       <c r="C119" t="s">
         <v>600</v>
       </c>
       <c r="D119">
         <v>195.31</v>
       </c>
+      <c r="E119">
+        <v>199.03</v>
+      </c>
+      <c r="F119" s="1">
+        <v>46112</v>
+      </c>
       <c r="G119" t="s">
         <v>14</v>
       </c>
       <c r="H119" t="s">
         <v>601</v>
       </c>
       <c r="I119">
         <v>1</v>
       </c>
       <c r="J119" t="s">
         <v>16</v>
       </c>
       <c r="K119" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>603</v>
       </c>
       <c r="B120" t="s">
         <v>604</v>
       </c>
       <c r="C120" t="s">
         <v>605</v>
       </c>
       <c r="D120">
         <v>248.74</v>
       </c>
+      <c r="E120">
+        <v>253.45</v>
+      </c>
+      <c r="F120" s="1">
+        <v>46112</v>
+      </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="H120" t="s">
         <v>606</v>
       </c>
       <c r="I120">
         <v>1</v>
       </c>
       <c r="J120" t="s">
         <v>16</v>
       </c>
       <c r="K120" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>608</v>
       </c>
       <c r="B121" t="s">
         <v>609</v>
       </c>
       <c r="C121" t="s">
         <v>610</v>
       </c>
       <c r="D121">
         <v>11.93</v>
       </c>
+      <c r="E121">
+        <v>12.01</v>
+      </c>
+      <c r="F121" s="1">
+        <v>46112</v>
+      </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="H121" t="s">
         <v>611</v>
       </c>
       <c r="I121">
         <v>10</v>
       </c>
       <c r="J121" t="s">
         <v>16</v>
       </c>
       <c r="K121" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>613</v>
       </c>
       <c r="B122" t="s">
         <v>614</v>
       </c>
       <c r="C122" t="s">
         <v>615</v>
       </c>
       <c r="D122">
         <v>17.42</v>
       </c>
+      <c r="E122">
+        <v>17.53</v>
+      </c>
+      <c r="F122" s="1">
+        <v>46112</v>
+      </c>
       <c r="G122" t="s">
         <v>14</v>
       </c>
       <c r="H122" t="s">
         <v>616</v>
       </c>
       <c r="I122">
         <v>10</v>
       </c>
       <c r="J122" t="s">
         <v>16</v>
       </c>
       <c r="K122" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>618</v>
       </c>
       <c r="B123" t="s">
         <v>619</v>
       </c>
       <c r="C123" t="s">
         <v>620</v>
       </c>
       <c r="D123">
         <v>5.88</v>
       </c>
+      <c r="E123">
+        <v>5.9</v>
+      </c>
+      <c r="F123" s="1">
+        <v>46112</v>
+      </c>
       <c r="G123" t="s">
         <v>14</v>
       </c>
       <c r="H123" t="s">
         <v>621</v>
       </c>
       <c r="I123">
         <v>10</v>
       </c>
       <c r="J123" t="s">
         <v>16</v>
       </c>
       <c r="K123" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>623</v>
       </c>
       <c r="B124" t="s">
         <v>624</v>
       </c>
       <c r="C124" t="s">
         <v>625</v>
       </c>
       <c r="D124">
         <v>8.26</v>
       </c>
+      <c r="E124">
+        <v>8.31</v>
+      </c>
+      <c r="F124" s="1">
+        <v>46112</v>
+      </c>
       <c r="G124" t="s">
         <v>14</v>
       </c>
       <c r="H124" t="s">
         <v>626</v>
       </c>
       <c r="I124">
         <v>10</v>
       </c>
       <c r="J124" t="s">
         <v>16</v>
       </c>
       <c r="K124" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>628</v>
       </c>
       <c r="B125" t="s">
         <v>629</v>
       </c>
       <c r="C125" t="s">
         <v>630</v>
       </c>
       <c r="D125">
         <v>28.83</v>
       </c>
+      <c r="E125">
+        <v>29.36</v>
+      </c>
+      <c r="F125" s="1">
+        <v>46112</v>
+      </c>
       <c r="G125" t="s">
         <v>14</v>
       </c>
       <c r="H125" t="s">
         <v>631</v>
       </c>
       <c r="I125">
         <v>10</v>
       </c>
       <c r="J125" t="s">
         <v>16</v>
       </c>
       <c r="K125" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>633</v>
       </c>
       <c r="B126" t="s">
         <v>634</v>
       </c>
       <c r="C126" t="s">
         <v>635</v>
       </c>
       <c r="D126">
         <v>40.99</v>
       </c>
+      <c r="E126">
+        <v>42.02</v>
+      </c>
+      <c r="F126" s="1">
+        <v>46112</v>
+      </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="H126" t="s">
         <v>636</v>
       </c>
       <c r="I126">
         <v>10</v>
       </c>
       <c r="J126" t="s">
         <v>16</v>
       </c>
       <c r="K126" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>638</v>
       </c>
       <c r="B127" t="s">
         <v>639</v>
       </c>
       <c r="C127" t="s">
         <v>640</v>
@@ -9826,137 +10328,161 @@
         <v>646</v>
       </c>
       <c r="I128">
         <v>1</v>
       </c>
       <c r="J128" t="s">
         <v>16</v>
       </c>
       <c r="K128" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>648</v>
       </c>
       <c r="B129" t="s">
         <v>649</v>
       </c>
       <c r="C129" t="s">
         <v>650</v>
       </c>
       <c r="D129">
         <v>17.42</v>
       </c>
+      <c r="E129">
+        <v>17.53</v>
+      </c>
+      <c r="F129" s="1">
+        <v>46112</v>
+      </c>
       <c r="G129" t="s">
         <v>14</v>
       </c>
       <c r="H129" t="s">
         <v>651</v>
       </c>
       <c r="I129">
         <v>1</v>
       </c>
       <c r="J129" t="s">
         <v>16</v>
       </c>
       <c r="K129" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>653</v>
       </c>
       <c r="B130" t="s">
         <v>654</v>
       </c>
       <c r="C130" t="s">
         <v>655</v>
       </c>
       <c r="D130">
         <v>16.54</v>
       </c>
+      <c r="E130">
+        <v>16.63</v>
+      </c>
+      <c r="F130" s="1">
+        <v>46112</v>
+      </c>
       <c r="G130" t="s">
         <v>14</v>
       </c>
       <c r="H130" t="s">
         <v>656</v>
       </c>
       <c r="I130">
         <v>1</v>
       </c>
       <c r="J130" t="s">
         <v>16</v>
       </c>
       <c r="K130" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>658</v>
       </c>
       <c r="B131" t="s">
         <v>659</v>
       </c>
       <c r="C131" t="s">
         <v>660</v>
       </c>
       <c r="D131">
         <v>19.85</v>
       </c>
+      <c r="E131">
+        <v>19.94</v>
+      </c>
+      <c r="F131" s="1">
+        <v>46112</v>
+      </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="H131" t="s">
         <v>661</v>
       </c>
       <c r="I131">
         <v>1</v>
       </c>
       <c r="J131" t="s">
         <v>16</v>
       </c>
       <c r="K131" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>663</v>
       </c>
       <c r="B132" t="s">
         <v>664</v>
       </c>
       <c r="C132" t="s">
         <v>665</v>
       </c>
       <c r="D132">
         <v>26.4</v>
       </c>
+      <c r="E132">
+        <v>26.5</v>
+      </c>
+      <c r="F132" s="1">
+        <v>46112</v>
+      </c>
       <c r="G132" t="s">
         <v>14</v>
       </c>
       <c r="H132" t="s">
         <v>666</v>
       </c>
       <c r="I132">
         <v>1</v>
       </c>
       <c r="J132" t="s">
         <v>16</v>
       </c>
       <c r="K132" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>668</v>
       </c>
       <c r="B133" t="s">
         <v>669</v>
       </c>
       <c r="C133" t="s">
         <v>670</v>
@@ -10435,79 +10961,91 @@
         <v>751</v>
       </c>
       <c r="I149">
         <v>1</v>
       </c>
       <c r="J149" t="s">
         <v>16</v>
       </c>
       <c r="K149" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>753</v>
       </c>
       <c r="B150" t="s">
         <v>754</v>
       </c>
       <c r="C150" t="s">
         <v>755</v>
       </c>
       <c r="D150">
         <v>12</v>
       </c>
+      <c r="E150">
+        <v>12.2</v>
+      </c>
+      <c r="F150" s="1">
+        <v>46112</v>
+      </c>
       <c r="G150" t="s">
         <v>14</v>
       </c>
       <c r="H150" t="s">
         <v>756</v>
       </c>
       <c r="I150">
         <v>1</v>
       </c>
       <c r="J150" t="s">
         <v>16</v>
       </c>
       <c r="K150" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>758</v>
       </c>
       <c r="B151" t="s">
         <v>759</v>
       </c>
       <c r="C151" t="s">
         <v>760</v>
       </c>
       <c r="D151">
         <v>10.14</v>
       </c>
+      <c r="E151">
+        <v>10.37</v>
+      </c>
+      <c r="F151" s="1">
+        <v>46112</v>
+      </c>
       <c r="G151" t="s">
         <v>14</v>
       </c>
       <c r="H151" t="s">
         <v>761</v>
       </c>
       <c r="I151">
         <v>1</v>
       </c>
       <c r="J151" t="s">
         <v>16</v>
       </c>
       <c r="K151" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>763</v>
       </c>
       <c r="B152" t="s">
         <v>764</v>
       </c>
       <c r="C152" t="s">
         <v>765</v>
@@ -10522,166 +11060,196 @@
         <v>766</v>
       </c>
       <c r="I152">
         <v>1</v>
       </c>
       <c r="J152" t="s">
         <v>16</v>
       </c>
       <c r="K152" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>768</v>
       </c>
       <c r="B153" t="s">
         <v>769</v>
       </c>
       <c r="C153" t="s">
         <v>770</v>
       </c>
       <c r="D153">
         <v>6.33</v>
       </c>
+      <c r="E153">
+        <v>6.35</v>
+      </c>
+      <c r="F153" s="1">
+        <v>46112</v>
+      </c>
       <c r="G153" t="s">
         <v>14</v>
       </c>
       <c r="H153" t="s">
         <v>771</v>
       </c>
       <c r="I153">
         <v>1</v>
       </c>
       <c r="J153" t="s">
         <v>16</v>
       </c>
       <c r="K153" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>773</v>
       </c>
       <c r="B154" t="s">
         <v>774</v>
       </c>
       <c r="C154" t="s">
         <v>775</v>
       </c>
       <c r="D154">
         <v>37.98</v>
       </c>
+      <c r="E154">
+        <v>38.92</v>
+      </c>
+      <c r="F154" s="1">
+        <v>46112</v>
+      </c>
       <c r="G154" t="s">
         <v>14</v>
       </c>
       <c r="H154" t="s">
         <v>776</v>
       </c>
       <c r="I154">
         <v>1</v>
       </c>
       <c r="J154" t="s">
         <v>16</v>
       </c>
       <c r="K154" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>778</v>
       </c>
       <c r="B155" t="s">
         <v>779</v>
       </c>
       <c r="C155" t="s">
         <v>780</v>
       </c>
       <c r="D155">
         <v>34.09</v>
       </c>
+      <c r="E155">
+        <v>34.95</v>
+      </c>
+      <c r="F155" s="1">
+        <v>46112</v>
+      </c>
       <c r="G155" t="s">
         <v>14</v>
       </c>
       <c r="H155" t="s">
         <v>781</v>
       </c>
       <c r="I155">
         <v>1</v>
       </c>
       <c r="J155" t="s">
         <v>16</v>
       </c>
       <c r="K155" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>783</v>
       </c>
       <c r="B156" t="s">
         <v>784</v>
       </c>
       <c r="C156" t="s">
         <v>785</v>
       </c>
       <c r="D156">
         <v>18.2</v>
       </c>
+      <c r="E156">
+        <v>18.29</v>
+      </c>
+      <c r="F156" s="1">
+        <v>46112</v>
+      </c>
       <c r="G156" t="s">
         <v>14</v>
       </c>
       <c r="H156" t="s">
         <v>786</v>
       </c>
       <c r="I156">
         <v>1</v>
       </c>
       <c r="J156" t="s">
         <v>16</v>
       </c>
       <c r="K156" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>788</v>
       </c>
       <c r="B157" t="s">
         <v>789</v>
       </c>
       <c r="C157" t="s">
         <v>790</v>
       </c>
       <c r="D157">
         <v>18.2</v>
       </c>
+      <c r="E157">
+        <v>18.29</v>
+      </c>
+      <c r="F157" s="1">
+        <v>46112</v>
+      </c>
       <c r="G157" t="s">
         <v>14</v>
       </c>
       <c r="H157" t="s">
         <v>791</v>
       </c>
       <c r="I157">
         <v>1</v>
       </c>
       <c r="J157" t="s">
         <v>16</v>
       </c>
       <c r="K157" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>793</v>
       </c>
       <c r="B158" t="s">
         <v>794</v>
       </c>
       <c r="C158" t="s">
         <v>795</v>
@@ -10725,166 +11293,196 @@
         <v>801</v>
       </c>
       <c r="I159">
         <v>1</v>
       </c>
       <c r="J159" t="s">
         <v>16</v>
       </c>
       <c r="K159" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>803</v>
       </c>
       <c r="B160" t="s">
         <v>804</v>
       </c>
       <c r="C160" t="s">
         <v>805</v>
       </c>
       <c r="D160">
         <v>40.51</v>
       </c>
+      <c r="E160">
+        <v>40.92</v>
+      </c>
+      <c r="F160" s="1">
+        <v>46112</v>
+      </c>
       <c r="G160" t="s">
         <v>14</v>
       </c>
       <c r="H160" t="s">
         <v>806</v>
       </c>
       <c r="I160">
         <v>1</v>
       </c>
       <c r="J160" t="s">
         <v>16</v>
       </c>
       <c r="K160" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>808</v>
       </c>
       <c r="B161" t="s">
         <v>809</v>
       </c>
       <c r="C161" t="s">
         <v>810</v>
       </c>
       <c r="D161">
         <v>62.54</v>
       </c>
+      <c r="E161">
+        <v>64.07</v>
+      </c>
+      <c r="F161" s="1">
+        <v>46112</v>
+      </c>
       <c r="G161" t="s">
         <v>14</v>
       </c>
       <c r="H161" t="s">
         <v>811</v>
       </c>
       <c r="I161">
         <v>1</v>
       </c>
       <c r="J161" t="s">
         <v>16</v>
       </c>
       <c r="K161" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>813</v>
       </c>
       <c r="B162" t="s">
         <v>814</v>
       </c>
       <c r="C162" t="s">
         <v>815</v>
       </c>
       <c r="D162">
         <v>376.19</v>
       </c>
+      <c r="E162">
+        <v>405.67</v>
+      </c>
+      <c r="F162" s="1">
+        <v>46112</v>
+      </c>
       <c r="G162" t="s">
         <v>14</v>
       </c>
       <c r="H162" t="s">
         <v>816</v>
       </c>
       <c r="I162">
         <v>1</v>
       </c>
       <c r="J162" t="s">
         <v>16</v>
       </c>
       <c r="K162" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>818</v>
       </c>
       <c r="B163" t="s">
         <v>819</v>
       </c>
       <c r="C163" t="s">
         <v>820</v>
       </c>
       <c r="D163">
         <v>154.21</v>
       </c>
+      <c r="E163">
+        <v>157.12</v>
+      </c>
+      <c r="F163" s="1">
+        <v>46112</v>
+      </c>
       <c r="G163" t="s">
         <v>14</v>
       </c>
       <c r="H163" t="s">
         <v>821</v>
       </c>
       <c r="I163">
         <v>1</v>
       </c>
       <c r="J163" t="s">
         <v>16</v>
       </c>
       <c r="K163" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>823</v>
       </c>
       <c r="B164" t="s">
         <v>824</v>
       </c>
       <c r="C164" t="s">
         <v>825</v>
       </c>
       <c r="D164">
         <v>23.56</v>
       </c>
+      <c r="E164">
+        <v>24.16</v>
+      </c>
+      <c r="F164" s="1">
+        <v>46112</v>
+      </c>
       <c r="G164" t="s">
         <v>14</v>
       </c>
       <c r="H164" t="s">
         <v>826</v>
       </c>
       <c r="I164">
         <v>1</v>
       </c>
       <c r="J164" t="s">
         <v>16</v>
       </c>
       <c r="K164" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>828</v>
       </c>
       <c r="B165" t="s">
         <v>829</v>
       </c>
       <c r="C165" t="s">
         <v>830</v>
@@ -10899,253 +11497,301 @@
         <v>831</v>
       </c>
       <c r="I165">
         <v>1</v>
       </c>
       <c r="J165" t="s">
         <v>16</v>
       </c>
       <c r="K165" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>833</v>
       </c>
       <c r="B166" t="s">
         <v>834</v>
       </c>
       <c r="C166" t="s">
         <v>835</v>
       </c>
       <c r="D166">
         <v>25.09</v>
       </c>
+      <c r="E166">
+        <v>25.44</v>
+      </c>
+      <c r="F166" s="1">
+        <v>46112</v>
+      </c>
       <c r="G166" t="s">
         <v>14</v>
       </c>
       <c r="H166" t="s">
         <v>836</v>
       </c>
       <c r="I166">
         <v>1</v>
       </c>
       <c r="J166" t="s">
         <v>16</v>
       </c>
       <c r="K166" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>838</v>
       </c>
       <c r="B167" t="s">
         <v>839</v>
       </c>
       <c r="C167" t="s">
         <v>840</v>
       </c>
       <c r="D167">
         <v>20.53</v>
       </c>
+      <c r="E167">
+        <v>20.83</v>
+      </c>
+      <c r="F167" s="1">
+        <v>46112</v>
+      </c>
       <c r="G167" t="s">
         <v>14</v>
       </c>
       <c r="H167" t="s">
         <v>841</v>
       </c>
       <c r="I167">
         <v>1</v>
       </c>
       <c r="J167" t="s">
         <v>16</v>
       </c>
       <c r="K167" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>843</v>
       </c>
       <c r="B168" t="s">
         <v>844</v>
       </c>
       <c r="C168" t="s">
         <v>845</v>
       </c>
       <c r="D168">
         <v>20.19</v>
       </c>
+      <c r="E168">
+        <v>20.46</v>
+      </c>
+      <c r="F168" s="1">
+        <v>46112</v>
+      </c>
       <c r="G168" t="s">
         <v>14</v>
       </c>
       <c r="H168" t="s">
         <v>846</v>
       </c>
       <c r="I168">
         <v>1</v>
       </c>
       <c r="J168" t="s">
         <v>16</v>
       </c>
       <c r="K168" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>848</v>
       </c>
       <c r="B169" t="s">
         <v>849</v>
       </c>
       <c r="C169" t="s">
         <v>850</v>
       </c>
       <c r="D169">
         <v>20.08</v>
       </c>
+      <c r="E169">
+        <v>20.4</v>
+      </c>
+      <c r="F169" s="1">
+        <v>46112</v>
+      </c>
       <c r="G169" t="s">
         <v>14</v>
       </c>
       <c r="H169" t="s">
         <v>851</v>
       </c>
       <c r="I169">
         <v>1</v>
       </c>
       <c r="J169" t="s">
         <v>16</v>
       </c>
       <c r="K169" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>853</v>
       </c>
       <c r="B170" t="s">
         <v>854</v>
       </c>
       <c r="C170" t="s">
         <v>855</v>
       </c>
       <c r="D170">
         <v>20.08</v>
       </c>
+      <c r="E170">
+        <v>20.4</v>
+      </c>
+      <c r="F170" s="1">
+        <v>46112</v>
+      </c>
       <c r="G170" t="s">
         <v>14</v>
       </c>
       <c r="H170" t="s">
         <v>856</v>
       </c>
       <c r="I170">
         <v>1</v>
       </c>
       <c r="J170" t="s">
         <v>16</v>
       </c>
       <c r="K170" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>858</v>
       </c>
       <c r="B171" t="s">
         <v>859</v>
       </c>
       <c r="C171" t="s">
         <v>860</v>
       </c>
       <c r="D171">
         <v>20.08</v>
       </c>
+      <c r="E171">
+        <v>20.4</v>
+      </c>
+      <c r="F171" s="1">
+        <v>46112</v>
+      </c>
       <c r="G171" t="s">
         <v>14</v>
       </c>
       <c r="H171" t="s">
         <v>861</v>
       </c>
       <c r="I171">
         <v>1</v>
       </c>
       <c r="J171" t="s">
         <v>16</v>
       </c>
       <c r="K171" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>863</v>
       </c>
       <c r="B172" t="s">
         <v>864</v>
       </c>
       <c r="C172" t="s">
         <v>865</v>
       </c>
       <c r="D172">
         <v>20.19</v>
       </c>
+      <c r="E172">
+        <v>20.46</v>
+      </c>
+      <c r="F172" s="1">
+        <v>46112</v>
+      </c>
       <c r="G172" t="s">
         <v>14</v>
       </c>
       <c r="H172" t="s">
         <v>866</v>
       </c>
       <c r="I172">
         <v>1</v>
       </c>
       <c r="J172" t="s">
         <v>16</v>
       </c>
       <c r="K172" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>868</v>
       </c>
       <c r="B173" t="s">
         <v>869</v>
       </c>
       <c r="C173" t="s">
         <v>870</v>
       </c>
       <c r="D173">
         <v>20.22</v>
       </c>
+      <c r="E173">
+        <v>20.53</v>
+      </c>
+      <c r="F173" s="1">
+        <v>46112</v>
+      </c>
       <c r="G173" t="s">
         <v>14</v>
       </c>
       <c r="H173" t="s">
         <v>871</v>
       </c>
       <c r="I173">
         <v>1</v>
       </c>
       <c r="J173" t="s">
         <v>16</v>
       </c>
       <c r="K173" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>873</v>
       </c>
       <c r="B174" t="s">
         <v>874</v>
       </c>
       <c r="C174" t="s">
         <v>875</v>
@@ -11247,253 +11893,301 @@
         <v>891</v>
       </c>
       <c r="I177">
         <v>1</v>
       </c>
       <c r="J177" t="s">
         <v>16</v>
       </c>
       <c r="K177" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>893</v>
       </c>
       <c r="B178" t="s">
         <v>894</v>
       </c>
       <c r="C178" t="s">
         <v>895</v>
       </c>
       <c r="D178">
         <v>20.63</v>
       </c>
+      <c r="E178">
+        <v>20.97</v>
+      </c>
+      <c r="F178" s="1">
+        <v>46112</v>
+      </c>
       <c r="G178" t="s">
         <v>14</v>
       </c>
       <c r="H178" t="s">
         <v>896</v>
       </c>
       <c r="I178">
         <v>1</v>
       </c>
       <c r="J178" t="s">
         <v>16</v>
       </c>
       <c r="K178" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>898</v>
       </c>
       <c r="B179" t="s">
         <v>899</v>
       </c>
       <c r="C179" t="s">
         <v>900</v>
       </c>
       <c r="D179">
         <v>20.67</v>
       </c>
+      <c r="E179">
+        <v>20.97</v>
+      </c>
+      <c r="F179" s="1">
+        <v>46112</v>
+      </c>
       <c r="G179" t="s">
         <v>14</v>
       </c>
       <c r="H179" t="s">
         <v>901</v>
       </c>
       <c r="I179">
         <v>1</v>
       </c>
       <c r="J179" t="s">
         <v>16</v>
       </c>
       <c r="K179" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>903</v>
       </c>
       <c r="B180" t="s">
         <v>904</v>
       </c>
       <c r="C180" t="s">
         <v>905</v>
       </c>
       <c r="D180">
         <v>20.83</v>
       </c>
+      <c r="E180">
+        <v>21.13</v>
+      </c>
+      <c r="F180" s="1">
+        <v>46112</v>
+      </c>
       <c r="G180" t="s">
         <v>14</v>
       </c>
       <c r="H180" t="s">
         <v>906</v>
       </c>
       <c r="I180">
         <v>1</v>
       </c>
       <c r="J180" t="s">
         <v>16</v>
       </c>
       <c r="K180" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>908</v>
       </c>
       <c r="B181" t="s">
         <v>909</v>
       </c>
       <c r="C181" t="s">
         <v>910</v>
       </c>
       <c r="D181">
         <v>29.67</v>
       </c>
+      <c r="E181">
+        <v>30.11</v>
+      </c>
+      <c r="F181" s="1">
+        <v>46112</v>
+      </c>
       <c r="G181" t="s">
         <v>14</v>
       </c>
       <c r="H181" t="s">
         <v>911</v>
       </c>
       <c r="I181">
         <v>1</v>
       </c>
       <c r="J181" t="s">
         <v>16</v>
       </c>
       <c r="K181" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>913</v>
       </c>
       <c r="B182" t="s">
         <v>914</v>
       </c>
       <c r="C182" t="s">
         <v>915</v>
       </c>
       <c r="D182">
         <v>30.02</v>
       </c>
+      <c r="E182">
+        <v>30.44</v>
+      </c>
+      <c r="F182" s="1">
+        <v>46112</v>
+      </c>
       <c r="G182" t="s">
         <v>14</v>
       </c>
       <c r="H182" t="s">
         <v>916</v>
       </c>
       <c r="I182">
         <v>1</v>
       </c>
       <c r="J182" t="s">
         <v>16</v>
       </c>
       <c r="K182" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>918</v>
       </c>
       <c r="B183" t="s">
         <v>919</v>
       </c>
       <c r="C183" t="s">
         <v>920</v>
       </c>
       <c r="D183">
         <v>29.89</v>
       </c>
+      <c r="E183">
+        <v>30.34</v>
+      </c>
+      <c r="F183" s="1">
+        <v>46112</v>
+      </c>
       <c r="G183" t="s">
         <v>14</v>
       </c>
       <c r="H183" t="s">
         <v>921</v>
       </c>
       <c r="I183">
         <v>1</v>
       </c>
       <c r="J183" t="s">
         <v>16</v>
       </c>
       <c r="K183" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>923</v>
       </c>
       <c r="B184" t="s">
         <v>924</v>
       </c>
       <c r="C184" t="s">
         <v>925</v>
       </c>
       <c r="D184">
         <v>36.94</v>
       </c>
+      <c r="E184">
+        <v>37.5</v>
+      </c>
+      <c r="F184" s="1">
+        <v>46112</v>
+      </c>
       <c r="G184" t="s">
         <v>14</v>
       </c>
       <c r="H184" t="s">
         <v>926</v>
       </c>
       <c r="I184">
         <v>1</v>
       </c>
       <c r="J184" t="s">
         <v>16</v>
       </c>
       <c r="K184" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>928</v>
       </c>
       <c r="B185" t="s">
         <v>929</v>
       </c>
       <c r="C185" t="s">
         <v>930</v>
       </c>
       <c r="D185">
         <v>42.97</v>
       </c>
+      <c r="E185">
+        <v>43.65</v>
+      </c>
+      <c r="F185" s="1">
+        <v>46112</v>
+      </c>
       <c r="G185" t="s">
         <v>14</v>
       </c>
       <c r="H185" t="s">
         <v>931</v>
       </c>
       <c r="I185">
         <v>1</v>
       </c>
       <c r="J185" t="s">
         <v>16</v>
       </c>
       <c r="K185" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>933</v>
       </c>
       <c r="B186" t="s">
         <v>934</v>
       </c>
       <c r="C186" t="s">
         <v>935</v>
@@ -13915,137 +14609,161 @@
         <v>1351</v>
       </c>
       <c r="I269">
         <v>10</v>
       </c>
       <c r="J269" t="s">
         <v>16</v>
       </c>
       <c r="K269" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
         <v>1353</v>
       </c>
       <c r="B270" t="s">
         <v>1354</v>
       </c>
       <c r="C270" t="s">
         <v>1355</v>
       </c>
       <c r="D270">
         <v>10.95</v>
       </c>
+      <c r="E270">
+        <v>10.95</v>
+      </c>
+      <c r="F270" s="1">
+        <v>46112</v>
+      </c>
       <c r="G270" t="s">
         <v>14</v>
       </c>
       <c r="H270" t="s">
         <v>1356</v>
       </c>
       <c r="I270">
         <v>10</v>
       </c>
       <c r="J270" t="s">
         <v>16</v>
       </c>
       <c r="K270" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
         <v>1358</v>
       </c>
       <c r="B271" t="s">
         <v>1359</v>
       </c>
       <c r="C271" t="s">
         <v>1360</v>
       </c>
       <c r="D271">
         <v>11.22</v>
       </c>
+      <c r="E271">
+        <v>11.22</v>
+      </c>
+      <c r="F271" s="1">
+        <v>46112</v>
+      </c>
       <c r="G271" t="s">
         <v>14</v>
       </c>
       <c r="H271" t="s">
         <v>1361</v>
       </c>
       <c r="I271">
         <v>10</v>
       </c>
       <c r="J271" t="s">
         <v>16</v>
       </c>
       <c r="K271" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
         <v>1363</v>
       </c>
       <c r="B272" t="s">
         <v>1364</v>
       </c>
       <c r="C272" t="s">
         <v>1365</v>
       </c>
       <c r="D272">
         <v>11.76</v>
       </c>
+      <c r="E272">
+        <v>11.76</v>
+      </c>
+      <c r="F272" s="1">
+        <v>46112</v>
+      </c>
       <c r="G272" t="s">
         <v>14</v>
       </c>
       <c r="H272" t="s">
         <v>1366</v>
       </c>
       <c r="I272">
         <v>10</v>
       </c>
       <c r="J272" t="s">
         <v>16</v>
       </c>
       <c r="K272" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
         <v>1368</v>
       </c>
       <c r="B273" t="s">
         <v>1369</v>
       </c>
       <c r="C273" t="s">
         <v>1370</v>
       </c>
       <c r="D273">
         <v>13.47</v>
       </c>
+      <c r="E273">
+        <v>13.47</v>
+      </c>
+      <c r="F273" s="1">
+        <v>46112</v>
+      </c>
       <c r="G273" t="s">
         <v>14</v>
       </c>
       <c r="H273" t="s">
         <v>1371</v>
       </c>
       <c r="I273">
         <v>10</v>
       </c>
       <c r="J273" t="s">
         <v>16</v>
       </c>
       <c r="K273" t="s">
         <v>1372</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>1373</v>
       </c>
       <c r="B274" t="s">
         <v>1374</v>
       </c>
       <c r="C274" t="s">
         <v>1375</v>
@@ -14350,137 +15068,161 @@
         <v>1426</v>
       </c>
       <c r="I284">
         <v>5</v>
       </c>
       <c r="J284" t="s">
         <v>16</v>
       </c>
       <c r="K284" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
         <v>1428</v>
       </c>
       <c r="B285" t="s">
         <v>1429</v>
       </c>
       <c r="C285" t="s">
         <v>1430</v>
       </c>
       <c r="D285">
         <v>45.77</v>
       </c>
+      <c r="E285">
+        <v>45.77</v>
+      </c>
+      <c r="F285" s="1">
+        <v>46112</v>
+      </c>
       <c r="G285" t="s">
         <v>14</v>
       </c>
       <c r="H285" t="s">
         <v>1431</v>
       </c>
       <c r="I285">
         <v>5</v>
       </c>
       <c r="J285" t="s">
         <v>16</v>
       </c>
       <c r="K285" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
         <v>1433</v>
       </c>
       <c r="B286" t="s">
         <v>1434</v>
       </c>
       <c r="C286" t="s">
         <v>1435</v>
       </c>
       <c r="D286">
         <v>57.77</v>
       </c>
+      <c r="E286">
+        <v>57.77</v>
+      </c>
+      <c r="F286" s="1">
+        <v>46112</v>
+      </c>
       <c r="G286" t="s">
         <v>14</v>
       </c>
       <c r="H286" t="s">
         <v>1436</v>
       </c>
       <c r="I286">
         <v>5</v>
       </c>
       <c r="J286" t="s">
         <v>16</v>
       </c>
       <c r="K286" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
         <v>1438</v>
       </c>
       <c r="B287" t="s">
         <v>1439</v>
       </c>
       <c r="C287" t="s">
         <v>1440</v>
       </c>
       <c r="D287">
         <v>56.09</v>
       </c>
+      <c r="E287">
+        <v>56.09</v>
+      </c>
+      <c r="F287" s="1">
+        <v>46112</v>
+      </c>
       <c r="G287" t="s">
         <v>14</v>
       </c>
       <c r="H287" t="s">
         <v>1441</v>
       </c>
       <c r="I287">
         <v>5</v>
       </c>
       <c r="J287" t="s">
         <v>16</v>
       </c>
       <c r="K287" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
         <v>1443</v>
       </c>
       <c r="B288" t="s">
         <v>1444</v>
       </c>
       <c r="C288" t="s">
         <v>1445</v>
       </c>
       <c r="D288">
         <v>63.07</v>
       </c>
+      <c r="E288">
+        <v>63.07</v>
+      </c>
+      <c r="F288" s="1">
+        <v>46112</v>
+      </c>
       <c r="G288" t="s">
         <v>14</v>
       </c>
       <c r="H288" t="s">
         <v>1446</v>
       </c>
       <c r="I288">
         <v>5</v>
       </c>
       <c r="J288" t="s">
         <v>16</v>
       </c>
       <c r="K288" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>1448</v>
       </c>
       <c r="B289" t="s">
         <v>1449</v>
       </c>
       <c r="C289" t="s">
         <v>1450</v>
@@ -14495,166 +15237,196 @@
         <v>1451</v>
       </c>
       <c r="I289">
         <v>1</v>
       </c>
       <c r="J289" t="s">
         <v>16</v>
       </c>
       <c r="K289" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>1453</v>
       </c>
       <c r="B290" t="s">
         <v>1454</v>
       </c>
       <c r="C290" t="s">
         <v>1455</v>
       </c>
       <c r="D290">
         <v>112.49</v>
       </c>
+      <c r="E290">
+        <v>115.28</v>
+      </c>
+      <c r="F290" s="1">
+        <v>46112</v>
+      </c>
       <c r="G290" t="s">
         <v>14</v>
       </c>
       <c r="H290" t="s">
         <v>1456</v>
       </c>
       <c r="I290">
         <v>1</v>
       </c>
       <c r="J290" t="s">
         <v>16</v>
       </c>
       <c r="K290" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
         <v>1458</v>
       </c>
       <c r="B291" t="s">
         <v>1459</v>
       </c>
       <c r="C291" t="s">
         <v>1460</v>
       </c>
       <c r="D291">
         <v>151.76</v>
       </c>
+      <c r="E291">
+        <v>155.53</v>
+      </c>
+      <c r="F291" s="1">
+        <v>46112</v>
+      </c>
       <c r="G291" t="s">
         <v>14</v>
       </c>
       <c r="H291" t="s">
         <v>1461</v>
       </c>
       <c r="I291">
         <v>1</v>
       </c>
       <c r="J291" t="s">
         <v>16</v>
       </c>
       <c r="K291" t="s">
         <v>1462</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>1463</v>
       </c>
       <c r="B292" t="s">
         <v>1464</v>
       </c>
       <c r="C292" t="s">
         <v>1465</v>
       </c>
       <c r="D292">
         <v>265.23</v>
       </c>
+      <c r="E292">
+        <v>271.89</v>
+      </c>
+      <c r="F292" s="1">
+        <v>46112</v>
+      </c>
       <c r="G292" t="s">
         <v>14</v>
       </c>
       <c r="H292" t="s">
         <v>1466</v>
       </c>
       <c r="I292">
         <v>1</v>
       </c>
       <c r="J292" t="s">
         <v>16</v>
       </c>
       <c r="K292" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
         <v>1468</v>
       </c>
       <c r="B293" t="s">
         <v>1469</v>
       </c>
       <c r="C293" t="s">
         <v>1470</v>
       </c>
       <c r="D293">
         <v>87.73</v>
       </c>
+      <c r="E293">
+        <v>89.94</v>
+      </c>
+      <c r="F293" s="1">
+        <v>46112</v>
+      </c>
       <c r="G293" t="s">
         <v>14</v>
       </c>
       <c r="H293" t="s">
         <v>1471</v>
       </c>
       <c r="I293">
         <v>1</v>
       </c>
       <c r="J293" t="s">
         <v>16</v>
       </c>
       <c r="K293" t="s">
         <v>1472</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
         <v>1473</v>
       </c>
       <c r="B294" t="s">
         <v>1474</v>
       </c>
       <c r="C294" t="s">
         <v>1475</v>
       </c>
       <c r="D294">
         <v>115.26</v>
       </c>
+      <c r="E294">
+        <v>116.25</v>
+      </c>
+      <c r="F294" s="1">
+        <v>46112</v>
+      </c>
       <c r="G294" t="s">
         <v>14</v>
       </c>
       <c r="H294" t="s">
         <v>1476</v>
       </c>
       <c r="I294">
         <v>1</v>
       </c>
       <c r="J294" t="s">
         <v>16</v>
       </c>
       <c r="K294" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
         <v>1478</v>
       </c>
       <c r="B295" t="s">
         <v>1479</v>
       </c>
       <c r="C295" t="s">
         <v>1480</v>
@@ -14669,50 +15441,56 @@
         <v>1481</v>
       </c>
       <c r="I295">
         <v>1</v>
       </c>
       <c r="J295" t="s">
         <v>16</v>
       </c>
       <c r="K295" t="s">
         <v>1482</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
         <v>1483</v>
       </c>
       <c r="B296" t="s">
         <v>1484</v>
       </c>
       <c r="C296" t="s">
         <v>1485</v>
       </c>
       <c r="D296">
         <v>151.17</v>
       </c>
+      <c r="E296">
+        <v>151.87</v>
+      </c>
+      <c r="F296" s="1">
+        <v>46112</v>
+      </c>
       <c r="G296" t="s">
         <v>14</v>
       </c>
       <c r="H296" t="s">
         <v>1486</v>
       </c>
       <c r="I296">
         <v>1</v>
       </c>
       <c r="J296" t="s">
         <v>16</v>
       </c>
       <c r="K296" t="s">
         <v>1487</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
         <v>1488</v>
       </c>
       <c r="B297" t="s">
         <v>1489</v>
       </c>
       <c r="C297" t="s">
         <v>1490</v>
@@ -14785,79 +15563,91 @@
         <v>1501</v>
       </c>
       <c r="I299">
         <v>1</v>
       </c>
       <c r="J299" t="s">
         <v>16</v>
       </c>
       <c r="K299" t="s">
         <v>1502</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
         <v>1503</v>
       </c>
       <c r="B300" t="s">
         <v>1504</v>
       </c>
       <c r="C300" t="s">
         <v>1505</v>
       </c>
       <c r="D300">
         <v>65.8</v>
       </c>
+      <c r="E300">
+        <v>67.47</v>
+      </c>
+      <c r="F300" s="1">
+        <v>46112</v>
+      </c>
       <c r="G300" t="s">
         <v>14</v>
       </c>
       <c r="H300" t="s">
         <v>1506</v>
       </c>
       <c r="I300">
         <v>1</v>
       </c>
       <c r="J300" t="s">
         <v>16</v>
       </c>
       <c r="K300" t="s">
         <v>1507</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
         <v>1508</v>
       </c>
       <c r="B301" t="s">
         <v>1509</v>
       </c>
       <c r="C301" t="s">
         <v>1510</v>
       </c>
       <c r="D301">
         <v>8.26</v>
       </c>
+      <c r="E301">
+        <v>8.27</v>
+      </c>
+      <c r="F301" s="1">
+        <v>46112</v>
+      </c>
       <c r="G301" t="s">
         <v>14</v>
       </c>
       <c r="H301" t="s">
         <v>1511</v>
       </c>
       <c r="I301">
         <v>1</v>
       </c>
       <c r="J301" t="s">
         <v>16</v>
       </c>
       <c r="K301" t="s">
         <v>1512</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
         <v>1513</v>
       </c>
       <c r="B302" t="s">
         <v>1514</v>
       </c>
       <c r="C302" t="s">
         <v>1515</v>
@@ -14901,79 +15691,91 @@
         <v>1521</v>
       </c>
       <c r="I303">
         <v>1</v>
       </c>
       <c r="J303" t="s">
         <v>16</v>
       </c>
       <c r="K303" t="s">
         <v>1522</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
         <v>1523</v>
       </c>
       <c r="B304" t="s">
         <v>1524</v>
       </c>
       <c r="C304" t="s">
         <v>1525</v>
       </c>
       <c r="D304">
         <v>108.83</v>
       </c>
+      <c r="E304">
+        <v>114.11</v>
+      </c>
+      <c r="F304" s="1">
+        <v>46112</v>
+      </c>
       <c r="G304" t="s">
         <v>14</v>
       </c>
       <c r="H304" t="s">
         <v>1526</v>
       </c>
       <c r="I304">
         <v>1</v>
       </c>
       <c r="J304" t="s">
         <v>16</v>
       </c>
       <c r="K304" t="s">
         <v>1527</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
         <v>1528</v>
       </c>
       <c r="B305" t="s">
         <v>1529</v>
       </c>
       <c r="C305" t="s">
         <v>1530</v>
       </c>
       <c r="D305">
         <v>151.2</v>
       </c>
+      <c r="E305">
+        <v>151.97</v>
+      </c>
+      <c r="F305" s="1">
+        <v>46112</v>
+      </c>
       <c r="G305" t="s">
         <v>14</v>
       </c>
       <c r="H305" t="s">
         <v>1531</v>
       </c>
       <c r="I305">
         <v>1</v>
       </c>
       <c r="J305" t="s">
         <v>16</v>
       </c>
       <c r="K305" t="s">
         <v>1532</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
         <v>1533</v>
       </c>
       <c r="B306" t="s">
         <v>1534</v>
       </c>
       <c r="C306" t="s">
         <v>1535</v>
@@ -14988,50 +15790,56 @@
         <v>1536</v>
       </c>
       <c r="I306">
         <v>1</v>
       </c>
       <c r="J306" t="s">
         <v>16</v>
       </c>
       <c r="K306" t="s">
         <v>1537</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
         <v>1538</v>
       </c>
       <c r="B307" t="s">
         <v>1539</v>
       </c>
       <c r="C307" t="s">
         <v>1540</v>
       </c>
       <c r="D307">
         <v>153.69</v>
       </c>
+      <c r="E307">
+        <v>154.44</v>
+      </c>
+      <c r="F307" s="1">
+        <v>46112</v>
+      </c>
       <c r="G307" t="s">
         <v>14</v>
       </c>
       <c r="H307" t="s">
         <v>1541</v>
       </c>
       <c r="I307">
         <v>1</v>
       </c>
       <c r="J307" t="s">
         <v>16</v>
       </c>
       <c r="K307" t="s">
         <v>1542</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
         <v>1543</v>
       </c>
       <c r="B308" t="s">
         <v>1544</v>
       </c>
       <c r="C308" t="s">
         <v>1545</v>
@@ -15046,50 +15854,56 @@
         <v>1546</v>
       </c>
       <c r="I308">
         <v>1</v>
       </c>
       <c r="J308" t="s">
         <v>16</v>
       </c>
       <c r="K308" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
         <v>1548</v>
       </c>
       <c r="B309" t="s">
         <v>1549</v>
       </c>
       <c r="C309" t="s">
         <v>1550</v>
       </c>
       <c r="D309">
         <v>578.22</v>
       </c>
+      <c r="E309">
+        <v>584.01</v>
+      </c>
+      <c r="F309" s="1">
+        <v>46112</v>
+      </c>
       <c r="G309" t="s">
         <v>14</v>
       </c>
       <c r="H309" t="s">
         <v>1551</v>
       </c>
       <c r="I309">
         <v>1</v>
       </c>
       <c r="J309" t="s">
         <v>16</v>
       </c>
       <c r="K309" t="s">
         <v>1552</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
         <v>1553</v>
       </c>
       <c r="B310" t="s">
         <v>1554</v>
       </c>
       <c r="C310" t="s">
         <v>1555</v>
@@ -15104,108 +15918,126 @@
         <v>1556</v>
       </c>
       <c r="I310">
         <v>1</v>
       </c>
       <c r="J310" t="s">
         <v>16</v>
       </c>
       <c r="K310" t="s">
         <v>1557</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
         <v>1558</v>
       </c>
       <c r="B311" t="s">
         <v>1559</v>
       </c>
       <c r="C311" t="s">
         <v>1560</v>
       </c>
       <c r="D311">
         <v>287.79</v>
       </c>
+      <c r="E311">
+        <v>237.76</v>
+      </c>
+      <c r="F311" s="1">
+        <v>46112</v>
+      </c>
       <c r="G311" t="s">
         <v>14</v>
       </c>
       <c r="H311" t="s">
         <v>1561</v>
       </c>
       <c r="I311">
         <v>1</v>
       </c>
       <c r="J311" t="s">
         <v>16</v>
       </c>
       <c r="K311" t="s">
         <v>1562</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
         <v>1563</v>
       </c>
       <c r="B312" t="s">
         <v>1564</v>
       </c>
       <c r="C312" t="s">
         <v>1565</v>
       </c>
       <c r="D312">
         <v>96.7</v>
       </c>
+      <c r="E312">
+        <v>98.53</v>
+      </c>
+      <c r="F312" s="1">
+        <v>46112</v>
+      </c>
       <c r="G312" t="s">
         <v>14</v>
       </c>
       <c r="H312" t="s">
         <v>1566</v>
       </c>
       <c r="I312">
         <v>1</v>
       </c>
       <c r="J312" t="s">
         <v>16</v>
       </c>
       <c r="K312" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
         <v>1568</v>
       </c>
       <c r="B313" t="s">
         <v>1569</v>
       </c>
       <c r="C313" t="s">
         <v>1570</v>
       </c>
       <c r="D313">
         <v>70.07</v>
       </c>
+      <c r="E313">
+        <v>71.42</v>
+      </c>
+      <c r="F313" s="1">
+        <v>46112</v>
+      </c>
       <c r="G313" t="s">
         <v>14</v>
       </c>
       <c r="H313" t="s">
         <v>1571</v>
       </c>
       <c r="I313">
         <v>1</v>
       </c>
       <c r="J313" t="s">
         <v>16</v>
       </c>
       <c r="K313" t="s">
         <v>1572</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
         <v>1573</v>
       </c>
       <c r="B314" t="s">
         <v>1574</v>
       </c>
       <c r="C314" t="s">
         <v>1575</v>
@@ -15278,1992 +16110,2304 @@
         <v>1586</v>
       </c>
       <c r="I316">
         <v>1</v>
       </c>
       <c r="J316" t="s">
         <v>16</v>
       </c>
       <c r="K316" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
         <v>1588</v>
       </c>
       <c r="B317" t="s">
         <v>1589</v>
       </c>
       <c r="C317" t="s">
         <v>1590</v>
       </c>
       <c r="D317">
         <v>651.93</v>
       </c>
+      <c r="E317">
+        <v>664.33</v>
+      </c>
+      <c r="F317" s="1">
+        <v>46112</v>
+      </c>
       <c r="G317" t="s">
         <v>14</v>
       </c>
       <c r="H317" t="s">
         <v>1591</v>
       </c>
       <c r="I317">
         <v>1</v>
       </c>
       <c r="J317" t="s">
         <v>16</v>
       </c>
       <c r="K317" t="s">
         <v>1592</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
         <v>1593</v>
       </c>
       <c r="B318" t="s">
         <v>1594</v>
       </c>
       <c r="C318" t="s">
         <v>1595</v>
       </c>
       <c r="D318">
-        <v>134.8</v>
+        <v>30.88</v>
+      </c>
+      <c r="E318">
+        <v>31.45</v>
+      </c>
+      <c r="F318" s="1">
+        <v>46112</v>
       </c>
       <c r="G318" t="s">
         <v>14</v>
       </c>
       <c r="H318" t="s">
         <v>1596</v>
       </c>
       <c r="I318">
         <v>1</v>
       </c>
       <c r="J318" t="s">
         <v>16</v>
       </c>
       <c r="K318" t="s">
         <v>1597</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
         <v>1598</v>
       </c>
       <c r="B319" t="s">
         <v>1599</v>
       </c>
       <c r="C319" t="s">
         <v>1600</v>
       </c>
       <c r="D319">
-        <v>30.88</v>
+        <v>35.58</v>
+      </c>
+      <c r="E319">
+        <v>36.25</v>
+      </c>
+      <c r="F319" s="1">
+        <v>46112</v>
       </c>
       <c r="G319" t="s">
         <v>14</v>
       </c>
       <c r="H319" t="s">
         <v>1601</v>
       </c>
       <c r="I319">
         <v>1</v>
       </c>
       <c r="J319" t="s">
         <v>16</v>
       </c>
       <c r="K319" t="s">
         <v>1602</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
         <v>1603</v>
       </c>
       <c r="B320" t="s">
         <v>1604</v>
       </c>
       <c r="C320" t="s">
         <v>1605</v>
       </c>
       <c r="D320">
-        <v>35.58</v>
+        <v>43.87</v>
+      </c>
+      <c r="E320">
+        <v>44.69</v>
+      </c>
+      <c r="F320" s="1">
+        <v>46112</v>
       </c>
       <c r="G320" t="s">
         <v>14</v>
       </c>
       <c r="H320" t="s">
         <v>1606</v>
       </c>
       <c r="I320">
         <v>1</v>
       </c>
       <c r="J320" t="s">
         <v>16</v>
       </c>
       <c r="K320" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
         <v>1608</v>
       </c>
       <c r="B321" t="s">
         <v>1609</v>
       </c>
       <c r="C321" t="s">
         <v>1610</v>
       </c>
       <c r="D321">
-        <v>43.87</v>
+        <v>58.67</v>
+      </c>
+      <c r="E321">
+        <v>59.77</v>
+      </c>
+      <c r="F321" s="1">
+        <v>46112</v>
       </c>
       <c r="G321" t="s">
         <v>14</v>
       </c>
       <c r="H321" t="s">
         <v>1611</v>
       </c>
       <c r="I321">
         <v>1</v>
       </c>
       <c r="J321" t="s">
         <v>16</v>
       </c>
       <c r="K321" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
         <v>1613</v>
       </c>
       <c r="B322" t="s">
         <v>1614</v>
       </c>
       <c r="C322" t="s">
         <v>1615</v>
       </c>
       <c r="D322">
-        <v>58.67</v>
+        <v>119.44</v>
+      </c>
+      <c r="E322">
+        <v>121.7</v>
+      </c>
+      <c r="F322" s="1">
+        <v>46112</v>
       </c>
       <c r="G322" t="s">
         <v>14</v>
       </c>
       <c r="H322" t="s">
         <v>1616</v>
       </c>
       <c r="I322">
         <v>1</v>
       </c>
       <c r="J322" t="s">
         <v>16</v>
       </c>
       <c r="K322" t="s">
         <v>1617</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
         <v>1618</v>
       </c>
       <c r="B323" t="s">
         <v>1619</v>
       </c>
       <c r="C323" t="s">
         <v>1620</v>
       </c>
       <c r="D323">
-        <v>119.44</v>
+        <v>25.41</v>
+      </c>
+      <c r="E323">
+        <v>25.81</v>
+      </c>
+      <c r="F323" s="1">
+        <v>46112</v>
       </c>
       <c r="G323" t="s">
         <v>14</v>
       </c>
       <c r="H323" t="s">
         <v>1621</v>
       </c>
       <c r="I323">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J323" t="s">
         <v>16</v>
       </c>
       <c r="K323" t="s">
         <v>1622</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
         <v>1623</v>
       </c>
       <c r="B324" t="s">
         <v>1624</v>
       </c>
       <c r="C324" t="s">
         <v>1625</v>
       </c>
       <c r="D324">
-        <v>25.41</v>
+        <v>27.14</v>
+      </c>
+      <c r="E324">
+        <v>27.54</v>
+      </c>
+      <c r="F324" s="1">
+        <v>46112</v>
       </c>
       <c r="G324" t="s">
         <v>14</v>
       </c>
       <c r="H324" t="s">
         <v>1626</v>
       </c>
       <c r="I324">
         <v>6</v>
       </c>
       <c r="J324" t="s">
         <v>16</v>
       </c>
       <c r="K324" t="s">
         <v>1627</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
         <v>1628</v>
       </c>
       <c r="B325" t="s">
         <v>1629</v>
       </c>
       <c r="C325" t="s">
         <v>1630</v>
       </c>
       <c r="D325">
-        <v>27.14</v>
+        <v>29.04</v>
+      </c>
+      <c r="E325">
+        <v>29.5</v>
+      </c>
+      <c r="F325" s="1">
+        <v>46112</v>
       </c>
       <c r="G325" t="s">
         <v>14</v>
       </c>
       <c r="H325" t="s">
         <v>1631</v>
       </c>
       <c r="I325">
         <v>6</v>
       </c>
       <c r="J325" t="s">
         <v>16</v>
       </c>
       <c r="K325" t="s">
         <v>1632</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
         <v>1633</v>
       </c>
       <c r="B326" t="s">
         <v>1634</v>
       </c>
       <c r="C326" t="s">
         <v>1635</v>
       </c>
       <c r="D326">
-        <v>29.04</v>
+        <v>32.92</v>
+      </c>
+      <c r="E326">
+        <v>33.43</v>
+      </c>
+      <c r="F326" s="1">
+        <v>46112</v>
       </c>
       <c r="G326" t="s">
         <v>14</v>
       </c>
       <c r="H326" t="s">
         <v>1636</v>
       </c>
       <c r="I326">
         <v>6</v>
       </c>
       <c r="J326" t="s">
         <v>16</v>
       </c>
       <c r="K326" t="s">
         <v>1637</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
         <v>1638</v>
       </c>
       <c r="B327" t="s">
         <v>1639</v>
       </c>
       <c r="C327" t="s">
         <v>1640</v>
       </c>
       <c r="D327">
-        <v>32.92</v>
+        <v>521.92</v>
+      </c>
+      <c r="E327">
+        <v>527.15</v>
+      </c>
+      <c r="F327" s="1">
+        <v>46112</v>
       </c>
       <c r="G327" t="s">
         <v>14</v>
       </c>
       <c r="H327" t="s">
         <v>1641</v>
       </c>
       <c r="I327">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J327" t="s">
         <v>16</v>
       </c>
       <c r="K327" t="s">
         <v>1642</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
         <v>1643</v>
       </c>
       <c r="B328" t="s">
         <v>1644</v>
       </c>
       <c r="C328" t="s">
         <v>1645</v>
       </c>
       <c r="D328">
-        <v>521.92</v>
+        <v>71.08</v>
+      </c>
+      <c r="E328">
+        <v>72.41</v>
+      </c>
+      <c r="F328" s="1">
+        <v>46112</v>
       </c>
       <c r="G328" t="s">
         <v>14</v>
       </c>
       <c r="H328" t="s">
         <v>1646</v>
       </c>
       <c r="I328">
         <v>1</v>
       </c>
       <c r="J328" t="s">
         <v>16</v>
       </c>
       <c r="K328" t="s">
         <v>1647</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
         <v>1648</v>
       </c>
       <c r="B329" t="s">
         <v>1649</v>
       </c>
       <c r="C329" t="s">
         <v>1650</v>
       </c>
       <c r="D329">
-        <v>71.08</v>
+        <v>52.63</v>
       </c>
       <c r="G329" t="s">
         <v>14</v>
       </c>
       <c r="H329" t="s">
         <v>1651</v>
       </c>
       <c r="I329">
         <v>1</v>
       </c>
       <c r="J329" t="s">
         <v>16</v>
       </c>
       <c r="K329" t="s">
         <v>1652</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
         <v>1653</v>
       </c>
       <c r="B330" t="s">
         <v>1654</v>
       </c>
       <c r="C330" t="s">
         <v>1655</v>
       </c>
       <c r="D330">
-        <v>52.63</v>
+        <v>213.5</v>
       </c>
       <c r="G330" t="s">
         <v>14</v>
       </c>
       <c r="H330" t="s">
         <v>1656</v>
       </c>
       <c r="I330">
         <v>1</v>
       </c>
       <c r="J330" t="s">
         <v>16</v>
       </c>
       <c r="K330" t="s">
         <v>1657</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
         <v>1658</v>
       </c>
       <c r="B331" t="s">
         <v>1659</v>
       </c>
       <c r="C331" t="s">
         <v>1660</v>
       </c>
       <c r="D331">
-        <v>213.5</v>
+        <v>201.7</v>
       </c>
       <c r="G331" t="s">
         <v>14</v>
       </c>
       <c r="H331" t="s">
         <v>1661</v>
       </c>
       <c r="I331">
         <v>1</v>
       </c>
       <c r="J331" t="s">
         <v>16</v>
       </c>
       <c r="K331" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
         <v>1663</v>
       </c>
       <c r="B332" t="s">
         <v>1664</v>
       </c>
       <c r="C332" t="s">
         <v>1665</v>
       </c>
       <c r="D332">
-        <v>201.7</v>
+        <v>60.56</v>
       </c>
       <c r="G332" t="s">
         <v>14</v>
       </c>
       <c r="H332" t="s">
         <v>1666</v>
       </c>
       <c r="I332">
         <v>1</v>
       </c>
       <c r="J332" t="s">
         <v>16</v>
       </c>
       <c r="K332" t="s">
         <v>1667</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
         <v>1668</v>
       </c>
       <c r="B333" t="s">
         <v>1669</v>
       </c>
       <c r="C333" t="s">
         <v>1670</v>
       </c>
       <c r="D333">
-        <v>60.56</v>
+        <v>100.6</v>
       </c>
       <c r="G333" t="s">
         <v>14</v>
       </c>
       <c r="H333" t="s">
         <v>1671</v>
       </c>
       <c r="I333">
         <v>1</v>
       </c>
       <c r="J333" t="s">
         <v>16</v>
       </c>
       <c r="K333" t="s">
         <v>1672</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
         <v>1673</v>
       </c>
       <c r="B334" t="s">
         <v>1674</v>
       </c>
       <c r="C334" t="s">
         <v>1675</v>
       </c>
       <c r="D334">
-        <v>100.6</v>
+        <v>182</v>
       </c>
       <c r="G334" t="s">
         <v>14</v>
       </c>
       <c r="H334" t="s">
         <v>1676</v>
       </c>
       <c r="I334">
         <v>1</v>
       </c>
       <c r="J334" t="s">
         <v>16</v>
       </c>
       <c r="K334" t="s">
         <v>1677</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
         <v>1678</v>
       </c>
       <c r="B335" t="s">
         <v>1679</v>
       </c>
       <c r="C335" t="s">
         <v>1680</v>
       </c>
       <c r="D335">
-        <v>182</v>
+        <v>175.6</v>
       </c>
       <c r="G335" t="s">
         <v>14</v>
       </c>
       <c r="H335" t="s">
         <v>1681</v>
       </c>
       <c r="I335">
         <v>1</v>
       </c>
       <c r="J335" t="s">
         <v>16</v>
       </c>
       <c r="K335" t="s">
         <v>1682</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
         <v>1683</v>
       </c>
       <c r="B336" t="s">
         <v>1684</v>
       </c>
       <c r="C336" t="s">
         <v>1685</v>
       </c>
       <c r="D336">
-        <v>175.6</v>
+        <v>14.49</v>
+      </c>
+      <c r="E336">
+        <v>14.52</v>
+      </c>
+      <c r="F336" s="1">
+        <v>46112</v>
       </c>
       <c r="G336" t="s">
         <v>14</v>
       </c>
       <c r="H336" t="s">
         <v>1686</v>
       </c>
       <c r="I336">
         <v>1</v>
       </c>
       <c r="J336" t="s">
         <v>16</v>
       </c>
       <c r="K336" t="s">
         <v>1687</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
         <v>1688</v>
       </c>
       <c r="B337" t="s">
         <v>1689</v>
       </c>
       <c r="C337" t="s">
         <v>1690</v>
       </c>
       <c r="D337">
-        <v>14.49</v>
+        <v>45.72</v>
       </c>
       <c r="G337" t="s">
         <v>14</v>
       </c>
       <c r="H337" t="s">
         <v>1691</v>
       </c>
       <c r="I337">
         <v>1</v>
       </c>
       <c r="J337" t="s">
         <v>16</v>
       </c>
       <c r="K337" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
         <v>1693</v>
       </c>
       <c r="B338" t="s">
         <v>1694</v>
       </c>
       <c r="C338" t="s">
         <v>1695</v>
       </c>
       <c r="D338">
-        <v>45.72</v>
+        <v>38.27</v>
+      </c>
+      <c r="E338">
+        <v>16.48</v>
+      </c>
+      <c r="F338" s="1">
+        <v>46112</v>
       </c>
       <c r="G338" t="s">
         <v>14</v>
       </c>
       <c r="H338" t="s">
         <v>1696</v>
       </c>
       <c r="I338">
         <v>1</v>
       </c>
       <c r="J338" t="s">
         <v>16</v>
       </c>
       <c r="K338" t="s">
         <v>1697</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
         <v>1698</v>
       </c>
       <c r="B339" t="s">
         <v>1699</v>
       </c>
       <c r="C339" t="s">
         <v>1700</v>
       </c>
       <c r="D339">
-        <v>38.27</v>
+        <v>49.53</v>
+      </c>
+      <c r="E339">
+        <v>21.08</v>
+      </c>
+      <c r="F339" s="1">
+        <v>46112</v>
       </c>
       <c r="G339" t="s">
         <v>14</v>
       </c>
       <c r="H339" t="s">
         <v>1701</v>
       </c>
       <c r="I339">
         <v>1</v>
       </c>
       <c r="J339" t="s">
         <v>16</v>
       </c>
       <c r="K339" t="s">
         <v>1702</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
         <v>1703</v>
       </c>
       <c r="B340" t="s">
         <v>1704</v>
       </c>
       <c r="C340" t="s">
         <v>1705</v>
       </c>
       <c r="D340">
-        <v>49.53</v>
+        <v>57.06</v>
+      </c>
+      <c r="E340">
+        <v>34.8</v>
+      </c>
+      <c r="F340" s="1">
+        <v>46112</v>
       </c>
       <c r="G340" t="s">
         <v>14</v>
       </c>
       <c r="H340" t="s">
         <v>1706</v>
       </c>
       <c r="I340">
         <v>1</v>
       </c>
       <c r="J340" t="s">
         <v>16</v>
       </c>
       <c r="K340" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
         <v>1708</v>
       </c>
       <c r="B341" t="s">
         <v>1709</v>
       </c>
       <c r="C341" t="s">
         <v>1710</v>
       </c>
       <c r="D341">
-        <v>57.06</v>
+        <v>69.11</v>
+      </c>
+      <c r="E341">
+        <v>43.96</v>
+      </c>
+      <c r="F341" s="1">
+        <v>46112</v>
       </c>
       <c r="G341" t="s">
         <v>14</v>
       </c>
       <c r="H341" t="s">
         <v>1711</v>
       </c>
       <c r="I341">
         <v>1</v>
       </c>
       <c r="J341" t="s">
         <v>16</v>
       </c>
       <c r="K341" t="s">
         <v>1712</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
         <v>1713</v>
       </c>
       <c r="B342" t="s">
         <v>1714</v>
       </c>
       <c r="C342" t="s">
         <v>1715</v>
       </c>
       <c r="D342">
-        <v>69.11</v>
+        <v>89.43</v>
+      </c>
+      <c r="E342">
+        <v>64.1</v>
+      </c>
+      <c r="F342" s="1">
+        <v>46112</v>
       </c>
       <c r="G342" t="s">
         <v>14</v>
       </c>
       <c r="H342" t="s">
         <v>1716</v>
       </c>
       <c r="I342">
         <v>1</v>
       </c>
       <c r="J342" t="s">
         <v>16</v>
       </c>
       <c r="K342" t="s">
         <v>1717</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
         <v>1718</v>
       </c>
       <c r="B343" t="s">
         <v>1719</v>
       </c>
       <c r="C343" t="s">
         <v>1720</v>
       </c>
       <c r="D343">
-        <v>89.43</v>
+        <v>125.63</v>
+      </c>
+      <c r="E343">
+        <v>80.59</v>
+      </c>
+      <c r="F343" s="1">
+        <v>46112</v>
       </c>
       <c r="G343" t="s">
         <v>14</v>
       </c>
       <c r="H343" t="s">
         <v>1721</v>
       </c>
       <c r="I343">
         <v>1</v>
       </c>
       <c r="J343" t="s">
         <v>16</v>
       </c>
       <c r="K343" t="s">
         <v>1722</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
         <v>1723</v>
       </c>
       <c r="B344" t="s">
         <v>1724</v>
       </c>
       <c r="C344" t="s">
         <v>1725</v>
       </c>
       <c r="D344">
-        <v>125.63</v>
+        <v>279.03</v>
+      </c>
+      <c r="E344">
+        <v>164.84</v>
+      </c>
+      <c r="F344" s="1">
+        <v>46112</v>
       </c>
       <c r="G344" t="s">
         <v>14</v>
       </c>
       <c r="H344" t="s">
         <v>1726</v>
       </c>
       <c r="I344">
         <v>1</v>
       </c>
       <c r="J344" t="s">
         <v>16</v>
       </c>
       <c r="K344" t="s">
         <v>1727</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
         <v>1728</v>
       </c>
       <c r="B345" t="s">
         <v>1729</v>
       </c>
       <c r="C345" t="s">
         <v>1730</v>
       </c>
       <c r="D345">
-        <v>279.03</v>
+        <v>23.28</v>
+      </c>
+      <c r="E345">
+        <v>12.82</v>
+      </c>
+      <c r="F345" s="1">
+        <v>46112</v>
       </c>
       <c r="G345" t="s">
         <v>14</v>
       </c>
       <c r="H345" t="s">
         <v>1731</v>
       </c>
       <c r="I345">
         <v>1</v>
       </c>
       <c r="J345" t="s">
         <v>16</v>
       </c>
       <c r="K345" t="s">
         <v>1732</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
         <v>1733</v>
       </c>
       <c r="B346" t="s">
         <v>1734</v>
       </c>
       <c r="C346" t="s">
         <v>1735</v>
       </c>
       <c r="D346">
-        <v>23.28</v>
+        <v>27.81</v>
+      </c>
+      <c r="E346">
+        <v>15.58</v>
+      </c>
+      <c r="F346" s="1">
+        <v>46112</v>
       </c>
       <c r="G346" t="s">
         <v>14</v>
       </c>
       <c r="H346" t="s">
         <v>1736</v>
       </c>
       <c r="I346">
         <v>1</v>
       </c>
       <c r="J346" t="s">
         <v>16</v>
       </c>
       <c r="K346" t="s">
         <v>1737</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
         <v>1738</v>
       </c>
       <c r="B347" t="s">
         <v>1739</v>
       </c>
       <c r="C347" t="s">
         <v>1740</v>
       </c>
       <c r="D347">
-        <v>27.81</v>
+        <v>38.73</v>
+      </c>
+      <c r="E347">
+        <v>21.98</v>
+      </c>
+      <c r="F347" s="1">
+        <v>46112</v>
       </c>
       <c r="G347" t="s">
         <v>14</v>
       </c>
       <c r="H347" t="s">
         <v>1741</v>
       </c>
       <c r="I347">
         <v>1</v>
       </c>
       <c r="J347" t="s">
         <v>16</v>
       </c>
       <c r="K347" t="s">
         <v>1742</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
         <v>1743</v>
       </c>
       <c r="B348" t="s">
         <v>1744</v>
       </c>
       <c r="C348" t="s">
         <v>1745</v>
       </c>
       <c r="D348">
-        <v>38.73</v>
+        <v>45.02</v>
+      </c>
+      <c r="E348">
+        <v>31.14</v>
+      </c>
+      <c r="F348" s="1">
+        <v>46112</v>
       </c>
       <c r="G348" t="s">
         <v>14</v>
       </c>
       <c r="H348" t="s">
         <v>1746</v>
       </c>
       <c r="I348">
         <v>1</v>
       </c>
       <c r="J348" t="s">
         <v>16</v>
       </c>
       <c r="K348" t="s">
         <v>1747</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
         <v>1748</v>
       </c>
       <c r="B349" t="s">
         <v>1749</v>
       </c>
       <c r="C349" t="s">
         <v>1750</v>
       </c>
       <c r="D349">
-        <v>45.02</v>
+        <v>57.48</v>
+      </c>
+      <c r="E349">
+        <v>45.79</v>
+      </c>
+      <c r="F349" s="1">
+        <v>46112</v>
       </c>
       <c r="G349" t="s">
         <v>14</v>
       </c>
       <c r="H349" t="s">
         <v>1751</v>
       </c>
       <c r="I349">
         <v>1</v>
       </c>
       <c r="J349" t="s">
         <v>16</v>
       </c>
       <c r="K349" t="s">
         <v>1752</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
         <v>1753</v>
       </c>
       <c r="B350" t="s">
         <v>1754</v>
       </c>
       <c r="C350" t="s">
         <v>1755</v>
       </c>
       <c r="D350">
-        <v>57.48</v>
+        <v>71.76</v>
+      </c>
+      <c r="E350">
+        <v>56.78</v>
+      </c>
+      <c r="F350" s="1">
+        <v>46112</v>
       </c>
       <c r="G350" t="s">
         <v>14</v>
       </c>
       <c r="H350" t="s">
         <v>1756</v>
       </c>
       <c r="I350">
         <v>1</v>
       </c>
       <c r="J350" t="s">
         <v>16</v>
       </c>
       <c r="K350" t="s">
         <v>1757</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
         <v>1758</v>
       </c>
       <c r="B351" t="s">
         <v>1759</v>
       </c>
       <c r="C351" t="s">
         <v>1760</v>
       </c>
       <c r="D351">
-        <v>71.76</v>
+        <v>142.06</v>
+      </c>
+      <c r="E351">
+        <v>93.41</v>
+      </c>
+      <c r="F351" s="1">
+        <v>46112</v>
       </c>
       <c r="G351" t="s">
         <v>14</v>
       </c>
       <c r="H351" t="s">
         <v>1761</v>
       </c>
       <c r="I351">
         <v>1</v>
       </c>
       <c r="J351" t="s">
         <v>16</v>
       </c>
       <c r="K351" t="s">
         <v>1762</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
         <v>1763</v>
       </c>
       <c r="B352" t="s">
         <v>1764</v>
       </c>
       <c r="C352" t="s">
         <v>1765</v>
       </c>
       <c r="D352">
-        <v>142.06</v>
+        <v>174.49</v>
+      </c>
+      <c r="E352">
+        <v>131.87</v>
+      </c>
+      <c r="F352" s="1">
+        <v>46112</v>
       </c>
       <c r="G352" t="s">
         <v>14</v>
       </c>
       <c r="H352" t="s">
         <v>1766</v>
       </c>
       <c r="I352">
         <v>1</v>
       </c>
       <c r="J352" t="s">
         <v>16</v>
       </c>
       <c r="K352" t="s">
         <v>1767</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
         <v>1768</v>
       </c>
       <c r="B353" t="s">
         <v>1769</v>
       </c>
       <c r="C353" t="s">
         <v>1770</v>
       </c>
       <c r="D353">
-        <v>174.49</v>
+        <v>22.85</v>
+      </c>
+      <c r="E353">
+        <v>23.28</v>
+      </c>
+      <c r="F353" s="1">
+        <v>46112</v>
       </c>
       <c r="G353" t="s">
         <v>14</v>
       </c>
       <c r="H353" t="s">
         <v>1771</v>
       </c>
       <c r="I353">
         <v>1</v>
       </c>
       <c r="J353" t="s">
         <v>16</v>
       </c>
       <c r="K353" t="s">
         <v>1772</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
         <v>1773</v>
       </c>
       <c r="B354" t="s">
         <v>1774</v>
       </c>
       <c r="C354" t="s">
         <v>1775</v>
       </c>
       <c r="D354">
-        <v>22.85</v>
+        <v>230.39</v>
+      </c>
+      <c r="E354">
+        <v>234.77</v>
+      </c>
+      <c r="F354" s="1">
+        <v>46112</v>
       </c>
       <c r="G354" t="s">
         <v>14</v>
       </c>
       <c r="H354" t="s">
         <v>1776</v>
       </c>
       <c r="I354">
         <v>1</v>
       </c>
       <c r="J354" t="s">
         <v>16</v>
       </c>
       <c r="K354" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
         <v>1778</v>
       </c>
       <c r="B355" t="s">
         <v>1779</v>
       </c>
       <c r="C355" t="s">
         <v>1780</v>
       </c>
       <c r="D355">
-        <v>230.39</v>
+        <v>279.27</v>
+      </c>
+      <c r="E355">
+        <v>284.58</v>
+      </c>
+      <c r="F355" s="1">
+        <v>46112</v>
       </c>
       <c r="G355" t="s">
         <v>14</v>
       </c>
       <c r="H355" t="s">
         <v>1781</v>
       </c>
       <c r="I355">
         <v>1</v>
       </c>
       <c r="J355" t="s">
         <v>16</v>
       </c>
       <c r="K355" t="s">
         <v>1782</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s">
         <v>1783</v>
       </c>
       <c r="B356" t="s">
         <v>1784</v>
       </c>
       <c r="C356" t="s">
         <v>1785</v>
       </c>
       <c r="D356">
-        <v>279.27</v>
+        <v>363.1</v>
+      </c>
+      <c r="E356">
+        <v>370</v>
+      </c>
+      <c r="F356" s="1">
+        <v>46112</v>
       </c>
       <c r="G356" t="s">
         <v>14</v>
       </c>
       <c r="H356" t="s">
         <v>1786</v>
       </c>
       <c r="I356">
         <v>1</v>
       </c>
       <c r="J356" t="s">
         <v>16</v>
       </c>
       <c r="K356" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s">
         <v>1788</v>
       </c>
       <c r="B357" t="s">
         <v>1789</v>
       </c>
       <c r="C357" t="s">
         <v>1790</v>
       </c>
       <c r="D357">
-        <v>363.1</v>
+        <v>251.55</v>
       </c>
       <c r="G357" t="s">
         <v>14</v>
       </c>
       <c r="H357" t="s">
         <v>1791</v>
       </c>
       <c r="I357">
         <v>1</v>
       </c>
       <c r="J357" t="s">
         <v>16</v>
       </c>
       <c r="K357" t="s">
         <v>1792</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s">
         <v>1793</v>
       </c>
       <c r="B358" t="s">
         <v>1794</v>
       </c>
       <c r="C358" t="s">
         <v>1795</v>
       </c>
       <c r="D358">
-        <v>251.55</v>
+        <v>48.1</v>
+      </c>
+      <c r="E358">
+        <v>48.84</v>
+      </c>
+      <c r="F358" s="1">
+        <v>46112</v>
       </c>
       <c r="G358" t="s">
         <v>14</v>
       </c>
       <c r="H358" t="s">
         <v>1796</v>
       </c>
       <c r="I358">
         <v>1</v>
       </c>
       <c r="J358" t="s">
         <v>16</v>
       </c>
       <c r="K358" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s">
         <v>1798</v>
       </c>
       <c r="B359" t="s">
         <v>1799</v>
       </c>
       <c r="C359" t="s">
         <v>1800</v>
       </c>
       <c r="D359">
-        <v>48.1</v>
+        <v>72.76</v>
+      </c>
+      <c r="E359">
+        <v>73.86</v>
+      </c>
+      <c r="F359" s="1">
+        <v>46112</v>
       </c>
       <c r="G359" t="s">
         <v>14</v>
       </c>
       <c r="H359" t="s">
         <v>1801</v>
       </c>
       <c r="I359">
         <v>1</v>
       </c>
       <c r="J359" t="s">
         <v>16</v>
       </c>
       <c r="K359" t="s">
         <v>1802</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s">
         <v>1803</v>
       </c>
       <c r="B360" t="s">
         <v>1804</v>
       </c>
       <c r="C360" t="s">
         <v>1805</v>
       </c>
       <c r="D360">
-        <v>72.76</v>
+        <v>111.25</v>
+      </c>
+      <c r="E360">
+        <v>114.02</v>
+      </c>
+      <c r="F360" s="1">
+        <v>46112</v>
       </c>
       <c r="G360" t="s">
         <v>14</v>
       </c>
       <c r="H360" t="s">
         <v>1806</v>
       </c>
       <c r="I360">
         <v>1</v>
       </c>
       <c r="J360" t="s">
         <v>16</v>
       </c>
       <c r="K360" t="s">
         <v>1807</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s">
         <v>1808</v>
       </c>
       <c r="B361" t="s">
         <v>1809</v>
       </c>
       <c r="C361" t="s">
         <v>1810</v>
       </c>
       <c r="D361">
-        <v>111.25</v>
+        <v>138.48</v>
+      </c>
+      <c r="E361">
+        <v>139.85</v>
+      </c>
+      <c r="F361" s="1">
+        <v>46112</v>
       </c>
       <c r="G361" t="s">
         <v>14</v>
       </c>
       <c r="H361" t="s">
         <v>1811</v>
       </c>
       <c r="I361">
         <v>1</v>
       </c>
       <c r="J361" t="s">
         <v>16</v>
       </c>
       <c r="K361" t="s">
         <v>1812</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s">
         <v>1813</v>
       </c>
       <c r="B362" t="s">
         <v>1814</v>
       </c>
       <c r="C362" t="s">
         <v>1815</v>
       </c>
       <c r="D362">
-        <v>138.48</v>
+        <v>13.18</v>
+      </c>
+      <c r="E362">
+        <v>13.25</v>
+      </c>
+      <c r="F362" s="1">
+        <v>46112</v>
       </c>
       <c r="G362" t="s">
         <v>14</v>
       </c>
       <c r="H362" t="s">
         <v>1816</v>
       </c>
       <c r="I362">
         <v>1</v>
       </c>
       <c r="J362" t="s">
         <v>16</v>
       </c>
       <c r="K362" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s">
         <v>1818</v>
       </c>
       <c r="B363" t="s">
         <v>1819</v>
       </c>
       <c r="C363" t="s">
         <v>1820</v>
       </c>
       <c r="D363">
-        <v>13.18</v>
+        <v>13.07</v>
       </c>
       <c r="G363" t="s">
         <v>14</v>
       </c>
       <c r="H363" t="s">
         <v>1821</v>
       </c>
       <c r="I363">
         <v>1</v>
       </c>
       <c r="J363" t="s">
         <v>16</v>
       </c>
       <c r="K363" t="s">
         <v>1822</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s">
         <v>1823</v>
       </c>
       <c r="B364" t="s">
         <v>1824</v>
       </c>
       <c r="C364" t="s">
         <v>1825</v>
       </c>
       <c r="D364">
-        <v>13.07</v>
+        <v>13.83</v>
       </c>
       <c r="G364" t="s">
         <v>14</v>
       </c>
       <c r="H364" t="s">
         <v>1826</v>
       </c>
       <c r="I364">
         <v>1</v>
       </c>
       <c r="J364" t="s">
         <v>16</v>
       </c>
       <c r="K364" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s">
         <v>1828</v>
       </c>
       <c r="B365" t="s">
         <v>1829</v>
       </c>
       <c r="C365" t="s">
         <v>1830</v>
       </c>
       <c r="D365">
-        <v>13.83</v>
+        <v>12.14</v>
       </c>
       <c r="G365" t="s">
         <v>14</v>
       </c>
       <c r="H365" t="s">
         <v>1831</v>
       </c>
       <c r="I365">
         <v>1</v>
       </c>
       <c r="J365" t="s">
         <v>16</v>
       </c>
       <c r="K365" t="s">
         <v>1832</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s">
         <v>1833</v>
       </c>
       <c r="B366" t="s">
         <v>1834</v>
       </c>
       <c r="C366" t="s">
         <v>1835</v>
       </c>
       <c r="D366">
-        <v>12.14</v>
+        <v>5.1</v>
+      </c>
+      <c r="E366">
+        <v>5.16</v>
+      </c>
+      <c r="F366" s="1">
+        <v>46112</v>
       </c>
       <c r="G366" t="s">
         <v>14</v>
       </c>
       <c r="H366" t="s">
         <v>1836</v>
       </c>
       <c r="I366">
         <v>1</v>
       </c>
       <c r="J366" t="s">
         <v>16</v>
       </c>
       <c r="K366" t="s">
         <v>1837</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s">
         <v>1838</v>
       </c>
       <c r="B367" t="s">
         <v>1839</v>
       </c>
       <c r="C367" t="s">
         <v>1840</v>
       </c>
       <c r="D367">
-        <v>5.1</v>
+        <v>7.66</v>
+      </c>
+      <c r="E367">
+        <v>7.76</v>
+      </c>
+      <c r="F367" s="1">
+        <v>46112</v>
       </c>
       <c r="G367" t="s">
         <v>14</v>
       </c>
       <c r="H367" t="s">
         <v>1841</v>
       </c>
       <c r="I367">
         <v>1</v>
       </c>
       <c r="J367" t="s">
         <v>16</v>
       </c>
       <c r="K367" t="s">
         <v>1842</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s">
         <v>1843</v>
       </c>
       <c r="B368" t="s">
         <v>1844</v>
       </c>
       <c r="C368" t="s">
         <v>1845</v>
       </c>
       <c r="D368">
-        <v>7.66</v>
+        <v>14.92</v>
+      </c>
+      <c r="E368">
+        <v>15.11</v>
+      </c>
+      <c r="F368" s="1">
+        <v>46112</v>
       </c>
       <c r="G368" t="s">
         <v>14</v>
       </c>
       <c r="H368" t="s">
         <v>1846</v>
       </c>
       <c r="I368">
         <v>1</v>
       </c>
       <c r="J368" t="s">
         <v>16</v>
       </c>
       <c r="K368" t="s">
         <v>1847</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s">
         <v>1848</v>
       </c>
       <c r="B369" t="s">
         <v>1849</v>
       </c>
       <c r="C369" t="s">
         <v>1850</v>
       </c>
       <c r="D369">
-        <v>14.92</v>
+        <v>12.22</v>
+      </c>
+      <c r="E369">
+        <v>12.4</v>
+      </c>
+      <c r="F369" s="1">
+        <v>46112</v>
       </c>
       <c r="G369" t="s">
         <v>14</v>
       </c>
       <c r="H369" t="s">
         <v>1851</v>
       </c>
       <c r="I369">
         <v>1</v>
       </c>
       <c r="J369" t="s">
         <v>16</v>
       </c>
       <c r="K369" t="s">
         <v>1852</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s">
         <v>1853</v>
       </c>
       <c r="B370" t="s">
         <v>1854</v>
       </c>
       <c r="C370" t="s">
         <v>1855</v>
       </c>
       <c r="D370">
-        <v>12.22</v>
+        <v>19.22</v>
+      </c>
+      <c r="E370">
+        <v>19.48</v>
+      </c>
+      <c r="F370" s="1">
+        <v>46112</v>
       </c>
       <c r="G370" t="s">
         <v>14</v>
       </c>
       <c r="H370" t="s">
         <v>1856</v>
       </c>
       <c r="I370">
         <v>1</v>
       </c>
       <c r="J370" t="s">
         <v>16</v>
       </c>
       <c r="K370" t="s">
         <v>1857</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s">
         <v>1858</v>
       </c>
       <c r="B371" t="s">
         <v>1859</v>
       </c>
       <c r="C371" t="s">
         <v>1860</v>
       </c>
       <c r="D371">
-        <v>19.22</v>
+        <v>253.92</v>
       </c>
       <c r="G371" t="s">
         <v>14</v>
       </c>
       <c r="H371" t="s">
         <v>1861</v>
       </c>
       <c r="I371">
         <v>1</v>
       </c>
       <c r="J371" t="s">
         <v>16</v>
       </c>
       <c r="K371" t="s">
         <v>1862</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s">
         <v>1863</v>
       </c>
       <c r="B372" t="s">
         <v>1864</v>
       </c>
       <c r="C372" t="s">
         <v>1865</v>
       </c>
       <c r="D372">
-        <v>253.92</v>
+        <v>301.72</v>
+      </c>
+      <c r="E372">
+        <v>307.44</v>
+      </c>
+      <c r="F372" s="1">
+        <v>46112</v>
       </c>
       <c r="G372" t="s">
         <v>14</v>
       </c>
       <c r="H372" t="s">
         <v>1866</v>
       </c>
       <c r="I372">
         <v>1</v>
       </c>
       <c r="J372" t="s">
         <v>16</v>
       </c>
       <c r="K372" t="s">
         <v>1867</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s">
         <v>1868</v>
       </c>
       <c r="B373" t="s">
         <v>1869</v>
       </c>
       <c r="C373" t="s">
         <v>1870</v>
       </c>
       <c r="D373">
-        <v>301.72</v>
+        <v>488.39</v>
+      </c>
+      <c r="E373">
+        <v>497.67</v>
+      </c>
+      <c r="F373" s="1">
+        <v>46112</v>
       </c>
       <c r="G373" t="s">
         <v>14</v>
       </c>
       <c r="H373" t="s">
         <v>1871</v>
       </c>
       <c r="I373">
         <v>1</v>
       </c>
       <c r="J373" t="s">
         <v>16</v>
       </c>
       <c r="K373" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s">
         <v>1873</v>
       </c>
       <c r="B374" t="s">
         <v>1874</v>
       </c>
       <c r="C374" t="s">
         <v>1875</v>
       </c>
       <c r="D374">
-        <v>488.39</v>
+        <v>1179.11</v>
+      </c>
+      <c r="E374">
+        <v>1201.5</v>
+      </c>
+      <c r="F374" s="1">
+        <v>46112</v>
       </c>
       <c r="G374" t="s">
         <v>14</v>
       </c>
       <c r="H374" t="s">
         <v>1876</v>
       </c>
       <c r="I374">
         <v>1</v>
       </c>
       <c r="J374" t="s">
         <v>16</v>
       </c>
       <c r="K374" t="s">
         <v>1877</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s">
         <v>1878</v>
       </c>
       <c r="B375" t="s">
         <v>1879</v>
       </c>
       <c r="C375" t="s">
         <v>1880</v>
       </c>
       <c r="D375">
-        <v>1179.11</v>
+        <v>352.23</v>
+      </c>
+      <c r="E375">
+        <v>355.71</v>
+      </c>
+      <c r="F375" s="1">
+        <v>46112</v>
       </c>
       <c r="G375" t="s">
         <v>14</v>
       </c>
       <c r="H375" t="s">
         <v>1881</v>
       </c>
       <c r="I375">
         <v>1</v>
       </c>
       <c r="J375" t="s">
         <v>16</v>
       </c>
       <c r="K375" t="s">
         <v>1882</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s">
         <v>1883</v>
       </c>
       <c r="B376" t="s">
         <v>1884</v>
       </c>
       <c r="C376" t="s">
         <v>1885</v>
       </c>
       <c r="D376">
-        <v>352.23</v>
+        <v>724.26</v>
+      </c>
+      <c r="E376">
+        <v>731.5</v>
+      </c>
+      <c r="F376" s="1">
+        <v>46112</v>
       </c>
       <c r="G376" t="s">
         <v>14</v>
       </c>
       <c r="H376" t="s">
         <v>1886</v>
       </c>
       <c r="I376">
         <v>1</v>
       </c>
       <c r="J376" t="s">
         <v>16</v>
       </c>
       <c r="K376" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s">
         <v>1888</v>
       </c>
       <c r="B377" t="s">
         <v>1889</v>
       </c>
       <c r="C377" t="s">
         <v>1890</v>
       </c>
       <c r="D377">
-        <v>724.26</v>
+        <v>62.37</v>
+      </c>
+      <c r="E377">
+        <v>63</v>
+      </c>
+      <c r="F377" s="1">
+        <v>46112</v>
       </c>
       <c r="G377" t="s">
         <v>14</v>
       </c>
       <c r="H377" t="s">
         <v>1891</v>
       </c>
       <c r="I377">
         <v>1</v>
       </c>
       <c r="J377" t="s">
         <v>16</v>
       </c>
       <c r="K377" t="s">
         <v>1892</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s">
         <v>1893</v>
       </c>
       <c r="B378" t="s">
         <v>1894</v>
       </c>
       <c r="C378" t="s">
         <v>1895</v>
       </c>
       <c r="D378">
-        <v>62.37</v>
+        <v>63.95</v>
+      </c>
+      <c r="E378">
+        <v>64.58</v>
+      </c>
+      <c r="F378" s="1">
+        <v>46112</v>
       </c>
       <c r="G378" t="s">
         <v>14</v>
       </c>
       <c r="H378" t="s">
         <v>1896</v>
       </c>
       <c r="I378">
         <v>1</v>
       </c>
       <c r="J378" t="s">
         <v>16</v>
       </c>
       <c r="K378" t="s">
         <v>1897</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s">
         <v>1898</v>
       </c>
       <c r="B379" t="s">
         <v>1899</v>
       </c>
       <c r="C379" t="s">
         <v>1900</v>
       </c>
       <c r="D379">
-        <v>63.95</v>
+        <v>138.31</v>
+      </c>
+      <c r="E379">
+        <v>140.91</v>
+      </c>
+      <c r="F379" s="1">
+        <v>46112</v>
       </c>
       <c r="G379" t="s">
         <v>14</v>
       </c>
       <c r="H379" t="s">
         <v>1901</v>
       </c>
       <c r="I379">
         <v>1</v>
       </c>
       <c r="J379" t="s">
         <v>16</v>
       </c>
       <c r="K379" t="s">
         <v>1902</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s">
         <v>1903</v>
       </c>
       <c r="B380" t="s">
         <v>1904</v>
       </c>
       <c r="C380" t="s">
         <v>1905</v>
       </c>
       <c r="D380">
-        <v>138.31</v>
+        <v>159.99</v>
+      </c>
+      <c r="E380">
+        <v>165.58</v>
+      </c>
+      <c r="F380" s="1">
+        <v>46112</v>
       </c>
       <c r="G380" t="s">
         <v>14</v>
       </c>
       <c r="H380" t="s">
         <v>1906</v>
       </c>
       <c r="I380">
         <v>1</v>
       </c>
       <c r="J380" t="s">
         <v>16</v>
       </c>
       <c r="K380" t="s">
         <v>1907</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s">
         <v>1908</v>
       </c>
       <c r="B381" t="s">
         <v>1909</v>
       </c>
       <c r="C381" t="s">
         <v>1910</v>
       </c>
       <c r="D381">
-        <v>159.99</v>
+        <v>7.53</v>
+      </c>
+      <c r="E381">
+        <v>7.7</v>
+      </c>
+      <c r="F381" s="1">
+        <v>46112</v>
       </c>
       <c r="G381" t="s">
         <v>14</v>
       </c>
       <c r="H381" t="s">
         <v>1911</v>
       </c>
       <c r="I381">
         <v>1</v>
       </c>
       <c r="J381" t="s">
         <v>16</v>
       </c>
       <c r="K381" t="s">
         <v>1912</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s">
         <v>1913</v>
       </c>
       <c r="B382" t="s">
         <v>1914</v>
       </c>
       <c r="C382" t="s">
         <v>1915</v>
       </c>
       <c r="D382">
-        <v>7.53</v>
+        <v>78.16</v>
       </c>
       <c r="G382" t="s">
         <v>14</v>
       </c>
       <c r="H382" t="s">
         <v>1916</v>
       </c>
       <c r="I382">
         <v>1</v>
       </c>
       <c r="J382" t="s">
         <v>16</v>
       </c>
       <c r="K382" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s">
         <v>1918</v>
       </c>
       <c r="B383" t="s">
         <v>1919</v>
       </c>
       <c r="C383" t="s">
         <v>1920</v>
       </c>
       <c r="D383">
-        <v>78.16</v>
+        <v>44.09</v>
       </c>
       <c r="G383" t="s">
         <v>14</v>
       </c>
       <c r="H383" t="s">
         <v>1921</v>
       </c>
       <c r="I383">
         <v>1</v>
       </c>
       <c r="J383" t="s">
         <v>16</v>
       </c>
       <c r="K383" t="s">
         <v>1922</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s">
         <v>1923</v>
       </c>
       <c r="B384" t="s">
         <v>1924</v>
       </c>
       <c r="C384" t="s">
         <v>1925</v>
       </c>
       <c r="D384">
-        <v>44.09</v>
+        <v>34.1</v>
       </c>
       <c r="G384" t="s">
         <v>14</v>
       </c>
       <c r="H384" t="s">
         <v>1926</v>
       </c>
       <c r="I384">
         <v>1</v>
       </c>
       <c r="J384" t="s">
         <v>16</v>
       </c>
       <c r="K384" t="s">
         <v>1927</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s">
         <v>1928</v>
       </c>
       <c r="B385" t="s">
         <v>1929</v>
       </c>
       <c r="C385" t="s">
@@ -17277,51 +18421,51 @@
       </c>
       <c r="H385" t="s">
         <v>1931</v>
       </c>
       <c r="I385">
         <v>1</v>
       </c>
       <c r="J385" t="s">
         <v>16</v>
       </c>
       <c r="K385" t="s">
         <v>1932</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s">
         <v>1933</v>
       </c>
       <c r="B386" t="s">
         <v>1934</v>
       </c>
       <c r="C386" t="s">
         <v>1935</v>
       </c>
       <c r="D386">
-        <v>34.1</v>
+        <v>38.37</v>
       </c>
       <c r="G386" t="s">
         <v>14</v>
       </c>
       <c r="H386" t="s">
         <v>1936</v>
       </c>
       <c r="I386">
         <v>1</v>
       </c>
       <c r="J386" t="s">
         <v>16</v>
       </c>
       <c r="K386" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s">
         <v>1938</v>
       </c>
       <c r="B387" t="s">
         <v>1939</v>
       </c>
       <c r="C387" t="s">
@@ -17335,51 +18479,51 @@
       </c>
       <c r="H387" t="s">
         <v>1941</v>
       </c>
       <c r="I387">
         <v>1</v>
       </c>
       <c r="J387" t="s">
         <v>16</v>
       </c>
       <c r="K387" t="s">
         <v>1942</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s">
         <v>1943</v>
       </c>
       <c r="B388" t="s">
         <v>1944</v>
       </c>
       <c r="C388" t="s">
         <v>1945</v>
       </c>
       <c r="D388">
-        <v>38.37</v>
+        <v>42.62</v>
       </c>
       <c r="G388" t="s">
         <v>14</v>
       </c>
       <c r="H388" t="s">
         <v>1946</v>
       </c>
       <c r="I388">
         <v>1</v>
       </c>
       <c r="J388" t="s">
         <v>16</v>
       </c>
       <c r="K388" t="s">
         <v>1947</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s">
         <v>1948</v>
       </c>
       <c r="B389" t="s">
         <v>1949</v>
       </c>
       <c r="C389" t="s">
@@ -17393,51 +18537,51 @@
       </c>
       <c r="H389" t="s">
         <v>1951</v>
       </c>
       <c r="I389">
         <v>1</v>
       </c>
       <c r="J389" t="s">
         <v>16</v>
       </c>
       <c r="K389" t="s">
         <v>1952</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s">
         <v>1953</v>
       </c>
       <c r="B390" t="s">
         <v>1954</v>
       </c>
       <c r="C390" t="s">
         <v>1955</v>
       </c>
       <c r="D390">
-        <v>42.62</v>
+        <v>46.89</v>
       </c>
       <c r="G390" t="s">
         <v>14</v>
       </c>
       <c r="H390" t="s">
         <v>1956</v>
       </c>
       <c r="I390">
         <v>1</v>
       </c>
       <c r="J390" t="s">
         <v>16</v>
       </c>
       <c r="K390" t="s">
         <v>1957</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s">
         <v>1958</v>
       </c>
       <c r="B391" t="s">
         <v>1959</v>
       </c>
       <c r="C391" t="s">
@@ -17451,294 +18595,295 @@
       </c>
       <c r="H391" t="s">
         <v>1961</v>
       </c>
       <c r="I391">
         <v>1</v>
       </c>
       <c r="J391" t="s">
         <v>16</v>
       </c>
       <c r="K391" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s">
         <v>1963</v>
       </c>
       <c r="B392" t="s">
         <v>1964</v>
       </c>
       <c r="C392" t="s">
         <v>1965</v>
       </c>
       <c r="D392">
-        <v>46.89</v>
+        <v>56.14</v>
       </c>
       <c r="G392" t="s">
         <v>14</v>
       </c>
       <c r="H392" t="s">
         <v>1966</v>
       </c>
       <c r="I392">
         <v>1</v>
       </c>
       <c r="J392" t="s">
         <v>16</v>
       </c>
       <c r="K392" t="s">
         <v>1967</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s">
         <v>1968</v>
       </c>
       <c r="B393" t="s">
         <v>1969</v>
       </c>
       <c r="C393" t="s">
         <v>1970</v>
       </c>
       <c r="D393">
-        <v>56.14</v>
+        <v>68.2</v>
       </c>
       <c r="G393" t="s">
         <v>14</v>
       </c>
       <c r="H393" t="s">
         <v>1971</v>
       </c>
       <c r="I393">
         <v>1</v>
       </c>
       <c r="J393" t="s">
         <v>16</v>
       </c>
       <c r="K393" t="s">
         <v>1972</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s">
         <v>1973</v>
       </c>
       <c r="B394" t="s">
         <v>1974</v>
       </c>
       <c r="C394" t="s">
         <v>1975</v>
       </c>
       <c r="D394">
-        <v>68.2</v>
+        <v>25.27</v>
+      </c>
+      <c r="E394">
+        <v>25.66</v>
+      </c>
+      <c r="F394" s="1">
+        <v>46112</v>
       </c>
       <c r="G394" t="s">
         <v>14</v>
       </c>
       <c r="H394" t="s">
         <v>1976</v>
       </c>
       <c r="I394">
         <v>1</v>
       </c>
       <c r="J394" t="s">
         <v>16</v>
       </c>
       <c r="K394" t="s">
         <v>1977</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s">
         <v>1978</v>
       </c>
       <c r="B395" t="s">
         <v>1979</v>
       </c>
       <c r="C395" t="s">
         <v>1980</v>
       </c>
       <c r="D395">
-        <v>25.27</v>
+        <v>9.33</v>
+      </c>
+      <c r="E395">
+        <v>9.47</v>
+      </c>
+      <c r="F395" s="1">
+        <v>46112</v>
       </c>
       <c r="G395" t="s">
         <v>14</v>
       </c>
       <c r="H395" t="s">
         <v>1981</v>
       </c>
       <c r="I395">
         <v>1</v>
       </c>
       <c r="J395" t="s">
         <v>16</v>
       </c>
       <c r="K395" t="s">
         <v>1982</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s">
         <v>1983</v>
       </c>
       <c r="B396" t="s">
         <v>1984</v>
       </c>
       <c r="C396" t="s">
         <v>1985</v>
       </c>
       <c r="D396">
-        <v>9.33</v>
+        <v>4.08</v>
+      </c>
+      <c r="E396">
+        <v>4.18</v>
+      </c>
+      <c r="F396" s="1">
+        <v>46112</v>
       </c>
       <c r="G396" t="s">
         <v>14</v>
       </c>
       <c r="H396" t="s">
         <v>1986</v>
       </c>
       <c r="I396">
         <v>1</v>
       </c>
       <c r="J396" t="s">
         <v>16</v>
       </c>
       <c r="K396" t="s">
         <v>1987</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s">
         <v>1988</v>
       </c>
       <c r="B397" t="s">
         <v>1989</v>
       </c>
       <c r="C397" t="s">
         <v>1990</v>
       </c>
       <c r="D397">
-        <v>4.08</v>
+        <v>5.07</v>
+      </c>
+      <c r="E397">
+        <v>5.13</v>
+      </c>
+      <c r="F397" s="1">
+        <v>46112</v>
       </c>
       <c r="G397" t="s">
         <v>14</v>
       </c>
       <c r="H397" t="s">
         <v>1991</v>
       </c>
       <c r="I397">
         <v>1</v>
       </c>
       <c r="J397" t="s">
         <v>16</v>
       </c>
       <c r="K397" t="s">
         <v>1992</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s">
         <v>1993</v>
       </c>
       <c r="B398" t="s">
         <v>1994</v>
       </c>
       <c r="C398" t="s">
         <v>1995</v>
       </c>
       <c r="D398">
-        <v>5.07</v>
+        <v>2.6</v>
       </c>
       <c r="G398" t="s">
         <v>14</v>
       </c>
       <c r="H398" t="s">
         <v>1996</v>
       </c>
       <c r="I398">
         <v>1</v>
       </c>
       <c r="J398" t="s">
         <v>16</v>
       </c>
       <c r="K398" t="s">
         <v>1997</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s">
         <v>1998</v>
       </c>
       <c r="B399" t="s">
         <v>1999</v>
       </c>
       <c r="C399" t="s">
         <v>2000</v>
       </c>
       <c r="D399">
-        <v>2.6</v>
+        <v>171.51</v>
+      </c>
+      <c r="E399">
+        <v>175.8</v>
+      </c>
+      <c r="F399" s="1">
+        <v>46112</v>
       </c>
       <c r="G399" t="s">
         <v>14</v>
       </c>
       <c r="H399" t="s">
         <v>2001</v>
       </c>
       <c r="I399">
         <v>1</v>
       </c>
       <c r="J399" t="s">
         <v>16</v>
       </c>
       <c r="K399" t="s">
         <v>2002</v>
-      </c>
-[...27 lines deleted...]
-        <v>2007</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>