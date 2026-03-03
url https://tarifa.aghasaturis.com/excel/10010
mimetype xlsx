--- v0 (2026-01-11)
+++ v1 (2026-03-03)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="757" uniqueCount="757">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="762" uniqueCount="762">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
@@ -2280,98 +2280,114 @@
     <t>A1731A43399040</t>
   </si>
   <si>
     <t>3399.040</t>
   </si>
   <si>
     <t>Halder-3399.040-Martillo SuperCraft 3399 (Ø 40 mm)</t>
   </si>
   <si>
     <t>4030618312796</t>
   </si>
   <si>
     <t>P01-10-003-V01-P01</t>
   </si>
   <si>
     <t>A17393010H30004008</t>
   </si>
   <si>
     <t>3000.4008</t>
   </si>
   <si>
     <t>Halder-3000.4008-Soporte mediano para mazas 40-70</t>
   </si>
   <si>
     <t>0</t>
+  </si>
+  <si>
+    <t>A1731A43399050</t>
+  </si>
+  <si>
+    <t>3399.050</t>
+  </si>
+  <si>
+    <t>Halder-3399.050-Martillo SuperCraft 3399 (Ø 50 mm)</t>
+  </si>
+  <si>
+    <t>4030618312802</t>
+  </si>
+  <si>
+    <t>P01-10-003-V01-P02W</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Left"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M150"/>
+  <dimension ref="A1:M151"/>
   <cols>
     <col min="1" max="1" width="20"/>
     <col min="2" max="2" width="11"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="7"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="20"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -5145,50 +5161,56 @@
         <v>486</v>
       </c>
       <c r="I96">
         <v>1</v>
       </c>
       <c r="J96" t="s">
         <v>16</v>
       </c>
       <c r="K96" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>488</v>
       </c>
       <c r="B97" t="s">
         <v>489</v>
       </c>
       <c r="C97" t="s">
         <v>490</v>
       </c>
       <c r="D97">
         <v>56.89</v>
       </c>
+      <c r="E97">
+        <v>53.48</v>
+      </c>
+      <c r="F97" s="1">
+        <v>46112</v>
+      </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
         <v>491</v>
       </c>
       <c r="I97">
         <v>1</v>
       </c>
       <c r="J97" t="s">
         <v>16</v>
       </c>
       <c r="K97" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>493</v>
       </c>
       <c r="B98" t="s">
         <v>494</v>
       </c>
       <c r="C98" t="s">
         <v>495</v>
@@ -5261,108 +5283,126 @@
         <v>506</v>
       </c>
       <c r="I100">
         <v>1</v>
       </c>
       <c r="J100" t="s">
         <v>16</v>
       </c>
       <c r="K100" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>508</v>
       </c>
       <c r="B101" t="s">
         <v>509</v>
       </c>
       <c r="C101" t="s">
         <v>510</v>
       </c>
       <c r="D101">
         <v>62.19</v>
       </c>
+      <c r="E101">
+        <v>63.54</v>
+      </c>
+      <c r="F101" s="1">
+        <v>46112</v>
+      </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="H101" t="s">
         <v>511</v>
       </c>
       <c r="I101">
         <v>1</v>
       </c>
       <c r="J101" t="s">
         <v>16</v>
       </c>
       <c r="K101" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>513</v>
       </c>
       <c r="B102" t="s">
         <v>514</v>
       </c>
       <c r="C102" t="s">
         <v>515</v>
       </c>
       <c r="D102">
         <v>25.1</v>
       </c>
+      <c r="E102">
+        <v>25.43</v>
+      </c>
+      <c r="F102" s="1">
+        <v>46112</v>
+      </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
         <v>516</v>
       </c>
       <c r="I102">
         <v>1</v>
       </c>
       <c r="J102" t="s">
         <v>16</v>
       </c>
       <c r="K102" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>518</v>
       </c>
       <c r="B103" t="s">
         <v>519</v>
       </c>
       <c r="C103" t="s">
         <v>520</v>
       </c>
       <c r="D103">
         <v>36.08</v>
       </c>
+      <c r="E103">
+        <v>36.87</v>
+      </c>
+      <c r="F103" s="1">
+        <v>46112</v>
+      </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
         <v>521</v>
       </c>
       <c r="I103">
         <v>1</v>
       </c>
       <c r="J103" t="s">
         <v>16</v>
       </c>
       <c r="K103" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>523</v>
       </c>
       <c r="B104" t="s">
         <v>524</v>
       </c>
       <c r="C104" t="s">
         <v>525</v>
@@ -6693,46 +6733,81 @@
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>753</v>
       </c>
       <c r="B150" t="s">
         <v>754</v>
       </c>
       <c r="C150" t="s">
         <v>755</v>
       </c>
       <c r="D150">
         <v>0</v>
       </c>
       <c r="G150" t="s">
         <v>14</v>
       </c>
       <c r="H150" t="s">
         <v>756</v>
       </c>
       <c r="I150">
         <v>1</v>
       </c>
       <c r="J150" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>757</v>
+      </c>
+      <c r="B151" t="s">
+        <v>758</v>
+      </c>
+      <c r="C151" t="s">
+        <v>759</v>
+      </c>
+      <c r="D151">
+        <v>81.36</v>
+      </c>
+      <c r="E151">
+        <v>81.36</v>
+      </c>
+      <c r="F151" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G151" t="s">
+        <v>14</v>
+      </c>
+      <c r="H151" t="s">
+        <v>760</v>
+      </c>
+      <c r="I151">
+        <v>1</v>
+      </c>
+      <c r="J151" t="s">
+        <v>16</v>
+      </c>
+      <c r="K151" t="s">
+        <v>761</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>