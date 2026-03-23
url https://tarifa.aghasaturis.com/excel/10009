--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="173">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
@@ -350,65 +350,50 @@
   <si>
     <t>Turnus-475M100-Tornillo de apriete para cerrajería para trabajos pesados mango en T 1000x120 mm Riel 30x15 mm</t>
   </si>
   <si>
     <t>4027474708702</t>
   </si>
   <si>
     <t>P01-07-048-V03-P02</t>
   </si>
   <si>
     <t>A11812511010T430028</t>
   </si>
   <si>
     <t>430-028</t>
   </si>
   <si>
     <t>Turnus-430-028-Tornillo de apriete paralelo 0-28 mm</t>
   </si>
   <si>
     <t>4027474606084</t>
   </si>
   <si>
     <t>P01-07-048-V05-P01</t>
   </si>
   <si>
-    <t>A11812511310T430070</t>
-[...13 lines deleted...]
-  <si>
     <t>A11812511410T430105</t>
   </si>
   <si>
     <t>430-105</t>
   </si>
   <si>
     <t>Turnus-430-105-Tornillo de apriete paralelo 0-105 mm</t>
   </si>
   <si>
     <t>4027474606404</t>
   </si>
   <si>
     <t>P01-07-048-V05-P03</t>
   </si>
   <si>
     <t>A11815221610T431002</t>
   </si>
   <si>
     <t>431-002</t>
   </si>
   <si>
     <t>Turnus-431-002-Tornillo de apriete paralelo 50 mm</t>
   </si>
   <si>
     <t>4027474606657</t>
@@ -498,65 +483,50 @@
     <t>441-580</t>
   </si>
   <si>
     <t>Turnus-441-580-Tornillo de apriete para soldadura eléctrica 150x80 mm / 250 Amperios</t>
   </si>
   <si>
     <t>4027474558062</t>
   </si>
   <si>
     <t>P01-07-049-V04-P02</t>
   </si>
   <si>
     <t>A11815222341T450100</t>
   </si>
   <si>
     <t>450-100</t>
   </si>
   <si>
     <t>Turnus-450-100-Conjunto de sujeción para soldadura 100 mm</t>
   </si>
   <si>
     <t>4027474564810</t>
   </si>
   <si>
     <t>P01-07-049-V05-P01</t>
-  </si>
-[...13 lines deleted...]
-    <t>P01-07-050-V01-P02</t>
   </si>
   <si>
     <t>A11843941010T550080</t>
   </si>
   <si>
     <t>550-080</t>
   </si>
   <si>
     <t>Turnus-550-080-Mordazas de aluminio 80 mm</t>
   </si>
   <si>
     <t>4027474609962</t>
   </si>
   <si>
     <t>P01-07-050-V03-P01</t>
   </si>
   <si>
     <t>A11843941810T550180</t>
   </si>
   <si>
     <t>550-180</t>
   </si>
   <si>
     <t>Turnus-550-180-Mordazas de aluminio 180 mm</t>
   </si>
@@ -587,69 +557,70 @@
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Left"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M35"/>
+  <dimension ref="A1:M33"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="13"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="8"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="19"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -668,1017 +639,1151 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2">
         <v>99.49</v>
       </c>
+      <c r="E2">
+        <v>99.49</v>
+      </c>
+      <c r="F2" s="1">
+        <v>46112</v>
+      </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
       <c r="K2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3">
         <v>70.6</v>
       </c>
+      <c r="E3">
+        <v>70.6</v>
+      </c>
+      <c r="F3" s="1">
+        <v>46112</v>
+      </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>16</v>
       </c>
       <c r="K3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4">
         <v>77.17</v>
       </c>
+      <c r="E4">
+        <v>77.17</v>
+      </c>
+      <c r="F4" s="1">
+        <v>46112</v>
+      </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
       <c r="I4">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5">
         <v>36.71</v>
       </c>
+      <c r="E5">
+        <v>36.71</v>
+      </c>
+      <c r="F5" s="1">
+        <v>46112</v>
+      </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="I5">
         <v>10</v>
       </c>
       <c r="J5" t="s">
         <v>16</v>
       </c>
       <c r="K5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6">
         <v>55.64</v>
       </c>
+      <c r="E6">
+        <v>55.64</v>
+      </c>
+      <c r="F6" s="1">
+        <v>46112</v>
+      </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
       <c r="I6">
         <v>10</v>
       </c>
       <c r="J6" t="s">
         <v>16</v>
       </c>
       <c r="K6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7">
         <v>63.76</v>
       </c>
+      <c r="E7">
+        <v>63.76</v>
+      </c>
+      <c r="F7" s="1">
+        <v>46112</v>
+      </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
       <c r="I7">
         <v>5</v>
       </c>
       <c r="J7" t="s">
         <v>16</v>
       </c>
       <c r="K7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8">
         <v>71.87</v>
       </c>
+      <c r="E8">
+        <v>71.87</v>
+      </c>
+      <c r="F8" s="1">
+        <v>46112</v>
+      </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>46</v>
       </c>
       <c r="I8">
         <v>5</v>
       </c>
       <c r="J8" t="s">
         <v>16</v>
       </c>
       <c r="K8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9">
         <v>86.17</v>
       </c>
+      <c r="E9">
+        <v>86.17</v>
+      </c>
+      <c r="F9" s="1">
+        <v>46112</v>
+      </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
       <c r="I9">
         <v>5</v>
       </c>
       <c r="J9" t="s">
         <v>16</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
         <v>55</v>
       </c>
       <c r="D10">
         <v>47.712</v>
       </c>
+      <c r="E10">
+        <v>47.71</v>
+      </c>
+      <c r="F10" s="1">
+        <v>46112</v>
+      </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
       <c r="I10">
         <v>10</v>
       </c>
       <c r="J10" t="s">
         <v>16</v>
       </c>
       <c r="K10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>58</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11">
         <v>65.3016</v>
       </c>
+      <c r="E11">
+        <v>65.3</v>
+      </c>
+      <c r="F11" s="1">
+        <v>46112</v>
+      </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>61</v>
       </c>
       <c r="I11">
         <v>5</v>
       </c>
       <c r="J11" t="s">
         <v>16</v>
       </c>
       <c r="K11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>63</v>
       </c>
       <c r="B12" t="s">
         <v>64</v>
       </c>
       <c r="C12" t="s">
         <v>65</v>
       </c>
       <c r="D12">
         <v>69.1656</v>
       </c>
+      <c r="E12">
+        <v>69.17</v>
+      </c>
+      <c r="F12" s="1">
+        <v>46112</v>
+      </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>66</v>
       </c>
       <c r="I12">
         <v>5</v>
       </c>
       <c r="J12" t="s">
         <v>16</v>
       </c>
       <c r="K12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>68</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
       <c r="C13" t="s">
         <v>70</v>
       </c>
       <c r="D13">
         <v>83.4624</v>
       </c>
+      <c r="E13">
+        <v>83.46</v>
+      </c>
+      <c r="F13" s="1">
+        <v>46112</v>
+      </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
         <v>71</v>
       </c>
       <c r="I13">
         <v>5</v>
       </c>
       <c r="J13" t="s">
         <v>16</v>
       </c>
       <c r="K13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>73</v>
       </c>
       <c r="B14" t="s">
         <v>74</v>
       </c>
       <c r="C14" t="s">
         <v>75</v>
       </c>
       <c r="D14">
         <v>95.256</v>
       </c>
+      <c r="E14">
+        <v>95.26</v>
+      </c>
+      <c r="F14" s="1">
+        <v>46112</v>
+      </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>76</v>
       </c>
       <c r="I14">
         <v>10</v>
       </c>
       <c r="J14" t="s">
         <v>16</v>
       </c>
       <c r="K14" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>78</v>
       </c>
       <c r="B15" t="s">
         <v>79</v>
       </c>
       <c r="C15" t="s">
         <v>80</v>
       </c>
       <c r="D15">
         <v>90.0312</v>
       </c>
+      <c r="E15">
+        <v>90.03</v>
+      </c>
+      <c r="F15" s="1">
+        <v>46112</v>
+      </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>81</v>
       </c>
       <c r="I15">
         <v>5</v>
       </c>
       <c r="J15" t="s">
         <v>16</v>
       </c>
       <c r="K15" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16" t="s">
         <v>85</v>
       </c>
       <c r="D16">
         <v>137.89</v>
       </c>
+      <c r="E16">
+        <v>137.89</v>
+      </c>
+      <c r="F16" s="1">
+        <v>46112</v>
+      </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>86</v>
       </c>
       <c r="I16">
         <v>5</v>
       </c>
       <c r="J16" t="s">
         <v>16</v>
       </c>
       <c r="K16" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>88</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
       <c r="C17" t="s">
         <v>90</v>
       </c>
       <c r="D17">
         <v>72.45</v>
       </c>
+      <c r="E17">
+        <v>72.45</v>
+      </c>
+      <c r="F17" s="1">
+        <v>46112</v>
+      </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>91</v>
       </c>
       <c r="I17">
         <v>5</v>
       </c>
       <c r="J17" t="s">
         <v>16</v>
       </c>
       <c r="K17" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>93</v>
       </c>
       <c r="B18" t="s">
         <v>94</v>
       </c>
       <c r="C18" t="s">
         <v>95</v>
       </c>
       <c r="D18">
         <v>85.04</v>
       </c>
+      <c r="E18">
+        <v>85.04</v>
+      </c>
+      <c r="F18" s="1">
+        <v>46112</v>
+      </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>96</v>
       </c>
       <c r="I18">
         <v>5</v>
       </c>
       <c r="J18" t="s">
         <v>16</v>
       </c>
       <c r="K18" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>98</v>
       </c>
       <c r="B19" t="s">
         <v>99</v>
       </c>
       <c r="C19" t="s">
         <v>100</v>
       </c>
       <c r="D19">
         <v>178.136</v>
       </c>
+      <c r="E19">
+        <v>178.14</v>
+      </c>
+      <c r="F19" s="1">
+        <v>46112</v>
+      </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>101</v>
       </c>
       <c r="I19">
         <v>5</v>
       </c>
       <c r="J19" t="s">
         <v>16</v>
       </c>
       <c r="K19" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>103</v>
       </c>
       <c r="B20" t="s">
         <v>104</v>
       </c>
       <c r="C20" t="s">
         <v>105</v>
       </c>
       <c r="D20">
         <v>166.79</v>
       </c>
+      <c r="E20">
+        <v>166.79</v>
+      </c>
+      <c r="F20" s="1">
+        <v>46112</v>
+      </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>106</v>
       </c>
       <c r="I20">
         <v>5</v>
       </c>
       <c r="J20" t="s">
         <v>16</v>
       </c>
       <c r="K20" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>108</v>
       </c>
       <c r="B21" t="s">
         <v>109</v>
       </c>
       <c r="C21" t="s">
         <v>110</v>
       </c>
       <c r="D21">
         <v>18.38</v>
       </c>
+      <c r="E21">
+        <v>34</v>
+      </c>
+      <c r="F21" s="1">
+        <v>46112</v>
+      </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>111</v>
       </c>
       <c r="I21">
         <v>1</v>
       </c>
       <c r="J21" t="s">
         <v>16</v>
       </c>
       <c r="K21" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>113</v>
       </c>
       <c r="B22" t="s">
         <v>114</v>
       </c>
       <c r="C22" t="s">
         <v>115</v>
       </c>
       <c r="D22">
-        <v>34.58</v>
+        <v>47.908</v>
+      </c>
+      <c r="E22">
+        <v>47.91</v>
+      </c>
+      <c r="F22" s="1">
+        <v>46112</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>116</v>
       </c>
       <c r="I22">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>16</v>
       </c>
       <c r="K22" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>118</v>
       </c>
       <c r="B23" t="s">
         <v>119</v>
       </c>
       <c r="C23" t="s">
         <v>120</v>
       </c>
       <c r="D23">
-        <v>47.908</v>
+        <v>82.684</v>
+      </c>
+      <c r="E23">
+        <v>82.68</v>
+      </c>
+      <c r="F23" s="1">
+        <v>46112</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>121</v>
       </c>
       <c r="I23">
         <v>1</v>
       </c>
       <c r="J23" t="s">
         <v>16</v>
       </c>
       <c r="K23" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>123</v>
       </c>
       <c r="B24" t="s">
         <v>124</v>
       </c>
       <c r="C24" t="s">
         <v>125</v>
       </c>
       <c r="D24">
-        <v>82.684</v>
+        <v>129.836</v>
+      </c>
+      <c r="E24">
+        <v>129.84</v>
+      </c>
+      <c r="F24" s="1">
+        <v>46112</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>126</v>
       </c>
       <c r="I24">
         <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>16</v>
       </c>
       <c r="K24" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>128</v>
       </c>
       <c r="B25" t="s">
         <v>129</v>
       </c>
       <c r="C25" t="s">
         <v>130</v>
       </c>
       <c r="D25">
-        <v>129.836</v>
+        <v>215.432</v>
+      </c>
+      <c r="E25">
+        <v>215.43</v>
+      </c>
+      <c r="F25" s="1">
+        <v>46112</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>131</v>
       </c>
       <c r="I25">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>16</v>
       </c>
       <c r="K25" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>133</v>
       </c>
       <c r="B26" t="s">
         <v>134</v>
       </c>
       <c r="C26" t="s">
         <v>135</v>
       </c>
       <c r="D26">
-        <v>215.432</v>
+        <v>32.256</v>
+      </c>
+      <c r="E26">
+        <v>32.26</v>
+      </c>
+      <c r="F26" s="1">
+        <v>46112</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>136</v>
       </c>
       <c r="I26">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J26" t="s">
         <v>16</v>
       </c>
       <c r="K26" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>138</v>
       </c>
       <c r="B27" t="s">
         <v>139</v>
       </c>
       <c r="C27" t="s">
         <v>140</v>
       </c>
       <c r="D27">
-        <v>32.256</v>
+        <v>278.76</v>
+      </c>
+      <c r="E27">
+        <v>278.76</v>
+      </c>
+      <c r="F27" s="1">
+        <v>46112</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>141</v>
       </c>
       <c r="I27">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J27" t="s">
         <v>16</v>
       </c>
       <c r="K27" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>143</v>
       </c>
       <c r="B28" t="s">
         <v>144</v>
       </c>
       <c r="C28" t="s">
         <v>145</v>
       </c>
       <c r="D28">
-        <v>278.76</v>
+        <v>21.4452</v>
+      </c>
+      <c r="E28">
+        <v>21.45</v>
+      </c>
+      <c r="F28" s="1">
+        <v>46112</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>146</v>
       </c>
       <c r="I28">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J28" t="s">
         <v>16</v>
       </c>
       <c r="K28" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>148</v>
       </c>
       <c r="B29" t="s">
         <v>149</v>
       </c>
       <c r="C29" t="s">
         <v>150</v>
       </c>
       <c r="D29">
-        <v>21.4452</v>
+        <v>44.48</v>
+      </c>
+      <c r="E29">
+        <v>44.48</v>
+      </c>
+      <c r="F29" s="1">
+        <v>46112</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>151</v>
       </c>
       <c r="I29">
         <v>10</v>
       </c>
       <c r="J29" t="s">
         <v>16</v>
       </c>
       <c r="K29" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>153</v>
       </c>
       <c r="B30" t="s">
         <v>154</v>
       </c>
       <c r="C30" t="s">
         <v>155</v>
       </c>
       <c r="D30">
-        <v>44.48</v>
+        <v>226.24</v>
+      </c>
+      <c r="E30">
+        <v>226.24</v>
+      </c>
+      <c r="F30" s="1">
+        <v>46112</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>156</v>
       </c>
       <c r="I30">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J30" t="s">
         <v>16</v>
       </c>
       <c r="K30" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>158</v>
       </c>
       <c r="B31" t="s">
         <v>159</v>
       </c>
       <c r="C31" t="s">
         <v>160</v>
       </c>
       <c r="D31">
-        <v>226.24</v>
+        <v>41.72</v>
+      </c>
+      <c r="E31">
+        <v>41.72</v>
+      </c>
+      <c r="F31" s="1">
+        <v>46112</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>161</v>
       </c>
       <c r="I31">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J31" t="s">
         <v>16</v>
       </c>
       <c r="K31" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>163</v>
       </c>
       <c r="B32" t="s">
         <v>164</v>
       </c>
       <c r="C32" t="s">
         <v>165</v>
       </c>
       <c r="D32">
-        <v>104.524</v>
+        <v>52.164</v>
+      </c>
+      <c r="E32">
+        <v>52.16</v>
+      </c>
+      <c r="F32" s="1">
+        <v>46112</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>166</v>
       </c>
       <c r="I32">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J32" t="s">
         <v>16</v>
       </c>
       <c r="K32" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>168</v>
       </c>
       <c r="B33" t="s">
         <v>169</v>
       </c>
       <c r="C33" t="s">
         <v>170</v>
       </c>
       <c r="D33">
-        <v>41.72</v>
+        <v>72.88</v>
+      </c>
+      <c r="E33">
+        <v>72.88</v>
+      </c>
+      <c r="F33" s="1">
+        <v>46112</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>171</v>
       </c>
       <c r="I33">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J33" t="s">
         <v>16</v>
       </c>
       <c r="K33" t="s">
         <v>172</v>
-      </c>
-[...56 lines deleted...]
-        <v>182</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>