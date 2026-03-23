--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -4403,53 +4403,52 @@
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Left"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M290"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="19"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="7"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
@@ -12634,56 +12633,50 @@
         <v>1416</v>
       </c>
       <c r="I282">
         <v>6</v>
       </c>
       <c r="J282" t="s">
         <v>16</v>
       </c>
       <c r="K282" t="s">
         <v>1417</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
         <v>1418</v>
       </c>
       <c r="B283" t="s">
         <v>1419</v>
       </c>
       <c r="C283" t="s">
         <v>1420</v>
       </c>
       <c r="D283">
         <v>846</v>
       </c>
-      <c r="E283">
-[...4 lines deleted...]
-      </c>
       <c r="G283" t="s">
         <v>14</v>
       </c>
       <c r="H283" t="s">
         <v>1421</v>
       </c>
       <c r="I283">
         <v>1</v>
       </c>
       <c r="J283" t="s">
         <v>16</v>
       </c>
       <c r="K283" t="s">
         <v>1422</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
         <v>1423</v>
       </c>
       <c r="B284" t="s">
         <v>1424</v>
       </c>
       <c r="C284" t="s">
         <v>1425</v>
@@ -12813,56 +12806,50 @@
       <c r="H288" t="s">
         <v>1444</v>
       </c>
       <c r="I288">
         <v>1</v>
       </c>
       <c r="J288" t="s">
         <v>16</v>
       </c>
       <c r="K288" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>1446</v>
       </c>
       <c r="B289" t="s">
         <v>1447</v>
       </c>
       <c r="C289" t="s">
         <v>1448</v>
       </c>
       <c r="D289">
         <v>588.06</v>
-      </c>
-[...4 lines deleted...]
-        <v>45778</v>
       </c>
       <c r="G289" t="s">
         <v>14</v>
       </c>
       <c r="H289" t="s">
         <v>1421</v>
       </c>
       <c r="I289">
         <v>1</v>
       </c>
       <c r="J289" t="s">
         <v>16</v>
       </c>
       <c r="K289" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>1450</v>
       </c>
       <c r="B290" t="s">
         <v>1451</v>
       </c>
       <c r="C290" t="s">