--- v0 (2026-02-06)
+++ v1 (2026-03-23)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4499" uniqueCount="4499">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4494" uniqueCount="4494">
   <si>
     <t>Cod. Largo</t>
   </si>
   <si>
     <t>Referencia</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio</t>
   </si>
   <si>
     <t>Precio Nuevo</t>
   </si>
   <si>
     <t>Fecha Precio Nuevo</t>
   </si>
   <si>
     <t>Rango</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
@@ -4286,111 +4286,111 @@
   <si>
     <t>P01-01-015-V01-P13</t>
   </si>
   <si>
     <t>A1114030600W89724</t>
   </si>
   <si>
     <t>89724</t>
   </si>
   <si>
     <t>Witte-89724-Destornillador de precisión punta plana WITTRON (0,80x4,0x4x200)</t>
   </si>
   <si>
     <t>4003955240183</t>
   </si>
   <si>
     <t>P01-01-015-V01-P14</t>
   </si>
   <si>
     <t>A1114030630W89731</t>
   </si>
   <si>
     <t>89731</t>
   </si>
   <si>
-    <t>Witte-89731-Destornillador de precisión Phillips WITTRON (PH000x2)</t>
+    <t>Witte-89731-Destornillador de precisión Phillips WITTRON (PH000x40)</t>
   </si>
   <si>
     <t>4003955240190</t>
   </si>
   <si>
     <t>P01-01-015-V02-P01</t>
   </si>
   <si>
     <t>A1114030660W89732</t>
   </si>
   <si>
     <t>89732</t>
   </si>
   <si>
-    <t>Witte-89732-Destornillador de precisión Phillips WITTRON (PH00x2,5)</t>
+    <t>Witte-89732-Destornillador de precisión Phillips WITTRON (PH00x40)</t>
   </si>
   <si>
     <t>4003955240206</t>
   </si>
   <si>
     <t>P01-01-015-V02-P02</t>
   </si>
   <si>
     <t>A1114030690W89733</t>
   </si>
   <si>
     <t>89733</t>
   </si>
   <si>
-    <t>Witte-89733-Destornillador de precisión Phillips WITTRON (PH0x3)</t>
+    <t>Witte-89733-Destornillador de precisión Phillips WITTRON (PH0x60)</t>
   </si>
   <si>
     <t>4003955240213</t>
   </si>
   <si>
     <t>P01-01-015-V02-P03</t>
   </si>
   <si>
     <t>A1114030720W89734</t>
   </si>
   <si>
     <t>89734</t>
   </si>
   <si>
-    <t>Witte-89734-Destornillador de precisión Phillips WITTRON (PH1x4,5)</t>
+    <t>Witte-89734-Destornillador de precisión Phillips WITTRON (PH1x80)</t>
   </si>
   <si>
     <t>4003955240220</t>
   </si>
   <si>
     <t>P01-01-015-V02-P04</t>
   </si>
   <si>
     <t>A1114030750W89735</t>
   </si>
   <si>
     <t>89735</t>
   </si>
   <si>
-    <t>Witte-89735-Destornillador de precisión Phillips WITTRON (PH1x4,5)</t>
+    <t>Witte-89735-Destornillador de precisión Phillips WITTRON (PH1x150)</t>
   </si>
   <si>
     <t>4003955240237</t>
   </si>
   <si>
     <t>P01-01-015-V02-P05</t>
   </si>
   <si>
     <t>A1114030780W89741</t>
   </si>
   <si>
     <t>89741</t>
   </si>
   <si>
     <t>Witte-89741-Destornillador de precisión Pozidriv WITTRON (PZ0x3)</t>
   </si>
   <si>
     <t>4003955240244</t>
   </si>
   <si>
     <t>P01-01-015-V03-P01</t>
   </si>
   <si>
     <t>A1114030810W89742</t>
   </si>
@@ -4931,51 +4931,51 @@
   <si>
     <t>P01-01-016-V03-P04</t>
   </si>
   <si>
     <t>A1114049780W89325</t>
   </si>
   <si>
     <t>89325</t>
   </si>
   <si>
     <t>Witte-89325-Juego de 7 destornilladores de precisión WITTRON en estuche de plástico antichoque (punta de vaso)</t>
   </si>
   <si>
     <t>4003955240619</t>
   </si>
   <si>
     <t>P01-01-016-V03-P05</t>
   </si>
   <si>
     <t>A1114049790W89342</t>
   </si>
   <si>
     <t>89342</t>
   </si>
   <si>
-    <t>Witte-89342-Juego de 7 destornilladores de precisión WITTRON en blister de plástico (PL/PH)</t>
+    <t>Witte-89342-Juego de 7 destornilladores de precisión WITTRON en estuche de cartón (PL/PH)</t>
   </si>
   <si>
     <t>4003955240633</t>
   </si>
   <si>
     <t>P01-01-016-V04-P01</t>
   </si>
   <si>
     <t>A1114051200W89935</t>
   </si>
   <si>
     <t>89935</t>
   </si>
   <si>
     <t>Witte-89935-Destornillador de precisión punta plana WITTRON VDE (0,3x1,5x1,8x40)</t>
   </si>
   <si>
     <t>4003955240695</t>
   </si>
   <si>
     <t>P01-01-017-V01-P01</t>
   </si>
   <si>
     <t>A1114051210W89931</t>
   </si>
@@ -10338,65 +10338,50 @@
     <t>24083</t>
   </si>
   <si>
     <t>Witte-24083-Verificador de voltaje VDE (3x65)</t>
   </si>
   <si>
     <t>4003955208527</t>
   </si>
   <si>
     <t>P01-01-018-V02-P02</t>
   </si>
   <si>
     <t>A1118350256W25101</t>
   </si>
   <si>
     <t>25101</t>
   </si>
   <si>
     <t>Witte-25101-Caja de 7 puntas con carraca Ratchdrive (PH/PZ)</t>
   </si>
   <si>
     <t>4003955432601</t>
   </si>
   <si>
     <t>P01-01-036-V02-P01</t>
-  </si>
-[...13 lines deleted...]
-    <t>P01-01-036-V03-P01</t>
   </si>
   <si>
     <t>A1118350258W25111</t>
   </si>
   <si>
     <t>25111</t>
   </si>
   <si>
     <t>Witte-25111-Caja de 7 puntas con carraca Ratchdrive (PH/PZ) en caja dispensadora</t>
   </si>
   <si>
     <t>4003955436104</t>
   </si>
   <si>
     <t>P01-01-036-V04-P01</t>
   </si>
   <si>
     <t>A1111077075W76025</t>
   </si>
   <si>
     <t>76025</t>
   </si>
   <si>
     <t>Witte-76025-Destornillador aislado Phillips Modul con varilla reducida PRO VDE Slim (PH1 / MODULx80)</t>
   </si>
@@ -13535,69 +13520,70 @@
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Left"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:M901"/>
+  <dimension ref="A1:M900"/>
   <cols>
     <col min="1" max="1" width="21"/>
     <col min="2" max="2" width="13"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="7"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="19"/>
     <col min="7" max="7" width="6"/>
     <col min="8" max="8" width="14"/>
     <col min="9" max="9" width="13"/>
     <col min="10" max="10" width="6"/>
     <col min="11" max="11" width="20"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -13616,25598 +13602,30878 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2">
         <v>5.36</v>
       </c>
+      <c r="E2">
+        <v>5.51</v>
+      </c>
+      <c r="F2" s="1">
+        <v>46112</v>
+      </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2">
         <v>10</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
       <c r="K2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3">
         <v>5.5</v>
       </c>
+      <c r="E3">
+        <v>5.67</v>
+      </c>
+      <c r="F3" s="1">
+        <v>46112</v>
+      </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3">
         <v>10</v>
       </c>
       <c r="J3" t="s">
         <v>16</v>
       </c>
       <c r="K3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4">
         <v>5.81</v>
       </c>
+      <c r="E4">
+        <v>5.98</v>
+      </c>
+      <c r="F4" s="1">
+        <v>46112</v>
+      </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
       <c r="I4">
         <v>10</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
       <c r="K4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5">
         <v>5.81</v>
       </c>
+      <c r="E5">
+        <v>5.98</v>
+      </c>
+      <c r="F5" s="1">
+        <v>46112</v>
+      </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="I5">
         <v>10</v>
       </c>
       <c r="J5" t="s">
         <v>16</v>
       </c>
       <c r="K5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6">
         <v>7.42</v>
       </c>
+      <c r="E6">
+        <v>7.63</v>
+      </c>
+      <c r="F6" s="1">
+        <v>46112</v>
+      </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
       </c>
       <c r="I6">
         <v>10</v>
       </c>
       <c r="J6" t="s">
         <v>16</v>
       </c>
       <c r="K6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7">
         <v>8.05</v>
       </c>
+      <c r="E7">
+        <v>8.29</v>
+      </c>
+      <c r="F7" s="1">
+        <v>46112</v>
+      </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
       <c r="I7">
         <v>10</v>
       </c>
       <c r="J7" t="s">
         <v>16</v>
       </c>
       <c r="K7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>43</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8">
         <v>8.47</v>
       </c>
+      <c r="E8">
+        <v>8.71</v>
+      </c>
+      <c r="F8" s="1">
+        <v>46112</v>
+      </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>46</v>
       </c>
       <c r="I8">
         <v>10</v>
       </c>
       <c r="J8" t="s">
         <v>16</v>
       </c>
       <c r="K8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9">
         <v>8.68</v>
       </c>
+      <c r="E9">
+        <v>8.92</v>
+      </c>
+      <c r="F9" s="1">
+        <v>46112</v>
+      </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
       <c r="I9">
         <v>10</v>
       </c>
       <c r="J9" t="s">
         <v>16</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
         <v>55</v>
       </c>
       <c r="D10">
         <v>10.85</v>
       </c>
+      <c r="E10">
+        <v>11.16</v>
+      </c>
+      <c r="F10" s="1">
+        <v>46112</v>
+      </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
       <c r="I10">
         <v>10</v>
       </c>
       <c r="J10" t="s">
         <v>16</v>
       </c>
       <c r="K10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>58</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11">
         <v>11.55</v>
       </c>
+      <c r="E11">
+        <v>11.9</v>
+      </c>
+      <c r="F11" s="1">
+        <v>46112</v>
+      </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>61</v>
       </c>
       <c r="I11">
         <v>10</v>
       </c>
       <c r="J11" t="s">
         <v>16</v>
       </c>
       <c r="K11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>63</v>
       </c>
       <c r="B12" t="s">
         <v>64</v>
       </c>
       <c r="C12" t="s">
         <v>65</v>
       </c>
       <c r="D12">
         <v>12.99</v>
       </c>
+      <c r="E12">
+        <v>13.37</v>
+      </c>
+      <c r="F12" s="1">
+        <v>46112</v>
+      </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>66</v>
       </c>
       <c r="I12">
         <v>10</v>
       </c>
       <c r="J12" t="s">
         <v>16</v>
       </c>
       <c r="K12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>68</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
       <c r="C13" t="s">
         <v>70</v>
       </c>
       <c r="D13">
         <v>11.59</v>
       </c>
+      <c r="E13">
+        <v>11.94</v>
+      </c>
+      <c r="F13" s="1">
+        <v>46112</v>
+      </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
         <v>71</v>
       </c>
       <c r="I13">
         <v>10</v>
       </c>
       <c r="J13" t="s">
         <v>16</v>
       </c>
       <c r="K13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>73</v>
       </c>
       <c r="B14" t="s">
         <v>74</v>
       </c>
       <c r="C14" t="s">
         <v>75</v>
       </c>
       <c r="D14">
         <v>12.95</v>
       </c>
+      <c r="E14">
+        <v>13.34</v>
+      </c>
+      <c r="F14" s="1">
+        <v>46112</v>
+      </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>76</v>
       </c>
       <c r="I14">
         <v>10</v>
       </c>
       <c r="J14" t="s">
         <v>16</v>
       </c>
       <c r="K14" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>78</v>
       </c>
       <c r="B15" t="s">
         <v>79</v>
       </c>
       <c r="C15" t="s">
         <v>80</v>
       </c>
       <c r="D15">
         <v>15.72</v>
       </c>
+      <c r="E15">
+        <v>16.17</v>
+      </c>
+      <c r="F15" s="1">
+        <v>46112</v>
+      </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>81</v>
       </c>
       <c r="I15">
         <v>10</v>
       </c>
       <c r="J15" t="s">
         <v>16</v>
       </c>
       <c r="K15" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>83</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16" t="s">
         <v>85</v>
       </c>
       <c r="D16">
         <v>17.29</v>
       </c>
+      <c r="E16">
+        <v>17.81</v>
+      </c>
+      <c r="F16" s="1">
+        <v>46112</v>
+      </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>86</v>
       </c>
       <c r="I16">
         <v>10</v>
       </c>
       <c r="J16" t="s">
         <v>16</v>
       </c>
       <c r="K16" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>88</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
       <c r="C17" t="s">
         <v>90</v>
       </c>
       <c r="D17">
         <v>4.82</v>
       </c>
+      <c r="E17">
+        <v>4.96</v>
+      </c>
+      <c r="F17" s="1">
+        <v>46112</v>
+      </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>91</v>
       </c>
       <c r="I17">
         <v>10</v>
       </c>
       <c r="J17" t="s">
         <v>16</v>
       </c>
       <c r="K17" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>93</v>
       </c>
       <c r="B18" t="s">
         <v>94</v>
       </c>
       <c r="C18" t="s">
         <v>95</v>
       </c>
       <c r="D18">
         <v>5.18</v>
       </c>
+      <c r="E18">
+        <v>5.32</v>
+      </c>
+      <c r="F18" s="1">
+        <v>46112</v>
+      </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>96</v>
       </c>
       <c r="I18">
         <v>10</v>
       </c>
       <c r="J18" t="s">
         <v>16</v>
       </c>
       <c r="K18" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>98</v>
       </c>
       <c r="B19" t="s">
         <v>99</v>
       </c>
       <c r="C19" t="s">
         <v>100</v>
       </c>
       <c r="D19">
         <v>9.94</v>
       </c>
+      <c r="E19">
+        <v>10.26</v>
+      </c>
+      <c r="F19" s="1">
+        <v>46112</v>
+      </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>101</v>
       </c>
       <c r="I19">
         <v>10</v>
       </c>
       <c r="J19" t="s">
         <v>16</v>
       </c>
       <c r="K19" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>103</v>
       </c>
       <c r="B20" t="s">
         <v>104</v>
       </c>
       <c r="C20" t="s">
         <v>105</v>
       </c>
       <c r="D20">
         <v>5.62</v>
       </c>
+      <c r="E20">
+        <v>5.78</v>
+      </c>
+      <c r="F20" s="1">
+        <v>46112</v>
+      </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>106</v>
       </c>
       <c r="I20">
         <v>10</v>
       </c>
       <c r="J20" t="s">
         <v>16</v>
       </c>
       <c r="K20" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>108</v>
       </c>
       <c r="B21" t="s">
         <v>109</v>
       </c>
       <c r="C21" t="s">
         <v>110</v>
       </c>
       <c r="D21">
         <v>7.07</v>
       </c>
+      <c r="E21">
+        <v>7.28</v>
+      </c>
+      <c r="F21" s="1">
+        <v>46112</v>
+      </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>111</v>
       </c>
       <c r="I21">
         <v>10</v>
       </c>
       <c r="J21" t="s">
         <v>16</v>
       </c>
       <c r="K21" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>113</v>
       </c>
       <c r="B22" t="s">
         <v>114</v>
       </c>
       <c r="C22" t="s">
         <v>115</v>
       </c>
       <c r="D22">
         <v>8.4</v>
       </c>
+      <c r="E22">
+        <v>8.65</v>
+      </c>
+      <c r="F22" s="1">
+        <v>46112</v>
+      </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>116</v>
       </c>
       <c r="I22">
         <v>10</v>
       </c>
       <c r="J22" t="s">
         <v>16</v>
       </c>
       <c r="K22" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>118</v>
       </c>
       <c r="B23" t="s">
         <v>119</v>
       </c>
       <c r="C23" t="s">
         <v>120</v>
       </c>
       <c r="D23">
         <v>10.92</v>
       </c>
+      <c r="E23">
+        <v>11.23</v>
+      </c>
+      <c r="F23" s="1">
+        <v>46112</v>
+      </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>121</v>
       </c>
       <c r="I23">
         <v>10</v>
       </c>
       <c r="J23" t="s">
         <v>16</v>
       </c>
       <c r="K23" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>123</v>
       </c>
       <c r="B24" t="s">
         <v>124</v>
       </c>
       <c r="C24" t="s">
         <v>125</v>
       </c>
       <c r="D24">
         <v>5.67</v>
       </c>
+      <c r="E24">
+        <v>5.84</v>
+      </c>
+      <c r="F24" s="1">
+        <v>46112</v>
+      </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>126</v>
       </c>
       <c r="I24">
         <v>10</v>
       </c>
       <c r="J24" t="s">
         <v>16</v>
       </c>
       <c r="K24" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>128</v>
       </c>
       <c r="B25" t="s">
         <v>129</v>
       </c>
       <c r="C25" t="s">
         <v>130</v>
       </c>
       <c r="D25">
         <v>5.57</v>
       </c>
+      <c r="E25">
+        <v>5.74</v>
+      </c>
+      <c r="F25" s="1">
+        <v>46112</v>
+      </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>131</v>
       </c>
       <c r="I25">
         <v>10</v>
       </c>
       <c r="J25" t="s">
         <v>16</v>
       </c>
       <c r="K25" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>133</v>
       </c>
       <c r="B26" t="s">
         <v>134</v>
       </c>
       <c r="C26" t="s">
         <v>135</v>
       </c>
       <c r="D26">
         <v>6.13</v>
       </c>
+      <c r="E26">
+        <v>6.3</v>
+      </c>
+      <c r="F26" s="1">
+        <v>46112</v>
+      </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>136</v>
       </c>
       <c r="I26">
         <v>10</v>
       </c>
       <c r="J26" t="s">
         <v>16</v>
       </c>
       <c r="K26" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>138</v>
       </c>
       <c r="B27" t="s">
         <v>139</v>
       </c>
       <c r="C27" t="s">
         <v>140</v>
       </c>
       <c r="D27">
         <v>11.69</v>
       </c>
+      <c r="E27">
+        <v>12.04</v>
+      </c>
+      <c r="F27" s="1">
+        <v>46112</v>
+      </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>141</v>
       </c>
       <c r="I27">
         <v>10</v>
       </c>
       <c r="J27" t="s">
         <v>16</v>
       </c>
       <c r="K27" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>143</v>
       </c>
       <c r="B28" t="s">
         <v>144</v>
       </c>
       <c r="C28" t="s">
         <v>145</v>
       </c>
       <c r="D28">
         <v>6.69</v>
       </c>
+      <c r="E28">
+        <v>6.89</v>
+      </c>
+      <c r="F28" s="1">
+        <v>46112</v>
+      </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>146</v>
       </c>
       <c r="I28">
         <v>10</v>
       </c>
       <c r="J28" t="s">
         <v>16</v>
       </c>
       <c r="K28" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>148</v>
       </c>
       <c r="B29" t="s">
         <v>149</v>
       </c>
       <c r="C29" t="s">
         <v>150</v>
       </c>
       <c r="D29">
         <v>7.14</v>
       </c>
+      <c r="E29">
+        <v>7.35</v>
+      </c>
+      <c r="F29" s="1">
+        <v>46112</v>
+      </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>151</v>
       </c>
       <c r="I29">
         <v>10</v>
       </c>
       <c r="J29" t="s">
         <v>16</v>
       </c>
       <c r="K29" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>153</v>
       </c>
       <c r="B30" t="s">
         <v>154</v>
       </c>
       <c r="C30" t="s">
         <v>155</v>
       </c>
       <c r="D30">
         <v>13.02</v>
       </c>
+      <c r="E30">
+        <v>13.41</v>
+      </c>
+      <c r="F30" s="1">
+        <v>46112</v>
+      </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>156</v>
       </c>
       <c r="I30">
         <v>10</v>
       </c>
       <c r="J30" t="s">
         <v>16</v>
       </c>
       <c r="K30" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>158</v>
       </c>
       <c r="B31" t="s">
         <v>159</v>
       </c>
       <c r="C31" t="s">
         <v>160</v>
       </c>
       <c r="D31">
         <v>9.52</v>
       </c>
+      <c r="E31">
+        <v>9.8</v>
+      </c>
+      <c r="F31" s="1">
+        <v>46112</v>
+      </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>161</v>
       </c>
       <c r="I31">
         <v>10</v>
       </c>
       <c r="J31" t="s">
         <v>16</v>
       </c>
       <c r="K31" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>163</v>
       </c>
       <c r="B32" t="s">
         <v>164</v>
       </c>
       <c r="C32" t="s">
         <v>165</v>
       </c>
       <c r="D32">
         <v>17.99</v>
       </c>
+      <c r="E32">
+        <v>18.52</v>
+      </c>
+      <c r="F32" s="1">
+        <v>46112</v>
+      </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>166</v>
       </c>
       <c r="I32">
         <v>10</v>
       </c>
       <c r="J32" t="s">
         <v>16</v>
       </c>
       <c r="K32" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>168</v>
       </c>
       <c r="B33" t="s">
         <v>169</v>
       </c>
       <c r="C33" t="s">
         <v>170</v>
       </c>
       <c r="D33">
         <v>5.85</v>
       </c>
+      <c r="E33">
+        <v>6.02</v>
+      </c>
+      <c r="F33" s="1">
+        <v>46112</v>
+      </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>171</v>
       </c>
       <c r="I33">
         <v>10</v>
       </c>
       <c r="J33" t="s">
         <v>16</v>
       </c>
       <c r="K33" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>173</v>
       </c>
       <c r="B34" t="s">
         <v>174</v>
       </c>
       <c r="C34" t="s">
         <v>175</v>
       </c>
       <c r="D34">
         <v>5.71</v>
       </c>
+      <c r="E34">
+        <v>5.88</v>
+      </c>
+      <c r="F34" s="1">
+        <v>46112</v>
+      </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>176</v>
       </c>
       <c r="I34">
         <v>10</v>
       </c>
       <c r="J34" t="s">
         <v>16</v>
       </c>
       <c r="K34" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>178</v>
       </c>
       <c r="B35" t="s">
         <v>179</v>
       </c>
       <c r="C35" t="s">
         <v>180</v>
       </c>
       <c r="D35">
         <v>12.11</v>
       </c>
+      <c r="E35">
+        <v>12.46</v>
+      </c>
+      <c r="F35" s="1">
+        <v>46112</v>
+      </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>181</v>
       </c>
       <c r="I35">
         <v>10</v>
       </c>
       <c r="J35" t="s">
         <v>16</v>
       </c>
       <c r="K35" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>183</v>
       </c>
       <c r="B36" t="s">
         <v>184</v>
       </c>
       <c r="C36" t="s">
         <v>185</v>
       </c>
       <c r="D36">
         <v>6.69</v>
       </c>
+      <c r="E36">
+        <v>6.89</v>
+      </c>
+      <c r="F36" s="1">
+        <v>46112</v>
+      </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>186</v>
       </c>
       <c r="I36">
         <v>10</v>
       </c>
       <c r="J36" t="s">
         <v>16</v>
       </c>
       <c r="K36" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>188</v>
       </c>
       <c r="B37" t="s">
         <v>189</v>
       </c>
       <c r="C37" t="s">
         <v>190</v>
       </c>
       <c r="D37">
         <v>13.44</v>
       </c>
+      <c r="E37">
+        <v>13.86</v>
+      </c>
+      <c r="F37" s="1">
+        <v>46112</v>
+      </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
         <v>191</v>
       </c>
       <c r="I37">
         <v>10</v>
       </c>
       <c r="J37" t="s">
         <v>16</v>
       </c>
       <c r="K37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>193</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>195</v>
       </c>
       <c r="D38">
         <v>9.94</v>
       </c>
+      <c r="E38">
+        <v>10.26</v>
+      </c>
+      <c r="F38" s="1">
+        <v>46112</v>
+      </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>196</v>
       </c>
       <c r="I38">
         <v>10</v>
       </c>
       <c r="J38" t="s">
         <v>16</v>
       </c>
       <c r="K38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>199</v>
       </c>
       <c r="C39" t="s">
         <v>200</v>
       </c>
       <c r="D39">
         <v>7.91</v>
       </c>
+      <c r="E39">
+        <v>8.16</v>
+      </c>
+      <c r="F39" s="1">
+        <v>46112</v>
+      </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>201</v>
       </c>
       <c r="I39">
         <v>10</v>
       </c>
       <c r="J39" t="s">
         <v>16</v>
       </c>
       <c r="K39" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>203</v>
       </c>
       <c r="B40" t="s">
         <v>204</v>
       </c>
       <c r="C40" t="s">
         <v>205</v>
       </c>
       <c r="D40">
         <v>7.91</v>
       </c>
+      <c r="E40">
+        <v>8.16</v>
+      </c>
+      <c r="F40" s="1">
+        <v>46112</v>
+      </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>206</v>
       </c>
       <c r="I40">
         <v>10</v>
       </c>
       <c r="J40" t="s">
         <v>16</v>
       </c>
       <c r="K40" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>208</v>
       </c>
       <c r="B41" t="s">
         <v>209</v>
       </c>
       <c r="C41" t="s">
         <v>210</v>
       </c>
       <c r="D41">
         <v>7.91</v>
       </c>
+      <c r="E41">
+        <v>8.16</v>
+      </c>
+      <c r="F41" s="1">
+        <v>46112</v>
+      </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
         <v>211</v>
       </c>
       <c r="I41">
         <v>10</v>
       </c>
       <c r="J41" t="s">
         <v>16</v>
       </c>
       <c r="K41" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>213</v>
       </c>
       <c r="B42" t="s">
         <v>214</v>
       </c>
       <c r="C42" t="s">
         <v>215</v>
       </c>
       <c r="D42">
         <v>7.91</v>
       </c>
+      <c r="E42">
+        <v>8.16</v>
+      </c>
+      <c r="F42" s="1">
+        <v>46112</v>
+      </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>216</v>
       </c>
       <c r="I42">
         <v>10</v>
       </c>
       <c r="J42" t="s">
         <v>16</v>
       </c>
       <c r="K42" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>218</v>
       </c>
       <c r="B43" t="s">
         <v>219</v>
       </c>
       <c r="C43" t="s">
         <v>220</v>
       </c>
       <c r="D43">
         <v>7.91</v>
       </c>
+      <c r="E43">
+        <v>8.16</v>
+      </c>
+      <c r="F43" s="1">
+        <v>46112</v>
+      </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>221</v>
       </c>
       <c r="I43">
         <v>10</v>
       </c>
       <c r="J43" t="s">
         <v>16</v>
       </c>
       <c r="K43" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>223</v>
       </c>
       <c r="B44" t="s">
         <v>224</v>
       </c>
       <c r="C44" t="s">
         <v>225</v>
       </c>
       <c r="D44">
         <v>8.12</v>
       </c>
+      <c r="E44">
+        <v>8.37</v>
+      </c>
+      <c r="F44" s="1">
+        <v>46112</v>
+      </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>226</v>
       </c>
       <c r="I44">
         <v>10</v>
       </c>
       <c r="J44" t="s">
         <v>16</v>
       </c>
       <c r="K44" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>228</v>
       </c>
       <c r="B45" t="s">
         <v>229</v>
       </c>
       <c r="C45" t="s">
         <v>230</v>
       </c>
       <c r="D45">
         <v>8.33</v>
       </c>
+      <c r="E45">
+        <v>8.58</v>
+      </c>
+      <c r="F45" s="1">
+        <v>46112</v>
+      </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>231</v>
       </c>
       <c r="I45">
         <v>10</v>
       </c>
       <c r="J45" t="s">
         <v>16</v>
       </c>
       <c r="K45" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>233</v>
       </c>
       <c r="B46" t="s">
         <v>234</v>
       </c>
       <c r="C46" t="s">
         <v>235</v>
       </c>
       <c r="D46">
         <v>8.96</v>
       </c>
+      <c r="E46">
+        <v>9.24</v>
+      </c>
+      <c r="F46" s="1">
+        <v>46112</v>
+      </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>236</v>
       </c>
       <c r="I46">
         <v>10</v>
       </c>
       <c r="J46" t="s">
         <v>16</v>
       </c>
       <c r="K46" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>238</v>
       </c>
       <c r="B47" t="s">
         <v>239</v>
       </c>
       <c r="C47" t="s">
         <v>240</v>
       </c>
       <c r="D47">
         <v>8.96</v>
       </c>
+      <c r="E47">
+        <v>9.24</v>
+      </c>
+      <c r="F47" s="1">
+        <v>46112</v>
+      </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>241</v>
       </c>
       <c r="I47">
         <v>10</v>
       </c>
       <c r="J47" t="s">
         <v>16</v>
       </c>
       <c r="K47" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>243</v>
       </c>
       <c r="B48" t="s">
         <v>244</v>
       </c>
       <c r="C48" t="s">
         <v>245</v>
       </c>
       <c r="D48">
         <v>9.45</v>
       </c>
+      <c r="E48">
+        <v>9.72</v>
+      </c>
+      <c r="F48" s="1">
+        <v>46112</v>
+      </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>246</v>
       </c>
       <c r="I48">
         <v>10</v>
       </c>
       <c r="J48" t="s">
         <v>16</v>
       </c>
       <c r="K48" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>248</v>
       </c>
       <c r="B49" t="s">
         <v>249</v>
       </c>
       <c r="C49" t="s">
         <v>250</v>
       </c>
       <c r="D49">
         <v>9.73</v>
       </c>
+      <c r="E49">
+        <v>10.01</v>
+      </c>
+      <c r="F49" s="1">
+        <v>46112</v>
+      </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
         <v>251</v>
       </c>
       <c r="I49">
         <v>10</v>
       </c>
       <c r="J49" t="s">
         <v>16</v>
       </c>
       <c r="K49" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>253</v>
       </c>
       <c r="B50" t="s">
         <v>254</v>
       </c>
       <c r="C50" t="s">
         <v>255</v>
       </c>
       <c r="D50">
         <v>10.68</v>
       </c>
+      <c r="E50">
+        <v>10.99</v>
+      </c>
+      <c r="F50" s="1">
+        <v>46112</v>
+      </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>256</v>
       </c>
       <c r="I50">
         <v>10</v>
       </c>
       <c r="J50" t="s">
         <v>16</v>
       </c>
       <c r="K50" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>258</v>
       </c>
       <c r="B51" t="s">
         <v>259</v>
       </c>
       <c r="C51" t="s">
         <v>260</v>
       </c>
       <c r="D51">
         <v>14.25</v>
       </c>
+      <c r="E51">
+        <v>14.67</v>
+      </c>
+      <c r="F51" s="1">
+        <v>46112</v>
+      </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>261</v>
       </c>
       <c r="I51">
         <v>10</v>
       </c>
       <c r="J51" t="s">
         <v>16</v>
       </c>
       <c r="K51" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>263</v>
       </c>
       <c r="B52" t="s">
         <v>264</v>
       </c>
       <c r="C52" t="s">
         <v>265</v>
       </c>
       <c r="D52">
         <v>8.94</v>
       </c>
+      <c r="E52">
+        <v>9.21</v>
+      </c>
+      <c r="F52" s="1">
+        <v>46112</v>
+      </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>266</v>
       </c>
       <c r="I52">
         <v>10</v>
       </c>
       <c r="J52" t="s">
         <v>16</v>
       </c>
       <c r="K52" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>268</v>
       </c>
       <c r="B53" t="s">
         <v>269</v>
       </c>
       <c r="C53" t="s">
         <v>270</v>
       </c>
       <c r="D53">
         <v>9.21</v>
       </c>
+      <c r="E53">
+        <v>9.48</v>
+      </c>
+      <c r="F53" s="1">
+        <v>46112</v>
+      </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
         <v>271</v>
       </c>
       <c r="I53">
         <v>10</v>
       </c>
       <c r="J53" t="s">
         <v>16</v>
       </c>
       <c r="K53" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>273</v>
       </c>
       <c r="B54" t="s">
         <v>274</v>
       </c>
       <c r="C54" t="s">
         <v>275</v>
       </c>
       <c r="D54">
         <v>9.21</v>
       </c>
+      <c r="E54">
+        <v>9.48</v>
+      </c>
+      <c r="F54" s="1">
+        <v>46112</v>
+      </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
         <v>276</v>
       </c>
       <c r="I54">
         <v>10</v>
       </c>
       <c r="J54" t="s">
         <v>16</v>
       </c>
       <c r="K54" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>278</v>
       </c>
       <c r="B55" t="s">
         <v>279</v>
       </c>
       <c r="C55" t="s">
         <v>280</v>
       </c>
       <c r="D55">
         <v>9.7</v>
       </c>
+      <c r="E55">
+        <v>9.97</v>
+      </c>
+      <c r="F55" s="1">
+        <v>46112</v>
+      </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
         <v>281</v>
       </c>
       <c r="I55">
         <v>10</v>
       </c>
       <c r="J55" t="s">
         <v>16</v>
       </c>
       <c r="K55" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>283</v>
       </c>
       <c r="B56" t="s">
         <v>284</v>
       </c>
       <c r="C56" t="s">
         <v>285</v>
       </c>
       <c r="D56">
         <v>9.7</v>
       </c>
+      <c r="E56">
+        <v>9.97</v>
+      </c>
+      <c r="F56" s="1">
+        <v>46112</v>
+      </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
         <v>286</v>
       </c>
       <c r="I56">
         <v>10</v>
       </c>
       <c r="J56" t="s">
         <v>16</v>
       </c>
       <c r="K56" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>288</v>
       </c>
       <c r="B57" t="s">
         <v>289</v>
       </c>
       <c r="C57" t="s">
         <v>290</v>
       </c>
       <c r="D57">
         <v>10.33</v>
       </c>
+      <c r="E57">
+        <v>10.64</v>
+      </c>
+      <c r="F57" s="1">
+        <v>46112</v>
+      </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
         <v>291</v>
       </c>
       <c r="I57">
         <v>10</v>
       </c>
       <c r="J57" t="s">
         <v>16</v>
       </c>
       <c r="K57" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>293</v>
       </c>
       <c r="B58" t="s">
         <v>294</v>
       </c>
       <c r="C58" t="s">
         <v>295</v>
       </c>
       <c r="D58">
         <v>10.33</v>
       </c>
+      <c r="E58">
+        <v>10.64</v>
+      </c>
+      <c r="F58" s="1">
+        <v>46112</v>
+      </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
         <v>296</v>
       </c>
       <c r="I58">
         <v>10</v>
       </c>
       <c r="J58" t="s">
         <v>16</v>
       </c>
       <c r="K58" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>298</v>
       </c>
       <c r="B59" t="s">
         <v>299</v>
       </c>
       <c r="C59" t="s">
         <v>300</v>
       </c>
       <c r="D59">
         <v>11.13</v>
       </c>
+      <c r="E59">
+        <v>11.48</v>
+      </c>
+      <c r="F59" s="1">
+        <v>46112</v>
+      </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
         <v>301</v>
       </c>
       <c r="I59">
         <v>10</v>
       </c>
       <c r="J59" t="s">
         <v>16</v>
       </c>
       <c r="K59" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>303</v>
       </c>
       <c r="B60" t="s">
         <v>304</v>
       </c>
       <c r="C60" t="s">
         <v>305</v>
       </c>
       <c r="D60">
         <v>11.13</v>
       </c>
+      <c r="E60">
+        <v>11.48</v>
+      </c>
+      <c r="F60" s="1">
+        <v>46112</v>
+      </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
         <v>306</v>
       </c>
       <c r="I60">
         <v>10</v>
       </c>
       <c r="J60" t="s">
         <v>16</v>
       </c>
       <c r="K60" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>308</v>
       </c>
       <c r="B61" t="s">
         <v>309</v>
       </c>
       <c r="C61" t="s">
         <v>310</v>
       </c>
       <c r="D61">
         <v>12.95</v>
       </c>
+      <c r="E61">
+        <v>13.34</v>
+      </c>
+      <c r="F61" s="1">
+        <v>46112</v>
+      </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
         <v>311</v>
       </c>
       <c r="I61">
         <v>10</v>
       </c>
       <c r="J61" t="s">
         <v>16</v>
       </c>
       <c r="K61" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>313</v>
       </c>
       <c r="B62" t="s">
         <v>314</v>
       </c>
       <c r="C62" t="s">
         <v>315</v>
       </c>
       <c r="D62">
         <v>16.12</v>
       </c>
+      <c r="E62">
+        <v>16.59</v>
+      </c>
+      <c r="F62" s="1">
+        <v>46112</v>
+      </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
         <v>316</v>
       </c>
       <c r="I62">
         <v>10</v>
       </c>
       <c r="J62" t="s">
         <v>16</v>
       </c>
       <c r="K62" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>318</v>
       </c>
       <c r="B63" t="s">
         <v>319</v>
       </c>
       <c r="C63" t="s">
         <v>320</v>
       </c>
       <c r="D63">
         <v>8.51</v>
       </c>
+      <c r="E63">
+        <v>8.75</v>
+      </c>
+      <c r="F63" s="1">
+        <v>46112</v>
+      </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
         <v>321</v>
       </c>
       <c r="I63">
         <v>10</v>
       </c>
       <c r="J63" t="s">
         <v>16</v>
       </c>
       <c r="K63" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>323</v>
       </c>
       <c r="B64" t="s">
         <v>324</v>
       </c>
       <c r="C64" t="s">
         <v>325</v>
       </c>
       <c r="D64">
         <v>8.96</v>
       </c>
+      <c r="E64">
+        <v>9.24</v>
+      </c>
+      <c r="F64" s="1">
+        <v>46112</v>
+      </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
         <v>326</v>
       </c>
       <c r="I64">
         <v>10</v>
       </c>
       <c r="J64" t="s">
         <v>16</v>
       </c>
       <c r="K64" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>328</v>
       </c>
       <c r="B65" t="s">
         <v>329</v>
       </c>
       <c r="C65" t="s">
         <v>330</v>
       </c>
       <c r="D65">
         <v>10.15</v>
       </c>
+      <c r="E65">
+        <v>10.46</v>
+      </c>
+      <c r="F65" s="1">
+        <v>46112</v>
+      </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
         <v>331</v>
       </c>
       <c r="I65">
         <v>10</v>
       </c>
       <c r="J65" t="s">
         <v>16</v>
       </c>
       <c r="K65" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>333</v>
       </c>
       <c r="B66" t="s">
         <v>334</v>
       </c>
       <c r="C66" t="s">
         <v>335</v>
       </c>
       <c r="D66">
         <v>12.11</v>
       </c>
+      <c r="E66">
+        <v>12.46</v>
+      </c>
+      <c r="F66" s="1">
+        <v>46112</v>
+      </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
         <v>336</v>
       </c>
       <c r="I66">
         <v>10</v>
       </c>
       <c r="J66" t="s">
         <v>16</v>
       </c>
       <c r="K66" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>338</v>
       </c>
       <c r="B67" t="s">
         <v>339</v>
       </c>
       <c r="C67" t="s">
         <v>340</v>
       </c>
       <c r="D67">
         <v>14.86</v>
       </c>
+      <c r="E67">
+        <v>15.3</v>
+      </c>
+      <c r="F67" s="1">
+        <v>46112</v>
+      </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
         <v>341</v>
       </c>
       <c r="I67">
         <v>10</v>
       </c>
       <c r="J67" t="s">
         <v>16</v>
       </c>
       <c r="K67" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>343</v>
       </c>
       <c r="B68" t="s">
         <v>344</v>
       </c>
       <c r="C68" t="s">
         <v>345</v>
       </c>
       <c r="D68">
         <v>7.79</v>
       </c>
+      <c r="E68">
+        <v>8.02</v>
+      </c>
+      <c r="F68" s="1">
+        <v>46112</v>
+      </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
         <v>346</v>
       </c>
       <c r="I68">
         <v>10</v>
       </c>
       <c r="J68" t="s">
         <v>16</v>
       </c>
       <c r="K68" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>348</v>
       </c>
       <c r="B69" t="s">
         <v>349</v>
       </c>
       <c r="C69" t="s">
         <v>350</v>
       </c>
       <c r="D69">
         <v>9.35</v>
       </c>
+      <c r="E69">
+        <v>9.62</v>
+      </c>
+      <c r="F69" s="1">
+        <v>46112</v>
+      </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
         <v>351</v>
       </c>
       <c r="I69">
         <v>10</v>
       </c>
       <c r="J69" t="s">
         <v>16</v>
       </c>
       <c r="K69" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>353</v>
       </c>
       <c r="B70" t="s">
         <v>354</v>
       </c>
       <c r="C70" t="s">
         <v>355</v>
       </c>
       <c r="D70">
         <v>12.65</v>
       </c>
+      <c r="E70">
+        <v>13.02</v>
+      </c>
+      <c r="F70" s="1">
+        <v>46112</v>
+      </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="H70" t="s">
         <v>356</v>
       </c>
       <c r="I70">
         <v>10</v>
       </c>
       <c r="J70" t="s">
         <v>16</v>
       </c>
       <c r="K70" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>358</v>
       </c>
       <c r="B71" t="s">
         <v>359</v>
       </c>
       <c r="C71" t="s">
         <v>360</v>
       </c>
       <c r="D71">
         <v>24.57</v>
       </c>
+      <c r="E71">
+        <v>25.3</v>
+      </c>
+      <c r="F71" s="1">
+        <v>46112</v>
+      </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
         <v>361</v>
       </c>
       <c r="I71">
         <v>10</v>
       </c>
       <c r="J71" t="s">
         <v>16</v>
       </c>
       <c r="K71" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>363</v>
       </c>
       <c r="B72" t="s">
         <v>364</v>
       </c>
       <c r="C72" t="s">
         <v>365</v>
       </c>
       <c r="D72">
         <v>24.57</v>
       </c>
+      <c r="E72">
+        <v>25.3</v>
+      </c>
+      <c r="F72" s="1">
+        <v>46112</v>
+      </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
         <v>366</v>
       </c>
       <c r="I72">
         <v>10</v>
       </c>
       <c r="J72" t="s">
         <v>16</v>
       </c>
       <c r="K72" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>368</v>
       </c>
       <c r="B73" t="s">
         <v>369</v>
       </c>
       <c r="C73" t="s">
         <v>370</v>
       </c>
       <c r="D73">
         <v>24.57</v>
       </c>
+      <c r="E73">
+        <v>25.3</v>
+      </c>
+      <c r="F73" s="1">
+        <v>46112</v>
+      </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
         <v>371</v>
       </c>
       <c r="I73">
         <v>10</v>
       </c>
       <c r="J73" t="s">
         <v>16</v>
       </c>
       <c r="K73" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>373</v>
       </c>
       <c r="B74" t="s">
         <v>374</v>
       </c>
       <c r="C74" t="s">
         <v>375</v>
       </c>
       <c r="D74">
         <v>24.57</v>
       </c>
+      <c r="E74">
+        <v>25.3</v>
+      </c>
+      <c r="F74" s="1">
+        <v>46112</v>
+      </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
         <v>376</v>
       </c>
       <c r="I74">
         <v>10</v>
       </c>
       <c r="J74" t="s">
         <v>16</v>
       </c>
       <c r="K74" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>378</v>
       </c>
       <c r="B75" t="s">
         <v>379</v>
       </c>
       <c r="C75" t="s">
         <v>380</v>
       </c>
       <c r="D75">
         <v>12.21</v>
       </c>
+      <c r="E75">
+        <v>12.58</v>
+      </c>
+      <c r="F75" s="1">
+        <v>46112</v>
+      </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
         <v>381</v>
       </c>
       <c r="I75">
         <v>10</v>
       </c>
       <c r="J75" t="s">
         <v>16</v>
       </c>
       <c r="K75" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>383</v>
       </c>
       <c r="B76" t="s">
         <v>384</v>
       </c>
       <c r="C76" t="s">
         <v>385</v>
       </c>
       <c r="D76">
         <v>12.74</v>
       </c>
+      <c r="E76">
+        <v>13.14</v>
+      </c>
+      <c r="F76" s="1">
+        <v>46112</v>
+      </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
         <v>386</v>
       </c>
       <c r="I76">
         <v>10</v>
       </c>
       <c r="J76" t="s">
         <v>16</v>
       </c>
       <c r="K76" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>388</v>
       </c>
       <c r="B77" t="s">
         <v>389</v>
       </c>
       <c r="C77" t="s">
         <v>390</v>
       </c>
       <c r="D77">
         <v>12.21</v>
       </c>
+      <c r="E77">
+        <v>12.58</v>
+      </c>
+      <c r="F77" s="1">
+        <v>46112</v>
+      </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
         <v>391</v>
       </c>
       <c r="I77">
         <v>10</v>
       </c>
       <c r="J77" t="s">
         <v>16</v>
       </c>
       <c r="K77" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>393</v>
       </c>
       <c r="B78" t="s">
         <v>394</v>
       </c>
       <c r="C78" t="s">
         <v>395</v>
       </c>
       <c r="D78">
         <v>13.06</v>
       </c>
+      <c r="E78">
+        <v>13.44</v>
+      </c>
+      <c r="F78" s="1">
+        <v>46112</v>
+      </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
         <v>396</v>
       </c>
       <c r="I78">
         <v>10</v>
       </c>
       <c r="J78" t="s">
         <v>16</v>
       </c>
       <c r="K78" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>398</v>
       </c>
       <c r="B79" t="s">
         <v>399</v>
       </c>
       <c r="C79" t="s">
         <v>400</v>
       </c>
       <c r="D79">
         <v>13.06</v>
       </c>
+      <c r="E79">
+        <v>13.44</v>
+      </c>
+      <c r="F79" s="1">
+        <v>46112</v>
+      </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
         <v>401</v>
       </c>
       <c r="I79">
         <v>10</v>
       </c>
       <c r="J79" t="s">
         <v>16</v>
       </c>
       <c r="K79" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>403</v>
       </c>
       <c r="B80" t="s">
         <v>404</v>
       </c>
       <c r="C80" t="s">
         <v>405</v>
       </c>
       <c r="D80">
         <v>13.06</v>
       </c>
+      <c r="E80">
+        <v>13.44</v>
+      </c>
+      <c r="F80" s="1">
+        <v>46112</v>
+      </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
         <v>406</v>
       </c>
       <c r="I80">
         <v>10</v>
       </c>
       <c r="J80" t="s">
         <v>16</v>
       </c>
       <c r="K80" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>408</v>
       </c>
       <c r="B81" t="s">
         <v>409</v>
       </c>
       <c r="C81" t="s">
         <v>410</v>
       </c>
       <c r="D81">
         <v>13.06</v>
       </c>
+      <c r="E81">
+        <v>13.44</v>
+      </c>
+      <c r="F81" s="1">
+        <v>46112</v>
+      </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
         <v>411</v>
       </c>
       <c r="I81">
         <v>10</v>
       </c>
       <c r="J81" t="s">
         <v>16</v>
       </c>
       <c r="K81" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>413</v>
       </c>
       <c r="B82" t="s">
         <v>414</v>
       </c>
       <c r="C82" t="s">
         <v>415</v>
       </c>
       <c r="D82">
         <v>13.13</v>
       </c>
+      <c r="E82">
+        <v>13.51</v>
+      </c>
+      <c r="F82" s="1">
+        <v>46112</v>
+      </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
         <v>416</v>
       </c>
       <c r="I82">
         <v>10</v>
       </c>
       <c r="J82" t="s">
         <v>16</v>
       </c>
       <c r="K82" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>418</v>
       </c>
       <c r="B83" t="s">
         <v>419</v>
       </c>
       <c r="C83" t="s">
         <v>420</v>
       </c>
       <c r="D83">
         <v>13.27</v>
       </c>
+      <c r="E83">
+        <v>13.65</v>
+      </c>
+      <c r="F83" s="1">
+        <v>46112</v>
+      </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
         <v>421</v>
       </c>
       <c r="I83">
         <v>10</v>
       </c>
       <c r="J83" t="s">
         <v>16</v>
       </c>
       <c r="K83" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>423</v>
       </c>
       <c r="B84" t="s">
         <v>424</v>
       </c>
       <c r="C84" t="s">
         <v>425</v>
       </c>
       <c r="D84">
         <v>13.79</v>
       </c>
+      <c r="E84">
+        <v>14.21</v>
+      </c>
+      <c r="F84" s="1">
+        <v>46112</v>
+      </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
         <v>426</v>
       </c>
       <c r="I84">
         <v>10</v>
       </c>
       <c r="J84" t="s">
         <v>16</v>
       </c>
       <c r="K84" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>428</v>
       </c>
       <c r="B85" t="s">
         <v>429</v>
       </c>
       <c r="C85" t="s">
         <v>430</v>
       </c>
       <c r="D85">
         <v>15.58</v>
       </c>
+      <c r="E85">
+        <v>16.03</v>
+      </c>
+      <c r="F85" s="1">
+        <v>46112</v>
+      </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="H85" t="s">
         <v>431</v>
       </c>
       <c r="I85">
         <v>10</v>
       </c>
       <c r="J85" t="s">
         <v>16</v>
       </c>
       <c r="K85" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>433</v>
       </c>
       <c r="B86" t="s">
         <v>434</v>
       </c>
       <c r="C86" t="s">
         <v>435</v>
       </c>
       <c r="D86">
         <v>16.45</v>
       </c>
+      <c r="E86">
+        <v>16.94</v>
+      </c>
+      <c r="F86" s="1">
+        <v>46112</v>
+      </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="H86" t="s">
         <v>436</v>
       </c>
       <c r="I86">
         <v>10</v>
       </c>
       <c r="J86" t="s">
         <v>16</v>
       </c>
       <c r="K86" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>438</v>
       </c>
       <c r="B87" t="s">
         <v>439</v>
       </c>
       <c r="C87" t="s">
         <v>440</v>
       </c>
       <c r="D87">
         <v>16.7</v>
       </c>
+      <c r="E87">
+        <v>17.19</v>
+      </c>
+      <c r="F87" s="1">
+        <v>46112</v>
+      </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
         <v>441</v>
       </c>
       <c r="I87">
         <v>10</v>
       </c>
       <c r="J87" t="s">
         <v>16</v>
       </c>
       <c r="K87" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>443</v>
       </c>
       <c r="B88" t="s">
         <v>444</v>
       </c>
       <c r="C88" t="s">
         <v>445</v>
       </c>
       <c r="D88">
         <v>19.07</v>
       </c>
+      <c r="E88">
+        <v>19.65</v>
+      </c>
+      <c r="F88" s="1">
+        <v>46112</v>
+      </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
         <v>446</v>
       </c>
       <c r="I88">
         <v>10</v>
       </c>
       <c r="J88" t="s">
         <v>16</v>
       </c>
       <c r="K88" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>448</v>
       </c>
       <c r="B89" t="s">
         <v>449</v>
       </c>
       <c r="C89" t="s">
         <v>450</v>
       </c>
       <c r="D89">
         <v>23.16</v>
       </c>
+      <c r="E89">
+        <v>23.84</v>
+      </c>
+      <c r="F89" s="1">
+        <v>46112</v>
+      </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89" t="s">
         <v>451</v>
       </c>
       <c r="I89">
         <v>10</v>
       </c>
       <c r="J89" t="s">
         <v>16</v>
       </c>
       <c r="K89" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>453</v>
       </c>
       <c r="B90" t="s">
         <v>454</v>
       </c>
       <c r="C90" t="s">
         <v>455</v>
       </c>
       <c r="D90">
         <v>23.9</v>
       </c>
+      <c r="E90">
+        <v>24.61</v>
+      </c>
+      <c r="F90" s="1">
+        <v>46112</v>
+      </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
         <v>456</v>
       </c>
       <c r="I90">
         <v>10</v>
       </c>
       <c r="J90" t="s">
         <v>16</v>
       </c>
       <c r="K90" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>458</v>
       </c>
       <c r="B91" t="s">
         <v>459</v>
       </c>
       <c r="C91" t="s">
         <v>460</v>
       </c>
       <c r="D91">
         <v>25.4</v>
       </c>
+      <c r="E91">
+        <v>26.15</v>
+      </c>
+      <c r="F91" s="1">
+        <v>46112</v>
+      </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
         <v>461</v>
       </c>
       <c r="I91">
         <v>10</v>
       </c>
       <c r="J91" t="s">
         <v>16</v>
       </c>
       <c r="K91" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>463</v>
       </c>
       <c r="B92" t="s">
         <v>464</v>
       </c>
       <c r="C92" t="s">
         <v>465</v>
       </c>
       <c r="D92">
         <v>27.34</v>
       </c>
+      <c r="E92">
+        <v>28.14</v>
+      </c>
+      <c r="F92" s="1">
+        <v>46112</v>
+      </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="H92" t="s">
         <v>466</v>
       </c>
       <c r="I92">
         <v>10</v>
       </c>
       <c r="J92" t="s">
         <v>16</v>
       </c>
       <c r="K92" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>468</v>
       </c>
       <c r="B93" t="s">
         <v>469</v>
       </c>
       <c r="C93" t="s">
         <v>470</v>
       </c>
       <c r="D93">
         <v>28.25</v>
       </c>
+      <c r="E93">
+        <v>29.09</v>
+      </c>
+      <c r="F93" s="1">
+        <v>46112</v>
+      </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="H93" t="s">
         <v>471</v>
       </c>
       <c r="I93">
         <v>10</v>
       </c>
       <c r="J93" t="s">
         <v>16</v>
       </c>
       <c r="K93" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>473</v>
       </c>
       <c r="B94" t="s">
         <v>474</v>
       </c>
       <c r="C94" t="s">
         <v>475</v>
       </c>
       <c r="D94">
         <v>27.34</v>
       </c>
+      <c r="E94">
+        <v>28.14</v>
+      </c>
+      <c r="F94" s="1">
+        <v>46112</v>
+      </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
         <v>476</v>
       </c>
       <c r="I94">
         <v>10</v>
       </c>
       <c r="J94" t="s">
         <v>16</v>
       </c>
       <c r="K94" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>478</v>
       </c>
       <c r="B95" t="s">
         <v>479</v>
       </c>
       <c r="C95" t="s">
         <v>480</v>
       </c>
       <c r="D95">
         <v>13.65</v>
       </c>
+      <c r="E95">
+        <v>14.07</v>
+      </c>
+      <c r="F95" s="1">
+        <v>46112</v>
+      </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95" t="s">
         <v>481</v>
       </c>
       <c r="I95">
         <v>10</v>
       </c>
       <c r="J95" t="s">
         <v>16</v>
       </c>
       <c r="K95" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>483</v>
       </c>
       <c r="B96" t="s">
         <v>484</v>
       </c>
       <c r="C96" t="s">
         <v>485</v>
       </c>
       <c r="D96">
         <v>7.84</v>
       </c>
+      <c r="E96">
+        <v>8.09</v>
+      </c>
+      <c r="F96" s="1">
+        <v>46112</v>
+      </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="H96" t="s">
         <v>486</v>
       </c>
       <c r="I96">
         <v>1</v>
       </c>
       <c r="J96" t="s">
         <v>16</v>
       </c>
       <c r="K96" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>488</v>
       </c>
       <c r="B97" t="s">
         <v>489</v>
       </c>
       <c r="C97" t="s">
         <v>490</v>
       </c>
       <c r="D97">
         <v>8.54</v>
       </c>
+      <c r="E97">
+        <v>8.79</v>
+      </c>
+      <c r="F97" s="1">
+        <v>46112</v>
+      </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
         <v>491</v>
       </c>
       <c r="I97">
         <v>1</v>
       </c>
       <c r="J97" t="s">
         <v>16</v>
       </c>
       <c r="K97" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>493</v>
       </c>
       <c r="B98" t="s">
         <v>494</v>
       </c>
       <c r="C98" t="s">
         <v>495</v>
       </c>
       <c r="D98">
         <v>9.28</v>
       </c>
+      <c r="E98">
+        <v>9.55</v>
+      </c>
+      <c r="F98" s="1">
+        <v>46112</v>
+      </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="H98" t="s">
         <v>496</v>
       </c>
       <c r="I98">
         <v>1</v>
       </c>
       <c r="J98" t="s">
         <v>16</v>
       </c>
       <c r="K98" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>498</v>
       </c>
       <c r="B99" t="s">
         <v>499</v>
       </c>
       <c r="C99" t="s">
         <v>500</v>
       </c>
       <c r="D99">
         <v>8.26</v>
       </c>
+      <c r="E99">
+        <v>8.51</v>
+      </c>
+      <c r="F99" s="1">
+        <v>46112</v>
+      </c>
       <c r="G99" t="s">
         <v>14</v>
       </c>
       <c r="H99" t="s">
         <v>501</v>
       </c>
       <c r="I99">
         <v>1</v>
       </c>
       <c r="J99" t="s">
         <v>16</v>
       </c>
       <c r="K99" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>503</v>
       </c>
       <c r="B100" t="s">
         <v>504</v>
       </c>
       <c r="C100" t="s">
         <v>505</v>
       </c>
       <c r="D100">
         <v>8.89</v>
       </c>
+      <c r="E100">
+        <v>9.17</v>
+      </c>
+      <c r="F100" s="1">
+        <v>46112</v>
+      </c>
       <c r="G100" t="s">
         <v>14</v>
       </c>
       <c r="H100" t="s">
         <v>506</v>
       </c>
       <c r="I100">
         <v>1</v>
       </c>
       <c r="J100" t="s">
         <v>16</v>
       </c>
       <c r="K100" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>508</v>
       </c>
       <c r="B101" t="s">
         <v>509</v>
       </c>
       <c r="C101" t="s">
         <v>510</v>
       </c>
       <c r="D101">
         <v>10.08</v>
       </c>
+      <c r="E101">
+        <v>10.4</v>
+      </c>
+      <c r="F101" s="1">
+        <v>46112</v>
+      </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="H101" t="s">
         <v>511</v>
       </c>
       <c r="I101">
         <v>1</v>
       </c>
       <c r="J101" t="s">
         <v>16</v>
       </c>
       <c r="K101" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>513</v>
       </c>
       <c r="B102" t="s">
         <v>514</v>
       </c>
       <c r="C102" t="s">
         <v>515</v>
       </c>
       <c r="D102">
         <v>9.56</v>
       </c>
+      <c r="E102">
+        <v>9.84</v>
+      </c>
+      <c r="F102" s="1">
+        <v>46112</v>
+      </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
         <v>516</v>
       </c>
       <c r="I102">
         <v>1</v>
       </c>
       <c r="J102" t="s">
         <v>16</v>
       </c>
       <c r="K102" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>518</v>
       </c>
       <c r="B103" t="s">
         <v>519</v>
       </c>
       <c r="C103" t="s">
         <v>520</v>
       </c>
       <c r="D103">
         <v>8.93</v>
       </c>
+      <c r="E103">
+        <v>9.21</v>
+      </c>
+      <c r="F103" s="1">
+        <v>46112</v>
+      </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
         <v>521</v>
       </c>
       <c r="I103">
         <v>1</v>
       </c>
       <c r="J103" t="s">
         <v>16</v>
       </c>
       <c r="K103" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>523</v>
       </c>
       <c r="B104" t="s">
         <v>524</v>
       </c>
       <c r="C104" t="s">
         <v>525</v>
       </c>
       <c r="D104">
         <v>9.21</v>
       </c>
+      <c r="E104">
+        <v>9.48</v>
+      </c>
+      <c r="F104" s="1">
+        <v>46112</v>
+      </c>
       <c r="G104" t="s">
         <v>14</v>
       </c>
       <c r="H104" t="s">
         <v>526</v>
       </c>
       <c r="I104">
         <v>1</v>
       </c>
       <c r="J104" t="s">
         <v>16</v>
       </c>
       <c r="K104" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>528</v>
       </c>
       <c r="B105" t="s">
         <v>529</v>
       </c>
       <c r="C105" t="s">
         <v>530</v>
       </c>
       <c r="D105">
         <v>32.6</v>
       </c>
+      <c r="E105">
+        <v>33.57</v>
+      </c>
+      <c r="F105" s="1">
+        <v>46112</v>
+      </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
         <v>531</v>
       </c>
       <c r="I105">
         <v>1</v>
       </c>
       <c r="J105" t="s">
         <v>16</v>
       </c>
       <c r="K105" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>533</v>
       </c>
       <c r="B106" t="s">
         <v>534</v>
       </c>
       <c r="C106" t="s">
         <v>535</v>
       </c>
       <c r="D106">
         <v>32.6</v>
       </c>
+      <c r="E106">
+        <v>33.57</v>
+      </c>
+      <c r="F106" s="1">
+        <v>46112</v>
+      </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
         <v>536</v>
       </c>
       <c r="I106">
         <v>1</v>
       </c>
       <c r="J106" t="s">
         <v>16</v>
       </c>
       <c r="K106" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>538</v>
       </c>
       <c r="B107" t="s">
         <v>539</v>
       </c>
       <c r="C107" t="s">
         <v>540</v>
       </c>
       <c r="D107">
         <v>40.38</v>
       </c>
+      <c r="E107">
+        <v>41.6</v>
+      </c>
+      <c r="F107" s="1">
+        <v>46112</v>
+      </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107" t="s">
         <v>541</v>
       </c>
       <c r="I107">
         <v>1</v>
       </c>
       <c r="J107" t="s">
         <v>16</v>
       </c>
       <c r="K107" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>543</v>
       </c>
       <c r="B108" t="s">
         <v>544</v>
       </c>
       <c r="C108" t="s">
         <v>545</v>
       </c>
       <c r="D108">
         <v>40.38</v>
       </c>
+      <c r="E108">
+        <v>41.6</v>
+      </c>
+      <c r="F108" s="1">
+        <v>46112</v>
+      </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="H108" t="s">
         <v>546</v>
       </c>
       <c r="I108">
         <v>1</v>
       </c>
       <c r="J108" t="s">
         <v>16</v>
       </c>
       <c r="K108" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>548</v>
       </c>
       <c r="B109" t="s">
         <v>549</v>
       </c>
       <c r="C109" t="s">
         <v>550</v>
       </c>
       <c r="D109">
         <v>51.73</v>
       </c>
+      <c r="E109">
+        <v>53.27</v>
+      </c>
+      <c r="F109" s="1">
+        <v>46112</v>
+      </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="H109" t="s">
         <v>551</v>
       </c>
       <c r="I109">
         <v>1</v>
       </c>
       <c r="J109" t="s">
         <v>16</v>
       </c>
       <c r="K109" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>553</v>
       </c>
       <c r="B110" t="s">
         <v>554</v>
       </c>
       <c r="C110" t="s">
         <v>555</v>
       </c>
       <c r="D110">
         <v>64.44</v>
       </c>
+      <c r="E110">
+        <v>66.36</v>
+      </c>
+      <c r="F110" s="1">
+        <v>46112</v>
+      </c>
       <c r="G110" t="s">
         <v>14</v>
       </c>
       <c r="H110" t="s">
         <v>556</v>
       </c>
       <c r="I110">
         <v>1</v>
       </c>
       <c r="J110" t="s">
         <v>16</v>
       </c>
       <c r="K110" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>558</v>
       </c>
       <c r="B111" t="s">
         <v>559</v>
       </c>
       <c r="C111" t="s">
         <v>560</v>
       </c>
       <c r="D111">
         <v>7.76</v>
       </c>
+      <c r="E111">
+        <v>8</v>
+      </c>
+      <c r="F111" s="1">
+        <v>46112</v>
+      </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="H111" t="s">
         <v>561</v>
       </c>
       <c r="I111">
         <v>10</v>
       </c>
       <c r="J111" t="s">
         <v>16</v>
       </c>
       <c r="K111" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>563</v>
       </c>
       <c r="B112" t="s">
         <v>564</v>
       </c>
       <c r="C112" t="s">
         <v>565</v>
       </c>
       <c r="D112">
         <v>8.53</v>
       </c>
+      <c r="E112">
+        <v>8.81</v>
+      </c>
+      <c r="F112" s="1">
+        <v>46112</v>
+      </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112" t="s">
         <v>566</v>
       </c>
       <c r="I112">
         <v>10</v>
       </c>
       <c r="J112" t="s">
         <v>16</v>
       </c>
       <c r="K112" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>568</v>
       </c>
       <c r="B113" t="s">
         <v>569</v>
       </c>
       <c r="C113" t="s">
         <v>570</v>
       </c>
       <c r="D113">
         <v>11.79</v>
       </c>
+      <c r="E113">
+        <v>12.16</v>
+      </c>
+      <c r="F113" s="1">
+        <v>46112</v>
+      </c>
       <c r="G113" t="s">
         <v>14</v>
       </c>
       <c r="H113" t="s">
         <v>571</v>
       </c>
       <c r="I113">
         <v>10</v>
       </c>
       <c r="J113" t="s">
         <v>16</v>
       </c>
       <c r="K113" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>573</v>
       </c>
       <c r="B114" t="s">
         <v>574</v>
       </c>
       <c r="C114" t="s">
         <v>575</v>
       </c>
       <c r="D114">
         <v>12.28</v>
       </c>
+      <c r="E114">
+        <v>12.65</v>
+      </c>
+      <c r="F114" s="1">
+        <v>46112</v>
+      </c>
       <c r="G114" t="s">
         <v>14</v>
       </c>
       <c r="H114" t="s">
         <v>576</v>
       </c>
       <c r="I114">
         <v>10</v>
       </c>
       <c r="J114" t="s">
         <v>16</v>
       </c>
       <c r="K114" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>578</v>
       </c>
       <c r="B115" t="s">
         <v>579</v>
       </c>
       <c r="C115" t="s">
         <v>580</v>
       </c>
       <c r="D115">
         <v>7.38</v>
       </c>
+      <c r="E115">
+        <v>7.6</v>
+      </c>
+      <c r="F115" s="1">
+        <v>46112</v>
+      </c>
       <c r="G115" t="s">
         <v>14</v>
       </c>
       <c r="H115" t="s">
         <v>581</v>
       </c>
       <c r="I115">
         <v>10</v>
       </c>
       <c r="J115" t="s">
         <v>16</v>
       </c>
       <c r="K115" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>583</v>
       </c>
       <c r="B116" t="s">
         <v>584</v>
       </c>
       <c r="C116" t="s">
         <v>585</v>
       </c>
       <c r="D116">
         <v>11.1</v>
       </c>
+      <c r="E116">
+        <v>11.44</v>
+      </c>
+      <c r="F116" s="1">
+        <v>46112</v>
+      </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="H116" t="s">
         <v>586</v>
       </c>
       <c r="I116">
         <v>10</v>
       </c>
       <c r="J116" t="s">
         <v>16</v>
       </c>
       <c r="K116" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>588</v>
       </c>
       <c r="B117" t="s">
         <v>589</v>
       </c>
       <c r="C117" t="s">
         <v>590</v>
       </c>
       <c r="D117">
         <v>14.57</v>
       </c>
+      <c r="E117">
+        <v>15</v>
+      </c>
+      <c r="F117" s="1">
+        <v>46112</v>
+      </c>
       <c r="G117" t="s">
         <v>14</v>
       </c>
       <c r="H117" t="s">
         <v>591</v>
       </c>
       <c r="I117">
         <v>10</v>
       </c>
       <c r="J117" t="s">
         <v>16</v>
       </c>
       <c r="K117" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>593</v>
       </c>
       <c r="B118" t="s">
         <v>594</v>
       </c>
       <c r="C118" t="s">
         <v>595</v>
       </c>
       <c r="D118">
         <v>7.75</v>
       </c>
+      <c r="E118">
+        <v>8</v>
+      </c>
+      <c r="F118" s="1">
+        <v>46112</v>
+      </c>
       <c r="G118" t="s">
         <v>14</v>
       </c>
       <c r="H118" t="s">
         <v>596</v>
       </c>
       <c r="I118">
         <v>10</v>
       </c>
       <c r="J118" t="s">
         <v>16</v>
       </c>
       <c r="K118" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>598</v>
       </c>
       <c r="B119" t="s">
         <v>599</v>
       </c>
       <c r="C119" t="s">
         <v>600</v>
       </c>
       <c r="D119">
         <v>11.47</v>
       </c>
+      <c r="E119">
+        <v>11.81</v>
+      </c>
+      <c r="F119" s="1">
+        <v>46112</v>
+      </c>
       <c r="G119" t="s">
         <v>14</v>
       </c>
       <c r="H119" t="s">
         <v>601</v>
       </c>
       <c r="I119">
         <v>10</v>
       </c>
       <c r="J119" t="s">
         <v>16</v>
       </c>
       <c r="K119" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>603</v>
       </c>
       <c r="B120" t="s">
         <v>604</v>
       </c>
       <c r="C120" t="s">
         <v>605</v>
       </c>
       <c r="D120">
         <v>15.1</v>
       </c>
+      <c r="E120">
+        <v>15.56</v>
+      </c>
+      <c r="F120" s="1">
+        <v>46112</v>
+      </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="H120" t="s">
         <v>606</v>
       </c>
       <c r="I120">
         <v>10</v>
       </c>
       <c r="J120" t="s">
         <v>16</v>
       </c>
       <c r="K120" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>608</v>
       </c>
       <c r="B121" t="s">
         <v>609</v>
       </c>
       <c r="C121" t="s">
         <v>610</v>
       </c>
       <c r="D121">
         <v>47.74</v>
       </c>
+      <c r="E121">
+        <v>47.73</v>
+      </c>
+      <c r="F121" s="1">
+        <v>46112</v>
+      </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="H121" t="s">
         <v>611</v>
       </c>
       <c r="I121">
         <v>1</v>
       </c>
       <c r="J121" t="s">
         <v>16</v>
       </c>
       <c r="K121" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>613</v>
       </c>
       <c r="B122" t="s">
         <v>614</v>
       </c>
       <c r="C122" t="s">
         <v>615</v>
       </c>
       <c r="D122">
         <v>41.61</v>
       </c>
+      <c r="E122">
+        <v>41.68</v>
+      </c>
+      <c r="F122" s="1">
+        <v>46112</v>
+      </c>
       <c r="G122" t="s">
         <v>14</v>
       </c>
       <c r="H122" t="s">
         <v>616</v>
       </c>
       <c r="I122">
         <v>1</v>
       </c>
       <c r="J122" t="s">
         <v>16</v>
       </c>
       <c r="K122" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>618</v>
       </c>
       <c r="B123" t="s">
         <v>619</v>
       </c>
       <c r="C123" t="s">
         <v>620</v>
       </c>
       <c r="D123">
         <v>58.44</v>
       </c>
+      <c r="E123">
+        <v>58.46</v>
+      </c>
+      <c r="F123" s="1">
+        <v>46112</v>
+      </c>
       <c r="G123" t="s">
         <v>14</v>
       </c>
       <c r="H123" t="s">
         <v>621</v>
       </c>
       <c r="I123">
         <v>1</v>
       </c>
       <c r="J123" t="s">
         <v>16</v>
       </c>
       <c r="K123" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>623</v>
       </c>
       <c r="B124" t="s">
         <v>624</v>
       </c>
       <c r="C124" t="s">
         <v>625</v>
       </c>
       <c r="D124">
         <v>4.92</v>
       </c>
+      <c r="E124">
+        <v>5.08</v>
+      </c>
+      <c r="F124" s="1">
+        <v>46112</v>
+      </c>
       <c r="G124" t="s">
         <v>14</v>
       </c>
       <c r="H124" t="s">
         <v>626</v>
       </c>
       <c r="I124">
         <v>10</v>
       </c>
       <c r="J124" t="s">
         <v>16</v>
       </c>
       <c r="K124" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>628</v>
       </c>
       <c r="B125" t="s">
         <v>629</v>
       </c>
       <c r="C125" t="s">
         <v>630</v>
       </c>
       <c r="D125">
         <v>5.21</v>
       </c>
+      <c r="E125">
+        <v>5.37</v>
+      </c>
+      <c r="F125" s="1">
+        <v>46112</v>
+      </c>
       <c r="G125" t="s">
         <v>14</v>
       </c>
       <c r="H125" t="s">
         <v>631</v>
       </c>
       <c r="I125">
         <v>10</v>
       </c>
       <c r="J125" t="s">
         <v>16</v>
       </c>
       <c r="K125" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>633</v>
       </c>
       <c r="B126" t="s">
         <v>634</v>
       </c>
       <c r="C126" t="s">
         <v>635</v>
       </c>
       <c r="D126">
         <v>5.45</v>
       </c>
+      <c r="E126">
+        <v>5.61</v>
+      </c>
+      <c r="F126" s="1">
+        <v>46112</v>
+      </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="H126" t="s">
         <v>636</v>
       </c>
       <c r="I126">
         <v>10</v>
       </c>
       <c r="J126" t="s">
         <v>16</v>
       </c>
       <c r="K126" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>638</v>
       </c>
       <c r="B127" t="s">
         <v>639</v>
       </c>
       <c r="C127" t="s">
         <v>640</v>
       </c>
       <c r="D127">
         <v>5.45</v>
       </c>
+      <c r="E127">
+        <v>5.61</v>
+      </c>
+      <c r="F127" s="1">
+        <v>46112</v>
+      </c>
       <c r="G127" t="s">
         <v>14</v>
       </c>
       <c r="H127" t="s">
         <v>641</v>
       </c>
       <c r="I127">
         <v>10</v>
       </c>
       <c r="J127" t="s">
         <v>16</v>
       </c>
       <c r="K127" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>643</v>
       </c>
       <c r="B128" t="s">
         <v>644</v>
       </c>
       <c r="C128" t="s">
         <v>645</v>
       </c>
       <c r="D128">
         <v>7.37</v>
       </c>
+      <c r="E128">
+        <v>7.6</v>
+      </c>
+      <c r="F128" s="1">
+        <v>46112</v>
+      </c>
       <c r="G128" t="s">
         <v>14</v>
       </c>
       <c r="H128" t="s">
         <v>646</v>
       </c>
       <c r="I128">
         <v>10</v>
       </c>
       <c r="J128" t="s">
         <v>16</v>
       </c>
       <c r="K128" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>648</v>
       </c>
       <c r="B129" t="s">
         <v>649</v>
       </c>
       <c r="C129" t="s">
         <v>650</v>
       </c>
       <c r="D129">
         <v>9.12</v>
       </c>
+      <c r="E129">
+        <v>9.39</v>
+      </c>
+      <c r="F129" s="1">
+        <v>46112</v>
+      </c>
       <c r="G129" t="s">
         <v>14</v>
       </c>
       <c r="H129" t="s">
         <v>651</v>
       </c>
       <c r="I129">
         <v>10</v>
       </c>
       <c r="J129" t="s">
         <v>16</v>
       </c>
       <c r="K129" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>653</v>
       </c>
       <c r="B130" t="s">
         <v>654</v>
       </c>
       <c r="C130" t="s">
         <v>655</v>
       </c>
       <c r="D130">
         <v>16.14</v>
       </c>
+      <c r="E130">
+        <v>16.62</v>
+      </c>
+      <c r="F130" s="1">
+        <v>46112</v>
+      </c>
       <c r="G130" t="s">
         <v>14</v>
       </c>
       <c r="H130" t="s">
         <v>656</v>
       </c>
       <c r="I130">
         <v>10</v>
       </c>
       <c r="J130" t="s">
         <v>16</v>
       </c>
       <c r="K130" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>658</v>
       </c>
       <c r="B131" t="s">
         <v>659</v>
       </c>
       <c r="C131" t="s">
         <v>660</v>
       </c>
       <c r="D131">
         <v>19.04</v>
       </c>
+      <c r="E131">
+        <v>19.62</v>
+      </c>
+      <c r="F131" s="1">
+        <v>46112</v>
+      </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="H131" t="s">
         <v>661</v>
       </c>
       <c r="I131">
         <v>10</v>
       </c>
       <c r="J131" t="s">
         <v>16</v>
       </c>
       <c r="K131" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>663</v>
       </c>
       <c r="B132" t="s">
         <v>664</v>
       </c>
       <c r="C132" t="s">
         <v>665</v>
       </c>
       <c r="D132">
         <v>7.49</v>
       </c>
+      <c r="E132">
+        <v>7.7</v>
+      </c>
+      <c r="F132" s="1">
+        <v>46112</v>
+      </c>
       <c r="G132" t="s">
         <v>14</v>
       </c>
       <c r="H132" t="s">
         <v>666</v>
       </c>
       <c r="I132">
         <v>10</v>
       </c>
       <c r="J132" t="s">
         <v>16</v>
       </c>
       <c r="K132" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>668</v>
       </c>
       <c r="B133" t="s">
         <v>669</v>
       </c>
       <c r="C133" t="s">
         <v>670</v>
       </c>
       <c r="D133">
         <v>6.62</v>
       </c>
+      <c r="E133">
+        <v>6.83</v>
+      </c>
+      <c r="F133" s="1">
+        <v>46112</v>
+      </c>
       <c r="G133" t="s">
         <v>14</v>
       </c>
       <c r="H133" t="s">
         <v>671</v>
       </c>
       <c r="I133">
         <v>10</v>
       </c>
       <c r="J133" t="s">
         <v>16</v>
       </c>
       <c r="K133" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>673</v>
       </c>
       <c r="B134" t="s">
         <v>674</v>
       </c>
       <c r="C134" t="s">
         <v>675</v>
       </c>
       <c r="D134">
         <v>7.81</v>
       </c>
+      <c r="E134">
+        <v>8.05</v>
+      </c>
+      <c r="F134" s="1">
+        <v>46112</v>
+      </c>
       <c r="G134" t="s">
         <v>14</v>
       </c>
       <c r="H134" t="s">
         <v>676</v>
       </c>
       <c r="I134">
         <v>10</v>
       </c>
       <c r="J134" t="s">
         <v>16</v>
       </c>
       <c r="K134" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>678</v>
       </c>
       <c r="B135" t="s">
         <v>679</v>
       </c>
       <c r="C135" t="s">
         <v>680</v>
       </c>
       <c r="D135">
         <v>15.02</v>
       </c>
+      <c r="E135">
+        <v>15.47</v>
+      </c>
+      <c r="F135" s="1">
+        <v>46112</v>
+      </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="H135" t="s">
         <v>681</v>
       </c>
       <c r="I135">
         <v>10</v>
       </c>
       <c r="J135" t="s">
         <v>16</v>
       </c>
       <c r="K135" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>683</v>
       </c>
       <c r="B136" t="s">
         <v>684</v>
       </c>
       <c r="C136" t="s">
         <v>685</v>
       </c>
       <c r="D136">
         <v>19.04</v>
       </c>
+      <c r="E136">
+        <v>19.62</v>
+      </c>
+      <c r="F136" s="1">
+        <v>46112</v>
+      </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136" t="s">
         <v>686</v>
       </c>
       <c r="I136">
         <v>10</v>
       </c>
       <c r="J136" t="s">
         <v>16</v>
       </c>
       <c r="K136" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>688</v>
       </c>
       <c r="B137" t="s">
         <v>689</v>
       </c>
       <c r="C137" t="s">
         <v>690</v>
       </c>
       <c r="D137">
         <v>10.96</v>
       </c>
+      <c r="E137">
+        <v>11.27</v>
+      </c>
+      <c r="F137" s="1">
+        <v>46112</v>
+      </c>
       <c r="G137" t="s">
         <v>14</v>
       </c>
       <c r="H137" t="s">
         <v>691</v>
       </c>
       <c r="I137">
         <v>10</v>
       </c>
       <c r="J137" t="s">
         <v>16</v>
       </c>
       <c r="K137" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>693</v>
       </c>
       <c r="B138" t="s">
         <v>694</v>
       </c>
       <c r="C138" t="s">
         <v>695</v>
       </c>
       <c r="D138">
         <v>12.53</v>
       </c>
+      <c r="E138">
+        <v>12.91</v>
+      </c>
+      <c r="F138" s="1">
+        <v>46112</v>
+      </c>
       <c r="G138" t="s">
         <v>14</v>
       </c>
       <c r="H138" t="s">
         <v>696</v>
       </c>
       <c r="I138">
         <v>10</v>
       </c>
       <c r="J138" t="s">
         <v>16</v>
       </c>
       <c r="K138" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>698</v>
       </c>
       <c r="B139" t="s">
         <v>699</v>
       </c>
       <c r="C139" t="s">
         <v>700</v>
       </c>
       <c r="D139">
         <v>7.98</v>
       </c>
+      <c r="E139">
+        <v>8.22</v>
+      </c>
+      <c r="F139" s="1">
+        <v>46112</v>
+      </c>
       <c r="G139" t="s">
         <v>14</v>
       </c>
       <c r="H139" t="s">
         <v>701</v>
       </c>
       <c r="I139">
         <v>10</v>
       </c>
       <c r="J139" t="s">
         <v>16</v>
       </c>
       <c r="K139" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>703</v>
       </c>
       <c r="B140" t="s">
         <v>704</v>
       </c>
       <c r="C140" t="s">
         <v>705</v>
       </c>
       <c r="D140">
         <v>7.14</v>
       </c>
+      <c r="E140">
+        <v>7.35</v>
+      </c>
+      <c r="F140" s="1">
+        <v>46112</v>
+      </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
         <v>706</v>
       </c>
       <c r="I140">
         <v>10</v>
       </c>
       <c r="J140" t="s">
         <v>16</v>
       </c>
       <c r="K140" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>708</v>
       </c>
       <c r="B141" t="s">
         <v>709</v>
       </c>
       <c r="C141" t="s">
         <v>710</v>
       </c>
       <c r="D141">
         <v>7.81</v>
       </c>
+      <c r="E141">
+        <v>8.05</v>
+      </c>
+      <c r="F141" s="1">
+        <v>46112</v>
+      </c>
       <c r="G141" t="s">
         <v>14</v>
       </c>
       <c r="H141" t="s">
         <v>711</v>
       </c>
       <c r="I141">
         <v>10</v>
       </c>
       <c r="J141" t="s">
         <v>16</v>
       </c>
       <c r="K141" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>713</v>
       </c>
       <c r="B142" t="s">
         <v>714</v>
       </c>
       <c r="C142" t="s">
         <v>715</v>
       </c>
       <c r="D142">
         <v>14.37</v>
       </c>
+      <c r="E142">
+        <v>14.78</v>
+      </c>
+      <c r="F142" s="1">
+        <v>46112</v>
+      </c>
       <c r="G142" t="s">
         <v>14</v>
       </c>
       <c r="H142" t="s">
         <v>716</v>
       </c>
       <c r="I142">
         <v>10</v>
       </c>
       <c r="J142" t="s">
         <v>16</v>
       </c>
       <c r="K142" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>718</v>
       </c>
       <c r="B143" t="s">
         <v>719</v>
       </c>
       <c r="C143" t="s">
         <v>720</v>
       </c>
       <c r="D143">
         <v>17.52</v>
       </c>
+      <c r="E143">
+        <v>18.05</v>
+      </c>
+      <c r="F143" s="1">
+        <v>46112</v>
+      </c>
       <c r="G143" t="s">
         <v>14</v>
       </c>
       <c r="H143" t="s">
         <v>721</v>
       </c>
       <c r="I143">
         <v>10</v>
       </c>
       <c r="J143" t="s">
         <v>16</v>
       </c>
       <c r="K143" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>723</v>
       </c>
       <c r="B144" t="s">
         <v>724</v>
       </c>
       <c r="C144" t="s">
         <v>725</v>
       </c>
       <c r="D144">
         <v>11.8</v>
       </c>
+      <c r="E144">
+        <v>12.15</v>
+      </c>
+      <c r="F144" s="1">
+        <v>46112</v>
+      </c>
       <c r="G144" t="s">
         <v>14</v>
       </c>
       <c r="H144" t="s">
         <v>726</v>
       </c>
       <c r="I144">
         <v>10</v>
       </c>
       <c r="J144" t="s">
         <v>16</v>
       </c>
       <c r="K144" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>728</v>
       </c>
       <c r="B145" t="s">
         <v>729</v>
       </c>
       <c r="C145" t="s">
         <v>730</v>
       </c>
       <c r="D145">
         <v>13.2</v>
       </c>
+      <c r="E145">
+        <v>13.58</v>
+      </c>
+      <c r="F145" s="1">
+        <v>46112</v>
+      </c>
       <c r="G145" t="s">
         <v>14</v>
       </c>
       <c r="H145" t="s">
         <v>731</v>
       </c>
       <c r="I145">
         <v>10</v>
       </c>
       <c r="J145" t="s">
         <v>16</v>
       </c>
       <c r="K145" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>733</v>
       </c>
       <c r="B146" t="s">
         <v>734</v>
       </c>
       <c r="C146" t="s">
         <v>735</v>
       </c>
       <c r="D146">
         <v>10.29</v>
       </c>
+      <c r="E146">
+        <v>10.6</v>
+      </c>
+      <c r="F146" s="1">
+        <v>46112</v>
+      </c>
       <c r="G146" t="s">
         <v>14</v>
       </c>
       <c r="H146" t="s">
         <v>736</v>
       </c>
       <c r="I146">
         <v>10</v>
       </c>
       <c r="J146" t="s">
         <v>16</v>
       </c>
       <c r="K146" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>738</v>
       </c>
       <c r="B147" t="s">
         <v>739</v>
       </c>
       <c r="C147" t="s">
         <v>740</v>
       </c>
       <c r="D147">
         <v>9.41</v>
       </c>
+      <c r="E147">
+        <v>9.7</v>
+      </c>
+      <c r="F147" s="1">
+        <v>46112</v>
+      </c>
       <c r="G147" t="s">
         <v>14</v>
       </c>
       <c r="H147" t="s">
         <v>741</v>
       </c>
       <c r="I147">
         <v>10</v>
       </c>
       <c r="J147" t="s">
         <v>16</v>
       </c>
       <c r="K147" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>743</v>
       </c>
       <c r="B148" t="s">
         <v>744</v>
       </c>
       <c r="C148" t="s">
         <v>745</v>
       </c>
       <c r="D148">
         <v>9.41</v>
       </c>
+      <c r="E148">
+        <v>9.7</v>
+      </c>
+      <c r="F148" s="1">
+        <v>46112</v>
+      </c>
       <c r="G148" t="s">
         <v>14</v>
       </c>
       <c r="H148" t="s">
         <v>746</v>
       </c>
       <c r="I148">
         <v>10</v>
       </c>
       <c r="J148" t="s">
         <v>16</v>
       </c>
       <c r="K148" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>748</v>
       </c>
       <c r="B149" t="s">
         <v>749</v>
       </c>
       <c r="C149" t="s">
         <v>750</v>
       </c>
       <c r="D149">
         <v>10.24</v>
       </c>
+      <c r="E149">
+        <v>10.56</v>
+      </c>
+      <c r="F149" s="1">
+        <v>46112</v>
+      </c>
       <c r="G149" t="s">
         <v>14</v>
       </c>
       <c r="H149" t="s">
         <v>751</v>
       </c>
       <c r="I149">
         <v>10</v>
       </c>
       <c r="J149" t="s">
         <v>16</v>
       </c>
       <c r="K149" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>753</v>
       </c>
       <c r="B150" t="s">
         <v>754</v>
       </c>
       <c r="C150" t="s">
         <v>755</v>
       </c>
       <c r="D150">
         <v>10.69</v>
       </c>
+      <c r="E150">
+        <v>11.01</v>
+      </c>
+      <c r="F150" s="1">
+        <v>46112</v>
+      </c>
       <c r="G150" t="s">
         <v>14</v>
       </c>
       <c r="H150" t="s">
         <v>756</v>
       </c>
       <c r="I150">
         <v>10</v>
       </c>
       <c r="J150" t="s">
         <v>16</v>
       </c>
       <c r="K150" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>758</v>
       </c>
       <c r="B151" t="s">
         <v>759</v>
       </c>
       <c r="C151" t="s">
         <v>760</v>
       </c>
       <c r="D151">
         <v>13.6</v>
       </c>
+      <c r="E151">
+        <v>13.61</v>
+      </c>
+      <c r="F151" s="1">
+        <v>46112</v>
+      </c>
       <c r="G151" t="s">
         <v>14</v>
       </c>
       <c r="H151" t="s">
         <v>761</v>
       </c>
       <c r="I151">
         <v>10</v>
       </c>
       <c r="J151" t="s">
         <v>16</v>
       </c>
       <c r="K151" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>763</v>
       </c>
       <c r="B152" t="s">
         <v>764</v>
       </c>
       <c r="C152" t="s">
         <v>765</v>
       </c>
       <c r="D152">
         <v>15.79</v>
       </c>
+      <c r="E152">
+        <v>15.76</v>
+      </c>
+      <c r="F152" s="1">
+        <v>46112</v>
+      </c>
       <c r="G152" t="s">
         <v>14</v>
       </c>
       <c r="H152" t="s">
         <v>766</v>
       </c>
       <c r="I152">
         <v>10</v>
       </c>
       <c r="J152" t="s">
         <v>16</v>
       </c>
       <c r="K152" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>768</v>
       </c>
       <c r="B153" t="s">
         <v>769</v>
       </c>
       <c r="C153" t="s">
         <v>770</v>
       </c>
       <c r="D153">
         <v>19.26</v>
       </c>
+      <c r="E153">
+        <v>19.83</v>
+      </c>
+      <c r="F153" s="1">
+        <v>46112</v>
+      </c>
       <c r="G153" t="s">
         <v>14</v>
       </c>
       <c r="H153" t="s">
         <v>771</v>
       </c>
       <c r="I153">
         <v>10</v>
       </c>
       <c r="J153" t="s">
         <v>16</v>
       </c>
       <c r="K153" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>773</v>
       </c>
       <c r="B154" t="s">
         <v>774</v>
       </c>
       <c r="C154" t="s">
         <v>775</v>
       </c>
       <c r="D154">
         <v>23.56</v>
       </c>
+      <c r="E154">
+        <v>24.25</v>
+      </c>
+      <c r="F154" s="1">
+        <v>46112</v>
+      </c>
       <c r="G154" t="s">
         <v>14</v>
       </c>
       <c r="H154" t="s">
         <v>776</v>
       </c>
       <c r="I154">
         <v>10</v>
       </c>
       <c r="J154" t="s">
         <v>16</v>
       </c>
       <c r="K154" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>778</v>
       </c>
       <c r="B155" t="s">
         <v>779</v>
       </c>
       <c r="C155" t="s">
         <v>780</v>
       </c>
       <c r="D155">
         <v>24.4</v>
       </c>
+      <c r="E155">
+        <v>25.13</v>
+      </c>
+      <c r="F155" s="1">
+        <v>46112</v>
+      </c>
       <c r="G155" t="s">
         <v>14</v>
       </c>
       <c r="H155" t="s">
         <v>781</v>
       </c>
       <c r="I155">
         <v>10</v>
       </c>
       <c r="J155" t="s">
         <v>16</v>
       </c>
       <c r="K155" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>783</v>
       </c>
       <c r="B156" t="s">
         <v>784</v>
       </c>
       <c r="C156" t="s">
         <v>785</v>
       </c>
       <c r="D156">
         <v>22.98</v>
       </c>
+      <c r="E156">
+        <v>23.68</v>
+      </c>
+      <c r="F156" s="1">
+        <v>46112</v>
+      </c>
       <c r="G156" t="s">
         <v>14</v>
       </c>
       <c r="H156" t="s">
         <v>786</v>
       </c>
       <c r="I156">
         <v>10</v>
       </c>
       <c r="J156" t="s">
         <v>16</v>
       </c>
       <c r="K156" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>788</v>
       </c>
       <c r="B157" t="s">
         <v>789</v>
       </c>
       <c r="C157" t="s">
         <v>790</v>
       </c>
       <c r="D157">
         <v>26.95</v>
       </c>
+      <c r="E157">
+        <v>27.75</v>
+      </c>
+      <c r="F157" s="1">
+        <v>46112</v>
+      </c>
       <c r="G157" t="s">
         <v>14</v>
       </c>
       <c r="H157" t="s">
         <v>791</v>
       </c>
       <c r="I157">
         <v>10</v>
       </c>
       <c r="J157" t="s">
         <v>16</v>
       </c>
       <c r="K157" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>793</v>
       </c>
       <c r="B158" t="s">
         <v>794</v>
       </c>
       <c r="C158" t="s">
         <v>795</v>
       </c>
       <c r="D158">
         <v>21</v>
       </c>
+      <c r="E158">
+        <v>21</v>
+      </c>
+      <c r="F158" s="1">
+        <v>46112</v>
+      </c>
       <c r="G158" t="s">
         <v>14</v>
       </c>
       <c r="H158" t="s">
         <v>796</v>
       </c>
       <c r="I158">
         <v>10</v>
       </c>
       <c r="J158" t="s">
         <v>16</v>
       </c>
       <c r="K158" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>798</v>
       </c>
       <c r="B159" t="s">
         <v>799</v>
       </c>
       <c r="C159" t="s">
         <v>800</v>
       </c>
       <c r="D159">
         <v>21.5</v>
       </c>
+      <c r="E159">
+        <v>21.5</v>
+      </c>
+      <c r="F159" s="1">
+        <v>46112</v>
+      </c>
       <c r="G159" t="s">
         <v>14</v>
       </c>
       <c r="H159" t="s">
         <v>801</v>
       </c>
       <c r="I159">
         <v>10</v>
       </c>
       <c r="J159" t="s">
         <v>16</v>
       </c>
       <c r="K159" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>803</v>
       </c>
       <c r="B160" t="s">
         <v>804</v>
       </c>
       <c r="C160" t="s">
         <v>805</v>
       </c>
       <c r="D160">
         <v>29.68</v>
       </c>
+      <c r="E160">
+        <v>30.56</v>
+      </c>
+      <c r="F160" s="1">
+        <v>46112</v>
+      </c>
       <c r="G160" t="s">
         <v>14</v>
       </c>
       <c r="H160" t="s">
         <v>806</v>
       </c>
       <c r="I160">
         <v>10</v>
       </c>
       <c r="J160" t="s">
         <v>16</v>
       </c>
       <c r="K160" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>808</v>
       </c>
       <c r="B161" t="s">
         <v>809</v>
       </c>
       <c r="C161" t="s">
         <v>810</v>
       </c>
       <c r="D161">
         <v>33.72</v>
       </c>
+      <c r="E161">
+        <v>34.73</v>
+      </c>
+      <c r="F161" s="1">
+        <v>46112</v>
+      </c>
       <c r="G161" t="s">
         <v>14</v>
       </c>
       <c r="H161" t="s">
         <v>811</v>
       </c>
       <c r="I161">
         <v>1</v>
       </c>
       <c r="J161" t="s">
         <v>16</v>
       </c>
       <c r="K161" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>813</v>
       </c>
       <c r="B162" t="s">
         <v>814</v>
       </c>
       <c r="C162" t="s">
         <v>815</v>
       </c>
       <c r="D162">
         <v>34.07</v>
       </c>
+      <c r="E162">
+        <v>35.09</v>
+      </c>
+      <c r="F162" s="1">
+        <v>46112</v>
+      </c>
       <c r="G162" t="s">
         <v>14</v>
       </c>
       <c r="H162" t="s">
         <v>816</v>
       </c>
       <c r="I162">
         <v>1</v>
       </c>
       <c r="J162" t="s">
         <v>16</v>
       </c>
       <c r="K162" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>818</v>
       </c>
       <c r="B163" t="s">
         <v>819</v>
       </c>
       <c r="C163" t="s">
         <v>820</v>
       </c>
       <c r="D163">
         <v>46.41</v>
       </c>
+      <c r="E163">
+        <v>47.8</v>
+      </c>
+      <c r="F163" s="1">
+        <v>46112</v>
+      </c>
       <c r="G163" t="s">
         <v>14</v>
       </c>
       <c r="H163" t="s">
         <v>821</v>
       </c>
       <c r="I163">
         <v>1</v>
       </c>
       <c r="J163" t="s">
         <v>16</v>
       </c>
       <c r="K163" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>823</v>
       </c>
       <c r="B164" t="s">
         <v>824</v>
       </c>
       <c r="C164" t="s">
         <v>825</v>
       </c>
       <c r="D164">
         <v>4.69</v>
       </c>
+      <c r="E164">
+        <v>4.84</v>
+      </c>
+      <c r="F164" s="1">
+        <v>46112</v>
+      </c>
       <c r="G164" t="s">
         <v>14</v>
       </c>
       <c r="H164" t="s">
         <v>826</v>
       </c>
       <c r="I164">
         <v>10</v>
       </c>
       <c r="J164" t="s">
         <v>16</v>
       </c>
       <c r="K164" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>828</v>
       </c>
       <c r="B165" t="s">
         <v>829</v>
       </c>
       <c r="C165" t="s">
         <v>830</v>
       </c>
       <c r="D165">
         <v>5.02</v>
       </c>
+      <c r="E165">
+        <v>5.16</v>
+      </c>
+      <c r="F165" s="1">
+        <v>46112</v>
+      </c>
       <c r="G165" t="s">
         <v>14</v>
       </c>
       <c r="H165" t="s">
         <v>831</v>
       </c>
       <c r="I165">
         <v>10</v>
       </c>
       <c r="J165" t="s">
         <v>16</v>
       </c>
       <c r="K165" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>833</v>
       </c>
       <c r="B166" t="s">
         <v>834</v>
       </c>
       <c r="C166" t="s">
         <v>835</v>
       </c>
       <c r="D166">
         <v>6.14</v>
       </c>
+      <c r="E166">
+        <v>6.31</v>
+      </c>
+      <c r="F166" s="1">
+        <v>46112</v>
+      </c>
       <c r="G166" t="s">
         <v>14</v>
       </c>
       <c r="H166" t="s">
         <v>836</v>
       </c>
       <c r="I166">
         <v>10</v>
       </c>
       <c r="J166" t="s">
         <v>16</v>
       </c>
       <c r="K166" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>838</v>
       </c>
       <c r="B167" t="s">
         <v>839</v>
       </c>
       <c r="C167" t="s">
         <v>840</v>
       </c>
       <c r="D167">
         <v>6.9</v>
       </c>
+      <c r="E167">
+        <v>7.11</v>
+      </c>
+      <c r="F167" s="1">
+        <v>46112</v>
+      </c>
       <c r="G167" t="s">
         <v>14</v>
       </c>
       <c r="H167" t="s">
         <v>841</v>
       </c>
       <c r="I167">
         <v>10</v>
       </c>
       <c r="J167" t="s">
         <v>16</v>
       </c>
       <c r="K167" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>843</v>
       </c>
       <c r="B168" t="s">
         <v>844</v>
       </c>
       <c r="C168" t="s">
         <v>845</v>
       </c>
       <c r="D168">
         <v>9.12</v>
       </c>
+      <c r="E168">
+        <v>9.38</v>
+      </c>
+      <c r="F168" s="1">
+        <v>46112</v>
+      </c>
       <c r="G168" t="s">
         <v>14</v>
       </c>
       <c r="H168" t="s">
         <v>846</v>
       </c>
       <c r="I168">
         <v>10</v>
       </c>
       <c r="J168" t="s">
         <v>16</v>
       </c>
       <c r="K168" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>848</v>
       </c>
       <c r="B169" t="s">
         <v>849</v>
       </c>
       <c r="C169" t="s">
         <v>850</v>
       </c>
       <c r="D169">
         <v>4.25</v>
       </c>
+      <c r="E169">
+        <v>4.37</v>
+      </c>
+      <c r="F169" s="1">
+        <v>46112</v>
+      </c>
       <c r="G169" t="s">
         <v>14</v>
       </c>
       <c r="H169" t="s">
         <v>851</v>
       </c>
       <c r="I169">
         <v>10</v>
       </c>
       <c r="J169" t="s">
         <v>16</v>
       </c>
       <c r="K169" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>853</v>
       </c>
       <c r="B170" t="s">
         <v>854</v>
       </c>
       <c r="C170" t="s">
         <v>855</v>
       </c>
       <c r="D170">
         <v>4.54</v>
       </c>
+      <c r="E170">
+        <v>4.69</v>
+      </c>
+      <c r="F170" s="1">
+        <v>46112</v>
+      </c>
       <c r="G170" t="s">
         <v>14</v>
       </c>
       <c r="H170" t="s">
         <v>856</v>
       </c>
       <c r="I170">
         <v>10</v>
       </c>
       <c r="J170" t="s">
         <v>16</v>
       </c>
       <c r="K170" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>858</v>
       </c>
       <c r="B171" t="s">
         <v>859</v>
       </c>
       <c r="C171" t="s">
         <v>860</v>
       </c>
       <c r="D171">
         <v>4.9</v>
       </c>
+      <c r="E171">
+        <v>5.04</v>
+      </c>
+      <c r="F171" s="1">
+        <v>46112</v>
+      </c>
       <c r="G171" t="s">
         <v>14</v>
       </c>
       <c r="H171" t="s">
         <v>861</v>
       </c>
       <c r="I171">
         <v>10</v>
       </c>
       <c r="J171" t="s">
         <v>16</v>
       </c>
       <c r="K171" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>863</v>
       </c>
       <c r="B172" t="s">
         <v>864</v>
       </c>
       <c r="C172" t="s">
         <v>865</v>
       </c>
       <c r="D172">
         <v>5.72</v>
       </c>
+      <c r="E172">
+        <v>5.9</v>
+      </c>
+      <c r="F172" s="1">
+        <v>46112</v>
+      </c>
       <c r="G172" t="s">
         <v>14</v>
       </c>
       <c r="H172" t="s">
         <v>866</v>
       </c>
       <c r="I172">
         <v>10</v>
       </c>
       <c r="J172" t="s">
         <v>16</v>
       </c>
       <c r="K172" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>868</v>
       </c>
       <c r="B173" t="s">
         <v>869</v>
       </c>
       <c r="C173" t="s">
         <v>870</v>
       </c>
       <c r="D173">
         <v>4.69</v>
       </c>
+      <c r="E173">
+        <v>4.84</v>
+      </c>
+      <c r="F173" s="1">
+        <v>46112</v>
+      </c>
       <c r="G173" t="s">
         <v>14</v>
       </c>
       <c r="H173" t="s">
         <v>871</v>
       </c>
       <c r="I173">
         <v>10</v>
       </c>
       <c r="J173" t="s">
         <v>16</v>
       </c>
       <c r="K173" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>873</v>
       </c>
       <c r="B174" t="s">
         <v>874</v>
       </c>
       <c r="C174" t="s">
         <v>875</v>
       </c>
       <c r="D174">
         <v>4.78</v>
       </c>
+      <c r="E174">
+        <v>4.93</v>
+      </c>
+      <c r="F174" s="1">
+        <v>46112</v>
+      </c>
       <c r="G174" t="s">
         <v>14</v>
       </c>
       <c r="H174" t="s">
         <v>876</v>
       </c>
       <c r="I174">
         <v>10</v>
       </c>
       <c r="J174" t="s">
         <v>16</v>
       </c>
       <c r="K174" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>878</v>
       </c>
       <c r="B175" t="s">
         <v>879</v>
       </c>
       <c r="C175" t="s">
         <v>880</v>
       </c>
       <c r="D175">
         <v>5.95</v>
       </c>
+      <c r="E175">
+        <v>6.14</v>
+      </c>
+      <c r="F175" s="1">
+        <v>46112</v>
+      </c>
       <c r="G175" t="s">
         <v>14</v>
       </c>
       <c r="H175" t="s">
         <v>881</v>
       </c>
       <c r="I175">
         <v>10</v>
       </c>
       <c r="J175" t="s">
         <v>16</v>
       </c>
       <c r="K175" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>883</v>
       </c>
       <c r="B176" t="s">
         <v>884</v>
       </c>
       <c r="C176" t="s">
         <v>885</v>
       </c>
       <c r="D176">
         <v>4.87</v>
       </c>
+      <c r="E176">
+        <v>5.02</v>
+      </c>
+      <c r="F176" s="1">
+        <v>46112</v>
+      </c>
       <c r="G176" t="s">
         <v>14</v>
       </c>
       <c r="H176" t="s">
         <v>886</v>
       </c>
       <c r="I176">
         <v>10</v>
       </c>
       <c r="J176" t="s">
         <v>16</v>
       </c>
       <c r="K176" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>888</v>
       </c>
       <c r="B177" t="s">
         <v>889</v>
       </c>
       <c r="C177" t="s">
         <v>890</v>
       </c>
       <c r="D177">
         <v>4.9</v>
       </c>
+      <c r="E177">
+        <v>5.04</v>
+      </c>
+      <c r="F177" s="1">
+        <v>46112</v>
+      </c>
       <c r="G177" t="s">
         <v>14</v>
       </c>
       <c r="H177" t="s">
         <v>891</v>
       </c>
       <c r="I177">
         <v>10</v>
       </c>
       <c r="J177" t="s">
         <v>16</v>
       </c>
       <c r="K177" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>893</v>
       </c>
       <c r="B178" t="s">
         <v>894</v>
       </c>
       <c r="C178" t="s">
         <v>895</v>
       </c>
       <c r="D178">
         <v>5.93</v>
       </c>
+      <c r="E178">
+        <v>6.11</v>
+      </c>
+      <c r="F178" s="1">
+        <v>46112</v>
+      </c>
       <c r="G178" t="s">
         <v>14</v>
       </c>
       <c r="H178" t="s">
         <v>896</v>
       </c>
       <c r="I178">
         <v>10</v>
       </c>
       <c r="J178" t="s">
         <v>16</v>
       </c>
       <c r="K178" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>898</v>
       </c>
       <c r="B179" t="s">
         <v>899</v>
       </c>
       <c r="C179" t="s">
         <v>900</v>
       </c>
       <c r="D179">
         <v>6.37</v>
       </c>
+      <c r="E179">
+        <v>6.55</v>
+      </c>
+      <c r="F179" s="1">
+        <v>46112</v>
+      </c>
       <c r="G179" t="s">
         <v>14</v>
       </c>
       <c r="H179" t="s">
         <v>901</v>
       </c>
       <c r="I179">
         <v>10</v>
       </c>
       <c r="J179" t="s">
         <v>16</v>
       </c>
       <c r="K179" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>903</v>
       </c>
       <c r="B180" t="s">
         <v>904</v>
       </c>
       <c r="C180" t="s">
         <v>905</v>
       </c>
       <c r="D180">
         <v>6.31</v>
       </c>
+      <c r="E180">
+        <v>6.48</v>
+      </c>
+      <c r="F180" s="1">
+        <v>46112</v>
+      </c>
       <c r="G180" t="s">
         <v>14</v>
       </c>
       <c r="H180" t="s">
         <v>906</v>
       </c>
       <c r="I180">
         <v>10</v>
       </c>
       <c r="J180" t="s">
         <v>16</v>
       </c>
       <c r="K180" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>908</v>
       </c>
       <c r="B181" t="s">
         <v>909</v>
       </c>
       <c r="C181" t="s">
         <v>910</v>
       </c>
       <c r="D181">
         <v>6.31</v>
       </c>
+      <c r="E181">
+        <v>6.48</v>
+      </c>
+      <c r="F181" s="1">
+        <v>46112</v>
+      </c>
       <c r="G181" t="s">
         <v>14</v>
       </c>
       <c r="H181" t="s">
         <v>911</v>
       </c>
       <c r="I181">
         <v>10</v>
       </c>
       <c r="J181" t="s">
         <v>16</v>
       </c>
       <c r="K181" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>913</v>
       </c>
       <c r="B182" t="s">
         <v>914</v>
       </c>
       <c r="C182" t="s">
         <v>915</v>
       </c>
       <c r="D182">
         <v>6.46</v>
       </c>
+      <c r="E182">
+        <v>6.67</v>
+      </c>
+      <c r="F182" s="1">
+        <v>46112</v>
+      </c>
       <c r="G182" t="s">
         <v>14</v>
       </c>
       <c r="H182" t="s">
         <v>916</v>
       </c>
       <c r="I182">
         <v>10</v>
       </c>
       <c r="J182" t="s">
         <v>16</v>
       </c>
       <c r="K182" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>918</v>
       </c>
       <c r="B183" t="s">
         <v>919</v>
       </c>
       <c r="C183" t="s">
         <v>920</v>
       </c>
       <c r="D183">
         <v>6.45</v>
       </c>
+      <c r="E183">
+        <v>6.66</v>
+      </c>
+      <c r="F183" s="1">
+        <v>46112</v>
+      </c>
       <c r="G183" t="s">
         <v>14</v>
       </c>
       <c r="H183" t="s">
         <v>921</v>
       </c>
       <c r="I183">
         <v>10</v>
       </c>
       <c r="J183" t="s">
         <v>16</v>
       </c>
       <c r="K183" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>923</v>
       </c>
       <c r="B184" t="s">
         <v>924</v>
       </c>
       <c r="C184" t="s">
         <v>925</v>
       </c>
       <c r="D184">
         <v>6.81</v>
       </c>
+      <c r="E184">
+        <v>7.02</v>
+      </c>
+      <c r="F184" s="1">
+        <v>46112</v>
+      </c>
       <c r="G184" t="s">
         <v>14</v>
       </c>
       <c r="H184" t="s">
         <v>926</v>
       </c>
       <c r="I184">
         <v>10</v>
       </c>
       <c r="J184" t="s">
         <v>16</v>
       </c>
       <c r="K184" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>928</v>
       </c>
       <c r="B185" t="s">
         <v>929</v>
       </c>
       <c r="C185" t="s">
         <v>930</v>
       </c>
       <c r="D185">
         <v>6.9</v>
       </c>
+      <c r="E185">
+        <v>7.11</v>
+      </c>
+      <c r="F185" s="1">
+        <v>46112</v>
+      </c>
       <c r="G185" t="s">
         <v>14</v>
       </c>
       <c r="H185" t="s">
         <v>931</v>
       </c>
       <c r="I185">
         <v>10</v>
       </c>
       <c r="J185" t="s">
         <v>16</v>
       </c>
       <c r="K185" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>933</v>
       </c>
       <c r="B186" t="s">
         <v>934</v>
       </c>
       <c r="C186" t="s">
         <v>935</v>
       </c>
       <c r="D186">
         <v>7.43</v>
       </c>
+      <c r="E186">
+        <v>7.67</v>
+      </c>
+      <c r="F186" s="1">
+        <v>46112</v>
+      </c>
       <c r="G186" t="s">
         <v>14</v>
       </c>
       <c r="H186" t="s">
         <v>936</v>
       </c>
       <c r="I186">
         <v>10</v>
       </c>
       <c r="J186" t="s">
         <v>16</v>
       </c>
       <c r="K186" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>938</v>
       </c>
       <c r="B187" t="s">
         <v>939</v>
       </c>
       <c r="C187" t="s">
         <v>940</v>
       </c>
       <c r="D187">
         <v>7.67</v>
       </c>
+      <c r="E187">
+        <v>7.91</v>
+      </c>
+      <c r="F187" s="1">
+        <v>46112</v>
+      </c>
       <c r="G187" t="s">
         <v>14</v>
       </c>
       <c r="H187" t="s">
         <v>941</v>
       </c>
       <c r="I187">
         <v>10</v>
       </c>
       <c r="J187" t="s">
         <v>16</v>
       </c>
       <c r="K187" t="s">
         <v>942</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>943</v>
       </c>
       <c r="B188" t="s">
         <v>944</v>
       </c>
       <c r="C188" t="s">
         <v>945</v>
       </c>
       <c r="D188">
         <v>10.15</v>
       </c>
+      <c r="E188">
+        <v>10.15</v>
+      </c>
+      <c r="F188" s="1">
+        <v>46112</v>
+      </c>
       <c r="G188" t="s">
         <v>14</v>
       </c>
       <c r="H188" t="s">
         <v>946</v>
       </c>
       <c r="I188">
         <v>10</v>
       </c>
       <c r="J188" t="s">
         <v>16</v>
       </c>
       <c r="K188" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>948</v>
       </c>
       <c r="B189" t="s">
         <v>949</v>
       </c>
       <c r="C189" t="s">
         <v>950</v>
       </c>
       <c r="D189">
         <v>10.34</v>
       </c>
+      <c r="E189">
+        <v>10.66</v>
+      </c>
+      <c r="F189" s="1">
+        <v>46112</v>
+      </c>
       <c r="G189" t="s">
         <v>14</v>
       </c>
       <c r="H189" t="s">
         <v>951</v>
       </c>
       <c r="I189">
         <v>10</v>
       </c>
       <c r="J189" t="s">
         <v>16</v>
       </c>
       <c r="K189" t="s">
         <v>952</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>953</v>
       </c>
       <c r="B190" t="s">
         <v>954</v>
       </c>
       <c r="C190" t="s">
         <v>955</v>
       </c>
       <c r="D190">
         <v>10.95</v>
       </c>
+      <c r="E190">
+        <v>11.27</v>
+      </c>
+      <c r="F190" s="1">
+        <v>46112</v>
+      </c>
       <c r="G190" t="s">
         <v>14</v>
       </c>
       <c r="H190" t="s">
         <v>956</v>
       </c>
       <c r="I190">
         <v>10</v>
       </c>
       <c r="J190" t="s">
         <v>16</v>
       </c>
       <c r="K190" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>958</v>
       </c>
       <c r="B191" t="s">
         <v>959</v>
       </c>
       <c r="C191" t="s">
         <v>960</v>
       </c>
       <c r="D191">
         <v>11.5</v>
       </c>
+      <c r="E191">
+        <v>11.86</v>
+      </c>
+      <c r="F191" s="1">
+        <v>46112</v>
+      </c>
       <c r="G191" t="s">
         <v>14</v>
       </c>
       <c r="H191" t="s">
         <v>961</v>
       </c>
       <c r="I191">
         <v>10</v>
       </c>
       <c r="J191" t="s">
         <v>16</v>
       </c>
       <c r="K191" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>963</v>
       </c>
       <c r="B192" t="s">
         <v>964</v>
       </c>
       <c r="C192" t="s">
         <v>965</v>
       </c>
       <c r="D192">
         <v>4.12</v>
       </c>
+      <c r="E192">
+        <v>4.25</v>
+      </c>
+      <c r="F192" s="1">
+        <v>46112</v>
+      </c>
       <c r="G192" t="s">
         <v>14</v>
       </c>
       <c r="H192" t="s">
         <v>966</v>
       </c>
       <c r="I192">
         <v>10</v>
       </c>
       <c r="J192" t="s">
         <v>16</v>
       </c>
       <c r="K192" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>968</v>
       </c>
       <c r="B193" t="s">
         <v>969</v>
       </c>
       <c r="C193" t="s">
         <v>970</v>
       </c>
       <c r="D193">
         <v>4.42</v>
       </c>
+      <c r="E193">
+        <v>4.56</v>
+      </c>
+      <c r="F193" s="1">
+        <v>46112</v>
+      </c>
       <c r="G193" t="s">
         <v>14</v>
       </c>
       <c r="H193" t="s">
         <v>971</v>
       </c>
       <c r="I193">
         <v>10</v>
       </c>
       <c r="J193" t="s">
         <v>16</v>
       </c>
       <c r="K193" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>973</v>
       </c>
       <c r="B194" t="s">
         <v>974</v>
       </c>
       <c r="C194" t="s">
         <v>975</v>
       </c>
       <c r="D194">
         <v>4.62</v>
       </c>
+      <c r="E194">
+        <v>4.76</v>
+      </c>
+      <c r="F194" s="1">
+        <v>46112</v>
+      </c>
       <c r="G194" t="s">
         <v>14</v>
       </c>
       <c r="H194" t="s">
         <v>976</v>
       </c>
       <c r="I194">
         <v>10</v>
       </c>
       <c r="J194" t="s">
         <v>16</v>
       </c>
       <c r="K194" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>978</v>
       </c>
       <c r="B195" t="s">
         <v>979</v>
       </c>
       <c r="C195" t="s">
         <v>980</v>
       </c>
       <c r="D195">
         <v>4.76</v>
       </c>
+      <c r="E195">
+        <v>4.9</v>
+      </c>
+      <c r="F195" s="1">
+        <v>46112</v>
+      </c>
       <c r="G195" t="s">
         <v>14</v>
       </c>
       <c r="H195" t="s">
         <v>981</v>
       </c>
       <c r="I195">
         <v>10</v>
       </c>
       <c r="J195" t="s">
         <v>16</v>
       </c>
       <c r="K195" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>983</v>
       </c>
       <c r="B196" t="s">
         <v>984</v>
       </c>
       <c r="C196" t="s">
         <v>985</v>
       </c>
       <c r="D196">
         <v>5.82</v>
       </c>
+      <c r="E196">
+        <v>6</v>
+      </c>
+      <c r="F196" s="1">
+        <v>46112</v>
+      </c>
       <c r="G196" t="s">
         <v>14</v>
       </c>
       <c r="H196" t="s">
         <v>986</v>
       </c>
       <c r="I196">
         <v>10</v>
       </c>
       <c r="J196" t="s">
         <v>16</v>
       </c>
       <c r="K196" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>988</v>
       </c>
       <c r="B197" t="s">
         <v>989</v>
       </c>
       <c r="C197" t="s">
         <v>990</v>
       </c>
       <c r="D197">
         <v>6.9</v>
       </c>
+      <c r="E197">
+        <v>7.11</v>
+      </c>
+      <c r="F197" s="1">
+        <v>46112</v>
+      </c>
       <c r="G197" t="s">
         <v>14</v>
       </c>
       <c r="H197" t="s">
         <v>991</v>
       </c>
       <c r="I197">
         <v>10</v>
       </c>
       <c r="J197" t="s">
         <v>16</v>
       </c>
       <c r="K197" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>993</v>
       </c>
       <c r="B198" t="s">
         <v>994</v>
       </c>
       <c r="C198" t="s">
         <v>995</v>
       </c>
       <c r="D198">
         <v>5.31</v>
       </c>
+      <c r="E198">
+        <v>5.46</v>
+      </c>
+      <c r="F198" s="1">
+        <v>46112</v>
+      </c>
       <c r="G198" t="s">
         <v>14</v>
       </c>
       <c r="H198" t="s">
         <v>996</v>
       </c>
       <c r="I198">
         <v>10</v>
       </c>
       <c r="J198" t="s">
         <v>16</v>
       </c>
       <c r="K198" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>998</v>
       </c>
       <c r="B199" t="s">
         <v>999</v>
       </c>
       <c r="C199" t="s">
         <v>1000</v>
       </c>
       <c r="D199">
         <v>5.4</v>
       </c>
+      <c r="E199">
+        <v>5.55</v>
+      </c>
+      <c r="F199" s="1">
+        <v>46112</v>
+      </c>
       <c r="G199" t="s">
         <v>14</v>
       </c>
       <c r="H199" t="s">
         <v>1001</v>
       </c>
       <c r="I199">
         <v>10</v>
       </c>
       <c r="J199" t="s">
         <v>16</v>
       </c>
       <c r="K199" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>1003</v>
       </c>
       <c r="B200" t="s">
         <v>1004</v>
       </c>
       <c r="C200" t="s">
         <v>1005</v>
       </c>
       <c r="D200">
         <v>6.34</v>
       </c>
+      <c r="E200">
+        <v>6.52</v>
+      </c>
+      <c r="F200" s="1">
+        <v>46112</v>
+      </c>
       <c r="G200" t="s">
         <v>14</v>
       </c>
       <c r="H200" t="s">
         <v>1006</v>
       </c>
       <c r="I200">
         <v>10</v>
       </c>
       <c r="J200" t="s">
         <v>16</v>
       </c>
       <c r="K200" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>1008</v>
       </c>
       <c r="B201" t="s">
         <v>1009</v>
       </c>
       <c r="C201" t="s">
         <v>1010</v>
       </c>
       <c r="D201">
         <v>32.49</v>
       </c>
+      <c r="E201">
+        <v>33.46</v>
+      </c>
+      <c r="F201" s="1">
+        <v>46112</v>
+      </c>
       <c r="G201" t="s">
         <v>14</v>
       </c>
       <c r="H201" t="s">
         <v>1011</v>
       </c>
       <c r="I201">
         <v>1</v>
       </c>
       <c r="J201" t="s">
         <v>16</v>
       </c>
       <c r="K201" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>1013</v>
       </c>
       <c r="B202" t="s">
         <v>1014</v>
       </c>
       <c r="C202" t="s">
         <v>1015</v>
       </c>
       <c r="D202">
         <v>32.34</v>
       </c>
+      <c r="E202">
+        <v>33.31</v>
+      </c>
+      <c r="F202" s="1">
+        <v>46112</v>
+      </c>
       <c r="G202" t="s">
         <v>14</v>
       </c>
       <c r="H202" t="s">
         <v>1016</v>
       </c>
       <c r="I202">
         <v>1</v>
       </c>
       <c r="J202" t="s">
         <v>16</v>
       </c>
       <c r="K202" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>1018</v>
       </c>
       <c r="B203" t="s">
         <v>1019</v>
       </c>
       <c r="C203" t="s">
         <v>1020</v>
       </c>
       <c r="D203">
         <v>9.22</v>
       </c>
+      <c r="E203">
+        <v>9.49</v>
+      </c>
+      <c r="F203" s="1">
+        <v>46112</v>
+      </c>
       <c r="G203" t="s">
         <v>14</v>
       </c>
       <c r="H203" t="s">
         <v>1021</v>
       </c>
       <c r="I203">
         <v>10</v>
       </c>
       <c r="J203" t="s">
         <v>16</v>
       </c>
       <c r="K203" t="s">
         <v>1022</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>1023</v>
       </c>
       <c r="B204" t="s">
         <v>1024</v>
       </c>
       <c r="C204" t="s">
         <v>1025</v>
       </c>
       <c r="D204">
         <v>9.39</v>
       </c>
+      <c r="E204">
+        <v>9.66</v>
+      </c>
+      <c r="F204" s="1">
+        <v>46112</v>
+      </c>
       <c r="G204" t="s">
         <v>14</v>
       </c>
       <c r="H204" t="s">
         <v>1026</v>
       </c>
       <c r="I204">
         <v>10</v>
       </c>
       <c r="J204" t="s">
         <v>16</v>
       </c>
       <c r="K204" t="s">
         <v>1027</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>1028</v>
       </c>
       <c r="B205" t="s">
         <v>1029</v>
       </c>
       <c r="C205" t="s">
         <v>1030</v>
       </c>
       <c r="D205">
         <v>11.62</v>
       </c>
+      <c r="E205">
+        <v>11.95</v>
+      </c>
+      <c r="F205" s="1">
+        <v>46112</v>
+      </c>
       <c r="G205" t="s">
         <v>14</v>
       </c>
       <c r="H205" t="s">
         <v>1031</v>
       </c>
       <c r="I205">
         <v>10</v>
       </c>
       <c r="J205" t="s">
         <v>16</v>
       </c>
       <c r="K205" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>1033</v>
       </c>
       <c r="B206" t="s">
         <v>1034</v>
       </c>
       <c r="C206" t="s">
         <v>1035</v>
       </c>
       <c r="D206">
         <v>13.92</v>
       </c>
+      <c r="E206">
+        <v>14.35</v>
+      </c>
+      <c r="F206" s="1">
+        <v>46112</v>
+      </c>
       <c r="G206" t="s">
         <v>14</v>
       </c>
       <c r="H206" t="s">
         <v>1036</v>
       </c>
       <c r="I206">
         <v>10</v>
       </c>
       <c r="J206" t="s">
         <v>16</v>
       </c>
       <c r="K206" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>1038</v>
       </c>
       <c r="B207" t="s">
         <v>1039</v>
       </c>
       <c r="C207" t="s">
         <v>1040</v>
       </c>
       <c r="D207">
         <v>16.15</v>
       </c>
+      <c r="E207">
+        <v>16.65</v>
+      </c>
+      <c r="F207" s="1">
+        <v>46112</v>
+      </c>
       <c r="G207" t="s">
         <v>14</v>
       </c>
       <c r="H207" t="s">
         <v>1041</v>
       </c>
       <c r="I207">
         <v>10</v>
       </c>
       <c r="J207" t="s">
         <v>16</v>
       </c>
       <c r="K207" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>1043</v>
       </c>
       <c r="B208" t="s">
         <v>1044</v>
       </c>
       <c r="C208" t="s">
         <v>1045</v>
       </c>
       <c r="D208">
         <v>19.45</v>
       </c>
+      <c r="E208">
+        <v>20.05</v>
+      </c>
+      <c r="F208" s="1">
+        <v>46112</v>
+      </c>
       <c r="G208" t="s">
         <v>14</v>
       </c>
       <c r="H208" t="s">
         <v>1046</v>
       </c>
       <c r="I208">
         <v>10</v>
       </c>
       <c r="J208" t="s">
         <v>16</v>
       </c>
       <c r="K208" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>1048</v>
       </c>
       <c r="B209" t="s">
         <v>1049</v>
       </c>
       <c r="C209" t="s">
         <v>1050</v>
       </c>
       <c r="D209">
         <v>24.68</v>
       </c>
+      <c r="E209">
+        <v>25.41</v>
+      </c>
+      <c r="F209" s="1">
+        <v>46112</v>
+      </c>
       <c r="G209" t="s">
         <v>14</v>
       </c>
       <c r="H209" t="s">
         <v>1051</v>
       </c>
       <c r="I209">
         <v>10</v>
       </c>
       <c r="J209" t="s">
         <v>16</v>
       </c>
       <c r="K209" t="s">
         <v>1052</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>1053</v>
       </c>
       <c r="B210" t="s">
         <v>1054</v>
       </c>
       <c r="C210" t="s">
         <v>1055</v>
       </c>
       <c r="D210">
         <v>32.47</v>
       </c>
+      <c r="E210">
+        <v>33.43</v>
+      </c>
+      <c r="F210" s="1">
+        <v>46112</v>
+      </c>
       <c r="G210" t="s">
         <v>14</v>
       </c>
       <c r="H210" t="s">
         <v>1056</v>
       </c>
       <c r="I210">
         <v>10</v>
       </c>
       <c r="J210" t="s">
         <v>16</v>
       </c>
       <c r="K210" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>1058</v>
       </c>
       <c r="B211" t="s">
         <v>1059</v>
       </c>
       <c r="C211" t="s">
         <v>1060</v>
       </c>
       <c r="D211">
         <v>10.79</v>
       </c>
+      <c r="E211">
+        <v>11.12</v>
+      </c>
+      <c r="F211" s="1">
+        <v>46112</v>
+      </c>
       <c r="G211" t="s">
         <v>14</v>
       </c>
       <c r="H211" t="s">
         <v>1061</v>
       </c>
       <c r="I211">
         <v>10</v>
       </c>
       <c r="J211" t="s">
         <v>16</v>
       </c>
       <c r="K211" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>1063</v>
       </c>
       <c r="B212" t="s">
         <v>1064</v>
       </c>
       <c r="C212" t="s">
         <v>1065</v>
       </c>
       <c r="D212">
         <v>12.75</v>
       </c>
+      <c r="E212">
+        <v>13.15</v>
+      </c>
+      <c r="F212" s="1">
+        <v>46112</v>
+      </c>
       <c r="G212" t="s">
         <v>14</v>
       </c>
       <c r="H212" t="s">
         <v>1066</v>
       </c>
       <c r="I212">
         <v>10</v>
       </c>
       <c r="J212" t="s">
         <v>16</v>
       </c>
       <c r="K212" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>1068</v>
       </c>
       <c r="B213" t="s">
         <v>1069</v>
       </c>
       <c r="C213" t="s">
         <v>1070</v>
       </c>
       <c r="D213">
         <v>17.13</v>
       </c>
+      <c r="E213">
+        <v>17.66</v>
+      </c>
+      <c r="F213" s="1">
+        <v>46112</v>
+      </c>
       <c r="G213" t="s">
         <v>14</v>
       </c>
       <c r="H213" t="s">
         <v>1071</v>
       </c>
       <c r="I213">
         <v>10</v>
       </c>
       <c r="J213" t="s">
         <v>16</v>
       </c>
       <c r="K213" t="s">
         <v>1072</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>1073</v>
       </c>
       <c r="B214" t="s">
         <v>1074</v>
       </c>
       <c r="C214" t="s">
         <v>1075</v>
       </c>
       <c r="D214">
         <v>9.55</v>
       </c>
+      <c r="E214">
+        <v>9.57</v>
+      </c>
+      <c r="F214" s="1">
+        <v>46112</v>
+      </c>
       <c r="G214" t="s">
         <v>14</v>
       </c>
       <c r="H214" t="s">
         <v>1076</v>
       </c>
       <c r="I214">
         <v>10</v>
       </c>
       <c r="J214" t="s">
         <v>16</v>
       </c>
       <c r="K214" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>1078</v>
       </c>
       <c r="B215" t="s">
         <v>1079</v>
       </c>
       <c r="C215" t="s">
         <v>1080</v>
       </c>
       <c r="D215">
         <v>5.7</v>
       </c>
+      <c r="E215">
+        <v>5.7</v>
+      </c>
+      <c r="F215" s="1">
+        <v>46112</v>
+      </c>
       <c r="G215" t="s">
         <v>14</v>
       </c>
       <c r="H215" t="s">
         <v>1081</v>
       </c>
       <c r="I215">
         <v>10</v>
       </c>
       <c r="J215" t="s">
         <v>16</v>
       </c>
       <c r="K215" t="s">
         <v>1082</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>1083</v>
       </c>
       <c r="B216" t="s">
         <v>1084</v>
       </c>
       <c r="C216" t="s">
         <v>1085</v>
       </c>
       <c r="D216">
         <v>5.92</v>
       </c>
+      <c r="E216">
+        <v>5.92</v>
+      </c>
+      <c r="F216" s="1">
+        <v>46112</v>
+      </c>
       <c r="G216" t="s">
         <v>14</v>
       </c>
       <c r="H216" t="s">
         <v>1086</v>
       </c>
       <c r="I216">
         <v>10</v>
       </c>
       <c r="J216" t="s">
         <v>16</v>
       </c>
       <c r="K216" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>1088</v>
       </c>
       <c r="B217" t="s">
         <v>1089</v>
       </c>
       <c r="C217" t="s">
         <v>1090</v>
       </c>
       <c r="D217">
         <v>8.1</v>
       </c>
+      <c r="E217">
+        <v>8.1</v>
+      </c>
+      <c r="F217" s="1">
+        <v>46112</v>
+      </c>
       <c r="G217" t="s">
         <v>14</v>
       </c>
       <c r="H217" t="s">
         <v>1091</v>
       </c>
       <c r="I217">
         <v>10</v>
       </c>
       <c r="J217" t="s">
         <v>16</v>
       </c>
       <c r="K217" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>1093</v>
       </c>
       <c r="B218" t="s">
         <v>1094</v>
       </c>
       <c r="C218" t="s">
         <v>1095</v>
       </c>
       <c r="D218">
         <v>11.9</v>
       </c>
+      <c r="E218">
+        <v>11.9</v>
+      </c>
+      <c r="F218" s="1">
+        <v>46112</v>
+      </c>
       <c r="G218" t="s">
         <v>14</v>
       </c>
       <c r="H218" t="s">
         <v>1096</v>
       </c>
       <c r="I218">
         <v>10</v>
       </c>
       <c r="J218" t="s">
         <v>16</v>
       </c>
       <c r="K218" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>1098</v>
       </c>
       <c r="B219" t="s">
         <v>1099</v>
       </c>
       <c r="C219" t="s">
         <v>1100</v>
       </c>
       <c r="D219">
         <v>8.3</v>
       </c>
+      <c r="E219">
+        <v>8.3</v>
+      </c>
+      <c r="F219" s="1">
+        <v>46112</v>
+      </c>
       <c r="G219" t="s">
         <v>14</v>
       </c>
       <c r="H219" t="s">
         <v>1101</v>
       </c>
       <c r="I219">
         <v>10</v>
       </c>
       <c r="J219" t="s">
         <v>16</v>
       </c>
       <c r="K219" t="s">
         <v>1102</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>1103</v>
       </c>
       <c r="B220" t="s">
         <v>1104</v>
       </c>
       <c r="C220" t="s">
         <v>1105</v>
       </c>
       <c r="D220">
         <v>10.4</v>
       </c>
+      <c r="E220">
+        <v>10.4</v>
+      </c>
+      <c r="F220" s="1">
+        <v>46112</v>
+      </c>
       <c r="G220" t="s">
         <v>14</v>
       </c>
       <c r="H220" t="s">
         <v>1106</v>
       </c>
       <c r="I220">
         <v>10</v>
       </c>
       <c r="J220" t="s">
         <v>16</v>
       </c>
       <c r="K220" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>1108</v>
       </c>
       <c r="B221" t="s">
         <v>1109</v>
       </c>
       <c r="C221" t="s">
         <v>1110</v>
       </c>
       <c r="D221">
         <v>12.19</v>
       </c>
+      <c r="E221">
+        <v>12.55</v>
+      </c>
+      <c r="F221" s="1">
+        <v>46112</v>
+      </c>
       <c r="G221" t="s">
         <v>14</v>
       </c>
       <c r="H221" t="s">
         <v>1111</v>
       </c>
       <c r="I221">
         <v>10</v>
       </c>
       <c r="J221" t="s">
         <v>16</v>
       </c>
       <c r="K221" t="s">
         <v>1112</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>1113</v>
       </c>
       <c r="B222" t="s">
         <v>1114</v>
       </c>
       <c r="C222" t="s">
         <v>1115</v>
       </c>
       <c r="D222">
         <v>12.49</v>
       </c>
+      <c r="E222">
+        <v>12.85</v>
+      </c>
+      <c r="F222" s="1">
+        <v>46112</v>
+      </c>
       <c r="G222" t="s">
         <v>14</v>
       </c>
       <c r="H222" t="s">
         <v>1116</v>
       </c>
       <c r="I222">
         <v>10</v>
       </c>
       <c r="J222" t="s">
         <v>16</v>
       </c>
       <c r="K222" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>1118</v>
       </c>
       <c r="B223" t="s">
         <v>1119</v>
       </c>
       <c r="C223" t="s">
         <v>1120</v>
       </c>
       <c r="D223">
         <v>12.99</v>
       </c>
+      <c r="E223">
+        <v>13.39</v>
+      </c>
+      <c r="F223" s="1">
+        <v>46112</v>
+      </c>
       <c r="G223" t="s">
         <v>14</v>
       </c>
       <c r="H223" t="s">
         <v>1121</v>
       </c>
       <c r="I223">
         <v>10</v>
       </c>
       <c r="J223" t="s">
         <v>16</v>
       </c>
       <c r="K223" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>1123</v>
       </c>
       <c r="B224" t="s">
         <v>1124</v>
       </c>
       <c r="C224" t="s">
         <v>1125</v>
       </c>
       <c r="D224">
         <v>13.65</v>
       </c>
+      <c r="E224">
+        <v>14.05</v>
+      </c>
+      <c r="F224" s="1">
+        <v>46112</v>
+      </c>
       <c r="G224" t="s">
         <v>14</v>
       </c>
       <c r="H224" t="s">
         <v>1126</v>
       </c>
       <c r="I224">
         <v>10</v>
       </c>
       <c r="J224" t="s">
         <v>16</v>
       </c>
       <c r="K224" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>1128</v>
       </c>
       <c r="B225" t="s">
         <v>1129</v>
       </c>
       <c r="C225" t="s">
         <v>1130</v>
       </c>
       <c r="D225">
         <v>15.12</v>
       </c>
+      <c r="E225">
+        <v>15.58</v>
+      </c>
+      <c r="F225" s="1">
+        <v>46112</v>
+      </c>
       <c r="G225" t="s">
         <v>14</v>
       </c>
       <c r="H225" t="s">
         <v>1131</v>
       </c>
       <c r="I225">
         <v>10</v>
       </c>
       <c r="J225" t="s">
         <v>16</v>
       </c>
       <c r="K225" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
         <v>1133</v>
       </c>
       <c r="B226" t="s">
         <v>1134</v>
       </c>
       <c r="C226" t="s">
         <v>1135</v>
       </c>
       <c r="D226">
         <v>16.68</v>
       </c>
+      <c r="E226">
+        <v>17.18</v>
+      </c>
+      <c r="F226" s="1">
+        <v>46112</v>
+      </c>
       <c r="G226" t="s">
         <v>14</v>
       </c>
       <c r="H226" t="s">
         <v>1136</v>
       </c>
       <c r="I226">
         <v>10</v>
       </c>
       <c r="J226" t="s">
         <v>16</v>
       </c>
       <c r="K226" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>1138</v>
       </c>
       <c r="B227" t="s">
         <v>1139</v>
       </c>
       <c r="C227" t="s">
         <v>1140</v>
       </c>
       <c r="D227">
         <v>22.98</v>
       </c>
+      <c r="E227">
+        <v>23.68</v>
+      </c>
+      <c r="F227" s="1">
+        <v>46112</v>
+      </c>
       <c r="G227" t="s">
         <v>14</v>
       </c>
       <c r="H227" t="s">
         <v>1141</v>
       </c>
       <c r="I227">
         <v>10</v>
       </c>
       <c r="J227" t="s">
         <v>16</v>
       </c>
       <c r="K227" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>1143</v>
       </c>
       <c r="B228" t="s">
         <v>1144</v>
       </c>
       <c r="C228" t="s">
         <v>1145</v>
       </c>
       <c r="D228">
         <v>27.81</v>
       </c>
+      <c r="E228">
+        <v>28.64</v>
+      </c>
+      <c r="F228" s="1">
+        <v>46112</v>
+      </c>
       <c r="G228" t="s">
         <v>14</v>
       </c>
       <c r="H228" t="s">
         <v>1146</v>
       </c>
       <c r="I228">
         <v>10</v>
       </c>
       <c r="J228" t="s">
         <v>16</v>
       </c>
       <c r="K228" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>1148</v>
       </c>
       <c r="B229" t="s">
         <v>1149</v>
       </c>
       <c r="C229" t="s">
         <v>1150</v>
       </c>
       <c r="D229">
         <v>7.07</v>
       </c>
+      <c r="E229">
+        <v>7.28</v>
+      </c>
+      <c r="F229" s="1">
+        <v>46112</v>
+      </c>
       <c r="G229" t="s">
         <v>14</v>
       </c>
       <c r="H229" t="s">
         <v>1151</v>
       </c>
       <c r="I229">
         <v>10</v>
       </c>
       <c r="J229" t="s">
         <v>16</v>
       </c>
       <c r="K229" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
         <v>1153</v>
       </c>
       <c r="B230" t="s">
         <v>1154</v>
       </c>
       <c r="C230" t="s">
         <v>1155</v>
       </c>
       <c r="D230">
         <v>7.21</v>
       </c>
+      <c r="E230">
+        <v>7.41</v>
+      </c>
+      <c r="F230" s="1">
+        <v>46112</v>
+      </c>
       <c r="G230" t="s">
         <v>14</v>
       </c>
       <c r="H230" t="s">
         <v>1156</v>
       </c>
       <c r="I230">
         <v>10</v>
       </c>
       <c r="J230" t="s">
         <v>16</v>
       </c>
       <c r="K230" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>1158</v>
       </c>
       <c r="B231" t="s">
         <v>1159</v>
       </c>
       <c r="C231" t="s">
         <v>1160</v>
       </c>
       <c r="D231">
         <v>7.21</v>
       </c>
+      <c r="E231">
+        <v>7.41</v>
+      </c>
+      <c r="F231" s="1">
+        <v>46112</v>
+      </c>
       <c r="G231" t="s">
         <v>14</v>
       </c>
       <c r="H231" t="s">
         <v>1161</v>
       </c>
       <c r="I231">
         <v>10</v>
       </c>
       <c r="J231" t="s">
         <v>16</v>
       </c>
       <c r="K231" t="s">
         <v>1162</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
         <v>1163</v>
       </c>
       <c r="B232" t="s">
         <v>1164</v>
       </c>
       <c r="C232" t="s">
         <v>1165</v>
       </c>
       <c r="D232">
         <v>7.45</v>
       </c>
+      <c r="E232">
+        <v>7.68</v>
+      </c>
+      <c r="F232" s="1">
+        <v>46112</v>
+      </c>
       <c r="G232" t="s">
         <v>14</v>
       </c>
       <c r="H232" t="s">
         <v>1166</v>
       </c>
       <c r="I232">
         <v>10</v>
       </c>
       <c r="J232" t="s">
         <v>16</v>
       </c>
       <c r="K232" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
         <v>1168</v>
       </c>
       <c r="B233" t="s">
         <v>1169</v>
       </c>
       <c r="C233" t="s">
         <v>1170</v>
       </c>
       <c r="D233">
         <v>8.02</v>
       </c>
+      <c r="E233">
+        <v>8.26</v>
+      </c>
+      <c r="F233" s="1">
+        <v>46112</v>
+      </c>
       <c r="G233" t="s">
         <v>14</v>
       </c>
       <c r="H233" t="s">
         <v>1171</v>
       </c>
       <c r="I233">
         <v>10</v>
       </c>
       <c r="J233" t="s">
         <v>16</v>
       </c>
       <c r="K233" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>1173</v>
       </c>
       <c r="B234" t="s">
         <v>1174</v>
       </c>
       <c r="C234" t="s">
         <v>1175</v>
       </c>
       <c r="D234">
         <v>8.77</v>
       </c>
+      <c r="E234">
+        <v>9.04</v>
+      </c>
+      <c r="F234" s="1">
+        <v>46112</v>
+      </c>
       <c r="G234" t="s">
         <v>14</v>
       </c>
       <c r="H234" t="s">
         <v>1176</v>
       </c>
       <c r="I234">
         <v>10</v>
       </c>
       <c r="J234" t="s">
         <v>16</v>
       </c>
       <c r="K234" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>1178</v>
       </c>
       <c r="B235" t="s">
         <v>1179</v>
       </c>
       <c r="C235" t="s">
         <v>1180</v>
       </c>
       <c r="D235">
         <v>12.61</v>
       </c>
+      <c r="E235">
+        <v>12.99</v>
+      </c>
+      <c r="F235" s="1">
+        <v>46112</v>
+      </c>
       <c r="G235" t="s">
         <v>14</v>
       </c>
       <c r="H235" t="s">
         <v>1181</v>
       </c>
       <c r="I235">
         <v>10</v>
       </c>
       <c r="J235" t="s">
         <v>16</v>
       </c>
       <c r="K235" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
         <v>1183</v>
       </c>
       <c r="B236" t="s">
         <v>1184</v>
       </c>
       <c r="C236" t="s">
         <v>1185</v>
       </c>
       <c r="D236">
         <v>14.31</v>
       </c>
+      <c r="E236">
+        <v>14.76</v>
+      </c>
+      <c r="F236" s="1">
+        <v>46112</v>
+      </c>
       <c r="G236" t="s">
         <v>14</v>
       </c>
       <c r="H236" t="s">
         <v>1186</v>
       </c>
       <c r="I236">
         <v>10</v>
       </c>
       <c r="J236" t="s">
         <v>16</v>
       </c>
       <c r="K236" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
         <v>1188</v>
       </c>
       <c r="B237" t="s">
         <v>1189</v>
       </c>
       <c r="C237" t="s">
         <v>1190</v>
       </c>
       <c r="D237">
         <v>19.73</v>
       </c>
+      <c r="E237">
+        <v>20.33</v>
+      </c>
+      <c r="F237" s="1">
+        <v>46112</v>
+      </c>
       <c r="G237" t="s">
         <v>14</v>
       </c>
       <c r="H237" t="s">
         <v>1191</v>
       </c>
       <c r="I237">
         <v>10</v>
       </c>
       <c r="J237" t="s">
         <v>16</v>
       </c>
       <c r="K237" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
         <v>1193</v>
       </c>
       <c r="B238" t="s">
         <v>1194</v>
       </c>
       <c r="C238" t="s">
         <v>1195</v>
       </c>
       <c r="D238">
         <v>21.4</v>
       </c>
+      <c r="E238">
+        <v>22.04</v>
+      </c>
+      <c r="F238" s="1">
+        <v>46112</v>
+      </c>
       <c r="G238" t="s">
         <v>14</v>
       </c>
       <c r="H238" t="s">
         <v>1196</v>
       </c>
       <c r="I238">
         <v>10</v>
       </c>
       <c r="J238" t="s">
         <v>16</v>
       </c>
       <c r="K238" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
         <v>1198</v>
       </c>
       <c r="B239" t="s">
         <v>1199</v>
       </c>
       <c r="C239" t="s">
         <v>1200</v>
       </c>
       <c r="D239">
         <v>22.63</v>
       </c>
+      <c r="E239">
+        <v>23.32</v>
+      </c>
+      <c r="F239" s="1">
+        <v>46112</v>
+      </c>
       <c r="G239" t="s">
         <v>14</v>
       </c>
       <c r="H239" t="s">
         <v>1201</v>
       </c>
       <c r="I239">
         <v>10</v>
       </c>
       <c r="J239" t="s">
         <v>16</v>
       </c>
       <c r="K239" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
         <v>1203</v>
       </c>
       <c r="B240" t="s">
         <v>1204</v>
       </c>
       <c r="C240" t="s">
         <v>1205</v>
       </c>
       <c r="D240">
         <v>23.82</v>
       </c>
+      <c r="E240">
+        <v>24.53</v>
+      </c>
+      <c r="F240" s="1">
+        <v>46112</v>
+      </c>
       <c r="G240" t="s">
         <v>14</v>
       </c>
       <c r="H240" t="s">
         <v>1206</v>
       </c>
       <c r="I240">
         <v>10</v>
       </c>
       <c r="J240" t="s">
         <v>16</v>
       </c>
       <c r="K240" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
         <v>1208</v>
       </c>
       <c r="B241" t="s">
         <v>1209</v>
       </c>
       <c r="C241" t="s">
         <v>1210</v>
       </c>
       <c r="D241">
         <v>25.33</v>
       </c>
+      <c r="E241">
+        <v>26.11</v>
+      </c>
+      <c r="F241" s="1">
+        <v>46112</v>
+      </c>
       <c r="G241" t="s">
         <v>14</v>
       </c>
       <c r="H241" t="s">
         <v>1211</v>
       </c>
       <c r="I241">
         <v>10</v>
       </c>
       <c r="J241" t="s">
         <v>16</v>
       </c>
       <c r="K241" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
         <v>1213</v>
       </c>
       <c r="B242" t="s">
         <v>1214</v>
       </c>
       <c r="C242" t="s">
         <v>1215</v>
       </c>
       <c r="D242">
         <v>25.31</v>
       </c>
+      <c r="E242">
+        <v>26.07</v>
+      </c>
+      <c r="F242" s="1">
+        <v>46112</v>
+      </c>
       <c r="G242" t="s">
         <v>14</v>
       </c>
       <c r="H242" t="s">
         <v>1216</v>
       </c>
       <c r="I242">
         <v>10</v>
       </c>
       <c r="J242" t="s">
         <v>16</v>
       </c>
       <c r="K242" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
         <v>1218</v>
       </c>
       <c r="B243" t="s">
         <v>1219</v>
       </c>
       <c r="C243" t="s">
         <v>1220</v>
       </c>
       <c r="D243">
         <v>26.64</v>
       </c>
+      <c r="E243">
+        <v>27.45</v>
+      </c>
+      <c r="F243" s="1">
+        <v>46112</v>
+      </c>
       <c r="G243" t="s">
         <v>14</v>
       </c>
       <c r="H243" t="s">
         <v>1221</v>
       </c>
       <c r="I243">
         <v>10</v>
       </c>
       <c r="J243" t="s">
         <v>16</v>
       </c>
       <c r="K243" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
         <v>1223</v>
       </c>
       <c r="B244" t="s">
         <v>1224</v>
       </c>
       <c r="C244" t="s">
         <v>1225</v>
       </c>
       <c r="D244">
         <v>28.6</v>
       </c>
+      <c r="E244">
+        <v>29.47</v>
+      </c>
+      <c r="F244" s="1">
+        <v>46112</v>
+      </c>
       <c r="G244" t="s">
         <v>14</v>
       </c>
       <c r="H244" t="s">
         <v>1226</v>
       </c>
       <c r="I244">
         <v>10</v>
       </c>
       <c r="J244" t="s">
         <v>16</v>
       </c>
       <c r="K244" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>1228</v>
       </c>
       <c r="B245" t="s">
         <v>1229</v>
       </c>
       <c r="C245" t="s">
         <v>1230</v>
       </c>
       <c r="D245">
         <v>39.2</v>
       </c>
+      <c r="E245">
+        <v>40.39</v>
+      </c>
+      <c r="F245" s="1">
+        <v>46112</v>
+      </c>
       <c r="G245" t="s">
         <v>14</v>
       </c>
       <c r="H245" t="s">
         <v>1231</v>
       </c>
       <c r="I245">
         <v>10</v>
       </c>
       <c r="J245" t="s">
         <v>16</v>
       </c>
       <c r="K245" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>1233</v>
       </c>
       <c r="B246" t="s">
         <v>1234</v>
       </c>
       <c r="C246" t="s">
         <v>1235</v>
       </c>
       <c r="D246">
         <v>14.28</v>
       </c>
+      <c r="E246">
+        <v>14.72</v>
+      </c>
+      <c r="F246" s="1">
+        <v>46112</v>
+      </c>
       <c r="G246" t="s">
         <v>14</v>
       </c>
       <c r="H246" t="s">
         <v>1236</v>
       </c>
       <c r="I246">
         <v>10</v>
       </c>
       <c r="J246" t="s">
         <v>16</v>
       </c>
       <c r="K246" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>1238</v>
       </c>
       <c r="B247" t="s">
         <v>1239</v>
       </c>
       <c r="C247" t="s">
         <v>1240</v>
       </c>
       <c r="D247">
         <v>15.42</v>
       </c>
+      <c r="E247">
+        <v>15.9</v>
+      </c>
+      <c r="F247" s="1">
+        <v>46112</v>
+      </c>
       <c r="G247" t="s">
         <v>14</v>
       </c>
       <c r="H247" t="s">
         <v>1241</v>
       </c>
       <c r="I247">
         <v>10</v>
       </c>
       <c r="J247" t="s">
         <v>16</v>
       </c>
       <c r="K247" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
         <v>1243</v>
       </c>
       <c r="B248" t="s">
         <v>1244</v>
       </c>
       <c r="C248" t="s">
         <v>1245</v>
       </c>
       <c r="D248">
         <v>15.93</v>
       </c>
+      <c r="E248">
+        <v>16.41</v>
+      </c>
+      <c r="F248" s="1">
+        <v>46112</v>
+      </c>
       <c r="G248" t="s">
         <v>14</v>
       </c>
       <c r="H248" t="s">
         <v>1246</v>
       </c>
       <c r="I248">
         <v>10</v>
       </c>
       <c r="J248" t="s">
         <v>16</v>
       </c>
       <c r="K248" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>1248</v>
       </c>
       <c r="B249" t="s">
         <v>1249</v>
       </c>
       <c r="C249" t="s">
         <v>1250</v>
       </c>
       <c r="D249">
         <v>17.15</v>
       </c>
+      <c r="E249">
+        <v>17.66</v>
+      </c>
+      <c r="F249" s="1">
+        <v>46112</v>
+      </c>
       <c r="G249" t="s">
         <v>14</v>
       </c>
       <c r="H249" t="s">
         <v>1251</v>
       </c>
       <c r="I249">
         <v>10</v>
       </c>
       <c r="J249" t="s">
         <v>16</v>
       </c>
       <c r="K249" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
         <v>1253</v>
       </c>
       <c r="B250" t="s">
         <v>1254</v>
       </c>
       <c r="C250" t="s">
         <v>1255</v>
       </c>
       <c r="D250">
         <v>18.34</v>
       </c>
+      <c r="E250">
+        <v>18.88</v>
+      </c>
+      <c r="F250" s="1">
+        <v>46112</v>
+      </c>
       <c r="G250" t="s">
         <v>14</v>
       </c>
       <c r="H250" t="s">
         <v>1256</v>
       </c>
       <c r="I250">
         <v>10</v>
       </c>
       <c r="J250" t="s">
         <v>16</v>
       </c>
       <c r="K250" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
         <v>1258</v>
       </c>
       <c r="B251" t="s">
         <v>1259</v>
       </c>
       <c r="C251" t="s">
         <v>1260</v>
       </c>
       <c r="D251">
         <v>18.61</v>
       </c>
+      <c r="E251">
+        <v>19.15</v>
+      </c>
+      <c r="F251" s="1">
+        <v>46112</v>
+      </c>
       <c r="G251" t="s">
         <v>14</v>
       </c>
       <c r="H251" t="s">
         <v>1261</v>
       </c>
       <c r="I251">
         <v>10</v>
       </c>
       <c r="J251" t="s">
         <v>16</v>
       </c>
       <c r="K251" t="s">
         <v>1262</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
         <v>1263</v>
       </c>
       <c r="B252" t="s">
         <v>1264</v>
       </c>
       <c r="C252" t="s">
         <v>1265</v>
       </c>
       <c r="D252">
         <v>19.29</v>
       </c>
+      <c r="E252">
+        <v>19.87</v>
+      </c>
+      <c r="F252" s="1">
+        <v>46112</v>
+      </c>
       <c r="G252" t="s">
         <v>14</v>
       </c>
       <c r="H252" t="s">
         <v>1266</v>
       </c>
       <c r="I252">
         <v>10</v>
       </c>
       <c r="J252" t="s">
         <v>16</v>
       </c>
       <c r="K252" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
         <v>1268</v>
       </c>
       <c r="B253" t="s">
         <v>1269</v>
       </c>
       <c r="C253" t="s">
         <v>1270</v>
       </c>
       <c r="D253">
         <v>20.81</v>
       </c>
+      <c r="E253">
+        <v>21.42</v>
+      </c>
+      <c r="F253" s="1">
+        <v>46112</v>
+      </c>
       <c r="G253" t="s">
         <v>14</v>
       </c>
       <c r="H253" t="s">
         <v>1271</v>
       </c>
       <c r="I253">
         <v>10</v>
       </c>
       <c r="J253" t="s">
         <v>16</v>
       </c>
       <c r="K253" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>1273</v>
       </c>
       <c r="B254" t="s">
         <v>1274</v>
       </c>
       <c r="C254" t="s">
         <v>1275</v>
       </c>
       <c r="D254">
         <v>27.2</v>
       </c>
+      <c r="E254">
+        <v>28.03</v>
+      </c>
+      <c r="F254" s="1">
+        <v>46112</v>
+      </c>
       <c r="G254" t="s">
         <v>14</v>
       </c>
       <c r="H254" t="s">
         <v>1276</v>
       </c>
       <c r="I254">
         <v>10</v>
       </c>
       <c r="J254" t="s">
         <v>16</v>
       </c>
       <c r="K254" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
         <v>1278</v>
       </c>
       <c r="B255" t="s">
         <v>1279</v>
       </c>
       <c r="C255" t="s">
         <v>1280</v>
       </c>
       <c r="D255">
         <v>8.71</v>
       </c>
+      <c r="E255">
+        <v>8.71</v>
+      </c>
+      <c r="F255" s="1">
+        <v>46112</v>
+      </c>
       <c r="G255" t="s">
         <v>14</v>
       </c>
       <c r="H255" t="s">
         <v>1281</v>
       </c>
       <c r="I255">
         <v>10</v>
       </c>
       <c r="J255" t="s">
         <v>16</v>
       </c>
       <c r="K255" t="s">
         <v>1282</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
         <v>1283</v>
       </c>
       <c r="B256" t="s">
         <v>1284</v>
       </c>
       <c r="C256" t="s">
         <v>1285</v>
       </c>
       <c r="D256">
         <v>14.21</v>
       </c>
+      <c r="E256">
+        <v>14.62</v>
+      </c>
+      <c r="F256" s="1">
+        <v>46112</v>
+      </c>
       <c r="G256" t="s">
         <v>14</v>
       </c>
       <c r="H256" t="s">
         <v>1286</v>
       </c>
       <c r="I256">
         <v>10</v>
       </c>
       <c r="J256" t="s">
         <v>16</v>
       </c>
       <c r="K256" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
         <v>1288</v>
       </c>
       <c r="B257" t="s">
         <v>1289</v>
       </c>
       <c r="C257" t="s">
         <v>1290</v>
       </c>
       <c r="D257">
         <v>10.61</v>
       </c>
+      <c r="E257">
+        <v>10.61</v>
+      </c>
+      <c r="F257" s="1">
+        <v>46112</v>
+      </c>
       <c r="G257" t="s">
         <v>14</v>
       </c>
       <c r="H257" t="s">
         <v>1291</v>
       </c>
       <c r="I257">
         <v>10</v>
       </c>
       <c r="J257" t="s">
         <v>16</v>
       </c>
       <c r="K257" t="s">
         <v>1292</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
         <v>1293</v>
       </c>
       <c r="B258" t="s">
         <v>1294</v>
       </c>
       <c r="C258" t="s">
         <v>1295</v>
       </c>
       <c r="D258">
         <v>13.76</v>
       </c>
+      <c r="E258">
+        <v>14.17</v>
+      </c>
+      <c r="F258" s="1">
+        <v>46112</v>
+      </c>
       <c r="G258" t="s">
         <v>14</v>
       </c>
       <c r="H258" t="s">
         <v>1296</v>
       </c>
       <c r="I258">
         <v>10</v>
       </c>
       <c r="J258" t="s">
         <v>16</v>
       </c>
       <c r="K258" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>1298</v>
       </c>
       <c r="B259" t="s">
         <v>1299</v>
       </c>
       <c r="C259" t="s">
         <v>1300</v>
       </c>
       <c r="D259">
         <v>15.47</v>
       </c>
+      <c r="E259">
+        <v>15.95</v>
+      </c>
+      <c r="F259" s="1">
+        <v>46112</v>
+      </c>
       <c r="G259" t="s">
         <v>14</v>
       </c>
       <c r="H259" t="s">
         <v>1301</v>
       </c>
       <c r="I259">
         <v>10</v>
       </c>
       <c r="J259" t="s">
         <v>16</v>
       </c>
       <c r="K259" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>1303</v>
       </c>
       <c r="B260" t="s">
         <v>1304</v>
       </c>
       <c r="C260" t="s">
         <v>1305</v>
       </c>
       <c r="D260">
         <v>15.81</v>
       </c>
+      <c r="E260">
+        <v>16.29</v>
+      </c>
+      <c r="F260" s="1">
+        <v>46112</v>
+      </c>
       <c r="G260" t="s">
         <v>14</v>
       </c>
       <c r="H260" t="s">
         <v>1306</v>
       </c>
       <c r="I260">
         <v>10</v>
       </c>
       <c r="J260" t="s">
         <v>16</v>
       </c>
       <c r="K260" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
         <v>1308</v>
       </c>
       <c r="B261" t="s">
         <v>1309</v>
       </c>
       <c r="C261" t="s">
         <v>1310</v>
       </c>
       <c r="D261">
         <v>19.86</v>
       </c>
+      <c r="E261">
+        <v>20.47</v>
+      </c>
+      <c r="F261" s="1">
+        <v>46112</v>
+      </c>
       <c r="G261" t="s">
         <v>14</v>
       </c>
       <c r="H261" t="s">
         <v>1311</v>
       </c>
       <c r="I261">
         <v>10</v>
       </c>
       <c r="J261" t="s">
         <v>16</v>
       </c>
       <c r="K261" t="s">
         <v>1312</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
         <v>1313</v>
       </c>
       <c r="B262" t="s">
         <v>1314</v>
       </c>
       <c r="C262" t="s">
         <v>1315</v>
       </c>
       <c r="D262">
         <v>20.33</v>
       </c>
+      <c r="E262">
+        <v>20.94</v>
+      </c>
+      <c r="F262" s="1">
+        <v>46112</v>
+      </c>
       <c r="G262" t="s">
         <v>14</v>
       </c>
       <c r="H262" t="s">
         <v>1316</v>
       </c>
       <c r="I262">
         <v>10</v>
       </c>
       <c r="J262" t="s">
         <v>16</v>
       </c>
       <c r="K262" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
         <v>1318</v>
       </c>
       <c r="B263" t="s">
         <v>1319</v>
       </c>
       <c r="C263" t="s">
         <v>1320</v>
       </c>
       <c r="D263">
         <v>20.45</v>
       </c>
+      <c r="E263">
+        <v>21.05</v>
+      </c>
+      <c r="F263" s="1">
+        <v>46112</v>
+      </c>
       <c r="G263" t="s">
         <v>14</v>
       </c>
       <c r="H263" t="s">
         <v>1321</v>
       </c>
       <c r="I263">
         <v>10</v>
       </c>
       <c r="J263" t="s">
         <v>16</v>
       </c>
       <c r="K263" t="s">
         <v>1322</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
         <v>1323</v>
       </c>
       <c r="B264" t="s">
         <v>1324</v>
       </c>
       <c r="C264" t="s">
         <v>1325</v>
       </c>
       <c r="D264">
         <v>21.18</v>
       </c>
+      <c r="E264">
+        <v>21.83</v>
+      </c>
+      <c r="F264" s="1">
+        <v>46112</v>
+      </c>
       <c r="G264" t="s">
         <v>14</v>
       </c>
       <c r="H264" t="s">
         <v>1326</v>
       </c>
       <c r="I264">
         <v>10</v>
       </c>
       <c r="J264" t="s">
         <v>16</v>
       </c>
       <c r="K264" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
         <v>1328</v>
       </c>
       <c r="B265" t="s">
         <v>1329</v>
       </c>
       <c r="C265" t="s">
         <v>1330</v>
       </c>
       <c r="D265">
         <v>23.31</v>
       </c>
+      <c r="E265">
+        <v>24.01</v>
+      </c>
+      <c r="F265" s="1">
+        <v>46112</v>
+      </c>
       <c r="G265" t="s">
         <v>14</v>
       </c>
       <c r="H265" t="s">
         <v>1331</v>
       </c>
       <c r="I265">
         <v>10</v>
       </c>
       <c r="J265" t="s">
         <v>16</v>
       </c>
       <c r="K265" t="s">
         <v>1332</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
         <v>1333</v>
       </c>
       <c r="B266" t="s">
         <v>1334</v>
       </c>
       <c r="C266" t="s">
         <v>1335</v>
       </c>
       <c r="D266">
         <v>23.74</v>
       </c>
+      <c r="E266">
+        <v>24.44</v>
+      </c>
+      <c r="F266" s="1">
+        <v>46112</v>
+      </c>
       <c r="G266" t="s">
         <v>14</v>
       </c>
       <c r="H266" t="s">
         <v>1336</v>
       </c>
       <c r="I266">
         <v>10</v>
       </c>
       <c r="J266" t="s">
         <v>16</v>
       </c>
       <c r="K266" t="s">
         <v>1337</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
         <v>1338</v>
       </c>
       <c r="B267" t="s">
         <v>1339</v>
       </c>
       <c r="C267" t="s">
         <v>1340</v>
       </c>
       <c r="D267">
         <v>25.64</v>
       </c>
+      <c r="E267">
+        <v>26.42</v>
+      </c>
+      <c r="F267" s="1">
+        <v>46112</v>
+      </c>
       <c r="G267" t="s">
         <v>14</v>
       </c>
       <c r="H267" t="s">
         <v>1341</v>
       </c>
       <c r="I267">
         <v>10</v>
       </c>
       <c r="J267" t="s">
         <v>16</v>
       </c>
       <c r="K267" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
         <v>1343</v>
       </c>
       <c r="B268" t="s">
         <v>1344</v>
       </c>
       <c r="C268" t="s">
         <v>1345</v>
       </c>
       <c r="D268">
         <v>31.65</v>
       </c>
+      <c r="E268">
+        <v>32.59</v>
+      </c>
+      <c r="F268" s="1">
+        <v>46112</v>
+      </c>
       <c r="G268" t="s">
         <v>14</v>
       </c>
       <c r="H268" t="s">
         <v>1346</v>
       </c>
       <c r="I268">
         <v>10</v>
       </c>
       <c r="J268" t="s">
         <v>16</v>
       </c>
       <c r="K268" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
         <v>1348</v>
       </c>
       <c r="B269" t="s">
         <v>1349</v>
       </c>
       <c r="C269" t="s">
         <v>1350</v>
       </c>
       <c r="D269">
         <v>15.98</v>
       </c>
+      <c r="E269">
+        <v>16.46</v>
+      </c>
+      <c r="F269" s="1">
+        <v>46112</v>
+      </c>
       <c r="G269" t="s">
         <v>14</v>
       </c>
       <c r="H269" t="s">
         <v>1351</v>
       </c>
       <c r="I269">
         <v>10</v>
       </c>
       <c r="J269" t="s">
         <v>16</v>
       </c>
       <c r="K269" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
         <v>1353</v>
       </c>
       <c r="B270" t="s">
         <v>1354</v>
       </c>
       <c r="C270" t="s">
         <v>1355</v>
       </c>
       <c r="D270">
         <v>9.42</v>
       </c>
+      <c r="E270">
+        <v>9.7</v>
+      </c>
+      <c r="F270" s="1">
+        <v>46112</v>
+      </c>
       <c r="G270" t="s">
         <v>14</v>
       </c>
       <c r="H270" t="s">
         <v>1356</v>
       </c>
       <c r="I270">
         <v>10</v>
       </c>
       <c r="J270" t="s">
         <v>16</v>
       </c>
       <c r="K270" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
         <v>1358</v>
       </c>
       <c r="B271" t="s">
         <v>1359</v>
       </c>
       <c r="C271" t="s">
         <v>1360</v>
       </c>
       <c r="D271">
         <v>9.45</v>
       </c>
+      <c r="E271">
+        <v>9.72</v>
+      </c>
+      <c r="F271" s="1">
+        <v>46112</v>
+      </c>
       <c r="G271" t="s">
         <v>14</v>
       </c>
       <c r="H271" t="s">
         <v>1361</v>
       </c>
       <c r="I271">
         <v>10</v>
       </c>
       <c r="J271" t="s">
         <v>16</v>
       </c>
       <c r="K271" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
         <v>1363</v>
       </c>
       <c r="B272" t="s">
         <v>1364</v>
       </c>
       <c r="C272" t="s">
         <v>1365</v>
       </c>
       <c r="D272">
         <v>8.09</v>
       </c>
+      <c r="E272">
+        <v>8.33</v>
+      </c>
+      <c r="F272" s="1">
+        <v>46112</v>
+      </c>
       <c r="G272" t="s">
         <v>14</v>
       </c>
       <c r="H272" t="s">
         <v>1366</v>
       </c>
       <c r="I272">
         <v>10</v>
       </c>
       <c r="J272" t="s">
         <v>16</v>
       </c>
       <c r="K272" t="s">
         <v>1367</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
         <v>1368</v>
       </c>
       <c r="B273" t="s">
         <v>1369</v>
       </c>
       <c r="C273" t="s">
         <v>1370</v>
       </c>
       <c r="D273">
         <v>7.31</v>
       </c>
+      <c r="E273">
+        <v>7.51</v>
+      </c>
+      <c r="F273" s="1">
+        <v>46112</v>
+      </c>
       <c r="G273" t="s">
         <v>14</v>
       </c>
       <c r="H273" t="s">
         <v>1371</v>
       </c>
       <c r="I273">
         <v>10</v>
       </c>
       <c r="J273" t="s">
         <v>16</v>
       </c>
       <c r="K273" t="s">
         <v>1372</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>1373</v>
       </c>
       <c r="B274" t="s">
         <v>1374</v>
       </c>
       <c r="C274" t="s">
         <v>1375</v>
       </c>
       <c r="D274">
         <v>6.46</v>
       </c>
+      <c r="E274">
+        <v>6.66</v>
+      </c>
+      <c r="F274" s="1">
+        <v>46112</v>
+      </c>
       <c r="G274" t="s">
         <v>14</v>
       </c>
       <c r="H274" t="s">
         <v>1376</v>
       </c>
       <c r="I274">
         <v>10</v>
       </c>
       <c r="J274" t="s">
         <v>16</v>
       </c>
       <c r="K274" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
         <v>1378</v>
       </c>
       <c r="B275" t="s">
         <v>1379</v>
       </c>
       <c r="C275" t="s">
         <v>1380</v>
       </c>
       <c r="D275">
         <v>6.46</v>
       </c>
+      <c r="E275">
+        <v>6.66</v>
+      </c>
+      <c r="F275" s="1">
+        <v>46112</v>
+      </c>
       <c r="G275" t="s">
         <v>14</v>
       </c>
       <c r="H275" t="s">
         <v>1381</v>
       </c>
       <c r="I275">
         <v>10</v>
       </c>
       <c r="J275" t="s">
         <v>16</v>
       </c>
       <c r="K275" t="s">
         <v>1382</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
         <v>1383</v>
       </c>
       <c r="B276" t="s">
         <v>1384</v>
       </c>
       <c r="C276" t="s">
         <v>1385</v>
       </c>
       <c r="D276">
         <v>6.56</v>
       </c>
+      <c r="E276">
+        <v>6.77</v>
+      </c>
+      <c r="F276" s="1">
+        <v>46112</v>
+      </c>
       <c r="G276" t="s">
         <v>14</v>
       </c>
       <c r="H276" t="s">
         <v>1386</v>
       </c>
       <c r="I276">
         <v>10</v>
       </c>
       <c r="J276" t="s">
         <v>16</v>
       </c>
       <c r="K276" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
         <v>1388</v>
       </c>
       <c r="B277" t="s">
         <v>1389</v>
       </c>
       <c r="C277" t="s">
         <v>1390</v>
       </c>
       <c r="D277">
         <v>6.73</v>
       </c>
+      <c r="E277">
+        <v>6.94</v>
+      </c>
+      <c r="F277" s="1">
+        <v>46112</v>
+      </c>
       <c r="G277" t="s">
         <v>14</v>
       </c>
       <c r="H277" t="s">
         <v>1391</v>
       </c>
       <c r="I277">
         <v>10</v>
       </c>
       <c r="J277" t="s">
         <v>16</v>
       </c>
       <c r="K277" t="s">
         <v>1392</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
         <v>1393</v>
       </c>
       <c r="B278" t="s">
         <v>1394</v>
       </c>
       <c r="C278" t="s">
         <v>1395</v>
       </c>
       <c r="D278">
         <v>7.41</v>
       </c>
+      <c r="E278">
+        <v>7.65</v>
+      </c>
+      <c r="F278" s="1">
+        <v>46112</v>
+      </c>
       <c r="G278" t="s">
         <v>14</v>
       </c>
       <c r="H278" t="s">
         <v>1396</v>
       </c>
       <c r="I278">
         <v>10</v>
       </c>
       <c r="J278" t="s">
         <v>16</v>
       </c>
       <c r="K278" t="s">
         <v>1397</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
         <v>1398</v>
       </c>
       <c r="B279" t="s">
         <v>1399</v>
       </c>
       <c r="C279" t="s">
         <v>1400</v>
       </c>
       <c r="D279">
         <v>7.07</v>
       </c>
+      <c r="E279">
+        <v>7.28</v>
+      </c>
+      <c r="F279" s="1">
+        <v>46112</v>
+      </c>
       <c r="G279" t="s">
         <v>14</v>
       </c>
       <c r="H279" t="s">
         <v>1401</v>
       </c>
       <c r="I279">
         <v>10</v>
       </c>
       <c r="J279" t="s">
         <v>16</v>
       </c>
       <c r="K279" t="s">
         <v>1402</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
         <v>1403</v>
       </c>
       <c r="B280" t="s">
         <v>1404</v>
       </c>
       <c r="C280" t="s">
         <v>1405</v>
       </c>
       <c r="D280">
         <v>7.78</v>
       </c>
+      <c r="E280">
+        <v>8</v>
+      </c>
+      <c r="F280" s="1">
+        <v>46112</v>
+      </c>
       <c r="G280" t="s">
         <v>14</v>
       </c>
       <c r="H280" t="s">
         <v>1406</v>
       </c>
       <c r="I280">
         <v>10</v>
       </c>
       <c r="J280" t="s">
         <v>16</v>
       </c>
       <c r="K280" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
         <v>1408</v>
       </c>
       <c r="B281" t="s">
         <v>1409</v>
       </c>
       <c r="C281" t="s">
         <v>1410</v>
       </c>
       <c r="D281">
         <v>7.68</v>
       </c>
+      <c r="E281">
+        <v>7.91</v>
+      </c>
+      <c r="F281" s="1">
+        <v>46112</v>
+      </c>
       <c r="G281" t="s">
         <v>14</v>
       </c>
       <c r="H281" t="s">
         <v>1411</v>
       </c>
       <c r="I281">
         <v>10</v>
       </c>
       <c r="J281" t="s">
         <v>16</v>
       </c>
       <c r="K281" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
         <v>1413</v>
       </c>
       <c r="B282" t="s">
         <v>1414</v>
       </c>
       <c r="C282" t="s">
         <v>1415</v>
       </c>
       <c r="D282">
         <v>9.41</v>
       </c>
+      <c r="E282">
+        <v>9.7</v>
+      </c>
+      <c r="F282" s="1">
+        <v>46112</v>
+      </c>
       <c r="G282" t="s">
         <v>14</v>
       </c>
       <c r="H282" t="s">
         <v>1416</v>
       </c>
       <c r="I282">
         <v>10</v>
       </c>
       <c r="J282" t="s">
         <v>16</v>
       </c>
       <c r="K282" t="s">
         <v>1417</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
         <v>1418</v>
       </c>
       <c r="B283" t="s">
         <v>1419</v>
       </c>
       <c r="C283" t="s">
         <v>1420</v>
       </c>
       <c r="D283">
         <v>10.24</v>
       </c>
+      <c r="E283">
+        <v>10.53</v>
+      </c>
+      <c r="F283" s="1">
+        <v>46112</v>
+      </c>
       <c r="G283" t="s">
         <v>14</v>
       </c>
       <c r="H283" t="s">
         <v>1421</v>
       </c>
       <c r="I283">
         <v>10</v>
       </c>
       <c r="J283" t="s">
         <v>16</v>
       </c>
       <c r="K283" t="s">
         <v>1422</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
         <v>1423</v>
       </c>
       <c r="B284" t="s">
         <v>1424</v>
       </c>
       <c r="C284" t="s">
         <v>1425</v>
       </c>
       <c r="D284">
         <v>10.54</v>
       </c>
+      <c r="E284">
+        <v>10.85</v>
+      </c>
+      <c r="F284" s="1">
+        <v>46112</v>
+      </c>
       <c r="G284" t="s">
         <v>14</v>
       </c>
       <c r="H284" t="s">
         <v>1426</v>
       </c>
       <c r="I284">
         <v>10</v>
       </c>
       <c r="J284" t="s">
         <v>16</v>
       </c>
       <c r="K284" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
         <v>1428</v>
       </c>
       <c r="B285" t="s">
         <v>1429</v>
       </c>
       <c r="C285" t="s">
         <v>1430</v>
       </c>
       <c r="D285">
         <v>9.11</v>
       </c>
+      <c r="E285">
+        <v>9.38</v>
+      </c>
+      <c r="F285" s="1">
+        <v>46112</v>
+      </c>
       <c r="G285" t="s">
         <v>14</v>
       </c>
       <c r="H285" t="s">
         <v>1431</v>
       </c>
       <c r="I285">
         <v>10</v>
       </c>
       <c r="J285" t="s">
         <v>16</v>
       </c>
       <c r="K285" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
         <v>1433</v>
       </c>
       <c r="B286" t="s">
         <v>1434</v>
       </c>
       <c r="C286" t="s">
         <v>1435</v>
       </c>
       <c r="D286">
         <v>6.73</v>
       </c>
+      <c r="E286">
+        <v>6.94</v>
+      </c>
+      <c r="F286" s="1">
+        <v>46112</v>
+      </c>
       <c r="G286" t="s">
         <v>14</v>
       </c>
       <c r="H286" t="s">
         <v>1436</v>
       </c>
       <c r="I286">
         <v>10</v>
       </c>
       <c r="J286" t="s">
         <v>16</v>
       </c>
       <c r="K286" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
         <v>1438</v>
       </c>
       <c r="B287" t="s">
         <v>1439</v>
       </c>
       <c r="C287" t="s">
         <v>1440</v>
       </c>
       <c r="D287">
         <v>7.41</v>
       </c>
+      <c r="E287">
+        <v>7.65</v>
+      </c>
+      <c r="F287" s="1">
+        <v>46112</v>
+      </c>
       <c r="G287" t="s">
         <v>14</v>
       </c>
       <c r="H287" t="s">
         <v>1441</v>
       </c>
       <c r="I287">
         <v>10</v>
       </c>
       <c r="J287" t="s">
         <v>16</v>
       </c>
       <c r="K287" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
         <v>1443</v>
       </c>
       <c r="B288" t="s">
         <v>1444</v>
       </c>
       <c r="C288" t="s">
         <v>1445</v>
       </c>
       <c r="D288">
         <v>8.8</v>
       </c>
+      <c r="E288">
+        <v>9.07</v>
+      </c>
+      <c r="F288" s="1">
+        <v>46112</v>
+      </c>
       <c r="G288" t="s">
         <v>14</v>
       </c>
       <c r="H288" t="s">
         <v>1446</v>
       </c>
       <c r="I288">
         <v>10</v>
       </c>
       <c r="J288" t="s">
         <v>16</v>
       </c>
       <c r="K288" t="s">
         <v>1447</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>1448</v>
       </c>
       <c r="B289" t="s">
         <v>1449</v>
       </c>
       <c r="C289" t="s">
         <v>1450</v>
       </c>
       <c r="D289">
         <v>9.34</v>
       </c>
+      <c r="E289">
+        <v>9.61</v>
+      </c>
+      <c r="F289" s="1">
+        <v>46112</v>
+      </c>
       <c r="G289" t="s">
         <v>14</v>
       </c>
       <c r="H289" t="s">
         <v>1451</v>
       </c>
       <c r="I289">
         <v>10</v>
       </c>
       <c r="J289" t="s">
         <v>16</v>
       </c>
       <c r="K289" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>1453</v>
       </c>
       <c r="B290" t="s">
         <v>1454</v>
       </c>
       <c r="C290" t="s">
         <v>1455</v>
       </c>
       <c r="D290">
         <v>10.18</v>
       </c>
+      <c r="E290">
+        <v>10.48</v>
+      </c>
+      <c r="F290" s="1">
+        <v>46112</v>
+      </c>
       <c r="G290" t="s">
         <v>14</v>
       </c>
       <c r="H290" t="s">
         <v>1456</v>
       </c>
       <c r="I290">
         <v>10</v>
       </c>
       <c r="J290" t="s">
         <v>16</v>
       </c>
       <c r="K290" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
         <v>1458</v>
       </c>
       <c r="B291" t="s">
         <v>1459</v>
       </c>
       <c r="C291" t="s">
         <v>1460</v>
       </c>
       <c r="D291">
         <v>10.17</v>
       </c>
+      <c r="E291">
+        <v>10.47</v>
+      </c>
+      <c r="F291" s="1">
+        <v>46112</v>
+      </c>
       <c r="G291" t="s">
         <v>14</v>
       </c>
       <c r="H291" t="s">
         <v>1461</v>
       </c>
       <c r="I291">
         <v>10</v>
       </c>
       <c r="J291" t="s">
         <v>16</v>
       </c>
       <c r="K291" t="s">
         <v>1462</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>1463</v>
       </c>
       <c r="B292" t="s">
         <v>1464</v>
       </c>
       <c r="C292" t="s">
         <v>1465</v>
       </c>
       <c r="D292">
         <v>10.17</v>
       </c>
+      <c r="E292">
+        <v>10.47</v>
+      </c>
+      <c r="F292" s="1">
+        <v>46112</v>
+      </c>
       <c r="G292" t="s">
         <v>14</v>
       </c>
       <c r="H292" t="s">
         <v>1466</v>
       </c>
       <c r="I292">
         <v>10</v>
       </c>
       <c r="J292" t="s">
         <v>16</v>
       </c>
       <c r="K292" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
         <v>1468</v>
       </c>
       <c r="B293" t="s">
         <v>1469</v>
       </c>
       <c r="C293" t="s">
         <v>1470</v>
       </c>
       <c r="D293">
         <v>10.17</v>
       </c>
+      <c r="E293">
+        <v>10.47</v>
+      </c>
+      <c r="F293" s="1">
+        <v>46112</v>
+      </c>
       <c r="G293" t="s">
         <v>14</v>
       </c>
       <c r="H293" t="s">
         <v>1471</v>
       </c>
       <c r="I293">
         <v>10</v>
       </c>
       <c r="J293" t="s">
         <v>16</v>
       </c>
       <c r="K293" t="s">
         <v>1472</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
         <v>1473</v>
       </c>
       <c r="B294" t="s">
         <v>1474</v>
       </c>
       <c r="C294" t="s">
         <v>1475</v>
       </c>
       <c r="D294">
         <v>10.17</v>
       </c>
+      <c r="E294">
+        <v>10.47</v>
+      </c>
+      <c r="F294" s="1">
+        <v>46112</v>
+      </c>
       <c r="G294" t="s">
         <v>14</v>
       </c>
       <c r="H294" t="s">
         <v>1476</v>
       </c>
       <c r="I294">
         <v>10</v>
       </c>
       <c r="J294" t="s">
         <v>16</v>
       </c>
       <c r="K294" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
         <v>1478</v>
       </c>
       <c r="B295" t="s">
         <v>1479</v>
       </c>
       <c r="C295" t="s">
         <v>1480</v>
       </c>
       <c r="D295">
         <v>10.17</v>
       </c>
+      <c r="E295">
+        <v>10.47</v>
+      </c>
+      <c r="F295" s="1">
+        <v>46112</v>
+      </c>
       <c r="G295" t="s">
         <v>14</v>
       </c>
       <c r="H295" t="s">
         <v>1481</v>
       </c>
       <c r="I295">
         <v>10</v>
       </c>
       <c r="J295" t="s">
         <v>16</v>
       </c>
       <c r="K295" t="s">
         <v>1482</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
         <v>1483</v>
       </c>
       <c r="B296" t="s">
         <v>1484</v>
       </c>
       <c r="C296" t="s">
         <v>1485</v>
       </c>
       <c r="D296">
         <v>10.17</v>
       </c>
+      <c r="E296">
+        <v>10.47</v>
+      </c>
+      <c r="F296" s="1">
+        <v>46112</v>
+      </c>
       <c r="G296" t="s">
         <v>14</v>
       </c>
       <c r="H296" t="s">
         <v>1486</v>
       </c>
       <c r="I296">
         <v>10</v>
       </c>
       <c r="J296" t="s">
         <v>16</v>
       </c>
       <c r="K296" t="s">
         <v>1487</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
         <v>1488</v>
       </c>
       <c r="B297" t="s">
         <v>1489</v>
       </c>
       <c r="C297" t="s">
         <v>1490</v>
       </c>
       <c r="D297">
         <v>9.3</v>
       </c>
+      <c r="E297">
+        <v>9.57</v>
+      </c>
+      <c r="F297" s="1">
+        <v>46112</v>
+      </c>
       <c r="G297" t="s">
         <v>14</v>
       </c>
       <c r="H297" t="s">
         <v>1491</v>
       </c>
       <c r="I297">
         <v>10</v>
       </c>
       <c r="J297" t="s">
         <v>16</v>
       </c>
       <c r="K297" t="s">
         <v>1492</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
         <v>1493</v>
       </c>
       <c r="B298" t="s">
         <v>1494</v>
       </c>
       <c r="C298" t="s">
         <v>1495</v>
       </c>
       <c r="D298">
         <v>9.3</v>
       </c>
+      <c r="E298">
+        <v>9.57</v>
+      </c>
+      <c r="F298" s="1">
+        <v>46112</v>
+      </c>
       <c r="G298" t="s">
         <v>14</v>
       </c>
       <c r="H298" t="s">
         <v>1496</v>
       </c>
       <c r="I298">
         <v>10</v>
       </c>
       <c r="J298" t="s">
         <v>16</v>
       </c>
       <c r="K298" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
         <v>1498</v>
       </c>
       <c r="B299" t="s">
         <v>1499</v>
       </c>
       <c r="C299" t="s">
         <v>1500</v>
       </c>
       <c r="D299">
         <v>7.94</v>
       </c>
+      <c r="E299">
+        <v>8.16</v>
+      </c>
+      <c r="F299" s="1">
+        <v>46112</v>
+      </c>
       <c r="G299" t="s">
         <v>14</v>
       </c>
       <c r="H299" t="s">
         <v>1501</v>
       </c>
       <c r="I299">
         <v>10</v>
       </c>
       <c r="J299" t="s">
         <v>16</v>
       </c>
       <c r="K299" t="s">
         <v>1502</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
         <v>1503</v>
       </c>
       <c r="B300" t="s">
         <v>1504</v>
       </c>
       <c r="C300" t="s">
         <v>1505</v>
       </c>
       <c r="D300">
         <v>8.09</v>
       </c>
+      <c r="E300">
+        <v>8.33</v>
+      </c>
+      <c r="F300" s="1">
+        <v>46112</v>
+      </c>
       <c r="G300" t="s">
         <v>14</v>
       </c>
       <c r="H300" t="s">
         <v>1506</v>
       </c>
       <c r="I300">
         <v>10</v>
       </c>
       <c r="J300" t="s">
         <v>16</v>
       </c>
       <c r="K300" t="s">
         <v>1507</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
         <v>1508</v>
       </c>
       <c r="B301" t="s">
         <v>1509</v>
       </c>
       <c r="C301" t="s">
         <v>1510</v>
       </c>
       <c r="D301">
         <v>7.07</v>
       </c>
+      <c r="E301">
+        <v>7.28</v>
+      </c>
+      <c r="F301" s="1">
+        <v>46112</v>
+      </c>
       <c r="G301" t="s">
         <v>14</v>
       </c>
       <c r="H301" t="s">
         <v>1511</v>
       </c>
       <c r="I301">
         <v>10</v>
       </c>
       <c r="J301" t="s">
         <v>16</v>
       </c>
       <c r="K301" t="s">
         <v>1512</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
         <v>1513</v>
       </c>
       <c r="B302" t="s">
         <v>1514</v>
       </c>
       <c r="C302" t="s">
         <v>1515</v>
       </c>
       <c r="D302">
         <v>6.73</v>
       </c>
+      <c r="E302">
+        <v>6.94</v>
+      </c>
+      <c r="F302" s="1">
+        <v>46112</v>
+      </c>
       <c r="G302" t="s">
         <v>14</v>
       </c>
       <c r="H302" t="s">
         <v>1516</v>
       </c>
       <c r="I302">
         <v>10</v>
       </c>
       <c r="J302" t="s">
         <v>16</v>
       </c>
       <c r="K302" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
         <v>1518</v>
       </c>
       <c r="B303" t="s">
         <v>1519</v>
       </c>
       <c r="C303" t="s">
         <v>1520</v>
       </c>
       <c r="D303">
         <v>6.12</v>
       </c>
+      <c r="E303">
+        <v>6.29</v>
+      </c>
+      <c r="F303" s="1">
+        <v>46112</v>
+      </c>
       <c r="G303" t="s">
         <v>14</v>
       </c>
       <c r="H303" t="s">
         <v>1521</v>
       </c>
       <c r="I303">
         <v>10</v>
       </c>
       <c r="J303" t="s">
         <v>16</v>
       </c>
       <c r="K303" t="s">
         <v>1522</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
         <v>1523</v>
       </c>
       <c r="B304" t="s">
         <v>1524</v>
       </c>
       <c r="C304" t="s">
         <v>1525</v>
       </c>
       <c r="D304">
         <v>6.12</v>
       </c>
+      <c r="E304">
+        <v>6.29</v>
+      </c>
+      <c r="F304" s="1">
+        <v>46112</v>
+      </c>
       <c r="G304" t="s">
         <v>14</v>
       </c>
       <c r="H304" t="s">
         <v>1526</v>
       </c>
       <c r="I304">
         <v>10</v>
       </c>
       <c r="J304" t="s">
         <v>16</v>
       </c>
       <c r="K304" t="s">
         <v>1527</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
         <v>1528</v>
       </c>
       <c r="B305" t="s">
         <v>1529</v>
       </c>
       <c r="C305" t="s">
         <v>1530</v>
       </c>
       <c r="D305">
         <v>5.95</v>
       </c>
+      <c r="E305">
+        <v>6.12</v>
+      </c>
+      <c r="F305" s="1">
+        <v>46112</v>
+      </c>
       <c r="G305" t="s">
         <v>14</v>
       </c>
       <c r="H305" t="s">
         <v>1531</v>
       </c>
       <c r="I305">
         <v>10</v>
       </c>
       <c r="J305" t="s">
         <v>16</v>
       </c>
       <c r="K305" t="s">
         <v>1532</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
         <v>1533</v>
       </c>
       <c r="B306" t="s">
         <v>1534</v>
       </c>
       <c r="C306" t="s">
         <v>1535</v>
       </c>
       <c r="D306">
         <v>10.17</v>
       </c>
+      <c r="E306">
+        <v>10.47</v>
+      </c>
+      <c r="F306" s="1">
+        <v>46112</v>
+      </c>
       <c r="G306" t="s">
         <v>14</v>
       </c>
       <c r="H306" t="s">
         <v>1536</v>
       </c>
       <c r="I306">
         <v>10</v>
       </c>
       <c r="J306" t="s">
         <v>16</v>
       </c>
       <c r="K306" t="s">
         <v>1537</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
         <v>1538</v>
       </c>
       <c r="B307" t="s">
         <v>1539</v>
       </c>
       <c r="C307" t="s">
         <v>1540</v>
       </c>
       <c r="D307">
         <v>9.08</v>
       </c>
+      <c r="E307">
+        <v>9.35</v>
+      </c>
+      <c r="F307" s="1">
+        <v>46112</v>
+      </c>
       <c r="G307" t="s">
         <v>14</v>
       </c>
       <c r="H307" t="s">
         <v>1541</v>
       </c>
       <c r="I307">
         <v>10</v>
       </c>
       <c r="J307" t="s">
         <v>16</v>
       </c>
       <c r="K307" t="s">
         <v>1542</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
         <v>1543</v>
       </c>
       <c r="B308" t="s">
         <v>1544</v>
       </c>
       <c r="C308" t="s">
         <v>1545</v>
       </c>
       <c r="D308">
         <v>8.43</v>
       </c>
+      <c r="E308">
+        <v>8.67</v>
+      </c>
+      <c r="F308" s="1">
+        <v>46112</v>
+      </c>
       <c r="G308" t="s">
         <v>14</v>
       </c>
       <c r="H308" t="s">
         <v>1546</v>
       </c>
       <c r="I308">
         <v>10</v>
       </c>
       <c r="J308" t="s">
         <v>16</v>
       </c>
       <c r="K308" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
         <v>1548</v>
       </c>
       <c r="B309" t="s">
         <v>1549</v>
       </c>
       <c r="C309" t="s">
         <v>1550</v>
       </c>
       <c r="D309">
         <v>7.38</v>
       </c>
+      <c r="E309">
+        <v>7.6</v>
+      </c>
+      <c r="F309" s="1">
+        <v>46112</v>
+      </c>
       <c r="G309" t="s">
         <v>14</v>
       </c>
       <c r="H309" t="s">
         <v>1551</v>
       </c>
       <c r="I309">
         <v>10</v>
       </c>
       <c r="J309" t="s">
         <v>16</v>
       </c>
       <c r="K309" t="s">
         <v>1552</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
         <v>1553</v>
       </c>
       <c r="B310" t="s">
         <v>1554</v>
       </c>
       <c r="C310" t="s">
         <v>1555</v>
       </c>
       <c r="D310">
         <v>13.36</v>
       </c>
+      <c r="E310">
+        <v>13.76</v>
+      </c>
+      <c r="F310" s="1">
+        <v>46112</v>
+      </c>
       <c r="G310" t="s">
         <v>14</v>
       </c>
       <c r="H310" t="s">
         <v>1556</v>
       </c>
       <c r="I310">
         <v>10</v>
       </c>
       <c r="J310" t="s">
         <v>16</v>
       </c>
       <c r="K310" t="s">
         <v>1557</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
         <v>1558</v>
       </c>
       <c r="B311" t="s">
         <v>1559</v>
       </c>
       <c r="C311" t="s">
         <v>1560</v>
       </c>
       <c r="D311">
         <v>12.93</v>
       </c>
+      <c r="E311">
+        <v>13.32</v>
+      </c>
+      <c r="F311" s="1">
+        <v>46112</v>
+      </c>
       <c r="G311" t="s">
         <v>14</v>
       </c>
       <c r="H311" t="s">
         <v>1561</v>
       </c>
       <c r="I311">
         <v>10</v>
       </c>
       <c r="J311" t="s">
         <v>16</v>
       </c>
       <c r="K311" t="s">
         <v>1562</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
         <v>1563</v>
       </c>
       <c r="B312" t="s">
         <v>1564</v>
       </c>
       <c r="C312" t="s">
         <v>1565</v>
       </c>
       <c r="D312">
         <v>13.44</v>
       </c>
+      <c r="E312">
+        <v>13.86</v>
+      </c>
+      <c r="F312" s="1">
+        <v>46112</v>
+      </c>
       <c r="G312" t="s">
         <v>14</v>
       </c>
       <c r="H312" t="s">
         <v>1566</v>
       </c>
       <c r="I312">
         <v>10</v>
       </c>
       <c r="J312" t="s">
         <v>16</v>
       </c>
       <c r="K312" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
         <v>1568</v>
       </c>
       <c r="B313" t="s">
         <v>1569</v>
       </c>
       <c r="C313" t="s">
         <v>1570</v>
       </c>
       <c r="D313">
         <v>13.02</v>
       </c>
+      <c r="E313">
+        <v>13.42</v>
+      </c>
+      <c r="F313" s="1">
+        <v>46112</v>
+      </c>
       <c r="G313" t="s">
         <v>14</v>
       </c>
       <c r="H313" t="s">
         <v>1571</v>
       </c>
       <c r="I313">
         <v>10</v>
       </c>
       <c r="J313" t="s">
         <v>16</v>
       </c>
       <c r="K313" t="s">
         <v>1572</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
         <v>1573</v>
       </c>
       <c r="B314" t="s">
         <v>1574</v>
       </c>
       <c r="C314" t="s">
         <v>1575</v>
       </c>
       <c r="D314">
         <v>12.64</v>
       </c>
+      <c r="E314">
+        <v>13.02</v>
+      </c>
+      <c r="F314" s="1">
+        <v>46112</v>
+      </c>
       <c r="G314" t="s">
         <v>14</v>
       </c>
       <c r="H314" t="s">
         <v>1576</v>
       </c>
       <c r="I314">
         <v>10</v>
       </c>
       <c r="J314" t="s">
         <v>16</v>
       </c>
       <c r="K314" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
         <v>1578</v>
       </c>
       <c r="B315" t="s">
         <v>1579</v>
       </c>
       <c r="C315" t="s">
         <v>1580</v>
       </c>
       <c r="D315">
         <v>11.85</v>
       </c>
+      <c r="E315">
+        <v>12.21</v>
+      </c>
+      <c r="F315" s="1">
+        <v>46112</v>
+      </c>
       <c r="G315" t="s">
         <v>14</v>
       </c>
       <c r="H315" t="s">
         <v>1581</v>
       </c>
       <c r="I315">
         <v>10</v>
       </c>
       <c r="J315" t="s">
         <v>16</v>
       </c>
       <c r="K315" t="s">
         <v>1582</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
         <v>1583</v>
       </c>
       <c r="B316" t="s">
         <v>1584</v>
       </c>
       <c r="C316" t="s">
         <v>1585</v>
       </c>
       <c r="D316">
         <v>12.69</v>
       </c>
+      <c r="E316">
+        <v>13.08</v>
+      </c>
+      <c r="F316" s="1">
+        <v>46112</v>
+      </c>
       <c r="G316" t="s">
         <v>14</v>
       </c>
       <c r="H316" t="s">
         <v>1586</v>
       </c>
       <c r="I316">
         <v>10</v>
       </c>
       <c r="J316" t="s">
         <v>16</v>
       </c>
       <c r="K316" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
         <v>1588</v>
       </c>
       <c r="B317" t="s">
         <v>1589</v>
       </c>
       <c r="C317" t="s">
         <v>1590</v>
       </c>
       <c r="D317">
         <v>13.96</v>
       </c>
+      <c r="E317">
+        <v>14.39</v>
+      </c>
+      <c r="F317" s="1">
+        <v>46112</v>
+      </c>
       <c r="G317" t="s">
         <v>14</v>
       </c>
       <c r="H317" t="s">
         <v>1591</v>
       </c>
       <c r="I317">
         <v>10</v>
       </c>
       <c r="J317" t="s">
         <v>16</v>
       </c>
       <c r="K317" t="s">
         <v>1592</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
         <v>1593</v>
       </c>
       <c r="B318" t="s">
         <v>1594</v>
       </c>
       <c r="C318" t="s">
         <v>1595</v>
       </c>
       <c r="D318">
         <v>13.73</v>
       </c>
+      <c r="E318">
+        <v>14.16</v>
+      </c>
+      <c r="F318" s="1">
+        <v>46112</v>
+      </c>
       <c r="G318" t="s">
         <v>14</v>
       </c>
       <c r="H318" t="s">
         <v>1596</v>
       </c>
       <c r="I318">
         <v>10</v>
       </c>
       <c r="J318" t="s">
         <v>16</v>
       </c>
       <c r="K318" t="s">
         <v>1597</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
         <v>1598</v>
       </c>
       <c r="B319" t="s">
         <v>1599</v>
       </c>
       <c r="C319" t="s">
         <v>1600</v>
       </c>
       <c r="D319">
         <v>13.73</v>
       </c>
+      <c r="E319">
+        <v>14.16</v>
+      </c>
+      <c r="F319" s="1">
+        <v>46112</v>
+      </c>
       <c r="G319" t="s">
         <v>14</v>
       </c>
       <c r="H319" t="s">
         <v>1601</v>
       </c>
       <c r="I319">
         <v>10</v>
       </c>
       <c r="J319" t="s">
         <v>16</v>
       </c>
       <c r="K319" t="s">
         <v>1602</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
         <v>1603</v>
       </c>
       <c r="B320" t="s">
         <v>1604</v>
       </c>
       <c r="C320" t="s">
         <v>1605</v>
       </c>
       <c r="D320">
         <v>13.76</v>
       </c>
+      <c r="E320">
+        <v>14.17</v>
+      </c>
+      <c r="F320" s="1">
+        <v>46112</v>
+      </c>
       <c r="G320" t="s">
         <v>14</v>
       </c>
       <c r="H320" t="s">
         <v>1606</v>
       </c>
       <c r="I320">
         <v>10</v>
       </c>
       <c r="J320" t="s">
         <v>16</v>
       </c>
       <c r="K320" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
         <v>1608</v>
       </c>
       <c r="B321" t="s">
         <v>1609</v>
       </c>
       <c r="C321" t="s">
         <v>1610</v>
       </c>
       <c r="D321">
         <v>13.76</v>
       </c>
+      <c r="E321">
+        <v>14.17</v>
+      </c>
+      <c r="F321" s="1">
+        <v>46112</v>
+      </c>
       <c r="G321" t="s">
         <v>14</v>
       </c>
       <c r="H321" t="s">
         <v>1611</v>
       </c>
       <c r="I321">
         <v>10</v>
       </c>
       <c r="J321" t="s">
         <v>16</v>
       </c>
       <c r="K321" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
         <v>1613</v>
       </c>
       <c r="B322" t="s">
         <v>1614</v>
       </c>
       <c r="C322" t="s">
         <v>1615</v>
       </c>
       <c r="D322">
         <v>67.8</v>
       </c>
+      <c r="E322">
+        <v>69.85</v>
+      </c>
+      <c r="F322" s="1">
+        <v>46112</v>
+      </c>
       <c r="G322" t="s">
         <v>14</v>
       </c>
       <c r="H322" t="s">
         <v>1616</v>
       </c>
       <c r="I322">
         <v>1</v>
       </c>
       <c r="J322" t="s">
         <v>16</v>
       </c>
       <c r="K322" t="s">
         <v>1617</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
         <v>1618</v>
       </c>
       <c r="B323" t="s">
         <v>1619</v>
       </c>
       <c r="C323" t="s">
         <v>1620</v>
       </c>
       <c r="D323">
         <v>67.1</v>
       </c>
+      <c r="E323">
+        <v>69.12</v>
+      </c>
+      <c r="F323" s="1">
+        <v>46112</v>
+      </c>
       <c r="G323" t="s">
         <v>14</v>
       </c>
       <c r="H323" t="s">
         <v>1621</v>
       </c>
       <c r="I323">
         <v>1</v>
       </c>
       <c r="J323" t="s">
         <v>16</v>
       </c>
       <c r="K323" t="s">
         <v>1622</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
         <v>1623</v>
       </c>
       <c r="B324" t="s">
         <v>1624</v>
       </c>
       <c r="C324" t="s">
         <v>1625</v>
       </c>
       <c r="D324">
         <v>87.96</v>
       </c>
+      <c r="E324">
+        <v>90.62</v>
+      </c>
+      <c r="F324" s="1">
+        <v>46112</v>
+      </c>
       <c r="G324" t="s">
         <v>14</v>
       </c>
       <c r="H324" t="s">
         <v>1626</v>
       </c>
       <c r="I324">
         <v>1</v>
       </c>
       <c r="J324" t="s">
         <v>16</v>
       </c>
       <c r="K324" t="s">
         <v>1627</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
         <v>1628</v>
       </c>
       <c r="B325" t="s">
         <v>1629</v>
       </c>
       <c r="C325" t="s">
         <v>1630</v>
       </c>
       <c r="D325">
         <v>65.28</v>
       </c>
+      <c r="E325">
+        <v>67.23</v>
+      </c>
+      <c r="F325" s="1">
+        <v>46112</v>
+      </c>
       <c r="G325" t="s">
         <v>14</v>
       </c>
       <c r="H325" t="s">
         <v>1631</v>
       </c>
       <c r="I325">
         <v>1</v>
       </c>
       <c r="J325" t="s">
         <v>16</v>
       </c>
       <c r="K325" t="s">
         <v>1632</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
         <v>1633</v>
       </c>
       <c r="B326" t="s">
         <v>1634</v>
       </c>
       <c r="C326" t="s">
         <v>1635</v>
       </c>
       <c r="D326">
         <v>115.05</v>
       </c>
+      <c r="E326">
+        <v>118.51</v>
+      </c>
+      <c r="F326" s="1">
+        <v>46112</v>
+      </c>
       <c r="G326" t="s">
         <v>14</v>
       </c>
       <c r="H326" t="s">
         <v>1636</v>
       </c>
       <c r="I326">
         <v>1</v>
       </c>
       <c r="J326" t="s">
         <v>16</v>
       </c>
       <c r="K326" t="s">
         <v>1637</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
         <v>1638</v>
       </c>
       <c r="B327" t="s">
         <v>1639</v>
       </c>
       <c r="C327" t="s">
         <v>1640</v>
       </c>
       <c r="D327">
         <v>54.43</v>
       </c>
+      <c r="E327">
+        <v>56.07</v>
+      </c>
+      <c r="F327" s="1">
+        <v>46112</v>
+      </c>
       <c r="G327" t="s">
         <v>14</v>
       </c>
       <c r="H327" t="s">
         <v>1641</v>
       </c>
       <c r="I327">
         <v>1</v>
       </c>
       <c r="J327" t="s">
         <v>16</v>
       </c>
       <c r="K327" t="s">
         <v>1642</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
         <v>1643</v>
       </c>
       <c r="B328" t="s">
         <v>1644</v>
       </c>
       <c r="C328" t="s">
         <v>1645</v>
       </c>
       <c r="D328">
         <v>10.3</v>
       </c>
+      <c r="E328">
+        <v>10.61</v>
+      </c>
+      <c r="F328" s="1">
+        <v>46112</v>
+      </c>
       <c r="G328" t="s">
         <v>14</v>
       </c>
       <c r="H328" t="s">
         <v>1646</v>
       </c>
       <c r="I328">
         <v>1</v>
       </c>
       <c r="J328" t="s">
         <v>16</v>
       </c>
       <c r="K328" t="s">
         <v>1647</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
         <v>1648</v>
       </c>
       <c r="B329" t="s">
         <v>1649</v>
       </c>
       <c r="C329" t="s">
         <v>1650</v>
       </c>
       <c r="D329">
         <v>9.45</v>
       </c>
+      <c r="E329">
+        <v>9.72</v>
+      </c>
+      <c r="F329" s="1">
+        <v>46112</v>
+      </c>
       <c r="G329" t="s">
         <v>14</v>
       </c>
       <c r="H329" t="s">
         <v>1651</v>
       </c>
       <c r="I329">
         <v>10</v>
       </c>
       <c r="J329" t="s">
         <v>16</v>
       </c>
       <c r="K329" t="s">
         <v>1652</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
         <v>1653</v>
       </c>
       <c r="B330" t="s">
         <v>1654</v>
       </c>
       <c r="C330" t="s">
         <v>1655</v>
       </c>
       <c r="D330">
         <v>9.46</v>
       </c>
+      <c r="E330">
+        <v>9.76</v>
+      </c>
+      <c r="F330" s="1">
+        <v>46112</v>
+      </c>
       <c r="G330" t="s">
         <v>14</v>
       </c>
       <c r="H330" t="s">
         <v>1656</v>
       </c>
       <c r="I330">
         <v>10</v>
       </c>
       <c r="J330" t="s">
         <v>16</v>
       </c>
       <c r="K330" t="s">
         <v>1657</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
         <v>1658</v>
       </c>
       <c r="B331" t="s">
         <v>1659</v>
       </c>
       <c r="C331" t="s">
         <v>1660</v>
       </c>
       <c r="D331">
         <v>9.46</v>
       </c>
+      <c r="E331">
+        <v>9.76</v>
+      </c>
+      <c r="F331" s="1">
+        <v>46112</v>
+      </c>
       <c r="G331" t="s">
         <v>14</v>
       </c>
       <c r="H331" t="s">
         <v>1661</v>
       </c>
       <c r="I331">
         <v>10</v>
       </c>
       <c r="J331" t="s">
         <v>16</v>
       </c>
       <c r="K331" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
         <v>1663</v>
       </c>
       <c r="B332" t="s">
         <v>1664</v>
       </c>
       <c r="C332" t="s">
         <v>1665</v>
       </c>
       <c r="D332">
         <v>9.56</v>
       </c>
+      <c r="E332">
+        <v>9.86</v>
+      </c>
+      <c r="F332" s="1">
+        <v>46112</v>
+      </c>
       <c r="G332" t="s">
         <v>14</v>
       </c>
       <c r="H332" t="s">
         <v>1666</v>
       </c>
       <c r="I332">
         <v>10</v>
       </c>
       <c r="J332" t="s">
         <v>16</v>
       </c>
       <c r="K332" t="s">
         <v>1667</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
         <v>1668</v>
       </c>
       <c r="B333" t="s">
         <v>1669</v>
       </c>
       <c r="C333" t="s">
         <v>1670</v>
       </c>
       <c r="D333">
         <v>12.17</v>
       </c>
+      <c r="E333">
+        <v>12.55</v>
+      </c>
+      <c r="F333" s="1">
+        <v>46112</v>
+      </c>
       <c r="G333" t="s">
         <v>14</v>
       </c>
       <c r="H333" t="s">
         <v>1671</v>
       </c>
       <c r="I333">
         <v>10</v>
       </c>
       <c r="J333" t="s">
         <v>16</v>
       </c>
       <c r="K333" t="s">
         <v>1672</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
         <v>1673</v>
       </c>
       <c r="B334" t="s">
         <v>1674</v>
       </c>
       <c r="C334" t="s">
         <v>1675</v>
       </c>
       <c r="D334">
         <v>9.76</v>
       </c>
+      <c r="E334">
+        <v>10.06</v>
+      </c>
+      <c r="F334" s="1">
+        <v>46112</v>
+      </c>
       <c r="G334" t="s">
         <v>14</v>
       </c>
       <c r="H334" t="s">
         <v>1676</v>
       </c>
       <c r="I334">
         <v>10</v>
       </c>
       <c r="J334" t="s">
         <v>16</v>
       </c>
       <c r="K334" t="s">
         <v>1677</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
         <v>1678</v>
       </c>
       <c r="B335" t="s">
         <v>1679</v>
       </c>
       <c r="C335" t="s">
         <v>1680</v>
       </c>
       <c r="D335">
         <v>12.09</v>
       </c>
+      <c r="E335">
+        <v>12.46</v>
+      </c>
+      <c r="F335" s="1">
+        <v>46112</v>
+      </c>
       <c r="G335" t="s">
         <v>14</v>
       </c>
       <c r="H335" t="s">
         <v>1681</v>
       </c>
       <c r="I335">
         <v>10</v>
       </c>
       <c r="J335" t="s">
         <v>16</v>
       </c>
       <c r="K335" t="s">
         <v>1682</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
         <v>1683</v>
       </c>
       <c r="B336" t="s">
         <v>1684</v>
       </c>
       <c r="C336" t="s">
         <v>1685</v>
       </c>
       <c r="D336">
         <v>12.09</v>
       </c>
+      <c r="E336">
+        <v>12.46</v>
+      </c>
+      <c r="F336" s="1">
+        <v>46112</v>
+      </c>
       <c r="G336" t="s">
         <v>14</v>
       </c>
       <c r="H336" t="s">
         <v>1686</v>
       </c>
       <c r="I336">
         <v>10</v>
       </c>
       <c r="J336" t="s">
         <v>16</v>
       </c>
       <c r="K336" t="s">
         <v>1687</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
         <v>1688</v>
       </c>
       <c r="B337" t="s">
         <v>1689</v>
       </c>
       <c r="C337" t="s">
         <v>1690</v>
       </c>
       <c r="D337">
         <v>12.09</v>
       </c>
+      <c r="E337">
+        <v>12.46</v>
+      </c>
+      <c r="F337" s="1">
+        <v>46112</v>
+      </c>
       <c r="G337" t="s">
         <v>14</v>
       </c>
       <c r="H337" t="s">
         <v>1691</v>
       </c>
       <c r="I337">
         <v>10</v>
       </c>
       <c r="J337" t="s">
         <v>16</v>
       </c>
       <c r="K337" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
         <v>1693</v>
       </c>
       <c r="B338" t="s">
         <v>1694</v>
       </c>
       <c r="C338" t="s">
         <v>1695</v>
       </c>
       <c r="D338">
         <v>12.09</v>
       </c>
+      <c r="E338">
+        <v>12.46</v>
+      </c>
+      <c r="F338" s="1">
+        <v>46112</v>
+      </c>
       <c r="G338" t="s">
         <v>14</v>
       </c>
       <c r="H338" t="s">
         <v>1696</v>
       </c>
       <c r="I338">
         <v>10</v>
       </c>
       <c r="J338" t="s">
         <v>16</v>
       </c>
       <c r="K338" t="s">
         <v>1697</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
         <v>1698</v>
       </c>
       <c r="B339" t="s">
         <v>1699</v>
       </c>
       <c r="C339" t="s">
         <v>1700</v>
       </c>
       <c r="D339">
         <v>12.09</v>
       </c>
+      <c r="E339">
+        <v>12.46</v>
+      </c>
+      <c r="F339" s="1">
+        <v>46112</v>
+      </c>
       <c r="G339" t="s">
         <v>14</v>
       </c>
       <c r="H339" t="s">
         <v>1701</v>
       </c>
       <c r="I339">
         <v>10</v>
       </c>
       <c r="J339" t="s">
         <v>16</v>
       </c>
       <c r="K339" t="s">
         <v>1702</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
         <v>1703</v>
       </c>
       <c r="B340" t="s">
         <v>1704</v>
       </c>
       <c r="C340" t="s">
         <v>1705</v>
       </c>
       <c r="D340">
         <v>12.09</v>
       </c>
+      <c r="E340">
+        <v>12.46</v>
+      </c>
+      <c r="F340" s="1">
+        <v>46112</v>
+      </c>
       <c r="G340" t="s">
         <v>14</v>
       </c>
       <c r="H340" t="s">
         <v>1706</v>
       </c>
       <c r="I340">
         <v>10</v>
       </c>
       <c r="J340" t="s">
         <v>16</v>
       </c>
       <c r="K340" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
         <v>1708</v>
       </c>
       <c r="B341" t="s">
         <v>1709</v>
       </c>
       <c r="C341" t="s">
         <v>1710</v>
       </c>
       <c r="D341">
         <v>12.46</v>
       </c>
+      <c r="E341">
+        <v>12.83</v>
+      </c>
+      <c r="F341" s="1">
+        <v>46112</v>
+      </c>
       <c r="G341" t="s">
         <v>14</v>
       </c>
       <c r="H341" t="s">
         <v>1711</v>
       </c>
       <c r="I341">
         <v>10</v>
       </c>
       <c r="J341" t="s">
         <v>16</v>
       </c>
       <c r="K341" t="s">
         <v>1712</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
         <v>1713</v>
       </c>
       <c r="B342" t="s">
         <v>1714</v>
       </c>
       <c r="C342" t="s">
         <v>1715</v>
       </c>
       <c r="D342">
         <v>87.12</v>
       </c>
+      <c r="E342">
+        <v>89.75</v>
+      </c>
+      <c r="F342" s="1">
+        <v>46112</v>
+      </c>
       <c r="G342" t="s">
         <v>14</v>
       </c>
       <c r="H342" t="s">
         <v>1716</v>
       </c>
       <c r="I342">
         <v>1</v>
       </c>
       <c r="J342" t="s">
         <v>16</v>
       </c>
       <c r="K342" t="s">
         <v>1717</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
         <v>1718</v>
       </c>
       <c r="B343" t="s">
         <v>1719</v>
       </c>
       <c r="C343" t="s">
         <v>1720</v>
       </c>
       <c r="D343">
         <v>109.03</v>
       </c>
+      <c r="E343">
+        <v>112.29</v>
+      </c>
+      <c r="F343" s="1">
+        <v>46112</v>
+      </c>
       <c r="G343" t="s">
         <v>14</v>
       </c>
       <c r="H343" t="s">
         <v>1721</v>
       </c>
       <c r="I343">
         <v>1</v>
       </c>
       <c r="J343" t="s">
         <v>16</v>
       </c>
       <c r="K343" t="s">
         <v>1722</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
         <v>1723</v>
       </c>
       <c r="B344" t="s">
         <v>1724</v>
       </c>
       <c r="C344" t="s">
         <v>1725</v>
       </c>
       <c r="D344">
         <v>73.92</v>
       </c>
+      <c r="E344">
+        <v>76.14</v>
+      </c>
+      <c r="F344" s="1">
+        <v>46112</v>
+      </c>
       <c r="G344" t="s">
         <v>14</v>
       </c>
       <c r="H344" t="s">
         <v>1726</v>
       </c>
       <c r="I344">
         <v>1</v>
       </c>
       <c r="J344" t="s">
         <v>16</v>
       </c>
       <c r="K344" t="s">
         <v>1727</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
         <v>1728</v>
       </c>
       <c r="B345" t="s">
         <v>1729</v>
       </c>
       <c r="C345" t="s">
         <v>1730</v>
       </c>
       <c r="D345">
         <v>7.56</v>
       </c>
+      <c r="E345">
+        <v>7.79</v>
+      </c>
+      <c r="F345" s="1">
+        <v>46112</v>
+      </c>
       <c r="G345" t="s">
         <v>14</v>
       </c>
       <c r="H345" t="s">
         <v>1731</v>
       </c>
       <c r="I345">
         <v>10</v>
       </c>
       <c r="J345" t="s">
         <v>16</v>
       </c>
       <c r="K345" t="s">
         <v>1732</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
         <v>1733</v>
       </c>
       <c r="B346" t="s">
         <v>1734</v>
       </c>
       <c r="C346" t="s">
         <v>1735</v>
       </c>
       <c r="D346">
         <v>4.77</v>
       </c>
+      <c r="E346">
+        <v>4.91</v>
+      </c>
+      <c r="F346" s="1">
+        <v>46112</v>
+      </c>
       <c r="G346" t="s">
         <v>14</v>
       </c>
       <c r="H346" t="s">
         <v>1736</v>
       </c>
       <c r="I346">
         <v>10</v>
       </c>
       <c r="J346" t="s">
         <v>16</v>
       </c>
       <c r="K346" t="s">
         <v>1737</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
         <v>1738</v>
       </c>
       <c r="B347" t="s">
         <v>1739</v>
       </c>
       <c r="C347" t="s">
         <v>1740</v>
       </c>
       <c r="D347">
         <v>5.54</v>
       </c>
+      <c r="E347">
+        <v>5.71</v>
+      </c>
+      <c r="F347" s="1">
+        <v>46112</v>
+      </c>
       <c r="G347" t="s">
         <v>14</v>
       </c>
       <c r="H347" t="s">
         <v>1741</v>
       </c>
       <c r="I347">
         <v>10</v>
       </c>
       <c r="J347" t="s">
         <v>16</v>
       </c>
       <c r="K347" t="s">
         <v>1742</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
         <v>1743</v>
       </c>
       <c r="B348" t="s">
         <v>1744</v>
       </c>
       <c r="C348" t="s">
         <v>1745</v>
       </c>
       <c r="D348">
         <v>6.65</v>
       </c>
+      <c r="E348">
+        <v>6.85</v>
+      </c>
+      <c r="F348" s="1">
+        <v>46112</v>
+      </c>
       <c r="G348" t="s">
         <v>14</v>
       </c>
       <c r="H348" t="s">
         <v>1746</v>
       </c>
       <c r="I348">
         <v>10</v>
       </c>
       <c r="J348" t="s">
         <v>16</v>
       </c>
       <c r="K348" t="s">
         <v>1747</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
         <v>1748</v>
       </c>
       <c r="B349" t="s">
         <v>1749</v>
       </c>
       <c r="C349" t="s">
         <v>1750</v>
       </c>
       <c r="D349">
         <v>8.53</v>
       </c>
+      <c r="E349">
+        <v>8.8</v>
+      </c>
+      <c r="F349" s="1">
+        <v>46112</v>
+      </c>
       <c r="G349" t="s">
         <v>14</v>
       </c>
       <c r="H349" t="s">
         <v>1751</v>
       </c>
       <c r="I349">
         <v>10</v>
       </c>
       <c r="J349" t="s">
         <v>16</v>
       </c>
       <c r="K349" t="s">
         <v>1752</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
         <v>1753</v>
       </c>
       <c r="B350" t="s">
         <v>1754</v>
       </c>
       <c r="C350" t="s">
         <v>1755</v>
       </c>
       <c r="D350">
         <v>9.3</v>
       </c>
+      <c r="E350">
+        <v>9.58</v>
+      </c>
+      <c r="F350" s="1">
+        <v>46112</v>
+      </c>
       <c r="G350" t="s">
         <v>14</v>
       </c>
       <c r="H350" t="s">
         <v>1756</v>
       </c>
       <c r="I350">
         <v>10</v>
       </c>
       <c r="J350" t="s">
         <v>16</v>
       </c>
       <c r="K350" t="s">
         <v>1757</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
         <v>1758</v>
       </c>
       <c r="B351" t="s">
         <v>1759</v>
       </c>
       <c r="C351" t="s">
         <v>1760</v>
       </c>
       <c r="D351">
         <v>12</v>
       </c>
+      <c r="E351">
+        <v>12.37</v>
+      </c>
+      <c r="F351" s="1">
+        <v>46112</v>
+      </c>
       <c r="G351" t="s">
         <v>14</v>
       </c>
       <c r="H351" t="s">
         <v>1761</v>
       </c>
       <c r="I351">
         <v>10</v>
       </c>
       <c r="J351" t="s">
         <v>16</v>
       </c>
       <c r="K351" t="s">
         <v>1762</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
         <v>1763</v>
       </c>
       <c r="B352" t="s">
         <v>1764</v>
       </c>
       <c r="C352" t="s">
         <v>1765</v>
       </c>
       <c r="D352">
         <v>25.02</v>
       </c>
+      <c r="E352">
+        <v>25.77</v>
+      </c>
+      <c r="F352" s="1">
+        <v>46112</v>
+      </c>
       <c r="G352" t="s">
         <v>14</v>
       </c>
       <c r="H352" t="s">
         <v>1766</v>
       </c>
       <c r="I352">
         <v>5</v>
       </c>
       <c r="J352" t="s">
         <v>16</v>
       </c>
       <c r="K352" t="s">
         <v>1767</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
         <v>1768</v>
       </c>
       <c r="B353" t="s">
         <v>1769</v>
       </c>
       <c r="C353" t="s">
         <v>1770</v>
       </c>
       <c r="D353">
         <v>28.1</v>
       </c>
+      <c r="E353">
+        <v>28.93</v>
+      </c>
+      <c r="F353" s="1">
+        <v>46112</v>
+      </c>
       <c r="G353" t="s">
         <v>14</v>
       </c>
       <c r="H353" t="s">
         <v>1771</v>
       </c>
       <c r="I353">
         <v>5</v>
       </c>
       <c r="J353" t="s">
         <v>16</v>
       </c>
       <c r="K353" t="s">
         <v>1772</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
         <v>1773</v>
       </c>
       <c r="B354" t="s">
         <v>1774</v>
       </c>
       <c r="C354" t="s">
         <v>1775</v>
       </c>
       <c r="D354">
         <v>31.95</v>
       </c>
+      <c r="E354">
+        <v>32.9</v>
+      </c>
+      <c r="F354" s="1">
+        <v>46112</v>
+      </c>
       <c r="G354" t="s">
         <v>14</v>
       </c>
       <c r="H354" t="s">
         <v>1776</v>
       </c>
       <c r="I354">
         <v>5</v>
       </c>
       <c r="J354" t="s">
         <v>16</v>
       </c>
       <c r="K354" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
         <v>1778</v>
       </c>
       <c r="B355" t="s">
         <v>1779</v>
       </c>
       <c r="C355" t="s">
         <v>1780</v>
       </c>
       <c r="D355">
         <v>39.52</v>
       </c>
+      <c r="E355">
+        <v>40.7</v>
+      </c>
+      <c r="F355" s="1">
+        <v>46112</v>
+      </c>
       <c r="G355" t="s">
         <v>14</v>
       </c>
       <c r="H355" t="s">
         <v>1781</v>
       </c>
       <c r="I355">
         <v>5</v>
       </c>
       <c r="J355" t="s">
         <v>16</v>
       </c>
       <c r="K355" t="s">
         <v>1782</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s">
         <v>1783</v>
       </c>
       <c r="B356" t="s">
         <v>1784</v>
       </c>
       <c r="C356" t="s">
         <v>1785</v>
       </c>
       <c r="D356">
         <v>1.66</v>
       </c>
+      <c r="E356">
+        <v>1.73</v>
+      </c>
+      <c r="F356" s="1">
+        <v>46112</v>
+      </c>
       <c r="G356" t="s">
         <v>14</v>
       </c>
       <c r="H356" t="s">
         <v>1786</v>
       </c>
       <c r="I356">
         <v>100</v>
       </c>
       <c r="J356" t="s">
         <v>16</v>
       </c>
       <c r="K356" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s">
         <v>1788</v>
       </c>
       <c r="B357" t="s">
         <v>1789</v>
       </c>
       <c r="C357" t="s">
         <v>1790</v>
       </c>
       <c r="D357">
         <v>0.5</v>
       </c>
+      <c r="E357">
+        <v>0.5</v>
+      </c>
+      <c r="F357" s="1">
+        <v>46112</v>
+      </c>
       <c r="G357" t="s">
         <v>14</v>
       </c>
       <c r="H357" t="s">
         <v>1791</v>
       </c>
       <c r="I357">
         <v>100</v>
       </c>
       <c r="J357" t="s">
         <v>16</v>
       </c>
       <c r="K357" t="s">
         <v>1792</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s">
         <v>1793</v>
       </c>
       <c r="B358" t="s">
         <v>1794</v>
       </c>
       <c r="C358" t="s">
         <v>1795</v>
       </c>
       <c r="D358">
         <v>0.5</v>
       </c>
+      <c r="E358">
+        <v>0.5</v>
+      </c>
+      <c r="F358" s="1">
+        <v>46112</v>
+      </c>
       <c r="G358" t="s">
         <v>14</v>
       </c>
       <c r="H358" t="s">
         <v>1796</v>
       </c>
       <c r="I358">
         <v>100</v>
       </c>
       <c r="J358" t="s">
         <v>16</v>
       </c>
       <c r="K358" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s">
         <v>1798</v>
       </c>
       <c r="B359" t="s">
         <v>1799</v>
       </c>
       <c r="C359" t="s">
         <v>1800</v>
       </c>
       <c r="D359">
         <v>0.5</v>
       </c>
+      <c r="E359">
+        <v>0.5</v>
+      </c>
+      <c r="F359" s="1">
+        <v>46112</v>
+      </c>
       <c r="G359" t="s">
         <v>14</v>
       </c>
       <c r="H359" t="s">
         <v>1801</v>
       </c>
       <c r="I359">
         <v>100</v>
       </c>
       <c r="J359" t="s">
         <v>16</v>
       </c>
       <c r="K359" t="s">
         <v>1802</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s">
         <v>1803</v>
       </c>
       <c r="B360" t="s">
         <v>1804</v>
       </c>
       <c r="C360" t="s">
         <v>1805</v>
       </c>
       <c r="D360">
         <v>3.54</v>
       </c>
+      <c r="E360">
+        <v>3.64</v>
+      </c>
+      <c r="F360" s="1">
+        <v>46112</v>
+      </c>
       <c r="G360" t="s">
         <v>14</v>
       </c>
       <c r="H360" t="s">
         <v>1806</v>
       </c>
       <c r="I360">
         <v>50</v>
       </c>
       <c r="J360" t="s">
         <v>16</v>
       </c>
       <c r="K360" t="s">
         <v>1807</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s">
         <v>1808</v>
       </c>
       <c r="B361" t="s">
         <v>1809</v>
       </c>
       <c r="C361" t="s">
         <v>1810</v>
       </c>
       <c r="D361">
         <v>2.47</v>
       </c>
+      <c r="E361">
+        <v>2.54</v>
+      </c>
+      <c r="F361" s="1">
+        <v>46112</v>
+      </c>
       <c r="G361" t="s">
         <v>14</v>
       </c>
       <c r="H361" t="s">
         <v>1811</v>
       </c>
       <c r="I361">
         <v>50</v>
       </c>
       <c r="J361" t="s">
         <v>16</v>
       </c>
       <c r="K361" t="s">
         <v>1812</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s">
         <v>1813</v>
       </c>
       <c r="B362" t="s">
         <v>1814</v>
       </c>
       <c r="C362" t="s">
         <v>1815</v>
       </c>
       <c r="D362">
         <v>2.75</v>
       </c>
+      <c r="E362">
+        <v>2.82</v>
+      </c>
+      <c r="F362" s="1">
+        <v>46112</v>
+      </c>
       <c r="G362" t="s">
         <v>14</v>
       </c>
       <c r="H362" t="s">
         <v>1816</v>
       </c>
       <c r="I362">
         <v>50</v>
       </c>
       <c r="J362" t="s">
         <v>16</v>
       </c>
       <c r="K362" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s">
         <v>1818</v>
       </c>
       <c r="B363" t="s">
         <v>1819</v>
       </c>
       <c r="C363" t="s">
         <v>1820</v>
       </c>
       <c r="D363">
         <v>1.88</v>
       </c>
+      <c r="E363">
+        <v>1.95</v>
+      </c>
+      <c r="F363" s="1">
+        <v>46112</v>
+      </c>
       <c r="G363" t="s">
         <v>14</v>
       </c>
       <c r="H363" t="s">
         <v>1821</v>
       </c>
       <c r="I363">
         <v>50</v>
       </c>
       <c r="J363" t="s">
         <v>16</v>
       </c>
       <c r="K363" t="s">
         <v>1822</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s">
         <v>1823</v>
       </c>
       <c r="B364" t="s">
         <v>1824</v>
       </c>
       <c r="C364" t="s">
         <v>1825</v>
       </c>
       <c r="D364">
         <v>1.81</v>
       </c>
+      <c r="E364">
+        <v>1.88</v>
+      </c>
+      <c r="F364" s="1">
+        <v>46112</v>
+      </c>
       <c r="G364" t="s">
         <v>14</v>
       </c>
       <c r="H364" t="s">
         <v>1826</v>
       </c>
       <c r="I364">
         <v>100</v>
       </c>
       <c r="J364" t="s">
         <v>16</v>
       </c>
       <c r="K364" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s">
         <v>1828</v>
       </c>
       <c r="B365" t="s">
         <v>1829</v>
       </c>
       <c r="C365" t="s">
         <v>1830</v>
       </c>
       <c r="D365">
         <v>1.81</v>
       </c>
+      <c r="E365">
+        <v>1.88</v>
+      </c>
+      <c r="F365" s="1">
+        <v>46112</v>
+      </c>
       <c r="G365" t="s">
         <v>14</v>
       </c>
       <c r="H365" t="s">
         <v>1831</v>
       </c>
       <c r="I365">
         <v>100</v>
       </c>
       <c r="J365" t="s">
         <v>16</v>
       </c>
       <c r="K365" t="s">
         <v>1832</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s">
         <v>1833</v>
       </c>
       <c r="B366" t="s">
         <v>1834</v>
       </c>
       <c r="C366" t="s">
         <v>1835</v>
       </c>
       <c r="D366">
         <v>1.81</v>
       </c>
+      <c r="E366">
+        <v>1.88</v>
+      </c>
+      <c r="F366" s="1">
+        <v>46112</v>
+      </c>
       <c r="G366" t="s">
         <v>14</v>
       </c>
       <c r="H366" t="s">
         <v>1836</v>
       </c>
       <c r="I366">
         <v>100</v>
       </c>
       <c r="J366" t="s">
         <v>16</v>
       </c>
       <c r="K366" t="s">
         <v>1837</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s">
         <v>1838</v>
       </c>
       <c r="B367" t="s">
         <v>1839</v>
       </c>
       <c r="C367" t="s">
         <v>1840</v>
       </c>
       <c r="D367">
         <v>0.56</v>
       </c>
+      <c r="E367">
+        <v>0.59</v>
+      </c>
+      <c r="F367" s="1">
+        <v>46112</v>
+      </c>
       <c r="G367" t="s">
         <v>14</v>
       </c>
       <c r="H367" t="s">
         <v>1841</v>
       </c>
       <c r="I367">
         <v>100</v>
       </c>
       <c r="J367" t="s">
         <v>16</v>
       </c>
       <c r="K367" t="s">
         <v>1842</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s">
         <v>1843</v>
       </c>
       <c r="B368" t="s">
         <v>1844</v>
       </c>
       <c r="C368" t="s">
         <v>1845</v>
       </c>
       <c r="D368">
         <v>0.56</v>
       </c>
+      <c r="E368">
+        <v>0.59</v>
+      </c>
+      <c r="F368" s="1">
+        <v>46112</v>
+      </c>
       <c r="G368" t="s">
         <v>14</v>
       </c>
       <c r="H368" t="s">
         <v>1846</v>
       </c>
       <c r="I368">
         <v>100</v>
       </c>
       <c r="J368" t="s">
         <v>16</v>
       </c>
       <c r="K368" t="s">
         <v>1847</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s">
         <v>1848</v>
       </c>
       <c r="B369" t="s">
         <v>1849</v>
       </c>
       <c r="C369" t="s">
         <v>1850</v>
       </c>
       <c r="D369">
         <v>0.56</v>
       </c>
+      <c r="E369">
+        <v>0.59</v>
+      </c>
+      <c r="F369" s="1">
+        <v>46112</v>
+      </c>
       <c r="G369" t="s">
         <v>14</v>
       </c>
       <c r="H369" t="s">
         <v>1851</v>
       </c>
       <c r="I369">
         <v>100</v>
       </c>
       <c r="J369" t="s">
         <v>16</v>
       </c>
       <c r="K369" t="s">
         <v>1852</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s">
         <v>1853</v>
       </c>
       <c r="B370" t="s">
         <v>1854</v>
       </c>
       <c r="C370" t="s">
         <v>1855</v>
       </c>
       <c r="D370">
         <v>1.93</v>
       </c>
+      <c r="E370">
+        <v>2</v>
+      </c>
+      <c r="F370" s="1">
+        <v>46112</v>
+      </c>
       <c r="G370" t="s">
         <v>14</v>
       </c>
       <c r="H370" t="s">
         <v>1856</v>
       </c>
       <c r="I370">
         <v>100</v>
       </c>
       <c r="J370" t="s">
         <v>16</v>
       </c>
       <c r="K370" t="s">
         <v>1857</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s">
         <v>1858</v>
       </c>
       <c r="B371" t="s">
         <v>1859</v>
       </c>
       <c r="C371" t="s">
         <v>1860</v>
       </c>
       <c r="D371">
         <v>3.08</v>
       </c>
+      <c r="E371">
+        <v>3.16</v>
+      </c>
+      <c r="F371" s="1">
+        <v>46112</v>
+      </c>
       <c r="G371" t="s">
         <v>14</v>
       </c>
       <c r="H371" t="s">
         <v>1861</v>
       </c>
       <c r="I371">
         <v>100</v>
       </c>
       <c r="J371" t="s">
         <v>16</v>
       </c>
       <c r="K371" t="s">
         <v>1862</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s">
         <v>1863</v>
       </c>
       <c r="B372" t="s">
         <v>1864</v>
       </c>
       <c r="C372" t="s">
         <v>1865</v>
       </c>
       <c r="D372">
         <v>3.3</v>
       </c>
+      <c r="E372">
+        <v>3.39</v>
+      </c>
+      <c r="F372" s="1">
+        <v>46112</v>
+      </c>
       <c r="G372" t="s">
         <v>14</v>
       </c>
       <c r="H372" t="s">
         <v>1866</v>
       </c>
       <c r="I372">
         <v>100</v>
       </c>
       <c r="J372" t="s">
         <v>16</v>
       </c>
       <c r="K372" t="s">
         <v>1867</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s">
         <v>1868</v>
       </c>
       <c r="B373" t="s">
         <v>1869</v>
       </c>
       <c r="C373" t="s">
         <v>1870</v>
       </c>
       <c r="D373">
         <v>3.08</v>
       </c>
+      <c r="E373">
+        <v>3.16</v>
+      </c>
+      <c r="F373" s="1">
+        <v>46112</v>
+      </c>
       <c r="G373" t="s">
         <v>14</v>
       </c>
       <c r="H373" t="s">
         <v>1871</v>
       </c>
       <c r="I373">
         <v>100</v>
       </c>
       <c r="J373" t="s">
         <v>16</v>
       </c>
       <c r="K373" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s">
         <v>1873</v>
       </c>
       <c r="B374" t="s">
         <v>1874</v>
       </c>
       <c r="C374" t="s">
         <v>1875</v>
       </c>
       <c r="D374">
         <v>2.28</v>
       </c>
+      <c r="E374">
+        <v>2.36</v>
+      </c>
+      <c r="F374" s="1">
+        <v>46112</v>
+      </c>
       <c r="G374" t="s">
         <v>14</v>
       </c>
       <c r="H374" t="s">
         <v>1876</v>
       </c>
       <c r="I374">
         <v>100</v>
       </c>
       <c r="J374" t="s">
         <v>16</v>
       </c>
       <c r="K374" t="s">
         <v>1877</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s">
         <v>1878</v>
       </c>
       <c r="B375" t="s">
         <v>1879</v>
       </c>
       <c r="C375" t="s">
         <v>1880</v>
       </c>
       <c r="D375">
         <v>2.49</v>
       </c>
+      <c r="E375">
+        <v>2.58</v>
+      </c>
+      <c r="F375" s="1">
+        <v>46112</v>
+      </c>
       <c r="G375" t="s">
         <v>14</v>
       </c>
       <c r="H375" t="s">
         <v>1881</v>
       </c>
       <c r="I375">
         <v>100</v>
       </c>
       <c r="J375" t="s">
         <v>16</v>
       </c>
       <c r="K375" t="s">
         <v>1882</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s">
         <v>1883</v>
       </c>
       <c r="B376" t="s">
         <v>1884</v>
       </c>
       <c r="C376" t="s">
         <v>1885</v>
       </c>
       <c r="D376">
         <v>2.18</v>
       </c>
+      <c r="E376">
+        <v>2.25</v>
+      </c>
+      <c r="F376" s="1">
+        <v>46112</v>
+      </c>
       <c r="G376" t="s">
         <v>14</v>
       </c>
       <c r="H376" t="s">
         <v>1886</v>
       </c>
       <c r="I376">
         <v>100</v>
       </c>
       <c r="J376" t="s">
         <v>16</v>
       </c>
       <c r="K376" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s">
         <v>1888</v>
       </c>
       <c r="B377" t="s">
         <v>1889</v>
       </c>
       <c r="C377" t="s">
         <v>1890</v>
       </c>
       <c r="D377">
         <v>1.38</v>
       </c>
+      <c r="E377">
+        <v>1.41</v>
+      </c>
+      <c r="F377" s="1">
+        <v>46112</v>
+      </c>
       <c r="G377" t="s">
         <v>14</v>
       </c>
       <c r="H377" t="s">
         <v>1891</v>
       </c>
       <c r="I377">
         <v>100</v>
       </c>
       <c r="J377" t="s">
         <v>16</v>
       </c>
       <c r="K377" t="s">
         <v>1892</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s">
         <v>1893</v>
       </c>
       <c r="B378" t="s">
         <v>1894</v>
       </c>
       <c r="C378" t="s">
         <v>1895</v>
       </c>
       <c r="D378">
         <v>1.51</v>
       </c>
+      <c r="E378">
+        <v>1.54</v>
+      </c>
+      <c r="F378" s="1">
+        <v>46112</v>
+      </c>
       <c r="G378" t="s">
         <v>14</v>
       </c>
       <c r="H378" t="s">
         <v>1896</v>
       </c>
       <c r="I378">
         <v>100</v>
       </c>
       <c r="J378" t="s">
         <v>16</v>
       </c>
       <c r="K378" t="s">
         <v>1897</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s">
         <v>1898</v>
       </c>
       <c r="B379" t="s">
         <v>1899</v>
       </c>
       <c r="C379" t="s">
         <v>1900</v>
       </c>
       <c r="D379">
         <v>0.95</v>
       </c>
+      <c r="E379">
+        <v>0.95</v>
+      </c>
+      <c r="F379" s="1">
+        <v>46112</v>
+      </c>
       <c r="G379" t="s">
         <v>14</v>
       </c>
       <c r="H379" t="s">
         <v>1901</v>
       </c>
       <c r="I379">
         <v>100</v>
       </c>
       <c r="J379" t="s">
         <v>16</v>
       </c>
       <c r="K379" t="s">
         <v>1902</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s">
         <v>1903</v>
       </c>
       <c r="B380" t="s">
         <v>1904</v>
       </c>
       <c r="C380" t="s">
         <v>1905</v>
       </c>
       <c r="D380">
         <v>2.45</v>
       </c>
+      <c r="E380">
+        <v>2.52</v>
+      </c>
+      <c r="F380" s="1">
+        <v>46112</v>
+      </c>
       <c r="G380" t="s">
         <v>14</v>
       </c>
       <c r="H380" t="s">
         <v>1906</v>
       </c>
       <c r="I380">
         <v>100</v>
       </c>
       <c r="J380" t="s">
         <v>16</v>
       </c>
       <c r="K380" t="s">
         <v>1907</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s">
         <v>1908</v>
       </c>
       <c r="B381" t="s">
         <v>1909</v>
       </c>
       <c r="C381" t="s">
         <v>1910</v>
       </c>
       <c r="D381">
         <v>2.45</v>
       </c>
+      <c r="E381">
+        <v>2.52</v>
+      </c>
+      <c r="F381" s="1">
+        <v>46112</v>
+      </c>
       <c r="G381" t="s">
         <v>14</v>
       </c>
       <c r="H381" t="s">
         <v>1911</v>
       </c>
       <c r="I381">
         <v>100</v>
       </c>
       <c r="J381" t="s">
         <v>16</v>
       </c>
       <c r="K381" t="s">
         <v>1912</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s">
         <v>1913</v>
       </c>
       <c r="B382" t="s">
         <v>1914</v>
       </c>
       <c r="C382" t="s">
         <v>1915</v>
       </c>
       <c r="D382">
         <v>3.12</v>
       </c>
+      <c r="E382">
+        <v>3.12</v>
+      </c>
+      <c r="F382" s="1">
+        <v>46112</v>
+      </c>
       <c r="G382" t="s">
         <v>14</v>
       </c>
       <c r="H382" t="s">
         <v>1916</v>
       </c>
       <c r="I382">
         <v>100</v>
       </c>
       <c r="J382" t="s">
         <v>16</v>
       </c>
       <c r="K382" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s">
         <v>1918</v>
       </c>
       <c r="B383" t="s">
         <v>1919</v>
       </c>
       <c r="C383" t="s">
         <v>1920</v>
       </c>
       <c r="D383">
         <v>2.32</v>
       </c>
+      <c r="E383">
+        <v>2.39</v>
+      </c>
+      <c r="F383" s="1">
+        <v>46112</v>
+      </c>
       <c r="G383" t="s">
         <v>14</v>
       </c>
       <c r="H383" t="s">
         <v>1921</v>
       </c>
       <c r="I383">
         <v>100</v>
       </c>
       <c r="J383" t="s">
         <v>16</v>
       </c>
       <c r="K383" t="s">
         <v>1922</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s">
         <v>1923</v>
       </c>
       <c r="B384" t="s">
         <v>1924</v>
       </c>
       <c r="C384" t="s">
         <v>1925</v>
       </c>
       <c r="D384">
         <v>2.32</v>
       </c>
+      <c r="E384">
+        <v>2.39</v>
+      </c>
+      <c r="F384" s="1">
+        <v>46112</v>
+      </c>
       <c r="G384" t="s">
         <v>14</v>
       </c>
       <c r="H384" t="s">
         <v>1926</v>
       </c>
       <c r="I384">
         <v>100</v>
       </c>
       <c r="J384" t="s">
         <v>16</v>
       </c>
       <c r="K384" t="s">
         <v>1927</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s">
         <v>1928</v>
       </c>
       <c r="B385" t="s">
         <v>1929</v>
       </c>
       <c r="C385" t="s">
         <v>1930</v>
       </c>
       <c r="D385">
         <v>2.32</v>
       </c>
+      <c r="E385">
+        <v>2.39</v>
+      </c>
+      <c r="F385" s="1">
+        <v>46112</v>
+      </c>
       <c r="G385" t="s">
         <v>14</v>
       </c>
       <c r="H385" t="s">
         <v>1931</v>
       </c>
       <c r="I385">
         <v>100</v>
       </c>
       <c r="J385" t="s">
         <v>16</v>
       </c>
       <c r="K385" t="s">
         <v>1932</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s">
         <v>1933</v>
       </c>
       <c r="B386" t="s">
         <v>1934</v>
       </c>
       <c r="C386" t="s">
         <v>1935</v>
       </c>
       <c r="D386">
         <v>3.96</v>
       </c>
+      <c r="E386">
+        <v>3.96</v>
+      </c>
+      <c r="F386" s="1">
+        <v>46112</v>
+      </c>
       <c r="G386" t="s">
         <v>14</v>
       </c>
       <c r="H386" t="s">
         <v>1936</v>
       </c>
       <c r="I386">
         <v>50</v>
       </c>
       <c r="J386" t="s">
         <v>16</v>
       </c>
       <c r="K386" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s">
         <v>1938</v>
       </c>
       <c r="B387" t="s">
         <v>1939</v>
       </c>
       <c r="C387" t="s">
         <v>1940</v>
       </c>
       <c r="D387">
         <v>4.76</v>
       </c>
+      <c r="E387">
+        <v>4.9</v>
+      </c>
+      <c r="F387" s="1">
+        <v>46112</v>
+      </c>
       <c r="G387" t="s">
         <v>14</v>
       </c>
       <c r="H387" t="s">
         <v>1941</v>
       </c>
       <c r="I387">
         <v>10</v>
       </c>
       <c r="J387" t="s">
         <v>16</v>
       </c>
       <c r="K387" t="s">
         <v>1942</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s">
         <v>1943</v>
       </c>
       <c r="B388" t="s">
         <v>1944</v>
       </c>
       <c r="C388" t="s">
         <v>1945</v>
       </c>
       <c r="D388">
         <v>4.76</v>
       </c>
+      <c r="E388">
+        <v>4.9</v>
+      </c>
+      <c r="F388" s="1">
+        <v>46112</v>
+      </c>
       <c r="G388" t="s">
         <v>14</v>
       </c>
       <c r="H388" t="s">
         <v>1946</v>
       </c>
       <c r="I388">
         <v>10</v>
       </c>
       <c r="J388" t="s">
         <v>16</v>
       </c>
       <c r="K388" t="s">
         <v>1947</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s">
         <v>1948</v>
       </c>
       <c r="B389" t="s">
         <v>1949</v>
       </c>
       <c r="C389" t="s">
         <v>1950</v>
       </c>
       <c r="D389">
         <v>4.76</v>
       </c>
+      <c r="E389">
+        <v>4.9</v>
+      </c>
+      <c r="F389" s="1">
+        <v>46112</v>
+      </c>
       <c r="G389" t="s">
         <v>14</v>
       </c>
       <c r="H389" t="s">
         <v>1951</v>
       </c>
       <c r="I389">
         <v>10</v>
       </c>
       <c r="J389" t="s">
         <v>16</v>
       </c>
       <c r="K389" t="s">
         <v>1952</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s">
         <v>1953</v>
       </c>
       <c r="B390" t="s">
         <v>1954</v>
       </c>
       <c r="C390" t="s">
         <v>1955</v>
       </c>
       <c r="D390">
         <v>5.58</v>
       </c>
+      <c r="E390">
+        <v>5.75</v>
+      </c>
+      <c r="F390" s="1">
+        <v>46112</v>
+      </c>
       <c r="G390" t="s">
         <v>14</v>
       </c>
       <c r="H390" t="s">
         <v>1956</v>
       </c>
       <c r="I390">
         <v>10</v>
       </c>
       <c r="J390" t="s">
         <v>16</v>
       </c>
       <c r="K390" t="s">
         <v>1957</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s">
         <v>1958</v>
       </c>
       <c r="B391" t="s">
         <v>1959</v>
       </c>
       <c r="C391" t="s">
         <v>1960</v>
       </c>
       <c r="D391">
         <v>5.58</v>
       </c>
+      <c r="E391">
+        <v>5.75</v>
+      </c>
+      <c r="F391" s="1">
+        <v>46112</v>
+      </c>
       <c r="G391" t="s">
         <v>14</v>
       </c>
       <c r="H391" t="s">
         <v>1961</v>
       </c>
       <c r="I391">
         <v>10</v>
       </c>
       <c r="J391" t="s">
         <v>16</v>
       </c>
       <c r="K391" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s">
         <v>1963</v>
       </c>
       <c r="B392" t="s">
         <v>1964</v>
       </c>
       <c r="C392" t="s">
         <v>1965</v>
       </c>
       <c r="D392">
         <v>5.58</v>
       </c>
+      <c r="E392">
+        <v>5.75</v>
+      </c>
+      <c r="F392" s="1">
+        <v>46112</v>
+      </c>
       <c r="G392" t="s">
         <v>14</v>
       </c>
       <c r="H392" t="s">
         <v>1966</v>
       </c>
       <c r="I392">
         <v>10</v>
       </c>
       <c r="J392" t="s">
         <v>16</v>
       </c>
       <c r="K392" t="s">
         <v>1967</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s">
         <v>1968</v>
       </c>
       <c r="B393" t="s">
         <v>1969</v>
       </c>
       <c r="C393" t="s">
         <v>1970</v>
       </c>
       <c r="D393">
         <v>5.78</v>
       </c>
+      <c r="E393">
+        <v>5.95</v>
+      </c>
+      <c r="F393" s="1">
+        <v>46112</v>
+      </c>
       <c r="G393" t="s">
         <v>14</v>
       </c>
       <c r="H393" t="s">
         <v>1971</v>
       </c>
       <c r="I393">
         <v>10</v>
       </c>
       <c r="J393" t="s">
         <v>16</v>
       </c>
       <c r="K393" t="s">
         <v>1972</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s">
         <v>1973</v>
       </c>
       <c r="B394" t="s">
         <v>1974</v>
       </c>
       <c r="C394" t="s">
         <v>1975</v>
       </c>
       <c r="D394">
         <v>5.78</v>
       </c>
+      <c r="E394">
+        <v>5.95</v>
+      </c>
+      <c r="F394" s="1">
+        <v>46112</v>
+      </c>
       <c r="G394" t="s">
         <v>14</v>
       </c>
       <c r="H394" t="s">
         <v>1976</v>
       </c>
       <c r="I394">
         <v>10</v>
       </c>
       <c r="J394" t="s">
         <v>16</v>
       </c>
       <c r="K394" t="s">
         <v>1977</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s">
         <v>1978</v>
       </c>
       <c r="B395" t="s">
         <v>1979</v>
       </c>
       <c r="C395" t="s">
         <v>1980</v>
       </c>
       <c r="D395">
         <v>5.78</v>
       </c>
+      <c r="E395">
+        <v>5.95</v>
+      </c>
+      <c r="F395" s="1">
+        <v>46112</v>
+      </c>
       <c r="G395" t="s">
         <v>14</v>
       </c>
       <c r="H395" t="s">
         <v>1981</v>
       </c>
       <c r="I395">
         <v>10</v>
       </c>
       <c r="J395" t="s">
         <v>16</v>
       </c>
       <c r="K395" t="s">
         <v>1982</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s">
         <v>1983</v>
       </c>
       <c r="B396" t="s">
         <v>1984</v>
       </c>
       <c r="C396" t="s">
         <v>1985</v>
       </c>
       <c r="D396">
         <v>6.43</v>
       </c>
+      <c r="E396">
+        <v>6.63</v>
+      </c>
+      <c r="F396" s="1">
+        <v>46112</v>
+      </c>
       <c r="G396" t="s">
         <v>14</v>
       </c>
       <c r="H396" t="s">
         <v>1986</v>
       </c>
       <c r="I396">
         <v>10</v>
       </c>
       <c r="J396" t="s">
         <v>16</v>
       </c>
       <c r="K396" t="s">
         <v>1987</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s">
         <v>1988</v>
       </c>
       <c r="B397" t="s">
         <v>1989</v>
       </c>
       <c r="C397" t="s">
         <v>1990</v>
       </c>
       <c r="D397">
         <v>6.43</v>
       </c>
+      <c r="E397">
+        <v>6.63</v>
+      </c>
+      <c r="F397" s="1">
+        <v>46112</v>
+      </c>
       <c r="G397" t="s">
         <v>14</v>
       </c>
       <c r="H397" t="s">
         <v>1991</v>
       </c>
       <c r="I397">
         <v>10</v>
       </c>
       <c r="J397" t="s">
         <v>16</v>
       </c>
       <c r="K397" t="s">
         <v>1992</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s">
         <v>1993</v>
       </c>
       <c r="B398" t="s">
         <v>1994</v>
       </c>
       <c r="C398" t="s">
         <v>1995</v>
       </c>
       <c r="D398">
         <v>7.34</v>
       </c>
+      <c r="E398">
+        <v>7.55</v>
+      </c>
+      <c r="F398" s="1">
+        <v>46112</v>
+      </c>
       <c r="G398" t="s">
         <v>14</v>
       </c>
       <c r="H398" t="s">
         <v>1996</v>
       </c>
       <c r="I398">
         <v>10</v>
       </c>
       <c r="J398" t="s">
         <v>16</v>
       </c>
       <c r="K398" t="s">
         <v>1997</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s">
         <v>1998</v>
       </c>
       <c r="B399" t="s">
         <v>1999</v>
       </c>
       <c r="C399" t="s">
         <v>2000</v>
       </c>
       <c r="D399">
         <v>7.34</v>
       </c>
+      <c r="E399">
+        <v>7.55</v>
+      </c>
+      <c r="F399" s="1">
+        <v>46112</v>
+      </c>
       <c r="G399" t="s">
         <v>14</v>
       </c>
       <c r="H399" t="s">
         <v>2001</v>
       </c>
       <c r="I399">
         <v>10</v>
       </c>
       <c r="J399" t="s">
         <v>16</v>
       </c>
       <c r="K399" t="s">
         <v>2002</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s">
         <v>2003</v>
       </c>
       <c r="B400" t="s">
         <v>2004</v>
       </c>
       <c r="C400" t="s">
         <v>2005</v>
       </c>
       <c r="D400">
         <v>6.91</v>
       </c>
+      <c r="E400">
+        <v>7.1</v>
+      </c>
+      <c r="F400" s="1">
+        <v>46112</v>
+      </c>
       <c r="G400" t="s">
         <v>14</v>
       </c>
       <c r="H400" t="s">
         <v>2006</v>
       </c>
       <c r="I400">
         <v>10</v>
       </c>
       <c r="J400" t="s">
         <v>16</v>
       </c>
       <c r="K400" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s">
         <v>2008</v>
       </c>
       <c r="B401" t="s">
         <v>2009</v>
       </c>
       <c r="C401" t="s">
         <v>2010</v>
       </c>
       <c r="D401">
         <v>4.65</v>
       </c>
+      <c r="E401">
+        <v>4.78</v>
+      </c>
+      <c r="F401" s="1">
+        <v>46112</v>
+      </c>
       <c r="G401" t="s">
         <v>14</v>
       </c>
       <c r="H401" t="s">
         <v>2011</v>
       </c>
       <c r="I401">
         <v>100</v>
       </c>
       <c r="J401" t="s">
         <v>16</v>
       </c>
       <c r="K401" t="s">
         <v>2012</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s">
         <v>2013</v>
       </c>
       <c r="B402" t="s">
         <v>2014</v>
       </c>
       <c r="C402" t="s">
         <v>2015</v>
       </c>
       <c r="D402">
         <v>4.79</v>
       </c>
+      <c r="E402">
+        <v>4.93</v>
+      </c>
+      <c r="F402" s="1">
+        <v>46112</v>
+      </c>
       <c r="G402" t="s">
         <v>14</v>
       </c>
       <c r="H402" t="s">
         <v>2016</v>
       </c>
       <c r="I402">
         <v>100</v>
       </c>
       <c r="J402" t="s">
         <v>16</v>
       </c>
       <c r="K402" t="s">
         <v>2017</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s">
         <v>2018</v>
       </c>
       <c r="B403" t="s">
         <v>2019</v>
       </c>
       <c r="C403" t="s">
         <v>2020</v>
       </c>
       <c r="D403">
         <v>4.51</v>
       </c>
+      <c r="E403">
+        <v>4.64</v>
+      </c>
+      <c r="F403" s="1">
+        <v>46112</v>
+      </c>
       <c r="G403" t="s">
         <v>14</v>
       </c>
       <c r="H403" t="s">
         <v>2021</v>
       </c>
       <c r="I403">
         <v>100</v>
       </c>
       <c r="J403" t="s">
         <v>16</v>
       </c>
       <c r="K403" t="s">
         <v>2022</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s">
         <v>2023</v>
       </c>
       <c r="B404" t="s">
         <v>2024</v>
       </c>
       <c r="C404" t="s">
         <v>2025</v>
       </c>
       <c r="D404">
         <v>3.58</v>
       </c>
+      <c r="E404">
+        <v>3.68</v>
+      </c>
+      <c r="F404" s="1">
+        <v>46112</v>
+      </c>
       <c r="G404" t="s">
         <v>14</v>
       </c>
       <c r="H404" t="s">
         <v>2026</v>
       </c>
       <c r="I404">
         <v>10</v>
       </c>
       <c r="J404" t="s">
         <v>16</v>
       </c>
       <c r="K404" t="s">
         <v>2027</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s">
         <v>2028</v>
       </c>
       <c r="B405" t="s">
         <v>2029</v>
       </c>
       <c r="C405" t="s">
         <v>2030</v>
       </c>
       <c r="D405">
         <v>3.81</v>
       </c>
+      <c r="E405">
+        <v>3.91</v>
+      </c>
+      <c r="F405" s="1">
+        <v>46112</v>
+      </c>
       <c r="G405" t="s">
         <v>14</v>
       </c>
       <c r="H405" t="s">
         <v>2031</v>
       </c>
       <c r="I405">
         <v>10</v>
       </c>
       <c r="J405" t="s">
         <v>16</v>
       </c>
       <c r="K405" t="s">
         <v>2032</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s">
         <v>2033</v>
       </c>
       <c r="B406" t="s">
         <v>2034</v>
       </c>
       <c r="C406" t="s">
         <v>2035</v>
       </c>
       <c r="D406">
         <v>3.73</v>
       </c>
+      <c r="E406">
+        <v>3.83</v>
+      </c>
+      <c r="F406" s="1">
+        <v>46112</v>
+      </c>
       <c r="G406" t="s">
         <v>14</v>
       </c>
       <c r="H406" t="s">
         <v>2036</v>
       </c>
       <c r="I406">
         <v>10</v>
       </c>
       <c r="J406" t="s">
         <v>16</v>
       </c>
       <c r="K406" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s">
         <v>2038</v>
       </c>
       <c r="B407" t="s">
         <v>2039</v>
       </c>
       <c r="C407" t="s">
         <v>2040</v>
       </c>
       <c r="D407">
         <v>4.06</v>
       </c>
+      <c r="E407">
+        <v>4.19</v>
+      </c>
+      <c r="F407" s="1">
+        <v>46112</v>
+      </c>
       <c r="G407" t="s">
         <v>14</v>
       </c>
       <c r="H407" t="s">
         <v>2041</v>
       </c>
       <c r="I407">
         <v>10</v>
       </c>
       <c r="J407" t="s">
         <v>16</v>
       </c>
       <c r="K407" t="s">
         <v>2042</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s">
         <v>2043</v>
       </c>
       <c r="B408" t="s">
         <v>2044</v>
       </c>
       <c r="C408" t="s">
         <v>2045</v>
       </c>
       <c r="D408">
         <v>2.75</v>
       </c>
+      <c r="E408">
+        <v>2.75</v>
+      </c>
+      <c r="F408" s="1">
+        <v>46112</v>
+      </c>
       <c r="G408" t="s">
         <v>14</v>
       </c>
       <c r="H408" t="s">
         <v>2046</v>
       </c>
       <c r="I408">
         <v>50</v>
       </c>
       <c r="J408" t="s">
         <v>16</v>
       </c>
       <c r="K408" t="s">
         <v>2047</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s">
         <v>2048</v>
       </c>
       <c r="B409" t="s">
         <v>2049</v>
       </c>
       <c r="C409" t="s">
         <v>2050</v>
       </c>
       <c r="D409">
         <v>3.45</v>
       </c>
+      <c r="E409">
+        <v>3.45</v>
+      </c>
+      <c r="F409" s="1">
+        <v>46112</v>
+      </c>
       <c r="G409" t="s">
         <v>14</v>
       </c>
       <c r="H409" t="s">
         <v>2051</v>
       </c>
       <c r="I409">
         <v>50</v>
       </c>
       <c r="J409" t="s">
         <v>16</v>
       </c>
       <c r="K409" t="s">
         <v>2052</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s">
         <v>2053</v>
       </c>
       <c r="B410" t="s">
         <v>2054</v>
       </c>
       <c r="C410" t="s">
         <v>2055</v>
       </c>
       <c r="D410">
         <v>4.61</v>
       </c>
+      <c r="E410">
+        <v>4.61</v>
+      </c>
+      <c r="F410" s="1">
+        <v>46112</v>
+      </c>
       <c r="G410" t="s">
         <v>14</v>
       </c>
       <c r="H410" t="s">
         <v>2056</v>
       </c>
       <c r="I410">
         <v>50</v>
       </c>
       <c r="J410" t="s">
         <v>16</v>
       </c>
       <c r="K410" t="s">
         <v>2057</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="s">
         <v>2058</v>
       </c>
       <c r="B411" t="s">
         <v>2059</v>
       </c>
       <c r="C411" t="s">
         <v>2060</v>
       </c>
       <c r="D411">
         <v>1.64</v>
       </c>
+      <c r="E411">
+        <v>1.71</v>
+      </c>
+      <c r="F411" s="1">
+        <v>46112</v>
+      </c>
       <c r="G411" t="s">
         <v>14</v>
       </c>
       <c r="H411" t="s">
         <v>2061</v>
       </c>
       <c r="I411">
         <v>100</v>
       </c>
       <c r="J411" t="s">
         <v>16</v>
       </c>
       <c r="K411" t="s">
         <v>2062</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s">
         <v>2063</v>
       </c>
       <c r="B412" t="s">
         <v>2064</v>
       </c>
       <c r="C412" t="s">
         <v>2065</v>
       </c>
       <c r="D412">
         <v>0.5</v>
       </c>
+      <c r="E412">
+        <v>0.5</v>
+      </c>
+      <c r="F412" s="1">
+        <v>46112</v>
+      </c>
       <c r="G412" t="s">
         <v>14</v>
       </c>
       <c r="H412" t="s">
         <v>2066</v>
       </c>
       <c r="I412">
         <v>100</v>
       </c>
       <c r="J412" t="s">
         <v>16</v>
       </c>
       <c r="K412" t="s">
         <v>2067</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="s">
         <v>2068</v>
       </c>
       <c r="B413" t="s">
         <v>2069</v>
       </c>
       <c r="C413" t="s">
         <v>2070</v>
       </c>
       <c r="D413">
         <v>0.5</v>
       </c>
+      <c r="E413">
+        <v>0.5</v>
+      </c>
+      <c r="F413" s="1">
+        <v>46112</v>
+      </c>
       <c r="G413" t="s">
         <v>14</v>
       </c>
       <c r="H413" t="s">
         <v>2071</v>
       </c>
       <c r="I413">
         <v>100</v>
       </c>
       <c r="J413" t="s">
         <v>16</v>
       </c>
       <c r="K413" t="s">
         <v>2072</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s">
         <v>2073</v>
       </c>
       <c r="B414" t="s">
         <v>2074</v>
       </c>
       <c r="C414" t="s">
         <v>2075</v>
       </c>
       <c r="D414">
         <v>0.5</v>
       </c>
+      <c r="E414">
+        <v>0.5</v>
+      </c>
+      <c r="F414" s="1">
+        <v>46112</v>
+      </c>
       <c r="G414" t="s">
         <v>14</v>
       </c>
       <c r="H414" t="s">
         <v>2076</v>
       </c>
       <c r="I414">
         <v>100</v>
       </c>
       <c r="J414" t="s">
         <v>16</v>
       </c>
       <c r="K414" t="s">
         <v>2077</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s">
         <v>2078</v>
       </c>
       <c r="B415" t="s">
         <v>2079</v>
       </c>
       <c r="C415" t="s">
         <v>2080</v>
       </c>
       <c r="D415">
         <v>2.8</v>
       </c>
+      <c r="E415">
+        <v>2.8</v>
+      </c>
+      <c r="F415" s="1">
+        <v>46112</v>
+      </c>
       <c r="G415" t="s">
         <v>14</v>
       </c>
       <c r="H415" t="s">
         <v>2081</v>
       </c>
       <c r="I415">
         <v>50</v>
       </c>
       <c r="J415" t="s">
         <v>16</v>
       </c>
       <c r="K415" t="s">
         <v>2082</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s">
         <v>2083</v>
       </c>
       <c r="B416" t="s">
         <v>2084</v>
       </c>
       <c r="C416" t="s">
         <v>2085</v>
       </c>
       <c r="D416">
         <v>1.67</v>
       </c>
+      <c r="E416">
+        <v>1.73</v>
+      </c>
+      <c r="F416" s="1">
+        <v>46112</v>
+      </c>
       <c r="G416" t="s">
         <v>14</v>
       </c>
       <c r="H416" t="s">
         <v>2086</v>
       </c>
       <c r="I416">
         <v>50</v>
       </c>
       <c r="J416" t="s">
         <v>16</v>
       </c>
       <c r="K416" t="s">
         <v>2087</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s">
         <v>2088</v>
       </c>
       <c r="B417" t="s">
         <v>2089</v>
       </c>
       <c r="C417" t="s">
         <v>2090</v>
       </c>
       <c r="D417">
         <v>1.81</v>
       </c>
+      <c r="E417">
+        <v>1.88</v>
+      </c>
+      <c r="F417" s="1">
+        <v>46112</v>
+      </c>
       <c r="G417" t="s">
         <v>14</v>
       </c>
       <c r="H417" t="s">
         <v>2091</v>
       </c>
       <c r="I417">
         <v>100</v>
       </c>
       <c r="J417" t="s">
         <v>16</v>
       </c>
       <c r="K417" t="s">
         <v>2092</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="s">
         <v>2093</v>
       </c>
       <c r="B418" t="s">
         <v>2094</v>
       </c>
       <c r="C418" t="s">
         <v>2095</v>
       </c>
       <c r="D418">
         <v>1.81</v>
       </c>
+      <c r="E418">
+        <v>1.88</v>
+      </c>
+      <c r="F418" s="1">
+        <v>46112</v>
+      </c>
       <c r="G418" t="s">
         <v>14</v>
       </c>
       <c r="H418" t="s">
         <v>2096</v>
       </c>
       <c r="I418">
         <v>100</v>
       </c>
       <c r="J418" t="s">
         <v>16</v>
       </c>
       <c r="K418" t="s">
         <v>2097</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="s">
         <v>2098</v>
       </c>
       <c r="B419" t="s">
         <v>2099</v>
       </c>
       <c r="C419" t="s">
         <v>2100</v>
       </c>
       <c r="D419">
         <v>1.81</v>
       </c>
+      <c r="E419">
+        <v>1.88</v>
+      </c>
+      <c r="F419" s="1">
+        <v>46112</v>
+      </c>
       <c r="G419" t="s">
         <v>14</v>
       </c>
       <c r="H419" t="s">
         <v>2101</v>
       </c>
       <c r="I419">
         <v>100</v>
       </c>
       <c r="J419" t="s">
         <v>16</v>
       </c>
       <c r="K419" t="s">
         <v>2102</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s">
         <v>2103</v>
       </c>
       <c r="B420" t="s">
         <v>2104</v>
       </c>
       <c r="C420" t="s">
         <v>2105</v>
       </c>
       <c r="D420">
         <v>0.56</v>
       </c>
+      <c r="E420">
+        <v>0.59</v>
+      </c>
+      <c r="F420" s="1">
+        <v>46112</v>
+      </c>
       <c r="G420" t="s">
         <v>14</v>
       </c>
       <c r="H420" t="s">
         <v>2106</v>
       </c>
       <c r="I420">
         <v>100</v>
       </c>
       <c r="J420" t="s">
         <v>16</v>
       </c>
       <c r="K420" t="s">
         <v>2107</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="s">
         <v>2108</v>
       </c>
       <c r="B421" t="s">
         <v>2109</v>
       </c>
       <c r="C421" t="s">
         <v>2110</v>
       </c>
       <c r="D421">
         <v>0.56</v>
       </c>
+      <c r="E421">
+        <v>0.59</v>
+      </c>
+      <c r="F421" s="1">
+        <v>46112</v>
+      </c>
       <c r="G421" t="s">
         <v>14</v>
       </c>
       <c r="H421" t="s">
         <v>2111</v>
       </c>
       <c r="I421">
         <v>100</v>
       </c>
       <c r="J421" t="s">
         <v>16</v>
       </c>
       <c r="K421" t="s">
         <v>2112</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="s">
         <v>2113</v>
       </c>
       <c r="B422" t="s">
         <v>2114</v>
       </c>
       <c r="C422" t="s">
         <v>2115</v>
       </c>
       <c r="D422">
         <v>0.45</v>
       </c>
+      <c r="E422">
+        <v>0.45</v>
+      </c>
+      <c r="F422" s="1">
+        <v>46112</v>
+      </c>
       <c r="G422" t="s">
         <v>14</v>
       </c>
       <c r="H422" t="s">
         <v>2116</v>
       </c>
       <c r="I422">
         <v>100</v>
       </c>
       <c r="J422" t="s">
         <v>16</v>
       </c>
       <c r="K422" t="s">
         <v>2117</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="s">
         <v>2118</v>
       </c>
       <c r="B423" t="s">
         <v>2119</v>
       </c>
       <c r="C423" t="s">
         <v>2120</v>
       </c>
       <c r="D423">
         <v>2.01</v>
       </c>
+      <c r="E423">
+        <v>2.08</v>
+      </c>
+      <c r="F423" s="1">
+        <v>46112</v>
+      </c>
       <c r="G423" t="s">
         <v>14</v>
       </c>
       <c r="H423" t="s">
         <v>2121</v>
       </c>
       <c r="I423">
         <v>50</v>
       </c>
       <c r="J423" t="s">
         <v>16</v>
       </c>
       <c r="K423" t="s">
         <v>2122</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="s">
         <v>2123</v>
       </c>
       <c r="B424" t="s">
         <v>2124</v>
       </c>
       <c r="C424" t="s">
         <v>2125</v>
       </c>
       <c r="D424">
         <v>3.41</v>
       </c>
+      <c r="E424">
+        <v>3.5</v>
+      </c>
+      <c r="F424" s="1">
+        <v>46112</v>
+      </c>
       <c r="G424" t="s">
         <v>14</v>
       </c>
       <c r="H424" t="s">
         <v>2126</v>
       </c>
       <c r="I424">
         <v>100</v>
       </c>
       <c r="J424" t="s">
         <v>16</v>
       </c>
       <c r="K424" t="s">
         <v>2127</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="s">
         <v>2128</v>
       </c>
       <c r="B425" t="s">
         <v>2129</v>
       </c>
       <c r="C425" t="s">
         <v>2130</v>
       </c>
       <c r="D425">
         <v>3.3</v>
       </c>
+      <c r="E425">
+        <v>3.39</v>
+      </c>
+      <c r="F425" s="1">
+        <v>46112</v>
+      </c>
       <c r="G425" t="s">
         <v>14</v>
       </c>
       <c r="H425" t="s">
         <v>2131</v>
       </c>
       <c r="I425">
         <v>100</v>
       </c>
       <c r="J425" t="s">
         <v>16</v>
       </c>
       <c r="K425" t="s">
         <v>2132</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="s">
         <v>2133</v>
       </c>
       <c r="B426" t="s">
         <v>2134</v>
       </c>
       <c r="C426" t="s">
         <v>2135</v>
       </c>
       <c r="D426">
         <v>2.4</v>
       </c>
+      <c r="E426">
+        <v>2.4</v>
+      </c>
+      <c r="F426" s="1">
+        <v>46112</v>
+      </c>
       <c r="G426" t="s">
         <v>14</v>
       </c>
       <c r="H426" t="s">
         <v>2136</v>
       </c>
       <c r="I426">
         <v>100</v>
       </c>
       <c r="J426" t="s">
         <v>16</v>
       </c>
       <c r="K426" t="s">
         <v>2137</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="s">
         <v>2138</v>
       </c>
       <c r="B427" t="s">
         <v>2139</v>
       </c>
       <c r="C427" t="s">
         <v>2140</v>
       </c>
       <c r="D427">
         <v>1.92</v>
       </c>
+      <c r="E427">
+        <v>1.92</v>
+      </c>
+      <c r="F427" s="1">
+        <v>46112</v>
+      </c>
       <c r="G427" t="s">
         <v>14</v>
       </c>
       <c r="H427" t="s">
         <v>2141</v>
       </c>
       <c r="I427">
         <v>100</v>
       </c>
       <c r="J427" t="s">
         <v>16</v>
       </c>
       <c r="K427" t="s">
         <v>2142</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="s">
         <v>2143</v>
       </c>
       <c r="B428" t="s">
         <v>2144</v>
       </c>
       <c r="C428" t="s">
         <v>2145</v>
       </c>
       <c r="D428">
         <v>1.92</v>
       </c>
+      <c r="E428">
+        <v>1.92</v>
+      </c>
+      <c r="F428" s="1">
+        <v>46112</v>
+      </c>
       <c r="G428" t="s">
         <v>14</v>
       </c>
       <c r="H428" t="s">
         <v>2146</v>
       </c>
       <c r="I428">
         <v>100</v>
       </c>
       <c r="J428" t="s">
         <v>16</v>
       </c>
       <c r="K428" t="s">
         <v>2147</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" t="s">
         <v>2148</v>
       </c>
       <c r="B429" t="s">
         <v>2149</v>
       </c>
       <c r="C429" t="s">
         <v>2150</v>
       </c>
       <c r="D429">
         <v>1.56</v>
       </c>
+      <c r="E429">
+        <v>1.59</v>
+      </c>
+      <c r="F429" s="1">
+        <v>46112</v>
+      </c>
       <c r="G429" t="s">
         <v>14</v>
       </c>
       <c r="H429" t="s">
         <v>2151</v>
       </c>
       <c r="I429">
         <v>100</v>
       </c>
       <c r="J429" t="s">
         <v>16</v>
       </c>
       <c r="K429" t="s">
         <v>2152</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="s">
         <v>2153</v>
       </c>
       <c r="B430" t="s">
         <v>2154</v>
       </c>
       <c r="C430" t="s">
         <v>2155</v>
       </c>
       <c r="D430">
         <v>1.56</v>
       </c>
+      <c r="E430">
+        <v>1.59</v>
+      </c>
+      <c r="F430" s="1">
+        <v>46112</v>
+      </c>
       <c r="G430" t="s">
         <v>14</v>
       </c>
       <c r="H430" t="s">
         <v>2156</v>
       </c>
       <c r="I430">
         <v>100</v>
       </c>
       <c r="J430" t="s">
         <v>16</v>
       </c>
       <c r="K430" t="s">
         <v>2157</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="s">
         <v>2158</v>
       </c>
       <c r="B431" t="s">
         <v>2159</v>
       </c>
       <c r="C431" t="s">
         <v>2160</v>
       </c>
       <c r="D431">
         <v>1.05</v>
       </c>
+      <c r="E431">
+        <v>1.05</v>
+      </c>
+      <c r="F431" s="1">
+        <v>46112</v>
+      </c>
       <c r="G431" t="s">
         <v>14</v>
       </c>
       <c r="H431" t="s">
         <v>2161</v>
       </c>
       <c r="I431">
         <v>100</v>
       </c>
       <c r="J431" t="s">
         <v>16</v>
       </c>
       <c r="K431" t="s">
         <v>2162</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="s">
         <v>2163</v>
       </c>
       <c r="B432" t="s">
         <v>2164</v>
       </c>
       <c r="C432" t="s">
         <v>2165</v>
       </c>
       <c r="D432">
         <v>2.45</v>
       </c>
+      <c r="E432">
+        <v>2.52</v>
+      </c>
+      <c r="F432" s="1">
+        <v>46112</v>
+      </c>
       <c r="G432" t="s">
         <v>14</v>
       </c>
       <c r="H432" t="s">
         <v>2166</v>
       </c>
       <c r="I432">
         <v>100</v>
       </c>
       <c r="J432" t="s">
         <v>16</v>
       </c>
       <c r="K432" t="s">
         <v>2167</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="s">
         <v>2168</v>
       </c>
       <c r="B433" t="s">
         <v>2169</v>
       </c>
       <c r="C433" t="s">
         <v>2170</v>
       </c>
       <c r="D433">
         <v>2.45</v>
       </c>
+      <c r="E433">
+        <v>2.52</v>
+      </c>
+      <c r="F433" s="1">
+        <v>46112</v>
+      </c>
       <c r="G433" t="s">
         <v>14</v>
       </c>
       <c r="H433" t="s">
         <v>2171</v>
       </c>
       <c r="I433">
         <v>100</v>
       </c>
       <c r="J433" t="s">
         <v>16</v>
       </c>
       <c r="K433" t="s">
         <v>2172</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="s">
         <v>2173</v>
       </c>
       <c r="B434" t="s">
         <v>2174</v>
       </c>
       <c r="C434" t="s">
         <v>2175</v>
       </c>
       <c r="D434">
         <v>2.45</v>
       </c>
+      <c r="E434">
+        <v>2.52</v>
+      </c>
+      <c r="F434" s="1">
+        <v>46112</v>
+      </c>
       <c r="G434" t="s">
         <v>14</v>
       </c>
       <c r="H434" t="s">
         <v>2176</v>
       </c>
       <c r="I434">
         <v>100</v>
       </c>
       <c r="J434" t="s">
         <v>16</v>
       </c>
       <c r="K434" t="s">
         <v>2177</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="s">
         <v>2178</v>
       </c>
       <c r="B435" t="s">
         <v>2179</v>
       </c>
       <c r="C435" t="s">
         <v>2180</v>
       </c>
       <c r="D435">
         <v>4.15</v>
       </c>
+      <c r="E435">
+        <v>4.28</v>
+      </c>
+      <c r="F435" s="1">
+        <v>46112</v>
+      </c>
       <c r="G435" t="s">
         <v>14</v>
       </c>
       <c r="H435" t="s">
         <v>2181</v>
       </c>
       <c r="I435">
         <v>100</v>
       </c>
       <c r="J435" t="s">
         <v>16</v>
       </c>
       <c r="K435" t="s">
         <v>2182</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" t="s">
         <v>2183</v>
       </c>
       <c r="B436" t="s">
         <v>2184</v>
       </c>
       <c r="C436" t="s">
         <v>2185</v>
       </c>
       <c r="D436">
         <v>4.29</v>
       </c>
+      <c r="E436">
+        <v>4.42</v>
+      </c>
+      <c r="F436" s="1">
+        <v>46112</v>
+      </c>
       <c r="G436" t="s">
         <v>14</v>
       </c>
       <c r="H436" t="s">
         <v>2186</v>
       </c>
       <c r="I436">
         <v>100</v>
       </c>
       <c r="J436" t="s">
         <v>16</v>
       </c>
       <c r="K436" t="s">
         <v>2187</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="s">
         <v>2188</v>
       </c>
       <c r="B437" t="s">
         <v>2189</v>
       </c>
       <c r="C437" t="s">
         <v>2190</v>
       </c>
       <c r="D437">
         <v>2.98</v>
       </c>
+      <c r="E437">
+        <v>2.98</v>
+      </c>
+      <c r="F437" s="1">
+        <v>46112</v>
+      </c>
       <c r="G437" t="s">
         <v>14</v>
       </c>
       <c r="H437" t="s">
         <v>2191</v>
       </c>
       <c r="I437">
         <v>100</v>
       </c>
       <c r="J437" t="s">
         <v>16</v>
       </c>
       <c r="K437" t="s">
         <v>2192</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="s">
         <v>2193</v>
       </c>
       <c r="B438" t="s">
         <v>2194</v>
       </c>
       <c r="C438" t="s">
         <v>2195</v>
       </c>
       <c r="D438">
         <v>2.35</v>
       </c>
+      <c r="E438">
+        <v>2.42</v>
+      </c>
+      <c r="F438" s="1">
+        <v>46112</v>
+      </c>
       <c r="G438" t="s">
         <v>14</v>
       </c>
       <c r="H438" t="s">
         <v>2196</v>
       </c>
       <c r="I438">
         <v>100</v>
       </c>
       <c r="J438" t="s">
         <v>16</v>
       </c>
       <c r="K438" t="s">
         <v>2197</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="s">
         <v>2198</v>
       </c>
       <c r="B439" t="s">
         <v>2199</v>
       </c>
       <c r="C439" t="s">
         <v>2200</v>
       </c>
       <c r="D439">
         <v>2.35</v>
       </c>
+      <c r="E439">
+        <v>2.42</v>
+      </c>
+      <c r="F439" s="1">
+        <v>46112</v>
+      </c>
       <c r="G439" t="s">
         <v>14</v>
       </c>
       <c r="H439" t="s">
         <v>2201</v>
       </c>
       <c r="I439">
         <v>100</v>
       </c>
       <c r="J439" t="s">
         <v>16</v>
       </c>
       <c r="K439" t="s">
         <v>2202</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" t="s">
         <v>2203</v>
       </c>
       <c r="B440" t="s">
         <v>2204</v>
       </c>
       <c r="C440" t="s">
         <v>2205</v>
       </c>
       <c r="D440">
         <v>2.35</v>
       </c>
+      <c r="E440">
+        <v>2.42</v>
+      </c>
+      <c r="F440" s="1">
+        <v>46112</v>
+      </c>
       <c r="G440" t="s">
         <v>14</v>
       </c>
       <c r="H440" t="s">
         <v>2206</v>
       </c>
       <c r="I440">
         <v>100</v>
       </c>
       <c r="J440" t="s">
         <v>16</v>
       </c>
       <c r="K440" t="s">
         <v>2207</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" t="s">
         <v>2208</v>
       </c>
       <c r="B441" t="s">
         <v>2209</v>
       </c>
       <c r="C441" t="s">
         <v>2210</v>
       </c>
       <c r="D441">
         <v>4.77</v>
       </c>
+      <c r="E441">
+        <v>4.93</v>
+      </c>
+      <c r="F441" s="1">
+        <v>46112</v>
+      </c>
       <c r="G441" t="s">
         <v>14</v>
       </c>
       <c r="H441" t="s">
         <v>2211</v>
       </c>
       <c r="I441">
         <v>100</v>
       </c>
       <c r="J441" t="s">
         <v>16</v>
       </c>
       <c r="K441" t="s">
         <v>2212</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="s">
         <v>2213</v>
       </c>
       <c r="B442" t="s">
         <v>2214</v>
       </c>
       <c r="C442" t="s">
         <v>2215</v>
       </c>
       <c r="D442">
         <v>4.34</v>
       </c>
+      <c r="E442">
+        <v>4.46</v>
+      </c>
+      <c r="F442" s="1">
+        <v>46112</v>
+      </c>
       <c r="G442" t="s">
         <v>14</v>
       </c>
       <c r="H442" t="s">
         <v>2216</v>
       </c>
       <c r="I442">
         <v>100</v>
       </c>
       <c r="J442" t="s">
         <v>16</v>
       </c>
       <c r="K442" t="s">
         <v>2217</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="s">
         <v>2218</v>
       </c>
       <c r="B443" t="s">
         <v>2219</v>
       </c>
       <c r="C443" t="s">
         <v>2220</v>
       </c>
       <c r="D443">
         <v>4.76</v>
       </c>
+      <c r="E443">
+        <v>4.9</v>
+      </c>
+      <c r="F443" s="1">
+        <v>46112</v>
+      </c>
       <c r="G443" t="s">
         <v>14</v>
       </c>
       <c r="H443" t="s">
         <v>2221</v>
       </c>
       <c r="I443">
         <v>100</v>
       </c>
       <c r="J443" t="s">
         <v>16</v>
       </c>
       <c r="K443" t="s">
         <v>2222</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="s">
         <v>2223</v>
       </c>
       <c r="B444" t="s">
         <v>2224</v>
       </c>
       <c r="C444" t="s">
         <v>2225</v>
       </c>
       <c r="D444">
         <v>4.48</v>
       </c>
+      <c r="E444">
+        <v>4.61</v>
+      </c>
+      <c r="F444" s="1">
+        <v>46112</v>
+      </c>
       <c r="G444" t="s">
         <v>14</v>
       </c>
       <c r="H444" t="s">
         <v>2226</v>
       </c>
       <c r="I444">
         <v>100</v>
       </c>
       <c r="J444" t="s">
         <v>16</v>
       </c>
       <c r="K444" t="s">
         <v>2227</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" t="s">
         <v>2228</v>
       </c>
       <c r="B445" t="s">
         <v>2229</v>
       </c>
       <c r="C445" t="s">
         <v>2230</v>
       </c>
       <c r="D445">
         <v>5.08</v>
       </c>
+      <c r="E445">
+        <v>5.24</v>
+      </c>
+      <c r="F445" s="1">
+        <v>46112</v>
+      </c>
       <c r="G445" t="s">
         <v>14</v>
       </c>
       <c r="H445" t="s">
         <v>2231</v>
       </c>
       <c r="I445">
         <v>100</v>
       </c>
       <c r="J445" t="s">
         <v>16</v>
       </c>
       <c r="K445" t="s">
         <v>2232</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" t="s">
         <v>2233</v>
       </c>
       <c r="B446" t="s">
         <v>2234</v>
       </c>
       <c r="C446" t="s">
         <v>2235</v>
       </c>
       <c r="D446">
         <v>5.58</v>
       </c>
+      <c r="E446">
+        <v>5.75</v>
+      </c>
+      <c r="F446" s="1">
+        <v>46112</v>
+      </c>
       <c r="G446" t="s">
         <v>14</v>
       </c>
       <c r="H446" t="s">
         <v>2236</v>
       </c>
       <c r="I446">
         <v>100</v>
       </c>
       <c r="J446" t="s">
         <v>16</v>
       </c>
       <c r="K446" t="s">
         <v>2237</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" t="s">
         <v>2238</v>
       </c>
       <c r="B447" t="s">
         <v>2239</v>
       </c>
       <c r="C447" t="s">
         <v>2240</v>
       </c>
       <c r="D447">
         <v>5.25</v>
       </c>
+      <c r="E447">
+        <v>5.41</v>
+      </c>
+      <c r="F447" s="1">
+        <v>46112</v>
+      </c>
       <c r="G447" t="s">
         <v>14</v>
       </c>
       <c r="H447" t="s">
         <v>2241</v>
       </c>
       <c r="I447">
         <v>100</v>
       </c>
       <c r="J447" t="s">
         <v>16</v>
       </c>
       <c r="K447" t="s">
         <v>2242</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" t="s">
         <v>2243</v>
       </c>
       <c r="B448" t="s">
         <v>2244</v>
       </c>
       <c r="C448" t="s">
         <v>2245</v>
       </c>
       <c r="D448">
         <v>5.78</v>
       </c>
+      <c r="E448">
+        <v>5.95</v>
+      </c>
+      <c r="F448" s="1">
+        <v>46112</v>
+      </c>
       <c r="G448" t="s">
         <v>14</v>
       </c>
       <c r="H448" t="s">
         <v>2246</v>
       </c>
       <c r="I448">
         <v>100</v>
       </c>
       <c r="J448" t="s">
         <v>16</v>
       </c>
       <c r="K448" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" t="s">
         <v>2248</v>
       </c>
       <c r="B449" t="s">
         <v>2249</v>
       </c>
       <c r="C449" t="s">
         <v>2250</v>
       </c>
       <c r="D449">
         <v>5.78</v>
       </c>
+      <c r="E449">
+        <v>5.95</v>
+      </c>
+      <c r="F449" s="1">
+        <v>46112</v>
+      </c>
       <c r="G449" t="s">
         <v>14</v>
       </c>
       <c r="H449" t="s">
         <v>2251</v>
       </c>
       <c r="I449">
         <v>100</v>
       </c>
       <c r="J449" t="s">
         <v>16</v>
       </c>
       <c r="K449" t="s">
         <v>2252</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" t="s">
         <v>2253</v>
       </c>
       <c r="B450" t="s">
         <v>2254</v>
       </c>
       <c r="C450" t="s">
         <v>2255</v>
       </c>
       <c r="D450">
         <v>5.44</v>
       </c>
+      <c r="E450">
+        <v>5.6</v>
+      </c>
+      <c r="F450" s="1">
+        <v>46112</v>
+      </c>
       <c r="G450" t="s">
         <v>14</v>
       </c>
       <c r="H450" t="s">
         <v>2256</v>
       </c>
       <c r="I450">
         <v>100</v>
       </c>
       <c r="J450" t="s">
         <v>16</v>
       </c>
       <c r="K450" t="s">
         <v>2257</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" t="s">
         <v>2258</v>
       </c>
       <c r="B451" t="s">
         <v>2259</v>
       </c>
       <c r="C451" t="s">
         <v>2260</v>
       </c>
       <c r="D451">
         <v>6.05</v>
       </c>
+      <c r="E451">
+        <v>6.24</v>
+      </c>
+      <c r="F451" s="1">
+        <v>46112</v>
+      </c>
       <c r="G451" t="s">
         <v>14</v>
       </c>
       <c r="H451" t="s">
         <v>2261</v>
       </c>
       <c r="I451">
         <v>100</v>
       </c>
       <c r="J451" t="s">
         <v>16</v>
       </c>
       <c r="K451" t="s">
         <v>2262</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="s">
         <v>2263</v>
       </c>
       <c r="B452" t="s">
         <v>2264</v>
       </c>
       <c r="C452" t="s">
         <v>2265</v>
       </c>
       <c r="D452">
         <v>6.43</v>
       </c>
+      <c r="E452">
+        <v>6.63</v>
+      </c>
+      <c r="F452" s="1">
+        <v>46112</v>
+      </c>
       <c r="G452" t="s">
         <v>14</v>
       </c>
       <c r="H452" t="s">
         <v>2266</v>
       </c>
       <c r="I452">
         <v>100</v>
       </c>
       <c r="J452" t="s">
         <v>16</v>
       </c>
       <c r="K452" t="s">
         <v>2267</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="s">
         <v>2268</v>
       </c>
       <c r="B453" t="s">
         <v>2269</v>
       </c>
       <c r="C453" t="s">
         <v>2270</v>
       </c>
       <c r="D453">
         <v>6.43</v>
       </c>
+      <c r="E453">
+        <v>6.63</v>
+      </c>
+      <c r="F453" s="1">
+        <v>46112</v>
+      </c>
       <c r="G453" t="s">
         <v>14</v>
       </c>
       <c r="H453" t="s">
         <v>2271</v>
       </c>
       <c r="I453">
         <v>100</v>
       </c>
       <c r="J453" t="s">
         <v>16</v>
       </c>
       <c r="K453" t="s">
         <v>2272</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="s">
         <v>2273</v>
       </c>
       <c r="B454" t="s">
         <v>2274</v>
       </c>
       <c r="C454" t="s">
         <v>2275</v>
       </c>
       <c r="D454">
         <v>6.91</v>
       </c>
+      <c r="E454">
+        <v>7.1</v>
+      </c>
+      <c r="F454" s="1">
+        <v>46112</v>
+      </c>
       <c r="G454" t="s">
         <v>14</v>
       </c>
       <c r="H454" t="s">
         <v>2276</v>
       </c>
       <c r="I454">
         <v>100</v>
       </c>
       <c r="J454" t="s">
         <v>16</v>
       </c>
       <c r="K454" t="s">
         <v>2277</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="s">
         <v>2278</v>
       </c>
       <c r="B455" t="s">
         <v>2279</v>
       </c>
       <c r="C455" t="s">
         <v>2280</v>
       </c>
       <c r="D455">
         <v>7.34</v>
       </c>
+      <c r="E455">
+        <v>7.55</v>
+      </c>
+      <c r="F455" s="1">
+        <v>46112</v>
+      </c>
       <c r="G455" t="s">
         <v>14</v>
       </c>
       <c r="H455" t="s">
         <v>2281</v>
       </c>
       <c r="I455">
         <v>100</v>
       </c>
       <c r="J455" t="s">
         <v>16</v>
       </c>
       <c r="K455" t="s">
         <v>2282</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" t="s">
         <v>2283</v>
       </c>
       <c r="B456" t="s">
         <v>2284</v>
       </c>
       <c r="C456" t="s">
         <v>2285</v>
       </c>
       <c r="D456">
         <v>6.7</v>
       </c>
+      <c r="E456">
+        <v>6.88</v>
+      </c>
+      <c r="F456" s="1">
+        <v>46112</v>
+      </c>
       <c r="G456" t="s">
         <v>14</v>
       </c>
       <c r="H456" t="s">
         <v>2286</v>
       </c>
       <c r="I456">
         <v>100</v>
       </c>
       <c r="J456" t="s">
         <v>16</v>
       </c>
       <c r="K456" t="s">
         <v>2287</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" t="s">
         <v>2288</v>
       </c>
       <c r="B457" t="s">
         <v>2289</v>
       </c>
       <c r="C457" t="s">
         <v>2290</v>
       </c>
       <c r="D457">
         <v>4.79</v>
       </c>
+      <c r="E457">
+        <v>4.93</v>
+      </c>
+      <c r="F457" s="1">
+        <v>46112</v>
+      </c>
       <c r="G457" t="s">
         <v>14</v>
       </c>
       <c r="H457" t="s">
         <v>2291</v>
       </c>
       <c r="I457">
         <v>100</v>
       </c>
       <c r="J457" t="s">
         <v>16</v>
       </c>
       <c r="K457" t="s">
         <v>2292</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" t="s">
         <v>2293</v>
       </c>
       <c r="B458" t="s">
         <v>2294</v>
       </c>
       <c r="C458" t="s">
         <v>2295</v>
       </c>
       <c r="D458">
         <v>4.79</v>
       </c>
+      <c r="E458">
+        <v>4.93</v>
+      </c>
+      <c r="F458" s="1">
+        <v>46112</v>
+      </c>
       <c r="G458" t="s">
         <v>14</v>
       </c>
       <c r="H458" t="s">
         <v>2296</v>
       </c>
       <c r="I458">
         <v>100</v>
       </c>
       <c r="J458" t="s">
         <v>16</v>
       </c>
       <c r="K458" t="s">
         <v>2297</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" t="s">
         <v>2298</v>
       </c>
       <c r="B459" t="s">
         <v>2299</v>
       </c>
       <c r="C459" t="s">
         <v>2300</v>
       </c>
       <c r="D459">
         <v>4.23</v>
       </c>
+      <c r="E459">
+        <v>4.35</v>
+      </c>
+      <c r="F459" s="1">
+        <v>46112</v>
+      </c>
       <c r="G459" t="s">
         <v>14</v>
       </c>
       <c r="H459" t="s">
         <v>2301</v>
       </c>
       <c r="I459">
         <v>100</v>
       </c>
       <c r="J459" t="s">
         <v>16</v>
       </c>
       <c r="K459" t="s">
         <v>2302</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" t="s">
         <v>2303</v>
       </c>
       <c r="B460" t="s">
         <v>2304</v>
       </c>
       <c r="C460" t="s">
         <v>2305</v>
       </c>
       <c r="D460">
         <v>3.47</v>
       </c>
+      <c r="E460">
+        <v>3.56</v>
+      </c>
+      <c r="F460" s="1">
+        <v>46112</v>
+      </c>
       <c r="G460" t="s">
         <v>14</v>
       </c>
       <c r="H460" t="s">
         <v>2306</v>
       </c>
       <c r="I460">
         <v>10</v>
       </c>
       <c r="J460" t="s">
         <v>16</v>
       </c>
       <c r="K460" t="s">
         <v>2307</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" t="s">
         <v>2308</v>
       </c>
       <c r="B461" t="s">
         <v>2309</v>
       </c>
       <c r="C461" t="s">
         <v>2310</v>
       </c>
       <c r="D461">
         <v>3.58</v>
       </c>
+      <c r="E461">
+        <v>3.68</v>
+      </c>
+      <c r="F461" s="1">
+        <v>46112</v>
+      </c>
       <c r="G461" t="s">
         <v>14</v>
       </c>
       <c r="H461" t="s">
         <v>2311</v>
       </c>
       <c r="I461">
         <v>10</v>
       </c>
       <c r="J461" t="s">
         <v>16</v>
       </c>
       <c r="K461" t="s">
         <v>2312</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="s">
         <v>2313</v>
       </c>
       <c r="B462" t="s">
         <v>2314</v>
       </c>
       <c r="C462" t="s">
         <v>2315</v>
       </c>
       <c r="D462">
         <v>3.58</v>
       </c>
+      <c r="E462">
+        <v>3.68</v>
+      </c>
+      <c r="F462" s="1">
+        <v>46112</v>
+      </c>
       <c r="G462" t="s">
         <v>14</v>
       </c>
       <c r="H462" t="s">
         <v>2316</v>
       </c>
       <c r="I462">
         <v>10</v>
       </c>
       <c r="J462" t="s">
         <v>16</v>
       </c>
       <c r="K462" t="s">
         <v>2317</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" t="s">
         <v>2318</v>
       </c>
       <c r="B463" t="s">
         <v>2319</v>
       </c>
       <c r="C463" t="s">
         <v>2320</v>
       </c>
       <c r="D463">
         <v>2.92</v>
       </c>
+      <c r="E463">
+        <v>2.92</v>
+      </c>
+      <c r="F463" s="1">
+        <v>46112</v>
+      </c>
       <c r="G463" t="s">
         <v>14</v>
       </c>
       <c r="H463" t="s">
         <v>2321</v>
       </c>
       <c r="I463">
         <v>10</v>
       </c>
       <c r="J463" t="s">
         <v>16</v>
       </c>
       <c r="K463" t="s">
         <v>2322</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" t="s">
         <v>2323</v>
       </c>
       <c r="B464" t="s">
         <v>2324</v>
       </c>
       <c r="C464" t="s">
         <v>2325</v>
       </c>
       <c r="D464">
         <v>3.14</v>
       </c>
+      <c r="E464">
+        <v>3.14</v>
+      </c>
+      <c r="F464" s="1">
+        <v>46112</v>
+      </c>
       <c r="G464" t="s">
         <v>14</v>
       </c>
       <c r="H464" t="s">
         <v>2326</v>
       </c>
       <c r="I464">
         <v>50</v>
       </c>
       <c r="J464" t="s">
         <v>16</v>
       </c>
       <c r="K464" t="s">
         <v>2327</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" t="s">
         <v>2328</v>
       </c>
       <c r="B465" t="s">
         <v>2329</v>
       </c>
       <c r="C465" t="s">
         <v>2330</v>
       </c>
       <c r="D465">
         <v>3.14</v>
       </c>
+      <c r="E465">
+        <v>3.14</v>
+      </c>
+      <c r="F465" s="1">
+        <v>46112</v>
+      </c>
       <c r="G465" t="s">
         <v>14</v>
       </c>
       <c r="H465" t="s">
         <v>2331</v>
       </c>
       <c r="I465">
         <v>50</v>
       </c>
       <c r="J465" t="s">
         <v>16</v>
       </c>
       <c r="K465" t="s">
         <v>2332</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" t="s">
         <v>2333</v>
       </c>
       <c r="B466" t="s">
         <v>2334</v>
       </c>
       <c r="C466" t="s">
         <v>2335</v>
       </c>
       <c r="D466">
         <v>4.28</v>
       </c>
+      <c r="E466">
+        <v>4.28</v>
+      </c>
+      <c r="F466" s="1">
+        <v>46112</v>
+      </c>
       <c r="G466" t="s">
         <v>14</v>
       </c>
       <c r="H466" t="s">
         <v>2336</v>
       </c>
       <c r="I466">
         <v>50</v>
       </c>
       <c r="J466" t="s">
         <v>16</v>
       </c>
       <c r="K466" t="s">
         <v>2337</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" t="s">
         <v>2338</v>
       </c>
       <c r="B467" t="s">
         <v>2339</v>
       </c>
       <c r="C467" t="s">
         <v>2340</v>
       </c>
       <c r="D467">
         <v>5.7</v>
       </c>
+      <c r="E467">
+        <v>5.86</v>
+      </c>
+      <c r="F467" s="1">
+        <v>46112</v>
+      </c>
       <c r="G467" t="s">
         <v>14</v>
       </c>
       <c r="H467" t="s">
         <v>2341</v>
       </c>
       <c r="I467">
         <v>100</v>
       </c>
       <c r="J467" t="s">
         <v>16</v>
       </c>
       <c r="K467" t="s">
         <v>2342</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" t="s">
         <v>2343</v>
       </c>
       <c r="B468" t="s">
         <v>2344</v>
       </c>
       <c r="C468" t="s">
         <v>2345</v>
       </c>
       <c r="D468">
         <v>6.39</v>
       </c>
+      <c r="E468">
+        <v>6.6</v>
+      </c>
+      <c r="F468" s="1">
+        <v>46112</v>
+      </c>
       <c r="G468" t="s">
         <v>14</v>
       </c>
       <c r="H468" t="s">
         <v>2346</v>
       </c>
       <c r="I468">
         <v>100</v>
       </c>
       <c r="J468" t="s">
         <v>16</v>
       </c>
       <c r="K468" t="s">
         <v>2347</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" t="s">
         <v>2348</v>
       </c>
       <c r="B469" t="s">
         <v>2349</v>
       </c>
       <c r="C469" t="s">
         <v>2350</v>
       </c>
       <c r="D469">
         <v>5.82</v>
       </c>
+      <c r="E469">
+        <v>5.98</v>
+      </c>
+      <c r="F469" s="1">
+        <v>46112</v>
+      </c>
       <c r="G469" t="s">
         <v>14</v>
       </c>
       <c r="H469" t="s">
         <v>2351</v>
       </c>
       <c r="I469">
         <v>100</v>
       </c>
       <c r="J469" t="s">
         <v>16</v>
       </c>
       <c r="K469" t="s">
         <v>2352</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" t="s">
         <v>2353</v>
       </c>
       <c r="B470" t="s">
         <v>2354</v>
       </c>
       <c r="C470" t="s">
         <v>2355</v>
       </c>
       <c r="D470">
         <v>6.49</v>
       </c>
+      <c r="E470">
+        <v>6.69</v>
+      </c>
+      <c r="F470" s="1">
+        <v>46112</v>
+      </c>
       <c r="G470" t="s">
         <v>14</v>
       </c>
       <c r="H470" t="s">
         <v>2356</v>
       </c>
       <c r="I470">
         <v>100</v>
       </c>
       <c r="J470" t="s">
         <v>16</v>
       </c>
       <c r="K470" t="s">
         <v>2357</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" t="s">
         <v>2358</v>
       </c>
       <c r="B471" t="s">
         <v>2359</v>
       </c>
       <c r="C471" t="s">
         <v>2360</v>
       </c>
       <c r="D471">
         <v>1.19</v>
       </c>
+      <c r="E471">
+        <v>1.22</v>
+      </c>
+      <c r="F471" s="1">
+        <v>46112</v>
+      </c>
       <c r="G471" t="s">
         <v>14</v>
       </c>
       <c r="H471" t="s">
         <v>2361</v>
       </c>
       <c r="I471">
         <v>100</v>
       </c>
       <c r="J471" t="s">
         <v>16</v>
       </c>
       <c r="K471" t="s">
         <v>2362</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" t="s">
         <v>2363</v>
       </c>
       <c r="B472" t="s">
         <v>2364</v>
       </c>
       <c r="C472" t="s">
         <v>2365</v>
       </c>
       <c r="D472">
         <v>1.19</v>
       </c>
+      <c r="E472">
+        <v>1.22</v>
+      </c>
+      <c r="F472" s="1">
+        <v>46112</v>
+      </c>
       <c r="G472" t="s">
         <v>14</v>
       </c>
       <c r="H472" t="s">
         <v>2366</v>
       </c>
       <c r="I472">
         <v>100</v>
       </c>
       <c r="J472" t="s">
         <v>16</v>
       </c>
       <c r="K472" t="s">
         <v>2367</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" t="s">
         <v>2368</v>
       </c>
       <c r="B473" t="s">
         <v>2369</v>
       </c>
       <c r="C473" t="s">
         <v>2370</v>
       </c>
       <c r="D473">
         <v>1.19</v>
       </c>
+      <c r="E473">
+        <v>1.22</v>
+      </c>
+      <c r="F473" s="1">
+        <v>46112</v>
+      </c>
       <c r="G473" t="s">
         <v>14</v>
       </c>
       <c r="H473" t="s">
         <v>2371</v>
       </c>
       <c r="I473">
         <v>100</v>
       </c>
       <c r="J473" t="s">
         <v>16</v>
       </c>
       <c r="K473" t="s">
         <v>2372</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" t="s">
         <v>2373</v>
       </c>
       <c r="B474" t="s">
         <v>2374</v>
       </c>
       <c r="C474" t="s">
         <v>2375</v>
       </c>
       <c r="D474">
         <v>1.14</v>
       </c>
+      <c r="E474">
+        <v>1.17</v>
+      </c>
+      <c r="F474" s="1">
+        <v>46112</v>
+      </c>
       <c r="G474" t="s">
         <v>14</v>
       </c>
       <c r="H474" t="s">
         <v>2376</v>
       </c>
       <c r="I474">
         <v>100</v>
       </c>
       <c r="J474" t="s">
         <v>16</v>
       </c>
       <c r="K474" t="s">
         <v>2377</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" t="s">
         <v>2378</v>
       </c>
       <c r="B475" t="s">
         <v>2379</v>
       </c>
       <c r="C475" t="s">
         <v>2380</v>
       </c>
       <c r="D475">
         <v>1.14</v>
       </c>
+      <c r="E475">
+        <v>1.17</v>
+      </c>
+      <c r="F475" s="1">
+        <v>46112</v>
+      </c>
       <c r="G475" t="s">
         <v>14</v>
       </c>
       <c r="H475" t="s">
         <v>2381</v>
       </c>
       <c r="I475">
         <v>100</v>
       </c>
       <c r="J475" t="s">
         <v>16</v>
       </c>
       <c r="K475" t="s">
         <v>2382</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" t="s">
         <v>2383</v>
       </c>
       <c r="B476" t="s">
         <v>2384</v>
       </c>
       <c r="C476" t="s">
         <v>2385</v>
       </c>
       <c r="D476">
         <v>2.57</v>
       </c>
+      <c r="E476">
+        <v>2.66</v>
+      </c>
+      <c r="F476" s="1">
+        <v>46112</v>
+      </c>
       <c r="G476" t="s">
         <v>14</v>
       </c>
       <c r="H476" t="s">
         <v>2386</v>
       </c>
       <c r="I476">
         <v>100</v>
       </c>
       <c r="J476" t="s">
         <v>16</v>
       </c>
       <c r="K476" t="s">
         <v>2387</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" t="s">
         <v>2388</v>
       </c>
       <c r="B477" t="s">
         <v>2389</v>
       </c>
       <c r="C477" t="s">
         <v>2390</v>
       </c>
       <c r="D477">
         <v>2.24</v>
       </c>
+      <c r="E477">
+        <v>2.24</v>
+      </c>
+      <c r="F477" s="1">
+        <v>46112</v>
+      </c>
       <c r="G477" t="s">
         <v>14</v>
       </c>
       <c r="H477" t="s">
         <v>2391</v>
       </c>
       <c r="I477">
         <v>100</v>
       </c>
       <c r="J477" t="s">
         <v>16</v>
       </c>
       <c r="K477" t="s">
         <v>2392</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" t="s">
         <v>2393</v>
       </c>
       <c r="B478" t="s">
         <v>2394</v>
       </c>
       <c r="C478" t="s">
         <v>2395</v>
       </c>
       <c r="D478">
         <v>2.99</v>
       </c>
+      <c r="E478">
+        <v>3.07</v>
+      </c>
+      <c r="F478" s="1">
+        <v>46112</v>
+      </c>
       <c r="G478" t="s">
         <v>14</v>
       </c>
       <c r="H478" t="s">
         <v>2396</v>
       </c>
       <c r="I478">
         <v>100</v>
       </c>
       <c r="J478" t="s">
         <v>16</v>
       </c>
       <c r="K478" t="s">
         <v>2397</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" t="s">
         <v>2398</v>
       </c>
       <c r="B479" t="s">
         <v>2399</v>
       </c>
       <c r="C479" t="s">
         <v>2400</v>
       </c>
       <c r="D479">
         <v>3.19</v>
       </c>
+      <c r="E479">
+        <v>3.29</v>
+      </c>
+      <c r="F479" s="1">
+        <v>46112</v>
+      </c>
       <c r="G479" t="s">
         <v>14</v>
       </c>
       <c r="H479" t="s">
         <v>2401</v>
       </c>
       <c r="I479">
         <v>100</v>
       </c>
       <c r="J479" t="s">
         <v>16</v>
       </c>
       <c r="K479" t="s">
         <v>2402</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" t="s">
         <v>2403</v>
       </c>
       <c r="B480" t="s">
         <v>2404</v>
       </c>
       <c r="C480" t="s">
         <v>2405</v>
       </c>
       <c r="D480">
         <v>3.66</v>
       </c>
+      <c r="E480">
+        <v>3.78</v>
+      </c>
+      <c r="F480" s="1">
+        <v>46112</v>
+      </c>
       <c r="G480" t="s">
         <v>14</v>
       </c>
       <c r="H480" t="s">
         <v>2406</v>
       </c>
       <c r="I480">
         <v>100</v>
       </c>
       <c r="J480" t="s">
         <v>16</v>
       </c>
       <c r="K480" t="s">
         <v>2407</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" t="s">
         <v>2408</v>
       </c>
       <c r="B481" t="s">
         <v>2409</v>
       </c>
       <c r="C481" t="s">
         <v>2410</v>
       </c>
       <c r="D481">
         <v>3.66</v>
       </c>
+      <c r="E481">
+        <v>3.78</v>
+      </c>
+      <c r="F481" s="1">
+        <v>46112</v>
+      </c>
       <c r="G481" t="s">
         <v>14</v>
       </c>
       <c r="H481" t="s">
         <v>2411</v>
       </c>
       <c r="I481">
         <v>100</v>
       </c>
       <c r="J481" t="s">
         <v>16</v>
       </c>
       <c r="K481" t="s">
         <v>2412</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" t="s">
         <v>2413</v>
       </c>
       <c r="B482" t="s">
         <v>2414</v>
       </c>
       <c r="C482" t="s">
         <v>2415</v>
       </c>
       <c r="D482">
         <v>3.9</v>
       </c>
+      <c r="E482">
+        <v>4.03</v>
+      </c>
+      <c r="F482" s="1">
+        <v>46112</v>
+      </c>
       <c r="G482" t="s">
         <v>14</v>
       </c>
       <c r="H482" t="s">
         <v>2416</v>
       </c>
       <c r="I482">
         <v>100</v>
       </c>
       <c r="J482" t="s">
         <v>16</v>
       </c>
       <c r="K482" t="s">
         <v>2417</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" t="s">
         <v>2418</v>
       </c>
       <c r="B483" t="s">
         <v>2419</v>
       </c>
       <c r="C483" t="s">
         <v>2420</v>
       </c>
       <c r="D483">
         <v>3.66</v>
       </c>
+      <c r="E483">
+        <v>3.78</v>
+      </c>
+      <c r="F483" s="1">
+        <v>46112</v>
+      </c>
       <c r="G483" t="s">
         <v>14</v>
       </c>
       <c r="H483" t="s">
         <v>2421</v>
       </c>
       <c r="I483">
         <v>100</v>
       </c>
       <c r="J483" t="s">
         <v>16</v>
       </c>
       <c r="K483" t="s">
         <v>2422</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" t="s">
         <v>2423</v>
       </c>
       <c r="B484" t="s">
         <v>2424</v>
       </c>
       <c r="C484" t="s">
         <v>2425</v>
       </c>
       <c r="D484">
         <v>4.03</v>
       </c>
+      <c r="E484">
+        <v>4.16</v>
+      </c>
+      <c r="F484" s="1">
+        <v>46112</v>
+      </c>
       <c r="G484" t="s">
         <v>14</v>
       </c>
       <c r="H484" t="s">
         <v>2426</v>
       </c>
       <c r="I484">
         <v>100</v>
       </c>
       <c r="J484" t="s">
         <v>16</v>
       </c>
       <c r="K484" t="s">
         <v>2427</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" t="s">
         <v>2428</v>
       </c>
       <c r="B485" t="s">
         <v>2429</v>
       </c>
       <c r="C485" t="s">
         <v>2430</v>
       </c>
       <c r="D485">
         <v>4.74</v>
       </c>
+      <c r="E485">
+        <v>4.89</v>
+      </c>
+      <c r="F485" s="1">
+        <v>46112</v>
+      </c>
       <c r="G485" t="s">
         <v>14</v>
       </c>
       <c r="H485" t="s">
         <v>2431</v>
       </c>
       <c r="I485">
         <v>100</v>
       </c>
       <c r="J485" t="s">
         <v>16</v>
       </c>
       <c r="K485" t="s">
         <v>2432</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" t="s">
         <v>2433</v>
       </c>
       <c r="B486" t="s">
         <v>2434</v>
       </c>
       <c r="C486" t="s">
         <v>2435</v>
       </c>
       <c r="D486">
         <v>6.5</v>
       </c>
+      <c r="E486">
+        <v>6.7</v>
+      </c>
+      <c r="F486" s="1">
+        <v>46112</v>
+      </c>
       <c r="G486" t="s">
         <v>14</v>
       </c>
       <c r="H486" t="s">
         <v>2436</v>
       </c>
       <c r="I486">
         <v>50</v>
       </c>
       <c r="J486" t="s">
         <v>16</v>
       </c>
       <c r="K486" t="s">
         <v>2437</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" t="s">
         <v>2438</v>
       </c>
       <c r="B487" t="s">
         <v>2439</v>
       </c>
       <c r="C487" t="s">
         <v>2440</v>
       </c>
       <c r="D487">
         <v>6.36</v>
       </c>
+      <c r="E487">
+        <v>6.54</v>
+      </c>
+      <c r="F487" s="1">
+        <v>46112</v>
+      </c>
       <c r="G487" t="s">
         <v>14</v>
       </c>
       <c r="H487" t="s">
         <v>2441</v>
       </c>
       <c r="I487">
         <v>10</v>
       </c>
       <c r="J487" t="s">
         <v>16</v>
       </c>
       <c r="K487" t="s">
         <v>2442</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" t="s">
         <v>2443</v>
       </c>
       <c r="B488" t="s">
         <v>2444</v>
       </c>
       <c r="C488" t="s">
         <v>2445</v>
       </c>
       <c r="D488">
         <v>4.31</v>
       </c>
+      <c r="E488">
+        <v>4.44</v>
+      </c>
+      <c r="F488" s="1">
+        <v>46112</v>
+      </c>
       <c r="G488" t="s">
         <v>14</v>
       </c>
       <c r="H488" t="s">
         <v>2446</v>
       </c>
       <c r="I488">
         <v>10</v>
       </c>
       <c r="J488" t="s">
         <v>16</v>
       </c>
       <c r="K488" t="s">
         <v>2447</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" t="s">
         <v>2448</v>
       </c>
       <c r="B489" t="s">
         <v>2449</v>
       </c>
       <c r="C489" t="s">
         <v>2450</v>
       </c>
       <c r="D489">
         <v>4.38</v>
       </c>
+      <c r="E489">
+        <v>4.52</v>
+      </c>
+      <c r="F489" s="1">
+        <v>46112</v>
+      </c>
       <c r="G489" t="s">
         <v>14</v>
       </c>
       <c r="H489" t="s">
         <v>2451</v>
       </c>
       <c r="I489">
         <v>10</v>
       </c>
       <c r="J489" t="s">
         <v>16</v>
       </c>
       <c r="K489" t="s">
         <v>2452</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" t="s">
         <v>2453</v>
       </c>
       <c r="B490" t="s">
         <v>2454</v>
       </c>
       <c r="C490" t="s">
         <v>2455</v>
       </c>
       <c r="D490">
         <v>4.38</v>
       </c>
+      <c r="E490">
+        <v>4.52</v>
+      </c>
+      <c r="F490" s="1">
+        <v>46112</v>
+      </c>
       <c r="G490" t="s">
         <v>14</v>
       </c>
       <c r="H490" t="s">
         <v>2456</v>
       </c>
       <c r="I490">
         <v>10</v>
       </c>
       <c r="J490" t="s">
         <v>16</v>
       </c>
       <c r="K490" t="s">
         <v>2457</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" t="s">
         <v>2458</v>
       </c>
       <c r="B491" t="s">
         <v>2459</v>
       </c>
       <c r="C491" t="s">
         <v>2460</v>
       </c>
       <c r="D491">
         <v>4.6</v>
       </c>
+      <c r="E491">
+        <v>4.73</v>
+      </c>
+      <c r="F491" s="1">
+        <v>46112</v>
+      </c>
       <c r="G491" t="s">
         <v>14</v>
       </c>
       <c r="H491" t="s">
         <v>2461</v>
       </c>
       <c r="I491">
         <v>10</v>
       </c>
       <c r="J491" t="s">
         <v>16</v>
       </c>
       <c r="K491" t="s">
         <v>2462</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" t="s">
         <v>2463</v>
       </c>
       <c r="B492" t="s">
         <v>2464</v>
       </c>
       <c r="C492" t="s">
         <v>2465</v>
       </c>
       <c r="D492">
         <v>5.1</v>
       </c>
+      <c r="E492">
+        <v>5.26</v>
+      </c>
+      <c r="F492" s="1">
+        <v>46112</v>
+      </c>
       <c r="G492" t="s">
         <v>14</v>
       </c>
       <c r="H492" t="s">
         <v>2466</v>
       </c>
       <c r="I492">
         <v>10</v>
       </c>
       <c r="J492" t="s">
         <v>16</v>
       </c>
       <c r="K492" t="s">
         <v>2467</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" t="s">
         <v>2468</v>
       </c>
       <c r="B493" t="s">
         <v>2469</v>
       </c>
       <c r="C493" t="s">
         <v>2470</v>
       </c>
       <c r="D493">
         <v>4.51</v>
       </c>
+      <c r="E493">
+        <v>4.64</v>
+      </c>
+      <c r="F493" s="1">
+        <v>46112</v>
+      </c>
       <c r="G493" t="s">
         <v>14</v>
       </c>
       <c r="H493" t="s">
         <v>2471</v>
       </c>
       <c r="I493">
         <v>50</v>
       </c>
       <c r="J493" t="s">
         <v>16</v>
       </c>
       <c r="K493" t="s">
         <v>2472</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" t="s">
         <v>2473</v>
       </c>
       <c r="B494" t="s">
         <v>2474</v>
       </c>
       <c r="C494" t="s">
         <v>2475</v>
       </c>
       <c r="D494">
         <v>3.4</v>
       </c>
+      <c r="E494">
+        <v>3.4</v>
+      </c>
+      <c r="F494" s="1">
+        <v>46112</v>
+      </c>
       <c r="G494" t="s">
         <v>14</v>
       </c>
       <c r="H494" t="s">
         <v>2476</v>
       </c>
       <c r="I494">
         <v>50</v>
       </c>
       <c r="J494" t="s">
         <v>16</v>
       </c>
       <c r="K494" t="s">
         <v>2477</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" t="s">
         <v>2478</v>
       </c>
       <c r="B495" t="s">
         <v>2479</v>
       </c>
       <c r="C495" t="s">
         <v>2480</v>
       </c>
       <c r="D495">
         <v>3.4</v>
       </c>
+      <c r="E495">
+        <v>3.4</v>
+      </c>
+      <c r="F495" s="1">
+        <v>46112</v>
+      </c>
       <c r="G495" t="s">
         <v>14</v>
       </c>
       <c r="H495" t="s">
         <v>2481</v>
       </c>
       <c r="I495">
         <v>50</v>
       </c>
       <c r="J495" t="s">
         <v>16</v>
       </c>
       <c r="K495" t="s">
         <v>2482</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" t="s">
         <v>2483</v>
       </c>
       <c r="B496" t="s">
         <v>2484</v>
       </c>
       <c r="C496" t="s">
         <v>2485</v>
       </c>
       <c r="D496">
         <v>3.4</v>
       </c>
+      <c r="E496">
+        <v>3.4</v>
+      </c>
+      <c r="F496" s="1">
+        <v>46112</v>
+      </c>
       <c r="G496" t="s">
         <v>14</v>
       </c>
       <c r="H496" t="s">
         <v>2486</v>
       </c>
       <c r="I496">
         <v>50</v>
       </c>
       <c r="J496" t="s">
         <v>16</v>
       </c>
       <c r="K496" t="s">
         <v>2487</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" t="s">
         <v>2488</v>
       </c>
       <c r="B497" t="s">
         <v>2489</v>
       </c>
       <c r="C497" t="s">
         <v>2490</v>
       </c>
       <c r="D497">
         <v>1.04</v>
       </c>
+      <c r="E497">
+        <v>1.04</v>
+      </c>
+      <c r="F497" s="1">
+        <v>46112</v>
+      </c>
       <c r="G497" t="s">
         <v>14</v>
       </c>
       <c r="H497" t="s">
         <v>2491</v>
       </c>
       <c r="I497">
         <v>100</v>
       </c>
       <c r="J497" t="s">
         <v>16</v>
       </c>
       <c r="K497" t="s">
         <v>2492</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" t="s">
         <v>2493</v>
       </c>
       <c r="B498" t="s">
         <v>2494</v>
       </c>
       <c r="C498" t="s">
         <v>2495</v>
       </c>
       <c r="D498">
         <v>1.35</v>
       </c>
+      <c r="E498">
+        <v>1.38</v>
+      </c>
+      <c r="F498" s="1">
+        <v>46112</v>
+      </c>
       <c r="G498" t="s">
         <v>14</v>
       </c>
       <c r="H498" t="s">
         <v>2496</v>
       </c>
       <c r="I498">
         <v>100</v>
       </c>
       <c r="J498" t="s">
         <v>16</v>
       </c>
       <c r="K498" t="s">
         <v>2497</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" t="s">
         <v>2498</v>
       </c>
       <c r="B499" t="s">
         <v>2499</v>
       </c>
       <c r="C499" t="s">
         <v>2500</v>
       </c>
       <c r="D499">
         <v>1.16</v>
       </c>
+      <c r="E499">
+        <v>1.16</v>
+      </c>
+      <c r="F499" s="1">
+        <v>46112</v>
+      </c>
       <c r="G499" t="s">
         <v>14</v>
       </c>
       <c r="H499" t="s">
         <v>2501</v>
       </c>
       <c r="I499">
         <v>100</v>
       </c>
       <c r="J499" t="s">
         <v>16</v>
       </c>
       <c r="K499" t="s">
         <v>2502</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" t="s">
         <v>2503</v>
       </c>
       <c r="B500" t="s">
         <v>2504</v>
       </c>
       <c r="C500" t="s">
         <v>2505</v>
       </c>
       <c r="D500">
         <v>1.53</v>
       </c>
+      <c r="E500">
+        <v>1.56</v>
+      </c>
+      <c r="F500" s="1">
+        <v>46112</v>
+      </c>
       <c r="G500" t="s">
         <v>14</v>
       </c>
       <c r="H500" t="s">
         <v>2506</v>
       </c>
       <c r="I500">
         <v>100</v>
       </c>
       <c r="J500" t="s">
         <v>16</v>
       </c>
       <c r="K500" t="s">
         <v>2507</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" t="s">
         <v>2508</v>
       </c>
       <c r="B501" t="s">
         <v>2509</v>
       </c>
       <c r="C501" t="s">
         <v>2510</v>
       </c>
       <c r="D501">
         <v>1.53</v>
       </c>
+      <c r="E501">
+        <v>1.56</v>
+      </c>
+      <c r="F501" s="1">
+        <v>46112</v>
+      </c>
       <c r="G501" t="s">
         <v>14</v>
       </c>
       <c r="H501" t="s">
         <v>2511</v>
       </c>
       <c r="I501">
         <v>100</v>
       </c>
       <c r="J501" t="s">
         <v>16</v>
       </c>
       <c r="K501" t="s">
         <v>2512</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" t="s">
         <v>2513</v>
       </c>
       <c r="B502" t="s">
         <v>2514</v>
       </c>
       <c r="C502" t="s">
         <v>2515</v>
       </c>
       <c r="D502">
         <v>1.53</v>
       </c>
+      <c r="E502">
+        <v>1.56</v>
+      </c>
+      <c r="F502" s="1">
+        <v>46112</v>
+      </c>
       <c r="G502" t="s">
         <v>14</v>
       </c>
       <c r="H502" t="s">
         <v>2516</v>
       </c>
       <c r="I502">
         <v>100</v>
       </c>
       <c r="J502" t="s">
         <v>16</v>
       </c>
       <c r="K502" t="s">
         <v>2517</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" t="s">
         <v>2518</v>
       </c>
       <c r="B503" t="s">
         <v>2519</v>
       </c>
       <c r="C503" t="s">
         <v>2520</v>
       </c>
       <c r="D503">
         <v>1.53</v>
       </c>
+      <c r="E503">
+        <v>1.56</v>
+      </c>
+      <c r="F503" s="1">
+        <v>46112</v>
+      </c>
       <c r="G503" t="s">
         <v>14</v>
       </c>
       <c r="H503" t="s">
         <v>2521</v>
       </c>
       <c r="I503">
         <v>100</v>
       </c>
       <c r="J503" t="s">
         <v>16</v>
       </c>
       <c r="K503" t="s">
         <v>2522</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" t="s">
         <v>2523</v>
       </c>
       <c r="B504" t="s">
         <v>2524</v>
       </c>
       <c r="C504" t="s">
         <v>2525</v>
       </c>
       <c r="D504">
         <v>1.39</v>
       </c>
+      <c r="E504">
+        <v>1.42</v>
+      </c>
+      <c r="F504" s="1">
+        <v>46112</v>
+      </c>
       <c r="G504" t="s">
         <v>14</v>
       </c>
       <c r="H504" t="s">
         <v>2526</v>
       </c>
       <c r="I504">
         <v>100</v>
       </c>
       <c r="J504" t="s">
         <v>16</v>
       </c>
       <c r="K504" t="s">
         <v>2527</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" t="s">
         <v>2528</v>
       </c>
       <c r="B505" t="s">
         <v>2529</v>
       </c>
       <c r="C505" t="s">
         <v>2530</v>
       </c>
       <c r="D505">
         <v>1.53</v>
       </c>
+      <c r="E505">
+        <v>1.56</v>
+      </c>
+      <c r="F505" s="1">
+        <v>46112</v>
+      </c>
       <c r="G505" t="s">
         <v>14</v>
       </c>
       <c r="H505" t="s">
         <v>2531</v>
       </c>
       <c r="I505">
         <v>100</v>
       </c>
       <c r="J505" t="s">
         <v>16</v>
       </c>
       <c r="K505" t="s">
         <v>2532</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" t="s">
         <v>2533</v>
       </c>
       <c r="B506" t="s">
         <v>2534</v>
       </c>
       <c r="C506" t="s">
         <v>2535</v>
       </c>
       <c r="D506">
         <v>1.53</v>
       </c>
+      <c r="E506">
+        <v>1.56</v>
+      </c>
+      <c r="F506" s="1">
+        <v>46112</v>
+      </c>
       <c r="G506" t="s">
         <v>14</v>
       </c>
       <c r="H506" t="s">
         <v>2536</v>
       </c>
       <c r="I506">
         <v>100</v>
       </c>
       <c r="J506" t="s">
         <v>16</v>
       </c>
       <c r="K506" t="s">
         <v>2537</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" t="s">
         <v>2538</v>
       </c>
       <c r="B507" t="s">
         <v>2539</v>
       </c>
       <c r="C507" t="s">
         <v>2540</v>
       </c>
       <c r="D507">
         <v>4.19</v>
       </c>
+      <c r="E507">
+        <v>4.31</v>
+      </c>
+      <c r="F507" s="1">
+        <v>46112</v>
+      </c>
       <c r="G507" t="s">
         <v>14</v>
       </c>
       <c r="H507" t="s">
         <v>2541</v>
       </c>
       <c r="I507">
         <v>100</v>
       </c>
       <c r="J507" t="s">
         <v>16</v>
       </c>
       <c r="K507" t="s">
         <v>2542</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" t="s">
         <v>2543</v>
       </c>
       <c r="B508" t="s">
         <v>2544</v>
       </c>
       <c r="C508" t="s">
         <v>2545</v>
       </c>
       <c r="D508">
         <v>4.46</v>
       </c>
+      <c r="E508">
+        <v>4.59</v>
+      </c>
+      <c r="F508" s="1">
+        <v>46112</v>
+      </c>
       <c r="G508" t="s">
         <v>14</v>
       </c>
       <c r="H508" t="s">
         <v>2546</v>
       </c>
       <c r="I508">
         <v>10</v>
       </c>
       <c r="J508" t="s">
         <v>16</v>
       </c>
       <c r="K508" t="s">
         <v>2547</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" t="s">
         <v>2548</v>
       </c>
       <c r="B509" t="s">
         <v>2549</v>
       </c>
       <c r="C509" t="s">
         <v>2550</v>
       </c>
       <c r="D509">
         <v>4.46</v>
       </c>
+      <c r="E509">
+        <v>4.59</v>
+      </c>
+      <c r="F509" s="1">
+        <v>46112</v>
+      </c>
       <c r="G509" t="s">
         <v>14</v>
       </c>
       <c r="H509" t="s">
         <v>2551</v>
       </c>
       <c r="I509">
         <v>10</v>
       </c>
       <c r="J509" t="s">
         <v>16</v>
       </c>
       <c r="K509" t="s">
         <v>2552</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" t="s">
         <v>2553</v>
       </c>
       <c r="B510" t="s">
         <v>2554</v>
       </c>
       <c r="C510" t="s">
         <v>2555</v>
       </c>
       <c r="D510">
         <v>3.51</v>
       </c>
+      <c r="E510">
+        <v>3.51</v>
+      </c>
+      <c r="F510" s="1">
+        <v>46112</v>
+      </c>
       <c r="G510" t="s">
         <v>14</v>
       </c>
       <c r="H510" t="s">
         <v>2556</v>
       </c>
       <c r="I510">
         <v>10</v>
       </c>
       <c r="J510" t="s">
         <v>16</v>
       </c>
       <c r="K510" t="s">
         <v>2557</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" t="s">
         <v>2558</v>
       </c>
       <c r="B511" t="s">
         <v>2559</v>
       </c>
       <c r="C511" t="s">
         <v>2560</v>
       </c>
       <c r="D511">
         <v>4.19</v>
       </c>
+      <c r="E511">
+        <v>4.31</v>
+      </c>
+      <c r="F511" s="1">
+        <v>46112</v>
+      </c>
       <c r="G511" t="s">
         <v>14</v>
       </c>
       <c r="H511" t="s">
         <v>2561</v>
       </c>
       <c r="I511">
         <v>10</v>
       </c>
       <c r="J511" t="s">
         <v>16</v>
       </c>
       <c r="K511" t="s">
         <v>2562</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" t="s">
         <v>2563</v>
       </c>
       <c r="B512" t="s">
         <v>2564</v>
       </c>
       <c r="C512" t="s">
         <v>2565</v>
       </c>
       <c r="D512">
         <v>3</v>
       </c>
+      <c r="E512">
+        <v>3</v>
+      </c>
+      <c r="F512" s="1">
+        <v>46112</v>
+      </c>
       <c r="G512" t="s">
         <v>14</v>
       </c>
       <c r="H512" t="s">
         <v>2566</v>
       </c>
       <c r="I512">
         <v>10</v>
       </c>
       <c r="J512" t="s">
         <v>16</v>
       </c>
       <c r="K512" t="s">
         <v>2567</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" t="s">
         <v>2568</v>
       </c>
       <c r="B513" t="s">
         <v>2569</v>
       </c>
       <c r="C513" t="s">
         <v>2570</v>
       </c>
       <c r="D513">
         <v>2.5</v>
       </c>
+      <c r="E513">
+        <v>2.5</v>
+      </c>
+      <c r="F513" s="1">
+        <v>46112</v>
+      </c>
       <c r="G513" t="s">
         <v>14</v>
       </c>
       <c r="H513" t="s">
         <v>2571</v>
       </c>
       <c r="I513">
         <v>100</v>
       </c>
       <c r="J513" t="s">
         <v>16</v>
       </c>
       <c r="K513" t="s">
         <v>2572</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" t="s">
         <v>2573</v>
       </c>
       <c r="B514" t="s">
         <v>2574</v>
       </c>
       <c r="C514" t="s">
         <v>2575</v>
       </c>
       <c r="D514">
         <v>3.83</v>
       </c>
+      <c r="E514">
+        <v>3.96</v>
+      </c>
+      <c r="F514" s="1">
+        <v>46112</v>
+      </c>
       <c r="G514" t="s">
         <v>14</v>
       </c>
       <c r="H514" t="s">
         <v>2576</v>
       </c>
       <c r="I514">
         <v>50</v>
       </c>
       <c r="J514" t="s">
         <v>16</v>
       </c>
       <c r="K514" t="s">
         <v>2577</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" t="s">
         <v>2578</v>
       </c>
       <c r="B515" t="s">
         <v>2579</v>
       </c>
       <c r="C515" t="s">
         <v>2580</v>
       </c>
       <c r="D515">
         <v>3.83</v>
       </c>
+      <c r="E515">
+        <v>3.96</v>
+      </c>
+      <c r="F515" s="1">
+        <v>46112</v>
+      </c>
       <c r="G515" t="s">
         <v>14</v>
       </c>
       <c r="H515" t="s">
         <v>2581</v>
       </c>
       <c r="I515">
         <v>50</v>
       </c>
       <c r="J515" t="s">
         <v>16</v>
       </c>
       <c r="K515" t="s">
         <v>2582</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" t="s">
         <v>2583</v>
       </c>
       <c r="B516" t="s">
         <v>2584</v>
       </c>
       <c r="C516" t="s">
         <v>2585</v>
       </c>
       <c r="D516">
         <v>3.83</v>
       </c>
+      <c r="E516">
+        <v>3.96</v>
+      </c>
+      <c r="F516" s="1">
+        <v>46112</v>
+      </c>
       <c r="G516" t="s">
         <v>14</v>
       </c>
       <c r="H516" t="s">
         <v>2586</v>
       </c>
       <c r="I516">
         <v>50</v>
       </c>
       <c r="J516" t="s">
         <v>16</v>
       </c>
       <c r="K516" t="s">
         <v>2587</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" t="s">
         <v>2588</v>
       </c>
       <c r="B517" t="s">
         <v>2589</v>
       </c>
       <c r="C517" t="s">
         <v>2590</v>
       </c>
       <c r="D517">
         <v>3.83</v>
       </c>
+      <c r="E517">
+        <v>3.96</v>
+      </c>
+      <c r="F517" s="1">
+        <v>46112</v>
+      </c>
       <c r="G517" t="s">
         <v>14</v>
       </c>
       <c r="H517" t="s">
         <v>2591</v>
       </c>
       <c r="I517">
         <v>50</v>
       </c>
       <c r="J517" t="s">
         <v>16</v>
       </c>
       <c r="K517" t="s">
         <v>2592</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" t="s">
         <v>2593</v>
       </c>
       <c r="B518" t="s">
         <v>2594</v>
       </c>
       <c r="C518" t="s">
         <v>2595</v>
       </c>
       <c r="D518">
         <v>3.83</v>
       </c>
+      <c r="E518">
+        <v>3.96</v>
+      </c>
+      <c r="F518" s="1">
+        <v>46112</v>
+      </c>
       <c r="G518" t="s">
         <v>14</v>
       </c>
       <c r="H518" t="s">
         <v>2596</v>
       </c>
       <c r="I518">
         <v>50</v>
       </c>
       <c r="J518" t="s">
         <v>16</v>
       </c>
       <c r="K518" t="s">
         <v>2597</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" t="s">
         <v>2598</v>
       </c>
       <c r="B519" t="s">
         <v>2599</v>
       </c>
       <c r="C519" t="s">
         <v>2600</v>
       </c>
       <c r="D519">
         <v>3.83</v>
       </c>
+      <c r="E519">
+        <v>3.96</v>
+      </c>
+      <c r="F519" s="1">
+        <v>46112</v>
+      </c>
       <c r="G519" t="s">
         <v>14</v>
       </c>
       <c r="H519" t="s">
         <v>2601</v>
       </c>
       <c r="I519">
         <v>50</v>
       </c>
       <c r="J519" t="s">
         <v>16</v>
       </c>
       <c r="K519" t="s">
         <v>2602</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" t="s">
         <v>2603</v>
       </c>
       <c r="B520" t="s">
         <v>2604</v>
       </c>
       <c r="C520" t="s">
         <v>2605</v>
       </c>
       <c r="D520">
         <v>7.85</v>
       </c>
+      <c r="E520">
+        <v>8.09</v>
+      </c>
+      <c r="F520" s="1">
+        <v>46112</v>
+      </c>
       <c r="G520" t="s">
         <v>14</v>
       </c>
       <c r="H520" t="s">
         <v>2606</v>
       </c>
       <c r="I520">
         <v>10</v>
       </c>
       <c r="J520" t="s">
         <v>16</v>
       </c>
       <c r="K520" t="s">
         <v>2607</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" t="s">
         <v>2608</v>
       </c>
       <c r="B521" t="s">
         <v>2609</v>
       </c>
       <c r="C521" t="s">
         <v>2610</v>
       </c>
       <c r="D521">
         <v>7.85</v>
       </c>
+      <c r="E521">
+        <v>8.09</v>
+      </c>
+      <c r="F521" s="1">
+        <v>46112</v>
+      </c>
       <c r="G521" t="s">
         <v>14</v>
       </c>
       <c r="H521" t="s">
         <v>2611</v>
       </c>
       <c r="I521">
         <v>10</v>
       </c>
       <c r="J521" t="s">
         <v>16</v>
       </c>
       <c r="K521" t="s">
         <v>2612</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" t="s">
         <v>2613</v>
       </c>
       <c r="B522" t="s">
         <v>2614</v>
       </c>
       <c r="C522" t="s">
         <v>2615</v>
       </c>
       <c r="D522">
         <v>7.85</v>
       </c>
+      <c r="E522">
+        <v>8.09</v>
+      </c>
+      <c r="F522" s="1">
+        <v>46112</v>
+      </c>
       <c r="G522" t="s">
         <v>14</v>
       </c>
       <c r="H522" t="s">
         <v>2616</v>
       </c>
       <c r="I522">
         <v>10</v>
       </c>
       <c r="J522" t="s">
         <v>16</v>
       </c>
       <c r="K522" t="s">
         <v>2617</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" t="s">
         <v>2618</v>
       </c>
       <c r="B523" t="s">
         <v>2619</v>
       </c>
       <c r="C523" t="s">
         <v>2620</v>
       </c>
       <c r="D523">
         <v>7.85</v>
       </c>
+      <c r="E523">
+        <v>8.09</v>
+      </c>
+      <c r="F523" s="1">
+        <v>46112</v>
+      </c>
       <c r="G523" t="s">
         <v>14</v>
       </c>
       <c r="H523" t="s">
         <v>2621</v>
       </c>
       <c r="I523">
         <v>10</v>
       </c>
       <c r="J523" t="s">
         <v>16</v>
       </c>
       <c r="K523" t="s">
         <v>2622</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" t="s">
         <v>2623</v>
       </c>
       <c r="B524" t="s">
         <v>2624</v>
       </c>
       <c r="C524" t="s">
         <v>2625</v>
       </c>
       <c r="D524">
         <v>7.39</v>
       </c>
+      <c r="E524">
+        <v>7.62</v>
+      </c>
+      <c r="F524" s="1">
+        <v>46112</v>
+      </c>
       <c r="G524" t="s">
         <v>14</v>
       </c>
       <c r="H524" t="s">
         <v>2626</v>
       </c>
       <c r="I524">
         <v>10</v>
       </c>
       <c r="J524" t="s">
         <v>16</v>
       </c>
       <c r="K524" t="s">
         <v>2627</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" t="s">
         <v>2628</v>
       </c>
       <c r="B525" t="s">
         <v>2629</v>
       </c>
       <c r="C525" t="s">
         <v>2630</v>
       </c>
       <c r="D525">
         <v>7.85</v>
       </c>
+      <c r="E525">
+        <v>8.09</v>
+      </c>
+      <c r="F525" s="1">
+        <v>46112</v>
+      </c>
       <c r="G525" t="s">
         <v>14</v>
       </c>
       <c r="H525" t="s">
         <v>2631</v>
       </c>
       <c r="I525">
         <v>10</v>
       </c>
       <c r="J525" t="s">
         <v>16</v>
       </c>
       <c r="K525" t="s">
         <v>2632</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" t="s">
         <v>2633</v>
       </c>
       <c r="B526" t="s">
         <v>2634</v>
       </c>
       <c r="C526" t="s">
         <v>2635</v>
       </c>
       <c r="D526">
         <v>7.39</v>
       </c>
+      <c r="E526">
+        <v>7.62</v>
+      </c>
+      <c r="F526" s="1">
+        <v>46112</v>
+      </c>
       <c r="G526" t="s">
         <v>14</v>
       </c>
       <c r="H526" t="s">
         <v>2636</v>
       </c>
       <c r="I526">
         <v>10</v>
       </c>
       <c r="J526" t="s">
         <v>16</v>
       </c>
       <c r="K526" t="s">
         <v>2637</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" t="s">
         <v>2638</v>
       </c>
       <c r="B527" t="s">
         <v>2639</v>
       </c>
       <c r="C527" t="s">
         <v>2640</v>
       </c>
       <c r="D527">
         <v>7.26</v>
       </c>
+      <c r="E527">
+        <v>7.47</v>
+      </c>
+      <c r="F527" s="1">
+        <v>46112</v>
+      </c>
       <c r="G527" t="s">
         <v>14</v>
       </c>
       <c r="H527" t="s">
         <v>2641</v>
       </c>
       <c r="I527">
         <v>10</v>
       </c>
       <c r="J527" t="s">
         <v>16</v>
       </c>
       <c r="K527" t="s">
         <v>2642</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" t="s">
         <v>2643</v>
       </c>
       <c r="B528" t="s">
         <v>2644</v>
       </c>
       <c r="C528" t="s">
         <v>2645</v>
       </c>
       <c r="D528">
         <v>7.26</v>
       </c>
+      <c r="E528">
+        <v>7.47</v>
+      </c>
+      <c r="F528" s="1">
+        <v>46112</v>
+      </c>
       <c r="G528" t="s">
         <v>14</v>
       </c>
       <c r="H528" t="s">
         <v>2646</v>
       </c>
       <c r="I528">
         <v>10</v>
       </c>
       <c r="J528" t="s">
         <v>16</v>
       </c>
       <c r="K528" t="s">
         <v>2647</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" t="s">
         <v>2648</v>
       </c>
       <c r="B529" t="s">
         <v>2649</v>
       </c>
       <c r="C529" t="s">
         <v>2650</v>
       </c>
       <c r="D529">
         <v>7.74</v>
       </c>
+      <c r="E529">
+        <v>7.97</v>
+      </c>
+      <c r="F529" s="1">
+        <v>46112</v>
+      </c>
       <c r="G529" t="s">
         <v>14</v>
       </c>
       <c r="H529" t="s">
         <v>2651</v>
       </c>
       <c r="I529">
         <v>10</v>
       </c>
       <c r="J529" t="s">
         <v>16</v>
       </c>
       <c r="K529" t="s">
         <v>2652</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" t="s">
         <v>2653</v>
       </c>
       <c r="B530" t="s">
         <v>2654</v>
       </c>
       <c r="C530" t="s">
         <v>2655</v>
       </c>
       <c r="D530">
         <v>7.74</v>
       </c>
+      <c r="E530">
+        <v>7.97</v>
+      </c>
+      <c r="F530" s="1">
+        <v>46112</v>
+      </c>
       <c r="G530" t="s">
         <v>14</v>
       </c>
       <c r="H530" t="s">
         <v>2656</v>
       </c>
       <c r="I530">
         <v>10</v>
       </c>
       <c r="J530" t="s">
         <v>16</v>
       </c>
       <c r="K530" t="s">
         <v>2657</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" t="s">
         <v>2658</v>
       </c>
       <c r="B531" t="s">
         <v>2659</v>
       </c>
       <c r="C531" t="s">
         <v>2660</v>
       </c>
       <c r="D531">
         <v>7.26</v>
       </c>
+      <c r="E531">
+        <v>7.47</v>
+      </c>
+      <c r="F531" s="1">
+        <v>46112</v>
+      </c>
       <c r="G531" t="s">
         <v>14</v>
       </c>
       <c r="H531" t="s">
         <v>2661</v>
       </c>
       <c r="I531">
         <v>10</v>
       </c>
       <c r="J531" t="s">
         <v>16</v>
       </c>
       <c r="K531" t="s">
         <v>2662</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" t="s">
         <v>2663</v>
       </c>
       <c r="B532" t="s">
         <v>2664</v>
       </c>
       <c r="C532" t="s">
         <v>2665</v>
       </c>
       <c r="D532">
         <v>7.5</v>
       </c>
+      <c r="E532">
+        <v>7.72</v>
+      </c>
+      <c r="F532" s="1">
+        <v>46112</v>
+      </c>
       <c r="G532" t="s">
         <v>14</v>
       </c>
       <c r="H532" t="s">
         <v>2666</v>
       </c>
       <c r="I532">
         <v>10</v>
       </c>
       <c r="J532" t="s">
         <v>16</v>
       </c>
       <c r="K532" t="s">
         <v>2667</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" t="s">
         <v>2668</v>
       </c>
       <c r="B533" t="s">
         <v>2669</v>
       </c>
       <c r="C533" t="s">
         <v>2670</v>
       </c>
       <c r="D533">
         <v>6.36</v>
       </c>
+      <c r="E533">
+        <v>6.56</v>
+      </c>
+      <c r="F533" s="1">
+        <v>46112</v>
+      </c>
       <c r="G533" t="s">
         <v>14</v>
       </c>
       <c r="H533" t="s">
         <v>2671</v>
       </c>
       <c r="I533">
         <v>10</v>
       </c>
       <c r="J533" t="s">
         <v>16</v>
       </c>
       <c r="K533" t="s">
         <v>2672</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" t="s">
         <v>2673</v>
       </c>
       <c r="B534" t="s">
         <v>2674</v>
       </c>
       <c r="C534" t="s">
         <v>2675</v>
       </c>
       <c r="D534">
         <v>6.36</v>
       </c>
+      <c r="E534">
+        <v>6.56</v>
+      </c>
+      <c r="F534" s="1">
+        <v>46112</v>
+      </c>
       <c r="G534" t="s">
         <v>14</v>
       </c>
       <c r="H534" t="s">
         <v>2676</v>
       </c>
       <c r="I534">
         <v>10</v>
       </c>
       <c r="J534" t="s">
         <v>16</v>
       </c>
       <c r="K534" t="s">
         <v>2677</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" t="s">
         <v>2678</v>
       </c>
       <c r="B535" t="s">
         <v>2679</v>
       </c>
       <c r="C535" t="s">
         <v>2680</v>
       </c>
       <c r="D535">
         <v>6.36</v>
       </c>
+      <c r="E535">
+        <v>6.56</v>
+      </c>
+      <c r="F535" s="1">
+        <v>46112</v>
+      </c>
       <c r="G535" t="s">
         <v>14</v>
       </c>
       <c r="H535" t="s">
         <v>2681</v>
       </c>
       <c r="I535">
         <v>10</v>
       </c>
       <c r="J535" t="s">
         <v>16</v>
       </c>
       <c r="K535" t="s">
         <v>2682</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" t="s">
         <v>2683</v>
       </c>
       <c r="B536" t="s">
         <v>2684</v>
       </c>
       <c r="C536" t="s">
         <v>2685</v>
       </c>
       <c r="D536">
         <v>6.62</v>
       </c>
+      <c r="E536">
+        <v>6.83</v>
+      </c>
+      <c r="F536" s="1">
+        <v>46112</v>
+      </c>
       <c r="G536" t="s">
         <v>14</v>
       </c>
       <c r="H536" t="s">
         <v>2686</v>
       </c>
       <c r="I536">
         <v>10</v>
       </c>
       <c r="J536" t="s">
         <v>16</v>
       </c>
       <c r="K536" t="s">
         <v>2687</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" t="s">
         <v>2688</v>
       </c>
       <c r="B537" t="s">
         <v>2689</v>
       </c>
       <c r="C537" t="s">
         <v>2690</v>
       </c>
       <c r="D537">
         <v>6.62</v>
       </c>
+      <c r="E537">
+        <v>6.83</v>
+      </c>
+      <c r="F537" s="1">
+        <v>46112</v>
+      </c>
       <c r="G537" t="s">
         <v>14</v>
       </c>
       <c r="H537" t="s">
         <v>2691</v>
       </c>
       <c r="I537">
         <v>10</v>
       </c>
       <c r="J537" t="s">
         <v>16</v>
       </c>
       <c r="K537" t="s">
         <v>2692</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" t="s">
         <v>2693</v>
       </c>
       <c r="B538" t="s">
         <v>2694</v>
       </c>
       <c r="C538" t="s">
         <v>2695</v>
       </c>
       <c r="D538">
         <v>7.07</v>
       </c>
+      <c r="E538">
+        <v>7.28</v>
+      </c>
+      <c r="F538" s="1">
+        <v>46112</v>
+      </c>
       <c r="G538" t="s">
         <v>14</v>
       </c>
       <c r="H538" t="s">
         <v>2696</v>
       </c>
       <c r="I538">
         <v>10</v>
       </c>
       <c r="J538" t="s">
         <v>16</v>
       </c>
       <c r="K538" t="s">
         <v>2697</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" t="s">
         <v>2698</v>
       </c>
       <c r="B539" t="s">
         <v>2699</v>
       </c>
       <c r="C539" t="s">
         <v>2700</v>
       </c>
       <c r="D539">
         <v>7.03</v>
       </c>
+      <c r="E539">
+        <v>7.23</v>
+      </c>
+      <c r="F539" s="1">
+        <v>46112</v>
+      </c>
       <c r="G539" t="s">
         <v>14</v>
       </c>
       <c r="H539" t="s">
         <v>2701</v>
       </c>
       <c r="I539">
         <v>10</v>
       </c>
       <c r="J539" t="s">
         <v>16</v>
       </c>
       <c r="K539" t="s">
         <v>2702</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" t="s">
         <v>2703</v>
       </c>
       <c r="B540" t="s">
         <v>2704</v>
       </c>
       <c r="C540" t="s">
         <v>2705</v>
       </c>
       <c r="D540">
         <v>1.8</v>
       </c>
+      <c r="E540">
+        <v>1.8</v>
+      </c>
+      <c r="F540" s="1">
+        <v>46112</v>
+      </c>
       <c r="G540" t="s">
         <v>14</v>
       </c>
       <c r="H540" t="s">
         <v>2706</v>
       </c>
       <c r="I540">
         <v>100</v>
       </c>
       <c r="J540" t="s">
         <v>16</v>
       </c>
       <c r="K540" t="s">
         <v>2707</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" t="s">
         <v>2708</v>
       </c>
       <c r="B541" t="s">
         <v>2709</v>
       </c>
       <c r="C541" t="s">
         <v>2710</v>
       </c>
       <c r="D541">
         <v>1.58</v>
       </c>
+      <c r="E541">
+        <v>1.58</v>
+      </c>
+      <c r="F541" s="1">
+        <v>46112</v>
+      </c>
       <c r="G541" t="s">
         <v>14</v>
       </c>
       <c r="H541" t="s">
         <v>2711</v>
       </c>
       <c r="I541">
         <v>100</v>
       </c>
       <c r="J541" t="s">
         <v>16</v>
       </c>
       <c r="K541" t="s">
         <v>2712</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" t="s">
         <v>2713</v>
       </c>
       <c r="B542" t="s">
         <v>2714</v>
       </c>
       <c r="C542" t="s">
         <v>2715</v>
       </c>
       <c r="D542">
         <v>1.58</v>
       </c>
+      <c r="E542">
+        <v>1.58</v>
+      </c>
+      <c r="F542" s="1">
+        <v>46112</v>
+      </c>
       <c r="G542" t="s">
         <v>14</v>
       </c>
       <c r="H542" t="s">
         <v>2716</v>
       </c>
       <c r="I542">
         <v>100</v>
       </c>
       <c r="J542" t="s">
         <v>16</v>
       </c>
       <c r="K542" t="s">
         <v>2717</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" t="s">
         <v>2718</v>
       </c>
       <c r="B543" t="s">
         <v>2719</v>
       </c>
       <c r="C543" t="s">
         <v>2720</v>
       </c>
       <c r="D543">
         <v>1.58</v>
       </c>
+      <c r="E543">
+        <v>1.58</v>
+      </c>
+      <c r="F543" s="1">
+        <v>46112</v>
+      </c>
       <c r="G543" t="s">
         <v>14</v>
       </c>
       <c r="H543" t="s">
         <v>2721</v>
       </c>
       <c r="I543">
         <v>100</v>
       </c>
       <c r="J543" t="s">
         <v>16</v>
       </c>
       <c r="K543" t="s">
         <v>2722</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" t="s">
         <v>2723</v>
       </c>
       <c r="B544" t="s">
         <v>2724</v>
       </c>
       <c r="C544" t="s">
         <v>2725</v>
       </c>
       <c r="D544">
         <v>1.58</v>
       </c>
+      <c r="E544">
+        <v>1.58</v>
+      </c>
+      <c r="F544" s="1">
+        <v>46112</v>
+      </c>
       <c r="G544" t="s">
         <v>14</v>
       </c>
       <c r="H544" t="s">
         <v>2726</v>
       </c>
       <c r="I544">
         <v>100</v>
       </c>
       <c r="J544" t="s">
         <v>16</v>
       </c>
       <c r="K544" t="s">
         <v>2727</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" t="s">
         <v>2728</v>
       </c>
       <c r="B545" t="s">
         <v>2729</v>
       </c>
       <c r="C545" t="s">
         <v>2730</v>
       </c>
       <c r="D545">
         <v>1.6</v>
       </c>
+      <c r="E545">
+        <v>1.6</v>
+      </c>
+      <c r="F545" s="1">
+        <v>46112</v>
+      </c>
       <c r="G545" t="s">
         <v>14</v>
       </c>
       <c r="H545" t="s">
         <v>2731</v>
       </c>
       <c r="I545">
         <v>50</v>
       </c>
       <c r="J545" t="s">
         <v>16</v>
       </c>
       <c r="K545" t="s">
         <v>2732</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" t="s">
         <v>2733</v>
       </c>
       <c r="B546" t="s">
         <v>2734</v>
       </c>
       <c r="C546" t="s">
         <v>2735</v>
       </c>
       <c r="D546">
         <v>1.6</v>
       </c>
+      <c r="E546">
+        <v>1.6</v>
+      </c>
+      <c r="F546" s="1">
+        <v>46112</v>
+      </c>
       <c r="G546" t="s">
         <v>14</v>
       </c>
       <c r="H546" t="s">
         <v>2736</v>
       </c>
       <c r="I546">
         <v>50</v>
       </c>
       <c r="J546" t="s">
         <v>16</v>
       </c>
       <c r="K546" t="s">
         <v>2737</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" t="s">
         <v>2738</v>
       </c>
       <c r="B547" t="s">
         <v>2739</v>
       </c>
       <c r="C547" t="s">
         <v>2740</v>
       </c>
       <c r="D547">
         <v>2.3</v>
       </c>
+      <c r="E547">
+        <v>2.36</v>
+      </c>
+      <c r="F547" s="1">
+        <v>46112</v>
+      </c>
       <c r="G547" t="s">
         <v>14</v>
       </c>
       <c r="H547" t="s">
         <v>2741</v>
       </c>
       <c r="I547">
         <v>50</v>
       </c>
       <c r="J547" t="s">
         <v>16</v>
       </c>
       <c r="K547" t="s">
         <v>2742</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" t="s">
         <v>2743</v>
       </c>
       <c r="B548" t="s">
         <v>2744</v>
       </c>
       <c r="C548" t="s">
         <v>2745</v>
       </c>
       <c r="D548">
         <v>3.68</v>
       </c>
+      <c r="E548">
+        <v>3.81</v>
+      </c>
+      <c r="F548" s="1">
+        <v>46112</v>
+      </c>
       <c r="G548" t="s">
         <v>14</v>
       </c>
       <c r="H548" t="s">
         <v>2746</v>
       </c>
       <c r="I548">
         <v>10</v>
       </c>
       <c r="J548" t="s">
         <v>16</v>
       </c>
       <c r="K548" t="s">
         <v>2747</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" t="s">
         <v>2748</v>
       </c>
       <c r="B549" t="s">
         <v>2749</v>
       </c>
       <c r="C549" t="s">
         <v>2750</v>
       </c>
       <c r="D549">
         <v>4.01</v>
       </c>
+      <c r="E549">
+        <v>4.15</v>
+      </c>
+      <c r="F549" s="1">
+        <v>46112</v>
+      </c>
       <c r="G549" t="s">
         <v>14</v>
       </c>
       <c r="H549" t="s">
         <v>2751</v>
       </c>
       <c r="I549">
         <v>10</v>
       </c>
       <c r="J549" t="s">
         <v>16</v>
       </c>
       <c r="K549" t="s">
         <v>2752</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" t="s">
         <v>2753</v>
       </c>
       <c r="B550" t="s">
         <v>2754</v>
       </c>
       <c r="C550" t="s">
         <v>2755</v>
       </c>
       <c r="D550">
         <v>4.01</v>
       </c>
+      <c r="E550">
+        <v>4.15</v>
+      </c>
+      <c r="F550" s="1">
+        <v>46112</v>
+      </c>
       <c r="G550" t="s">
         <v>14</v>
       </c>
       <c r="H550" t="s">
         <v>2756</v>
       </c>
       <c r="I550">
         <v>10</v>
       </c>
       <c r="J550" t="s">
         <v>16</v>
       </c>
       <c r="K550" t="s">
         <v>2757</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" t="s">
         <v>2758</v>
       </c>
       <c r="B551" t="s">
         <v>2759</v>
       </c>
       <c r="C551" t="s">
         <v>2760</v>
       </c>
       <c r="D551">
         <v>1.7</v>
       </c>
+      <c r="E551">
+        <v>1.76</v>
+      </c>
+      <c r="F551" s="1">
+        <v>46112</v>
+      </c>
       <c r="G551" t="s">
         <v>14</v>
       </c>
       <c r="H551" t="s">
         <v>2761</v>
       </c>
       <c r="I551">
         <v>100</v>
       </c>
       <c r="J551" t="s">
         <v>16</v>
       </c>
       <c r="K551" t="s">
         <v>2762</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" t="s">
         <v>2763</v>
       </c>
       <c r="B552" t="s">
         <v>2764</v>
       </c>
       <c r="C552" t="s">
         <v>2765</v>
       </c>
       <c r="D552">
         <v>1.71</v>
       </c>
+      <c r="E552">
+        <v>1.78</v>
+      </c>
+      <c r="F552" s="1">
+        <v>46112</v>
+      </c>
       <c r="G552" t="s">
         <v>14</v>
       </c>
       <c r="H552" t="s">
         <v>2766</v>
       </c>
       <c r="I552">
         <v>100</v>
       </c>
       <c r="J552" t="s">
         <v>16</v>
       </c>
       <c r="K552" t="s">
         <v>2767</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" t="s">
         <v>2768</v>
       </c>
       <c r="B553" t="s">
         <v>2769</v>
       </c>
       <c r="C553" t="s">
         <v>2770</v>
       </c>
       <c r="D553">
         <v>1.71</v>
       </c>
+      <c r="E553">
+        <v>1.78</v>
+      </c>
+      <c r="F553" s="1">
+        <v>46112</v>
+      </c>
       <c r="G553" t="s">
         <v>14</v>
       </c>
       <c r="H553" t="s">
         <v>2771</v>
       </c>
       <c r="I553">
         <v>100</v>
       </c>
       <c r="J553" t="s">
         <v>16</v>
       </c>
       <c r="K553" t="s">
         <v>2772</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" t="s">
         <v>2773</v>
       </c>
       <c r="B554" t="s">
         <v>2774</v>
       </c>
       <c r="C554" t="s">
         <v>2775</v>
       </c>
       <c r="D554">
         <v>1.71</v>
       </c>
+      <c r="E554">
+        <v>1.78</v>
+      </c>
+      <c r="F554" s="1">
+        <v>46112</v>
+      </c>
       <c r="G554" t="s">
         <v>14</v>
       </c>
       <c r="H554" t="s">
         <v>2776</v>
       </c>
       <c r="I554">
         <v>100</v>
       </c>
       <c r="J554" t="s">
         <v>16</v>
       </c>
       <c r="K554" t="s">
         <v>2777</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" t="s">
         <v>2778</v>
       </c>
       <c r="B555" t="s">
         <v>2779</v>
       </c>
       <c r="C555" t="s">
         <v>2780</v>
       </c>
       <c r="D555">
         <v>1.71</v>
       </c>
+      <c r="E555">
+        <v>1.78</v>
+      </c>
+      <c r="F555" s="1">
+        <v>46112</v>
+      </c>
       <c r="G555" t="s">
         <v>14</v>
       </c>
       <c r="H555" t="s">
         <v>2781</v>
       </c>
       <c r="I555">
         <v>100</v>
       </c>
       <c r="J555" t="s">
         <v>16</v>
       </c>
       <c r="K555" t="s">
         <v>2782</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" t="s">
         <v>2783</v>
       </c>
       <c r="B556" t="s">
         <v>2784</v>
       </c>
       <c r="C556" t="s">
         <v>2785</v>
       </c>
       <c r="D556">
         <v>1.71</v>
       </c>
+      <c r="E556">
+        <v>1.78</v>
+      </c>
+      <c r="F556" s="1">
+        <v>46112</v>
+      </c>
       <c r="G556" t="s">
         <v>14</v>
       </c>
       <c r="H556" t="s">
         <v>2786</v>
       </c>
       <c r="I556">
         <v>100</v>
       </c>
       <c r="J556" t="s">
         <v>16</v>
       </c>
       <c r="K556" t="s">
         <v>2787</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" t="s">
         <v>2788</v>
       </c>
       <c r="B557" t="s">
         <v>2789</v>
       </c>
       <c r="C557" t="s">
         <v>2790</v>
       </c>
       <c r="D557">
         <v>1.71</v>
       </c>
+      <c r="E557">
+        <v>1.78</v>
+      </c>
+      <c r="F557" s="1">
+        <v>46112</v>
+      </c>
       <c r="G557" t="s">
         <v>14</v>
       </c>
       <c r="H557" t="s">
         <v>2791</v>
       </c>
       <c r="I557">
         <v>100</v>
       </c>
       <c r="J557" t="s">
         <v>16</v>
       </c>
       <c r="K557" t="s">
         <v>2792</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" t="s">
         <v>2793</v>
       </c>
       <c r="B558" t="s">
         <v>2794</v>
       </c>
       <c r="C558" t="s">
         <v>2795</v>
       </c>
       <c r="D558">
         <v>2.32</v>
       </c>
+      <c r="E558">
+        <v>2.39</v>
+      </c>
+      <c r="F558" s="1">
+        <v>46112</v>
+      </c>
       <c r="G558" t="s">
         <v>14</v>
       </c>
       <c r="H558" t="s">
         <v>2796</v>
       </c>
       <c r="I558">
         <v>100</v>
       </c>
       <c r="J558" t="s">
         <v>16</v>
       </c>
       <c r="K558" t="s">
         <v>2797</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" t="s">
         <v>2798</v>
       </c>
       <c r="B559" t="s">
         <v>2799</v>
       </c>
       <c r="C559" t="s">
         <v>2800</v>
       </c>
       <c r="D559">
         <v>4.44</v>
       </c>
+      <c r="E559">
+        <v>4.57</v>
+      </c>
+      <c r="F559" s="1">
+        <v>46112</v>
+      </c>
       <c r="G559" t="s">
         <v>14</v>
       </c>
       <c r="H559" t="s">
         <v>2801</v>
       </c>
       <c r="I559">
         <v>50</v>
       </c>
       <c r="J559" t="s">
         <v>16</v>
       </c>
       <c r="K559" t="s">
         <v>2802</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" t="s">
         <v>2803</v>
       </c>
       <c r="B560" t="s">
         <v>2804</v>
       </c>
       <c r="C560" t="s">
         <v>2805</v>
       </c>
       <c r="D560">
         <v>4.44</v>
       </c>
+      <c r="E560">
+        <v>4.57</v>
+      </c>
+      <c r="F560" s="1">
+        <v>46112</v>
+      </c>
       <c r="G560" t="s">
         <v>14</v>
       </c>
       <c r="H560" t="s">
         <v>2806</v>
       </c>
       <c r="I560">
         <v>100</v>
       </c>
       <c r="J560" t="s">
         <v>16</v>
       </c>
       <c r="K560" t="s">
         <v>2807</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" t="s">
         <v>2808</v>
       </c>
       <c r="B561" t="s">
         <v>2809</v>
       </c>
       <c r="C561" t="s">
         <v>2810</v>
       </c>
       <c r="D561">
         <v>4.44</v>
       </c>
+      <c r="E561">
+        <v>4.57</v>
+      </c>
+      <c r="F561" s="1">
+        <v>46112</v>
+      </c>
       <c r="G561" t="s">
         <v>14</v>
       </c>
       <c r="H561" t="s">
         <v>2811</v>
       </c>
       <c r="I561">
         <v>50</v>
       </c>
       <c r="J561" t="s">
         <v>16</v>
       </c>
       <c r="K561" t="s">
         <v>2812</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" t="s">
         <v>2813</v>
       </c>
       <c r="B562" t="s">
         <v>2814</v>
       </c>
       <c r="C562" t="s">
         <v>2815</v>
       </c>
       <c r="D562">
         <v>4.44</v>
       </c>
+      <c r="E562">
+        <v>4.57</v>
+      </c>
+      <c r="F562" s="1">
+        <v>46112</v>
+      </c>
       <c r="G562" t="s">
         <v>14</v>
       </c>
       <c r="H562" t="s">
         <v>2816</v>
       </c>
       <c r="I562">
         <v>50</v>
       </c>
       <c r="J562" t="s">
         <v>16</v>
       </c>
       <c r="K562" t="s">
         <v>2817</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" t="s">
         <v>2818</v>
       </c>
       <c r="B563" t="s">
         <v>2819</v>
       </c>
       <c r="C563" t="s">
         <v>2820</v>
       </c>
       <c r="D563">
         <v>4.87</v>
       </c>
+      <c r="E563">
+        <v>5.01</v>
+      </c>
+      <c r="F563" s="1">
+        <v>46112</v>
+      </c>
       <c r="G563" t="s">
         <v>14</v>
       </c>
       <c r="H563" t="s">
         <v>2821</v>
       </c>
       <c r="I563">
         <v>50</v>
       </c>
       <c r="J563" t="s">
         <v>16</v>
       </c>
       <c r="K563" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" t="s">
         <v>2823</v>
       </c>
       <c r="B564" t="s">
         <v>2824</v>
       </c>
       <c r="C564" t="s">
         <v>2825</v>
       </c>
       <c r="D564">
         <v>3.93</v>
       </c>
+      <c r="E564">
+        <v>4.06</v>
+      </c>
+      <c r="F564" s="1">
+        <v>46112</v>
+      </c>
       <c r="G564" t="s">
         <v>14</v>
       </c>
       <c r="H564" t="s">
         <v>2826</v>
       </c>
       <c r="I564">
         <v>10</v>
       </c>
       <c r="J564" t="s">
         <v>16</v>
       </c>
       <c r="K564" t="s">
         <v>2827</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" t="s">
         <v>2828</v>
       </c>
       <c r="B565" t="s">
         <v>2829</v>
       </c>
       <c r="C565" t="s">
         <v>2830</v>
       </c>
       <c r="D565">
         <v>4.01</v>
       </c>
+      <c r="E565">
+        <v>4.15</v>
+      </c>
+      <c r="F565" s="1">
+        <v>46112</v>
+      </c>
       <c r="G565" t="s">
         <v>14</v>
       </c>
       <c r="H565" t="s">
         <v>2831</v>
       </c>
       <c r="I565">
         <v>10</v>
       </c>
       <c r="J565" t="s">
         <v>16</v>
       </c>
       <c r="K565" t="s">
         <v>2832</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" t="s">
         <v>2833</v>
       </c>
       <c r="B566" t="s">
         <v>2834</v>
       </c>
       <c r="C566" t="s">
         <v>2835</v>
       </c>
       <c r="D566">
         <v>4.01</v>
       </c>
+      <c r="E566">
+        <v>4.15</v>
+      </c>
+      <c r="F566" s="1">
+        <v>46112</v>
+      </c>
       <c r="G566" t="s">
         <v>14</v>
       </c>
       <c r="H566" t="s">
         <v>2836</v>
       </c>
       <c r="I566">
         <v>10</v>
       </c>
       <c r="J566" t="s">
         <v>16</v>
       </c>
       <c r="K566" t="s">
         <v>2837</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" t="s">
         <v>2838</v>
       </c>
       <c r="B567" t="s">
         <v>2839</v>
       </c>
       <c r="C567" t="s">
         <v>2840</v>
       </c>
       <c r="D567">
         <v>4.01</v>
       </c>
+      <c r="E567">
+        <v>4.15</v>
+      </c>
+      <c r="F567" s="1">
+        <v>46112</v>
+      </c>
       <c r="G567" t="s">
         <v>14</v>
       </c>
       <c r="H567" t="s">
         <v>2841</v>
       </c>
       <c r="I567">
         <v>10</v>
       </c>
       <c r="J567" t="s">
         <v>16</v>
       </c>
       <c r="K567" t="s">
         <v>2842</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" t="s">
         <v>2843</v>
       </c>
       <c r="B568" t="s">
         <v>2844</v>
       </c>
       <c r="C568" t="s">
         <v>2845</v>
       </c>
       <c r="D568">
         <v>4.01</v>
       </c>
+      <c r="E568">
+        <v>4.15</v>
+      </c>
+      <c r="F568" s="1">
+        <v>46112</v>
+      </c>
       <c r="G568" t="s">
         <v>14</v>
       </c>
       <c r="H568" t="s">
         <v>2846</v>
       </c>
       <c r="I568">
         <v>10</v>
       </c>
       <c r="J568" t="s">
         <v>16</v>
       </c>
       <c r="K568" t="s">
         <v>2847</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" t="s">
         <v>2848</v>
       </c>
       <c r="B569" t="s">
         <v>2849</v>
       </c>
       <c r="C569" t="s">
         <v>2850</v>
       </c>
       <c r="D569">
         <v>4.01</v>
       </c>
+      <c r="E569">
+        <v>4.15</v>
+      </c>
+      <c r="F569" s="1">
+        <v>46112</v>
+      </c>
       <c r="G569" t="s">
         <v>14</v>
       </c>
       <c r="H569" t="s">
         <v>2851</v>
       </c>
       <c r="I569">
         <v>10</v>
       </c>
       <c r="J569" t="s">
         <v>16</v>
       </c>
       <c r="K569" t="s">
         <v>2852</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" t="s">
         <v>2853</v>
       </c>
       <c r="B570" t="s">
         <v>2854</v>
       </c>
       <c r="C570" t="s">
         <v>2855</v>
       </c>
       <c r="D570">
         <v>4.17</v>
       </c>
+      <c r="E570">
+        <v>4.29</v>
+      </c>
+      <c r="F570" s="1">
+        <v>46112</v>
+      </c>
       <c r="G570" t="s">
         <v>14</v>
       </c>
       <c r="H570" t="s">
         <v>2856</v>
       </c>
       <c r="I570">
         <v>50</v>
       </c>
       <c r="J570" t="s">
         <v>16</v>
       </c>
       <c r="K570" t="s">
         <v>2857</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" t="s">
         <v>2858</v>
       </c>
       <c r="B571" t="s">
         <v>2859</v>
       </c>
       <c r="C571" t="s">
         <v>2860</v>
       </c>
       <c r="D571">
         <v>4.55</v>
       </c>
+      <c r="E571">
+        <v>4.68</v>
+      </c>
+      <c r="F571" s="1">
+        <v>46112</v>
+      </c>
       <c r="G571" t="s">
         <v>14</v>
       </c>
       <c r="H571" t="s">
         <v>2861</v>
       </c>
       <c r="I571">
         <v>50</v>
       </c>
       <c r="J571" t="s">
         <v>16</v>
       </c>
       <c r="K571" t="s">
         <v>2862</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" t="s">
         <v>2863</v>
       </c>
       <c r="B572" t="s">
         <v>2864</v>
       </c>
       <c r="C572" t="s">
         <v>2865</v>
       </c>
       <c r="D572">
         <v>4.45</v>
       </c>
+      <c r="E572">
+        <v>4.58</v>
+      </c>
+      <c r="F572" s="1">
+        <v>46112</v>
+      </c>
       <c r="G572" t="s">
         <v>14</v>
       </c>
       <c r="H572" t="s">
         <v>2866</v>
       </c>
       <c r="I572">
         <v>50</v>
       </c>
       <c r="J572" t="s">
         <v>16</v>
       </c>
       <c r="K572" t="s">
         <v>2867</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" t="s">
         <v>2868</v>
       </c>
       <c r="B573" t="s">
         <v>2869</v>
       </c>
       <c r="C573" t="s">
         <v>2870</v>
       </c>
       <c r="D573">
         <v>4.45</v>
       </c>
+      <c r="E573">
+        <v>4.58</v>
+      </c>
+      <c r="F573" s="1">
+        <v>46112</v>
+      </c>
       <c r="G573" t="s">
         <v>14</v>
       </c>
       <c r="H573" t="s">
         <v>2871</v>
       </c>
       <c r="I573">
         <v>50</v>
       </c>
       <c r="J573" t="s">
         <v>16</v>
       </c>
       <c r="K573" t="s">
         <v>2872</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" t="s">
         <v>2873</v>
       </c>
       <c r="B574" t="s">
         <v>2874</v>
       </c>
       <c r="C574" t="s">
         <v>2875</v>
       </c>
       <c r="D574">
         <v>6.14</v>
       </c>
+      <c r="E574">
+        <v>6.32</v>
+      </c>
+      <c r="F574" s="1">
+        <v>46112</v>
+      </c>
       <c r="G574" t="s">
         <v>14</v>
       </c>
       <c r="H574" t="s">
         <v>2876</v>
       </c>
       <c r="I574">
         <v>10</v>
       </c>
       <c r="J574" t="s">
         <v>16</v>
       </c>
       <c r="K574" t="s">
         <v>2877</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" t="s">
         <v>2878</v>
       </c>
       <c r="B575" t="s">
         <v>2879</v>
       </c>
       <c r="C575" t="s">
         <v>2880</v>
       </c>
       <c r="D575">
         <v>6.14</v>
       </c>
+      <c r="E575">
+        <v>6.32</v>
+      </c>
+      <c r="F575" s="1">
+        <v>46112</v>
+      </c>
       <c r="G575" t="s">
         <v>14</v>
       </c>
       <c r="H575" t="s">
         <v>2881</v>
       </c>
       <c r="I575">
         <v>10</v>
       </c>
       <c r="J575" t="s">
         <v>16</v>
       </c>
       <c r="K575" t="s">
         <v>2882</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" t="s">
         <v>2883</v>
       </c>
       <c r="B576" t="s">
         <v>2884</v>
       </c>
       <c r="C576" t="s">
         <v>2885</v>
       </c>
       <c r="D576">
         <v>6.14</v>
       </c>
+      <c r="E576">
+        <v>6.32</v>
+      </c>
+      <c r="F576" s="1">
+        <v>46112</v>
+      </c>
       <c r="G576" t="s">
         <v>14</v>
       </c>
       <c r="H576" t="s">
         <v>2886</v>
       </c>
       <c r="I576">
         <v>10</v>
       </c>
       <c r="J576" t="s">
         <v>16</v>
       </c>
       <c r="K576" t="s">
         <v>2887</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" t="s">
         <v>2888</v>
       </c>
       <c r="B577" t="s">
         <v>2889</v>
       </c>
       <c r="C577" t="s">
         <v>2890</v>
       </c>
       <c r="D577">
         <v>5.94</v>
       </c>
+      <c r="E577">
+        <v>6.12</v>
+      </c>
+      <c r="F577" s="1">
+        <v>46112</v>
+      </c>
       <c r="G577" t="s">
         <v>14</v>
       </c>
       <c r="H577" t="s">
         <v>2891</v>
       </c>
       <c r="I577">
         <v>10</v>
       </c>
       <c r="J577" t="s">
         <v>16</v>
       </c>
       <c r="K577" t="s">
         <v>2892</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" t="s">
         <v>2893</v>
       </c>
       <c r="B578" t="s">
         <v>2894</v>
       </c>
       <c r="C578" t="s">
         <v>2895</v>
       </c>
       <c r="D578">
         <v>5.94</v>
       </c>
+      <c r="E578">
+        <v>6.12</v>
+      </c>
+      <c r="F578" s="1">
+        <v>46112</v>
+      </c>
       <c r="G578" t="s">
         <v>14</v>
       </c>
       <c r="H578" t="s">
         <v>2896</v>
       </c>
       <c r="I578">
         <v>10</v>
       </c>
       <c r="J578" t="s">
         <v>16</v>
       </c>
       <c r="K578" t="s">
         <v>2897</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" t="s">
         <v>2898</v>
       </c>
       <c r="B579" t="s">
         <v>2899</v>
       </c>
       <c r="C579" t="s">
         <v>2900</v>
       </c>
       <c r="D579">
         <v>5.94</v>
       </c>
+      <c r="E579">
+        <v>6.12</v>
+      </c>
+      <c r="F579" s="1">
+        <v>46112</v>
+      </c>
       <c r="G579" t="s">
         <v>14</v>
       </c>
       <c r="H579" t="s">
         <v>2901</v>
       </c>
       <c r="I579">
         <v>10</v>
       </c>
       <c r="J579" t="s">
         <v>16</v>
       </c>
       <c r="K579" t="s">
         <v>2902</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" t="s">
         <v>2903</v>
       </c>
       <c r="B580" t="s">
         <v>2904</v>
       </c>
       <c r="C580" t="s">
         <v>2905</v>
       </c>
       <c r="D580">
         <v>3.27</v>
       </c>
+      <c r="E580">
+        <v>3.36</v>
+      </c>
+      <c r="F580" s="1">
+        <v>46112</v>
+      </c>
       <c r="G580" t="s">
         <v>14</v>
       </c>
       <c r="H580" t="s">
         <v>2906</v>
       </c>
       <c r="I580">
         <v>10</v>
       </c>
       <c r="J580" t="s">
         <v>16</v>
       </c>
       <c r="K580" t="s">
         <v>2907</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" t="s">
         <v>2908</v>
       </c>
       <c r="B581" t="s">
         <v>2909</v>
       </c>
       <c r="C581" t="s">
         <v>2910</v>
       </c>
       <c r="D581">
         <v>3.27</v>
       </c>
+      <c r="E581">
+        <v>3.36</v>
+      </c>
+      <c r="F581" s="1">
+        <v>46112</v>
+      </c>
       <c r="G581" t="s">
         <v>14</v>
       </c>
       <c r="H581" t="s">
         <v>2911</v>
       </c>
       <c r="I581">
         <v>10</v>
       </c>
       <c r="J581" t="s">
         <v>16</v>
       </c>
       <c r="K581" t="s">
         <v>2912</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" t="s">
         <v>2913</v>
       </c>
       <c r="B582" t="s">
         <v>2914</v>
       </c>
       <c r="C582" t="s">
         <v>2915</v>
       </c>
       <c r="D582">
         <v>3.49</v>
       </c>
+      <c r="E582">
+        <v>3.58</v>
+      </c>
+      <c r="F582" s="1">
+        <v>46112</v>
+      </c>
       <c r="G582" t="s">
         <v>14</v>
       </c>
       <c r="H582" t="s">
         <v>2916</v>
       </c>
       <c r="I582">
         <v>10</v>
       </c>
       <c r="J582" t="s">
         <v>16</v>
       </c>
       <c r="K582" t="s">
         <v>2917</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" t="s">
         <v>2918</v>
       </c>
       <c r="B583" t="s">
         <v>2919</v>
       </c>
       <c r="C583" t="s">
         <v>2920</v>
       </c>
       <c r="D583">
         <v>5.37</v>
       </c>
+      <c r="E583">
+        <v>5.53</v>
+      </c>
+      <c r="F583" s="1">
+        <v>46112</v>
+      </c>
       <c r="G583" t="s">
         <v>14</v>
       </c>
       <c r="H583" t="s">
         <v>2921</v>
       </c>
       <c r="I583">
         <v>10</v>
       </c>
       <c r="J583" t="s">
         <v>16</v>
       </c>
       <c r="K583" t="s">
         <v>2922</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" t="s">
         <v>2923</v>
       </c>
       <c r="B584" t="s">
         <v>2924</v>
       </c>
       <c r="C584" t="s">
         <v>2925</v>
       </c>
       <c r="D584">
         <v>3.81</v>
       </c>
+      <c r="E584">
+        <v>3.93</v>
+      </c>
+      <c r="F584" s="1">
+        <v>46112</v>
+      </c>
       <c r="G584" t="s">
         <v>14</v>
       </c>
       <c r="H584" t="s">
         <v>2926</v>
       </c>
       <c r="I584">
         <v>10</v>
       </c>
       <c r="J584" t="s">
         <v>16</v>
       </c>
       <c r="K584" t="s">
         <v>2927</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" t="s">
         <v>2928</v>
       </c>
       <c r="B585" t="s">
         <v>2929</v>
       </c>
       <c r="C585" t="s">
         <v>2930</v>
       </c>
       <c r="D585">
         <v>3.81</v>
       </c>
+      <c r="E585">
+        <v>3.93</v>
+      </c>
+      <c r="F585" s="1">
+        <v>46112</v>
+      </c>
       <c r="G585" t="s">
         <v>14</v>
       </c>
       <c r="H585" t="s">
         <v>2931</v>
       </c>
       <c r="I585">
         <v>10</v>
       </c>
       <c r="J585" t="s">
         <v>16</v>
       </c>
       <c r="K585" t="s">
         <v>2932</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" t="s">
         <v>2933</v>
       </c>
       <c r="B586" t="s">
         <v>2934</v>
       </c>
       <c r="C586" t="s">
         <v>2935</v>
       </c>
       <c r="D586">
         <v>4.27</v>
       </c>
+      <c r="E586">
+        <v>4.4</v>
+      </c>
+      <c r="F586" s="1">
+        <v>46112</v>
+      </c>
       <c r="G586" t="s">
         <v>14</v>
       </c>
       <c r="H586" t="s">
         <v>2936</v>
       </c>
       <c r="I586">
         <v>10</v>
       </c>
       <c r="J586" t="s">
         <v>16</v>
       </c>
       <c r="K586" t="s">
         <v>2937</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" t="s">
         <v>2938</v>
       </c>
       <c r="B587" t="s">
         <v>2939</v>
       </c>
       <c r="C587" t="s">
         <v>2940</v>
       </c>
       <c r="D587">
         <v>4.27</v>
       </c>
+      <c r="E587">
+        <v>4.4</v>
+      </c>
+      <c r="F587" s="1">
+        <v>46112</v>
+      </c>
       <c r="G587" t="s">
         <v>14</v>
       </c>
       <c r="H587" t="s">
         <v>2941</v>
       </c>
       <c r="I587">
         <v>10</v>
       </c>
       <c r="J587" t="s">
         <v>16</v>
       </c>
       <c r="K587" t="s">
         <v>2942</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" t="s">
         <v>2943</v>
       </c>
       <c r="B588" t="s">
         <v>2944</v>
       </c>
       <c r="C588" t="s">
         <v>2945</v>
       </c>
       <c r="D588">
         <v>4.27</v>
       </c>
+      <c r="E588">
+        <v>4.4</v>
+      </c>
+      <c r="F588" s="1">
+        <v>46112</v>
+      </c>
       <c r="G588" t="s">
         <v>14</v>
       </c>
       <c r="H588" t="s">
         <v>2946</v>
       </c>
       <c r="I588">
         <v>10</v>
       </c>
       <c r="J588" t="s">
         <v>16</v>
       </c>
       <c r="K588" t="s">
         <v>2947</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" t="s">
         <v>2948</v>
       </c>
       <c r="B589" t="s">
         <v>2949</v>
       </c>
       <c r="C589" t="s">
         <v>2950</v>
       </c>
       <c r="D589">
         <v>4.74</v>
       </c>
+      <c r="E589">
+        <v>4.87</v>
+      </c>
+      <c r="F589" s="1">
+        <v>46112</v>
+      </c>
       <c r="G589" t="s">
         <v>14</v>
       </c>
       <c r="H589" t="s">
         <v>2951</v>
       </c>
       <c r="I589">
         <v>10</v>
       </c>
       <c r="J589" t="s">
         <v>16</v>
       </c>
       <c r="K589" t="s">
         <v>2952</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" t="s">
         <v>2953</v>
       </c>
       <c r="B590" t="s">
         <v>2954</v>
       </c>
       <c r="C590" t="s">
         <v>2955</v>
       </c>
       <c r="D590">
         <v>6.39</v>
       </c>
+      <c r="E590">
+        <v>6.57</v>
+      </c>
+      <c r="F590" s="1">
+        <v>46112</v>
+      </c>
       <c r="G590" t="s">
         <v>14</v>
       </c>
       <c r="H590" t="s">
         <v>2956</v>
       </c>
       <c r="I590">
         <v>10</v>
       </c>
       <c r="J590" t="s">
         <v>16</v>
       </c>
       <c r="K590" t="s">
         <v>2957</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" t="s">
         <v>2958</v>
       </c>
       <c r="B591" t="s">
         <v>2959</v>
       </c>
       <c r="C591" t="s">
         <v>2960</v>
       </c>
       <c r="D591">
         <v>6.39</v>
       </c>
+      <c r="E591">
+        <v>6.57</v>
+      </c>
+      <c r="F591" s="1">
+        <v>46112</v>
+      </c>
       <c r="G591" t="s">
         <v>14</v>
       </c>
       <c r="H591" t="s">
         <v>2961</v>
       </c>
       <c r="I591">
         <v>10</v>
       </c>
       <c r="J591" t="s">
         <v>16</v>
       </c>
       <c r="K591" t="s">
         <v>2962</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" t="s">
         <v>2963</v>
       </c>
       <c r="B592" t="s">
         <v>2964</v>
       </c>
       <c r="C592" t="s">
         <v>2965</v>
       </c>
       <c r="D592">
         <v>6.39</v>
       </c>
+      <c r="E592">
+        <v>6.57</v>
+      </c>
+      <c r="F592" s="1">
+        <v>46112</v>
+      </c>
       <c r="G592" t="s">
         <v>14</v>
       </c>
       <c r="H592" t="s">
         <v>2966</v>
       </c>
       <c r="I592">
         <v>10</v>
       </c>
       <c r="J592" t="s">
         <v>16</v>
       </c>
       <c r="K592" t="s">
         <v>2967</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" t="s">
         <v>2968</v>
       </c>
       <c r="B593" t="s">
         <v>2969</v>
       </c>
       <c r="C593" t="s">
         <v>2970</v>
       </c>
       <c r="D593">
         <v>6.59</v>
       </c>
+      <c r="E593">
+        <v>6.78</v>
+      </c>
+      <c r="F593" s="1">
+        <v>46112</v>
+      </c>
       <c r="G593" t="s">
         <v>14</v>
       </c>
       <c r="H593" t="s">
         <v>2971</v>
       </c>
       <c r="I593">
         <v>10</v>
       </c>
       <c r="J593" t="s">
         <v>16</v>
       </c>
       <c r="K593" t="s">
         <v>2972</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" t="s">
         <v>2973</v>
       </c>
       <c r="B594" t="s">
         <v>2974</v>
       </c>
       <c r="C594" t="s">
         <v>2975</v>
       </c>
       <c r="D594">
         <v>6.59</v>
       </c>
+      <c r="E594">
+        <v>6.78</v>
+      </c>
+      <c r="F594" s="1">
+        <v>46112</v>
+      </c>
       <c r="G594" t="s">
         <v>14</v>
       </c>
       <c r="H594" t="s">
         <v>2976</v>
       </c>
       <c r="I594">
         <v>10</v>
       </c>
       <c r="J594" t="s">
         <v>16</v>
       </c>
       <c r="K594" t="s">
         <v>2977</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" t="s">
         <v>2978</v>
       </c>
       <c r="B595" t="s">
         <v>2979</v>
       </c>
       <c r="C595" t="s">
         <v>2980</v>
       </c>
       <c r="D595">
         <v>6.59</v>
       </c>
+      <c r="E595">
+        <v>6.78</v>
+      </c>
+      <c r="F595" s="1">
+        <v>46112</v>
+      </c>
       <c r="G595" t="s">
         <v>14</v>
       </c>
       <c r="H595" t="s">
         <v>2981</v>
       </c>
       <c r="I595">
         <v>10</v>
       </c>
       <c r="J595" t="s">
         <v>16</v>
       </c>
       <c r="K595" t="s">
         <v>2982</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" t="s">
         <v>2983</v>
       </c>
       <c r="B596" t="s">
         <v>2984</v>
       </c>
       <c r="C596" t="s">
         <v>2985</v>
       </c>
       <c r="D596">
         <v>6.59</v>
       </c>
+      <c r="E596">
+        <v>6.78</v>
+      </c>
+      <c r="F596" s="1">
+        <v>46112</v>
+      </c>
       <c r="G596" t="s">
         <v>14</v>
       </c>
       <c r="H596" t="s">
         <v>2986</v>
       </c>
       <c r="I596">
         <v>10</v>
       </c>
       <c r="J596" t="s">
         <v>16</v>
       </c>
       <c r="K596" t="s">
         <v>2987</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" t="s">
         <v>2988</v>
       </c>
       <c r="B597" t="s">
         <v>2989</v>
       </c>
       <c r="C597" t="s">
         <v>2990</v>
       </c>
       <c r="D597">
         <v>6.59</v>
       </c>
+      <c r="E597">
+        <v>6.78</v>
+      </c>
+      <c r="F597" s="1">
+        <v>46112</v>
+      </c>
       <c r="G597" t="s">
         <v>14</v>
       </c>
       <c r="H597" t="s">
         <v>2991</v>
       </c>
       <c r="I597">
         <v>10</v>
       </c>
       <c r="J597" t="s">
         <v>16</v>
       </c>
       <c r="K597" t="s">
         <v>2992</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" t="s">
         <v>2993</v>
       </c>
       <c r="B598" t="s">
         <v>2994</v>
       </c>
       <c r="C598" t="s">
         <v>2995</v>
       </c>
       <c r="D598">
         <v>6.59</v>
       </c>
+      <c r="E598">
+        <v>6.78</v>
+      </c>
+      <c r="F598" s="1">
+        <v>46112</v>
+      </c>
       <c r="G598" t="s">
         <v>14</v>
       </c>
       <c r="H598" t="s">
         <v>2996</v>
       </c>
       <c r="I598">
         <v>10</v>
       </c>
       <c r="J598" t="s">
         <v>16</v>
       </c>
       <c r="K598" t="s">
         <v>2997</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" t="s">
         <v>2998</v>
       </c>
       <c r="B599" t="s">
         <v>2999</v>
       </c>
       <c r="C599" t="s">
         <v>3000</v>
       </c>
       <c r="D599">
         <v>6.58</v>
       </c>
+      <c r="E599">
+        <v>6.58</v>
+      </c>
+      <c r="F599" s="1">
+        <v>46112</v>
+      </c>
       <c r="G599" t="s">
         <v>14</v>
       </c>
       <c r="H599" t="s">
         <v>3001</v>
       </c>
       <c r="I599">
         <v>10</v>
       </c>
       <c r="J599" t="s">
         <v>16</v>
       </c>
       <c r="K599" t="s">
         <v>3002</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" t="s">
         <v>3003</v>
       </c>
       <c r="B600" t="s">
         <v>3004</v>
       </c>
       <c r="C600" t="s">
         <v>3005</v>
       </c>
       <c r="D600">
         <v>6.58</v>
       </c>
+      <c r="E600">
+        <v>6.58</v>
+      </c>
+      <c r="F600" s="1">
+        <v>46112</v>
+      </c>
       <c r="G600" t="s">
         <v>14</v>
       </c>
       <c r="H600" t="s">
         <v>3006</v>
       </c>
       <c r="I600">
         <v>10</v>
       </c>
       <c r="J600" t="s">
         <v>16</v>
       </c>
       <c r="K600" t="s">
         <v>3007</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" t="s">
         <v>3008</v>
       </c>
       <c r="B601" t="s">
         <v>3009</v>
       </c>
       <c r="C601" t="s">
         <v>3010</v>
       </c>
       <c r="D601">
         <v>6.58</v>
       </c>
+      <c r="E601">
+        <v>6.58</v>
+      </c>
+      <c r="F601" s="1">
+        <v>46112</v>
+      </c>
       <c r="G601" t="s">
         <v>14</v>
       </c>
       <c r="H601" t="s">
         <v>3011</v>
       </c>
       <c r="I601">
         <v>10</v>
       </c>
       <c r="J601" t="s">
         <v>16</v>
       </c>
       <c r="K601" t="s">
         <v>3012</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" t="s">
         <v>3013</v>
       </c>
       <c r="B602" t="s">
         <v>3014</v>
       </c>
       <c r="C602" t="s">
         <v>3015</v>
       </c>
       <c r="D602">
         <v>9.07</v>
       </c>
+      <c r="E602">
+        <v>9.07</v>
+      </c>
+      <c r="F602" s="1">
+        <v>46112</v>
+      </c>
       <c r="G602" t="s">
         <v>14</v>
       </c>
       <c r="H602" t="s">
         <v>3016</v>
       </c>
       <c r="I602">
         <v>10</v>
       </c>
       <c r="J602" t="s">
         <v>16</v>
       </c>
       <c r="K602" t="s">
         <v>3017</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" t="s">
         <v>3018</v>
       </c>
       <c r="B603" t="s">
         <v>3019</v>
       </c>
       <c r="C603" t="s">
         <v>3020</v>
       </c>
       <c r="D603">
         <v>9.07</v>
       </c>
+      <c r="E603">
+        <v>9.07</v>
+      </c>
+      <c r="F603" s="1">
+        <v>46112</v>
+      </c>
       <c r="G603" t="s">
         <v>14</v>
       </c>
       <c r="H603" t="s">
         <v>3021</v>
       </c>
       <c r="I603">
         <v>10</v>
       </c>
       <c r="J603" t="s">
         <v>16</v>
       </c>
       <c r="K603" t="s">
         <v>3022</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" t="s">
         <v>3023</v>
       </c>
       <c r="B604" t="s">
         <v>3024</v>
       </c>
       <c r="C604" t="s">
         <v>3025</v>
       </c>
       <c r="D604">
         <v>2.85</v>
       </c>
+      <c r="E604">
+        <v>2.94</v>
+      </c>
+      <c r="F604" s="1">
+        <v>46112</v>
+      </c>
       <c r="G604" t="s">
         <v>14</v>
       </c>
       <c r="H604" t="s">
         <v>3026</v>
       </c>
       <c r="I604">
         <v>50</v>
       </c>
       <c r="J604" t="s">
         <v>16</v>
       </c>
       <c r="K604" t="s">
         <v>3027</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" t="s">
         <v>3028</v>
       </c>
       <c r="B605" t="s">
         <v>3029</v>
       </c>
       <c r="C605" t="s">
         <v>3030</v>
       </c>
       <c r="D605">
         <v>3.06</v>
       </c>
+      <c r="E605">
+        <v>3.16</v>
+      </c>
+      <c r="F605" s="1">
+        <v>46112</v>
+      </c>
       <c r="G605" t="s">
         <v>14</v>
       </c>
       <c r="H605" t="s">
         <v>3031</v>
       </c>
       <c r="I605">
         <v>50</v>
       </c>
       <c r="J605" t="s">
         <v>16</v>
       </c>
       <c r="K605" t="s">
         <v>3032</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" t="s">
         <v>3033</v>
       </c>
       <c r="B606" t="s">
         <v>3034</v>
       </c>
       <c r="C606" t="s">
         <v>3035</v>
       </c>
       <c r="D606">
         <v>2.3</v>
       </c>
+      <c r="E606">
+        <v>2.3</v>
+      </c>
+      <c r="F606" s="1">
+        <v>46112</v>
+      </c>
       <c r="G606" t="s">
         <v>14</v>
       </c>
       <c r="H606" t="s">
         <v>3036</v>
       </c>
       <c r="I606">
         <v>50</v>
       </c>
       <c r="J606" t="s">
         <v>16</v>
       </c>
       <c r="K606" t="s">
         <v>3037</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" t="s">
         <v>3038</v>
       </c>
       <c r="B607" t="s">
         <v>3039</v>
       </c>
       <c r="C607" t="s">
         <v>3040</v>
       </c>
       <c r="D607">
         <v>2.3</v>
       </c>
+      <c r="E607">
+        <v>2.3</v>
+      </c>
+      <c r="F607" s="1">
+        <v>46112</v>
+      </c>
       <c r="G607" t="s">
         <v>14</v>
       </c>
       <c r="H607" t="s">
         <v>3041</v>
       </c>
       <c r="I607">
         <v>50</v>
       </c>
       <c r="J607" t="s">
         <v>16</v>
       </c>
       <c r="K607" t="s">
         <v>3042</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" t="s">
         <v>3043</v>
       </c>
       <c r="B608" t="s">
         <v>3044</v>
       </c>
       <c r="C608" t="s">
         <v>3045</v>
       </c>
       <c r="D608">
         <v>3.09</v>
       </c>
+      <c r="E608">
+        <v>3.19</v>
+      </c>
+      <c r="F608" s="1">
+        <v>46112</v>
+      </c>
       <c r="G608" t="s">
         <v>14</v>
       </c>
       <c r="H608" t="s">
         <v>3046</v>
       </c>
       <c r="I608">
         <v>50</v>
       </c>
       <c r="J608" t="s">
         <v>16</v>
       </c>
       <c r="K608" t="s">
         <v>3047</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" t="s">
         <v>3048</v>
       </c>
       <c r="B609" t="s">
         <v>3049</v>
       </c>
       <c r="C609" t="s">
         <v>3050</v>
       </c>
       <c r="D609">
         <v>2.3</v>
       </c>
+      <c r="E609">
+        <v>2.3</v>
+      </c>
+      <c r="F609" s="1">
+        <v>46112</v>
+      </c>
       <c r="G609" t="s">
         <v>14</v>
       </c>
       <c r="H609" t="s">
         <v>3051</v>
       </c>
       <c r="I609">
         <v>50</v>
       </c>
       <c r="J609" t="s">
         <v>16</v>
       </c>
       <c r="K609" t="s">
         <v>3052</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" t="s">
         <v>3053</v>
       </c>
       <c r="B610" t="s">
         <v>3054</v>
       </c>
       <c r="C610" t="s">
         <v>3055</v>
       </c>
       <c r="D610">
         <v>2.8</v>
       </c>
+      <c r="E610">
+        <v>2.8</v>
+      </c>
+      <c r="F610" s="1">
+        <v>46112</v>
+      </c>
       <c r="G610" t="s">
         <v>14</v>
       </c>
       <c r="H610" t="s">
         <v>3056</v>
       </c>
       <c r="I610">
         <v>50</v>
       </c>
       <c r="J610" t="s">
         <v>16</v>
       </c>
       <c r="K610" t="s">
         <v>3057</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" t="s">
         <v>3058</v>
       </c>
       <c r="B611" t="s">
         <v>3059</v>
       </c>
       <c r="C611" t="s">
         <v>3060</v>
       </c>
       <c r="D611">
         <v>2.8</v>
       </c>
+      <c r="E611">
+        <v>2.8</v>
+      </c>
+      <c r="F611" s="1">
+        <v>46112</v>
+      </c>
       <c r="G611" t="s">
         <v>14</v>
       </c>
       <c r="H611" t="s">
         <v>3061</v>
       </c>
       <c r="I611">
         <v>50</v>
       </c>
       <c r="J611" t="s">
         <v>16</v>
       </c>
       <c r="K611" t="s">
         <v>3062</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" t="s">
         <v>3063</v>
       </c>
       <c r="B612" t="s">
         <v>3064</v>
       </c>
       <c r="C612" t="s">
         <v>3065</v>
       </c>
       <c r="D612">
         <v>2.8</v>
       </c>
+      <c r="E612">
+        <v>2.8</v>
+      </c>
+      <c r="F612" s="1">
+        <v>46112</v>
+      </c>
       <c r="G612" t="s">
         <v>14</v>
       </c>
       <c r="H612" t="s">
         <v>3066</v>
       </c>
       <c r="I612">
         <v>50</v>
       </c>
       <c r="J612" t="s">
         <v>16</v>
       </c>
       <c r="K612" t="s">
         <v>3067</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" t="s">
         <v>3068</v>
       </c>
       <c r="B613" t="s">
         <v>3069</v>
       </c>
       <c r="C613" t="s">
         <v>3070</v>
       </c>
       <c r="D613">
         <v>4.24</v>
       </c>
+      <c r="E613">
+        <v>4.36</v>
+      </c>
+      <c r="F613" s="1">
+        <v>46112</v>
+      </c>
       <c r="G613" t="s">
         <v>14</v>
       </c>
       <c r="H613" t="s">
         <v>3071</v>
       </c>
       <c r="I613">
         <v>100</v>
       </c>
       <c r="J613" t="s">
         <v>16</v>
       </c>
       <c r="K613" t="s">
         <v>3072</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" t="s">
         <v>3073</v>
       </c>
       <c r="B614" t="s">
         <v>3074</v>
       </c>
       <c r="C614" t="s">
         <v>3075</v>
       </c>
       <c r="D614">
         <v>18.39</v>
       </c>
+      <c r="E614">
+        <v>18.93</v>
+      </c>
+      <c r="F614" s="1">
+        <v>46112</v>
+      </c>
       <c r="G614" t="s">
         <v>14</v>
       </c>
       <c r="H614" t="s">
         <v>3076</v>
       </c>
       <c r="I614">
         <v>10</v>
       </c>
       <c r="J614" t="s">
         <v>16</v>
       </c>
       <c r="K614" t="s">
         <v>3077</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" t="s">
         <v>3078</v>
       </c>
       <c r="B615" t="s">
         <v>3079</v>
       </c>
       <c r="C615" t="s">
         <v>3080</v>
       </c>
       <c r="D615">
         <v>22.58</v>
       </c>
+      <c r="E615">
+        <v>23.25</v>
+      </c>
+      <c r="F615" s="1">
+        <v>46112</v>
+      </c>
       <c r="G615" t="s">
         <v>14</v>
       </c>
       <c r="H615" t="s">
         <v>3081</v>
       </c>
       <c r="I615">
         <v>10</v>
       </c>
       <c r="J615" t="s">
         <v>16</v>
       </c>
       <c r="K615" t="s">
         <v>3082</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" t="s">
         <v>3083</v>
       </c>
       <c r="B616" t="s">
         <v>3084</v>
       </c>
       <c r="C616" t="s">
         <v>3085</v>
       </c>
       <c r="D616">
         <v>23.52</v>
       </c>
+      <c r="E616">
+        <v>24.23</v>
+      </c>
+      <c r="F616" s="1">
+        <v>46112</v>
+      </c>
       <c r="G616" t="s">
         <v>14</v>
       </c>
       <c r="H616" t="s">
         <v>3086</v>
       </c>
       <c r="I616">
         <v>10</v>
       </c>
       <c r="J616" t="s">
         <v>16</v>
       </c>
       <c r="K616" t="s">
         <v>3087</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" t="s">
         <v>3088</v>
       </c>
       <c r="B617" t="s">
         <v>3089</v>
       </c>
       <c r="C617" t="s">
         <v>3090</v>
       </c>
       <c r="D617">
         <v>14.31</v>
       </c>
+      <c r="E617">
+        <v>14.75</v>
+      </c>
+      <c r="F617" s="1">
+        <v>46112</v>
+      </c>
       <c r="G617" t="s">
         <v>14</v>
       </c>
       <c r="H617" t="s">
         <v>3091</v>
       </c>
       <c r="I617">
         <v>10</v>
       </c>
       <c r="J617" t="s">
         <v>16</v>
       </c>
       <c r="K617" t="s">
         <v>3092</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" t="s">
         <v>3093</v>
       </c>
       <c r="B618" t="s">
         <v>3094</v>
       </c>
       <c r="C618" t="s">
         <v>3095</v>
       </c>
       <c r="D618">
         <v>22.1</v>
       </c>
+      <c r="E618">
+        <v>22.1</v>
+      </c>
+      <c r="F618" s="1">
+        <v>46112</v>
+      </c>
       <c r="G618" t="s">
         <v>14</v>
       </c>
       <c r="H618" t="s">
         <v>3096</v>
       </c>
       <c r="I618">
         <v>5</v>
       </c>
       <c r="J618" t="s">
         <v>16</v>
       </c>
       <c r="K618" t="s">
         <v>3097</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" t="s">
         <v>3098</v>
       </c>
       <c r="B619" t="s">
         <v>3099</v>
       </c>
       <c r="C619" t="s">
         <v>3100</v>
       </c>
       <c r="D619">
         <v>22.02</v>
       </c>
+      <c r="E619">
+        <v>22.02</v>
+      </c>
+      <c r="F619" s="1">
+        <v>46112</v>
+      </c>
       <c r="G619" t="s">
         <v>14</v>
       </c>
       <c r="H619" t="s">
         <v>3101</v>
       </c>
       <c r="I619">
         <v>5</v>
       </c>
       <c r="J619" t="s">
         <v>16</v>
       </c>
       <c r="K619" t="s">
         <v>3102</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" t="s">
         <v>3103</v>
       </c>
       <c r="B620" t="s">
         <v>3104</v>
       </c>
       <c r="C620" t="s">
         <v>3105</v>
       </c>
       <c r="D620">
         <v>20.9</v>
       </c>
+      <c r="E620">
+        <v>20.9</v>
+      </c>
+      <c r="F620" s="1">
+        <v>46112</v>
+      </c>
       <c r="G620" t="s">
         <v>14</v>
       </c>
       <c r="H620" t="s">
         <v>3106</v>
       </c>
       <c r="I620">
         <v>5</v>
       </c>
       <c r="J620" t="s">
         <v>16</v>
       </c>
       <c r="K620" t="s">
         <v>3107</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" t="s">
         <v>3108</v>
       </c>
       <c r="B621" t="s">
         <v>3109</v>
       </c>
       <c r="C621" t="s">
         <v>3110</v>
       </c>
       <c r="D621">
         <v>34.74</v>
       </c>
+      <c r="E621">
+        <v>35.78</v>
+      </c>
+      <c r="F621" s="1">
+        <v>46112</v>
+      </c>
       <c r="G621" t="s">
         <v>14</v>
       </c>
       <c r="H621" t="s">
         <v>3111</v>
       </c>
       <c r="I621">
         <v>5</v>
       </c>
       <c r="J621" t="s">
         <v>16</v>
       </c>
       <c r="K621" t="s">
         <v>3112</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" t="s">
         <v>3113</v>
       </c>
       <c r="B622" t="s">
         <v>3114</v>
       </c>
       <c r="C622" t="s">
         <v>3115</v>
       </c>
       <c r="D622">
         <v>2.75</v>
       </c>
+      <c r="E622">
+        <v>2.75</v>
+      </c>
+      <c r="F622" s="1">
+        <v>46112</v>
+      </c>
       <c r="G622" t="s">
         <v>14</v>
       </c>
       <c r="H622" t="s">
         <v>3116</v>
       </c>
       <c r="I622">
         <v>10</v>
       </c>
       <c r="J622" t="s">
         <v>16</v>
       </c>
       <c r="K622" t="s">
         <v>3117</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" t="s">
         <v>3118</v>
       </c>
       <c r="B623" t="s">
         <v>3119</v>
       </c>
       <c r="C623" t="s">
         <v>3120</v>
       </c>
       <c r="D623">
         <v>2.75</v>
       </c>
+      <c r="E623">
+        <v>2.75</v>
+      </c>
+      <c r="F623" s="1">
+        <v>46112</v>
+      </c>
       <c r="G623" t="s">
         <v>14</v>
       </c>
       <c r="H623" t="s">
         <v>3121</v>
       </c>
       <c r="I623">
         <v>10</v>
       </c>
       <c r="J623" t="s">
         <v>16</v>
       </c>
       <c r="K623" t="s">
         <v>3122</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" t="s">
         <v>3123</v>
       </c>
       <c r="B624" t="s">
         <v>3124</v>
       </c>
       <c r="C624" t="s">
         <v>3125</v>
       </c>
       <c r="D624">
         <v>2.75</v>
       </c>
+      <c r="E624">
+        <v>2.75</v>
+      </c>
+      <c r="F624" s="1">
+        <v>46112</v>
+      </c>
       <c r="G624" t="s">
         <v>14</v>
       </c>
       <c r="H624" t="s">
         <v>3126</v>
       </c>
       <c r="I624">
         <v>10</v>
       </c>
       <c r="J624" t="s">
         <v>16</v>
       </c>
       <c r="K624" t="s">
         <v>3127</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" t="s">
         <v>3128</v>
       </c>
       <c r="B625" t="s">
         <v>3129</v>
       </c>
       <c r="C625" t="s">
         <v>3130</v>
       </c>
       <c r="D625">
         <v>3.2</v>
       </c>
+      <c r="E625">
+        <v>3.2</v>
+      </c>
+      <c r="F625" s="1">
+        <v>46112</v>
+      </c>
       <c r="G625" t="s">
         <v>14</v>
       </c>
       <c r="H625" t="s">
         <v>3131</v>
       </c>
       <c r="I625">
         <v>10</v>
       </c>
       <c r="J625" t="s">
         <v>16</v>
       </c>
       <c r="K625" t="s">
         <v>3132</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" t="s">
         <v>3133</v>
       </c>
       <c r="B626" t="s">
         <v>3134</v>
       </c>
       <c r="C626" t="s">
         <v>3135</v>
       </c>
       <c r="D626">
         <v>3.2</v>
       </c>
+      <c r="E626">
+        <v>3.2</v>
+      </c>
+      <c r="F626" s="1">
+        <v>46112</v>
+      </c>
       <c r="G626" t="s">
         <v>14</v>
       </c>
       <c r="H626" t="s">
         <v>3136</v>
       </c>
       <c r="I626">
         <v>10</v>
       </c>
       <c r="J626" t="s">
         <v>16</v>
       </c>
       <c r="K626" t="s">
         <v>3137</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" t="s">
         <v>3138</v>
       </c>
       <c r="B627" t="s">
         <v>3139</v>
       </c>
       <c r="C627" t="s">
         <v>3140</v>
       </c>
       <c r="D627">
         <v>3.2</v>
       </c>
+      <c r="E627">
+        <v>3.2</v>
+      </c>
+      <c r="F627" s="1">
+        <v>46112</v>
+      </c>
       <c r="G627" t="s">
         <v>14</v>
       </c>
       <c r="H627" t="s">
         <v>3141</v>
       </c>
       <c r="I627">
         <v>10</v>
       </c>
       <c r="J627" t="s">
         <v>16</v>
       </c>
       <c r="K627" t="s">
         <v>3142</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" t="s">
         <v>3143</v>
       </c>
       <c r="B628" t="s">
         <v>3144</v>
       </c>
       <c r="C628" t="s">
         <v>3145</v>
       </c>
       <c r="D628">
         <v>2.34</v>
       </c>
+      <c r="E628">
+        <v>2.34</v>
+      </c>
+      <c r="F628" s="1">
+        <v>46112</v>
+      </c>
       <c r="G628" t="s">
         <v>14</v>
       </c>
       <c r="H628" t="s">
         <v>3146</v>
       </c>
       <c r="I628">
         <v>10</v>
       </c>
       <c r="J628" t="s">
         <v>16</v>
       </c>
       <c r="K628" t="s">
         <v>3147</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" t="s">
         <v>3148</v>
       </c>
       <c r="B629" t="s">
         <v>3149</v>
       </c>
       <c r="C629" t="s">
         <v>3150</v>
       </c>
       <c r="D629">
         <v>2.65</v>
       </c>
+      <c r="E629">
+        <v>2.65</v>
+      </c>
+      <c r="F629" s="1">
+        <v>46112</v>
+      </c>
       <c r="G629" t="s">
         <v>14</v>
       </c>
       <c r="H629" t="s">
         <v>3151</v>
       </c>
       <c r="I629">
         <v>10</v>
       </c>
       <c r="J629" t="s">
         <v>16</v>
       </c>
       <c r="K629" t="s">
         <v>3152</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" t="s">
         <v>3153</v>
       </c>
       <c r="B630" t="s">
         <v>3154</v>
       </c>
       <c r="C630" t="s">
         <v>3155</v>
       </c>
       <c r="D630">
         <v>3.09</v>
       </c>
+      <c r="E630">
+        <v>3.09</v>
+      </c>
+      <c r="F630" s="1">
+        <v>46112</v>
+      </c>
       <c r="G630" t="s">
         <v>14</v>
       </c>
       <c r="H630" t="s">
         <v>3156</v>
       </c>
       <c r="I630">
         <v>10</v>
       </c>
       <c r="J630" t="s">
         <v>16</v>
       </c>
       <c r="K630" t="s">
         <v>3157</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" t="s">
         <v>3158</v>
       </c>
       <c r="B631" t="s">
         <v>3159</v>
       </c>
       <c r="C631" t="s">
         <v>3160</v>
       </c>
       <c r="D631">
         <v>2.74</v>
       </c>
+      <c r="E631">
+        <v>2.74</v>
+      </c>
+      <c r="F631" s="1">
+        <v>46112</v>
+      </c>
       <c r="G631" t="s">
         <v>14</v>
       </c>
       <c r="H631" t="s">
         <v>3161</v>
       </c>
       <c r="I631">
         <v>10</v>
       </c>
       <c r="J631" t="s">
         <v>16</v>
       </c>
       <c r="K631" t="s">
         <v>3162</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" t="s">
         <v>3163</v>
       </c>
       <c r="B632" t="s">
         <v>3164</v>
       </c>
       <c r="C632" t="s">
         <v>3165</v>
       </c>
       <c r="D632">
         <v>3.24</v>
       </c>
+      <c r="E632">
+        <v>3.24</v>
+      </c>
+      <c r="F632" s="1">
+        <v>46112</v>
+      </c>
       <c r="G632" t="s">
         <v>14</v>
       </c>
       <c r="H632" t="s">
         <v>3166</v>
       </c>
       <c r="I632">
         <v>10</v>
       </c>
       <c r="J632" t="s">
         <v>16</v>
       </c>
       <c r="K632" t="s">
         <v>3167</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" t="s">
         <v>3168</v>
       </c>
       <c r="B633" t="s">
         <v>3169</v>
       </c>
       <c r="C633" t="s">
         <v>3170</v>
       </c>
       <c r="D633">
         <v>4.95</v>
       </c>
+      <c r="E633">
+        <v>5.1</v>
+      </c>
+      <c r="F633" s="1">
+        <v>46112</v>
+      </c>
       <c r="G633" t="s">
         <v>14</v>
       </c>
       <c r="H633" t="s">
         <v>3171</v>
       </c>
       <c r="I633">
         <v>10</v>
       </c>
       <c r="J633" t="s">
         <v>16</v>
       </c>
       <c r="K633" t="s">
         <v>3172</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" t="s">
         <v>3173</v>
       </c>
       <c r="B634" t="s">
         <v>3174</v>
       </c>
       <c r="C634" t="s">
         <v>3175</v>
       </c>
       <c r="D634">
         <v>3.24</v>
       </c>
+      <c r="E634">
+        <v>3.24</v>
+      </c>
+      <c r="F634" s="1">
+        <v>46112</v>
+      </c>
       <c r="G634" t="s">
         <v>14</v>
       </c>
       <c r="H634" t="s">
         <v>3176</v>
       </c>
       <c r="I634">
         <v>10</v>
       </c>
       <c r="J634" t="s">
         <v>16</v>
       </c>
       <c r="K634" t="s">
         <v>3177</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" t="s">
         <v>3178</v>
       </c>
       <c r="B635" t="s">
         <v>3179</v>
       </c>
       <c r="C635" t="s">
         <v>3180</v>
       </c>
       <c r="D635">
         <v>2.65</v>
       </c>
+      <c r="E635">
+        <v>2.65</v>
+      </c>
+      <c r="F635" s="1">
+        <v>46112</v>
+      </c>
       <c r="G635" t="s">
         <v>14</v>
       </c>
       <c r="H635" t="s">
         <v>3181</v>
       </c>
       <c r="I635">
         <v>10</v>
       </c>
       <c r="J635" t="s">
         <v>16</v>
       </c>
       <c r="K635" t="s">
         <v>3182</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" t="s">
         <v>3183</v>
       </c>
       <c r="B636" t="s">
         <v>3184</v>
       </c>
       <c r="C636" t="s">
         <v>3185</v>
       </c>
       <c r="D636">
         <v>2.76</v>
       </c>
+      <c r="E636">
+        <v>2.76</v>
+      </c>
+      <c r="F636" s="1">
+        <v>46112</v>
+      </c>
       <c r="G636" t="s">
         <v>14</v>
       </c>
       <c r="H636" t="s">
         <v>3186</v>
       </c>
       <c r="I636">
         <v>10</v>
       </c>
       <c r="J636" t="s">
         <v>16</v>
       </c>
       <c r="K636" t="s">
         <v>3187</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" t="s">
         <v>3188</v>
       </c>
       <c r="B637" t="s">
         <v>3189</v>
       </c>
       <c r="C637" t="s">
         <v>3190</v>
       </c>
       <c r="D637">
         <v>3.12</v>
       </c>
+      <c r="E637">
+        <v>3.12</v>
+      </c>
+      <c r="F637" s="1">
+        <v>46112</v>
+      </c>
       <c r="G637" t="s">
         <v>14</v>
       </c>
       <c r="H637" t="s">
         <v>3191</v>
       </c>
       <c r="I637">
         <v>10</v>
       </c>
       <c r="J637" t="s">
         <v>16</v>
       </c>
       <c r="K637" t="s">
         <v>3192</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" t="s">
         <v>3193</v>
       </c>
       <c r="B638" t="s">
         <v>3194</v>
       </c>
       <c r="C638" t="s">
         <v>3195</v>
       </c>
       <c r="D638">
         <v>2.76</v>
       </c>
+      <c r="E638">
+        <v>2.76</v>
+      </c>
+      <c r="F638" s="1">
+        <v>46112</v>
+      </c>
       <c r="G638" t="s">
         <v>14</v>
       </c>
       <c r="H638" t="s">
         <v>3196</v>
       </c>
       <c r="I638">
         <v>10</v>
       </c>
       <c r="J638" t="s">
         <v>16</v>
       </c>
       <c r="K638" t="s">
         <v>3197</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" t="s">
         <v>3198</v>
       </c>
       <c r="B639" t="s">
         <v>3199</v>
       </c>
       <c r="C639" t="s">
         <v>3200</v>
       </c>
       <c r="D639">
         <v>2.76</v>
       </c>
+      <c r="E639">
+        <v>2.76</v>
+      </c>
+      <c r="F639" s="1">
+        <v>46112</v>
+      </c>
       <c r="G639" t="s">
         <v>14</v>
       </c>
       <c r="H639" t="s">
         <v>3201</v>
       </c>
       <c r="I639">
         <v>10</v>
       </c>
       <c r="J639" t="s">
         <v>16</v>
       </c>
       <c r="K639" t="s">
         <v>3202</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" t="s">
         <v>3203</v>
       </c>
       <c r="B640" t="s">
         <v>3204</v>
       </c>
       <c r="C640" t="s">
         <v>3205</v>
       </c>
       <c r="D640">
         <v>12.8</v>
       </c>
+      <c r="E640">
+        <v>12.8</v>
+      </c>
+      <c r="F640" s="1">
+        <v>46112</v>
+      </c>
       <c r="G640" t="s">
         <v>14</v>
       </c>
       <c r="H640" t="s">
         <v>3206</v>
       </c>
       <c r="I640">
         <v>10</v>
       </c>
       <c r="J640" t="s">
         <v>16</v>
       </c>
       <c r="K640" t="s">
         <v>3207</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" t="s">
         <v>3208</v>
       </c>
       <c r="B641" t="s">
         <v>3209</v>
       </c>
       <c r="C641" t="s">
         <v>3210</v>
       </c>
       <c r="D641">
         <v>12.95</v>
       </c>
+      <c r="E641">
+        <v>12.95</v>
+      </c>
+      <c r="F641" s="1">
+        <v>46112</v>
+      </c>
       <c r="G641" t="s">
         <v>14</v>
       </c>
       <c r="H641" t="s">
         <v>3211</v>
       </c>
       <c r="I641">
         <v>18</v>
       </c>
       <c r="J641" t="s">
         <v>16</v>
       </c>
       <c r="K641" t="s">
         <v>3212</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" t="s">
         <v>3213</v>
       </c>
       <c r="B642" t="s">
         <v>3214</v>
       </c>
       <c r="C642" t="s">
         <v>3215</v>
       </c>
       <c r="D642">
         <v>11.8</v>
       </c>
+      <c r="E642">
+        <v>11.8</v>
+      </c>
+      <c r="F642" s="1">
+        <v>46112</v>
+      </c>
       <c r="G642" t="s">
         <v>14</v>
       </c>
       <c r="H642" t="s">
         <v>3216</v>
       </c>
       <c r="I642">
         <v>18</v>
       </c>
       <c r="J642" t="s">
         <v>16</v>
       </c>
       <c r="K642" t="s">
         <v>3217</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" t="s">
         <v>3218</v>
       </c>
       <c r="B643" t="s">
         <v>3219</v>
       </c>
       <c r="C643" t="s">
         <v>3220</v>
       </c>
       <c r="D643">
         <v>18.13</v>
       </c>
+      <c r="E643">
+        <v>18.13</v>
+      </c>
+      <c r="F643" s="1">
+        <v>46112</v>
+      </c>
       <c r="G643" t="s">
         <v>14</v>
       </c>
       <c r="H643" t="s">
         <v>3221</v>
       </c>
       <c r="I643">
         <v>5</v>
       </c>
       <c r="J643" t="s">
         <v>16</v>
       </c>
       <c r="K643" t="s">
         <v>3222</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" t="s">
         <v>3223</v>
       </c>
       <c r="B644" t="s">
         <v>3224</v>
       </c>
       <c r="C644" t="s">
         <v>3225</v>
       </c>
       <c r="D644">
         <v>15.2</v>
       </c>
+      <c r="E644">
+        <v>15.2</v>
+      </c>
+      <c r="F644" s="1">
+        <v>46112</v>
+      </c>
       <c r="G644" t="s">
         <v>14</v>
       </c>
       <c r="H644" t="s">
         <v>3226</v>
       </c>
       <c r="I644">
         <v>5</v>
       </c>
       <c r="J644" t="s">
         <v>16</v>
       </c>
       <c r="K644" t="s">
         <v>3227</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" t="s">
         <v>3228</v>
       </c>
       <c r="B645" t="s">
         <v>3229</v>
       </c>
       <c r="C645" t="s">
         <v>3230</v>
       </c>
       <c r="D645">
         <v>26.26</v>
       </c>
+      <c r="E645">
+        <v>26.26</v>
+      </c>
+      <c r="F645" s="1">
+        <v>46112</v>
+      </c>
       <c r="G645" t="s">
         <v>14</v>
       </c>
       <c r="H645" t="s">
         <v>3231</v>
       </c>
       <c r="I645">
         <v>5</v>
       </c>
       <c r="J645" t="s">
         <v>16</v>
       </c>
       <c r="K645" t="s">
         <v>3232</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" t="s">
         <v>3233</v>
       </c>
       <c r="B646" t="s">
         <v>3234</v>
       </c>
       <c r="C646" t="s">
         <v>3235</v>
       </c>
       <c r="D646">
         <v>18.61</v>
       </c>
+      <c r="E646">
+        <v>18.61</v>
+      </c>
+      <c r="F646" s="1">
+        <v>46112</v>
+      </c>
       <c r="G646" t="s">
         <v>14</v>
       </c>
       <c r="H646" t="s">
         <v>3236</v>
       </c>
       <c r="I646">
         <v>12</v>
       </c>
       <c r="J646" t="s">
         <v>16</v>
       </c>
       <c r="K646" t="s">
         <v>3237</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" t="s">
         <v>3238</v>
       </c>
       <c r="B647" t="s">
         <v>3239</v>
       </c>
       <c r="C647" t="s">
         <v>3240</v>
       </c>
       <c r="D647">
         <v>25.44</v>
       </c>
+      <c r="E647">
+        <v>25.44</v>
+      </c>
+      <c r="F647" s="1">
+        <v>46112</v>
+      </c>
       <c r="G647" t="s">
         <v>14</v>
       </c>
       <c r="H647" t="s">
         <v>3241</v>
       </c>
       <c r="I647">
         <v>12</v>
       </c>
       <c r="J647" t="s">
         <v>16</v>
       </c>
       <c r="K647" t="s">
         <v>3242</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" t="s">
         <v>3243</v>
       </c>
       <c r="B648" t="s">
         <v>3244</v>
       </c>
       <c r="C648" t="s">
         <v>3245</v>
       </c>
       <c r="D648">
         <v>14.9</v>
       </c>
+      <c r="E648">
+        <v>14.9</v>
+      </c>
+      <c r="F648" s="1">
+        <v>46112</v>
+      </c>
       <c r="G648" t="s">
         <v>14</v>
       </c>
       <c r="H648" t="s">
         <v>3246</v>
       </c>
       <c r="I648">
         <v>12</v>
       </c>
       <c r="J648" t="s">
         <v>16</v>
       </c>
       <c r="K648" t="s">
         <v>3247</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" t="s">
         <v>3248</v>
       </c>
       <c r="B649" t="s">
         <v>3249</v>
       </c>
       <c r="C649" t="s">
         <v>3250</v>
       </c>
       <c r="D649">
         <v>4.16</v>
       </c>
+      <c r="E649">
+        <v>4.29</v>
+      </c>
+      <c r="F649" s="1">
+        <v>46112</v>
+      </c>
       <c r="G649" t="s">
         <v>14</v>
       </c>
       <c r="H649" t="s">
         <v>3251</v>
       </c>
       <c r="I649">
         <v>25</v>
       </c>
       <c r="J649" t="s">
         <v>16</v>
       </c>
       <c r="K649" t="s">
         <v>3252</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" t="s">
         <v>3253</v>
       </c>
       <c r="B650" t="s">
         <v>3254</v>
       </c>
       <c r="C650" t="s">
         <v>3255</v>
       </c>
       <c r="D650">
         <v>4.33</v>
       </c>
+      <c r="E650">
+        <v>4.46</v>
+      </c>
+      <c r="F650" s="1">
+        <v>46112</v>
+      </c>
       <c r="G650" t="s">
         <v>14</v>
       </c>
       <c r="H650" t="s">
         <v>3256</v>
       </c>
       <c r="I650">
         <v>25</v>
       </c>
       <c r="J650" t="s">
         <v>16</v>
       </c>
       <c r="K650" t="s">
         <v>3257</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" t="s">
         <v>3258</v>
       </c>
       <c r="B651" t="s">
         <v>3259</v>
       </c>
       <c r="C651" t="s">
         <v>3260</v>
       </c>
       <c r="D651">
         <v>4.33</v>
       </c>
+      <c r="E651">
+        <v>4.46</v>
+      </c>
+      <c r="F651" s="1">
+        <v>46112</v>
+      </c>
       <c r="G651" t="s">
         <v>14</v>
       </c>
       <c r="H651" t="s">
         <v>3261</v>
       </c>
       <c r="I651">
         <v>25</v>
       </c>
       <c r="J651" t="s">
         <v>16</v>
       </c>
       <c r="K651" t="s">
         <v>3262</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" t="s">
         <v>3263</v>
       </c>
       <c r="B652" t="s">
         <v>3264</v>
       </c>
       <c r="C652" t="s">
         <v>3265</v>
       </c>
       <c r="D652">
         <v>4.33</v>
       </c>
+      <c r="E652">
+        <v>4.46</v>
+      </c>
+      <c r="F652" s="1">
+        <v>46112</v>
+      </c>
       <c r="G652" t="s">
         <v>14</v>
       </c>
       <c r="H652" t="s">
         <v>3266</v>
       </c>
       <c r="I652">
         <v>25</v>
       </c>
       <c r="J652" t="s">
         <v>16</v>
       </c>
       <c r="K652" t="s">
         <v>3267</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" t="s">
         <v>3268</v>
       </c>
       <c r="B653" t="s">
         <v>3269</v>
       </c>
       <c r="C653" t="s">
         <v>3270</v>
       </c>
       <c r="D653">
         <v>4.33</v>
       </c>
+      <c r="E653">
+        <v>4.46</v>
+      </c>
+      <c r="F653" s="1">
+        <v>46112</v>
+      </c>
       <c r="G653" t="s">
         <v>14</v>
       </c>
       <c r="H653" t="s">
         <v>3271</v>
       </c>
       <c r="I653">
         <v>25</v>
       </c>
       <c r="J653" t="s">
         <v>16</v>
       </c>
       <c r="K653" t="s">
         <v>3272</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" t="s">
         <v>3273</v>
       </c>
       <c r="B654" t="s">
         <v>3274</v>
       </c>
       <c r="C654" t="s">
         <v>3275</v>
       </c>
       <c r="D654">
         <v>4.16</v>
       </c>
+      <c r="E654">
+        <v>4.29</v>
+      </c>
+      <c r="F654" s="1">
+        <v>46112</v>
+      </c>
       <c r="G654" t="s">
         <v>14</v>
       </c>
       <c r="H654" t="s">
         <v>3276</v>
       </c>
       <c r="I654">
         <v>25</v>
       </c>
       <c r="J654" t="s">
         <v>16</v>
       </c>
       <c r="K654" t="s">
         <v>3277</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" t="s">
         <v>3278</v>
       </c>
       <c r="B655" t="s">
         <v>3279</v>
       </c>
       <c r="C655" t="s">
         <v>3280</v>
       </c>
       <c r="D655">
         <v>4.33</v>
       </c>
+      <c r="E655">
+        <v>4.46</v>
+      </c>
+      <c r="F655" s="1">
+        <v>46112</v>
+      </c>
       <c r="G655" t="s">
         <v>14</v>
       </c>
       <c r="H655" t="s">
         <v>3281</v>
       </c>
       <c r="I655">
         <v>25</v>
       </c>
       <c r="J655" t="s">
         <v>16</v>
       </c>
       <c r="K655" t="s">
         <v>3282</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" t="s">
         <v>3283</v>
       </c>
       <c r="B656" t="s">
         <v>3284</v>
       </c>
       <c r="C656" t="s">
         <v>3285</v>
       </c>
       <c r="D656">
         <v>4.33</v>
       </c>
+      <c r="E656">
+        <v>4.46</v>
+      </c>
+      <c r="F656" s="1">
+        <v>46112</v>
+      </c>
       <c r="G656" t="s">
         <v>14</v>
       </c>
       <c r="H656" t="s">
         <v>3286</v>
       </c>
       <c r="I656">
         <v>25</v>
       </c>
       <c r="J656" t="s">
         <v>16</v>
       </c>
       <c r="K656" t="s">
         <v>3287</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" t="s">
         <v>3288</v>
       </c>
       <c r="B657" t="s">
         <v>3289</v>
       </c>
       <c r="C657" t="s">
         <v>3290</v>
       </c>
       <c r="D657">
         <v>4.33</v>
       </c>
+      <c r="E657">
+        <v>4.46</v>
+      </c>
+      <c r="F657" s="1">
+        <v>46112</v>
+      </c>
       <c r="G657" t="s">
         <v>14</v>
       </c>
       <c r="H657" t="s">
         <v>3291</v>
       </c>
       <c r="I657">
         <v>25</v>
       </c>
       <c r="J657" t="s">
         <v>16</v>
       </c>
       <c r="K657" t="s">
         <v>3292</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" t="s">
         <v>3293</v>
       </c>
       <c r="B658" t="s">
         <v>3294</v>
       </c>
       <c r="C658" t="s">
         <v>3295</v>
       </c>
       <c r="D658">
         <v>4.33</v>
       </c>
+      <c r="E658">
+        <v>4.46</v>
+      </c>
+      <c r="F658" s="1">
+        <v>46112</v>
+      </c>
       <c r="G658" t="s">
         <v>14</v>
       </c>
       <c r="H658" t="s">
         <v>3296</v>
       </c>
       <c r="I658">
         <v>25</v>
       </c>
       <c r="J658" t="s">
         <v>16</v>
       </c>
       <c r="K658" t="s">
         <v>3297</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" t="s">
         <v>3298</v>
       </c>
       <c r="B659" t="s">
         <v>3299</v>
       </c>
       <c r="C659" t="s">
         <v>3300</v>
       </c>
       <c r="D659">
         <v>4.33</v>
       </c>
+      <c r="E659">
+        <v>4.46</v>
+      </c>
+      <c r="F659" s="1">
+        <v>46112</v>
+      </c>
       <c r="G659" t="s">
         <v>14</v>
       </c>
       <c r="H659" t="s">
         <v>3301</v>
       </c>
       <c r="I659">
         <v>25</v>
       </c>
       <c r="J659" t="s">
         <v>16</v>
       </c>
       <c r="K659" t="s">
         <v>3302</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" t="s">
         <v>3303</v>
       </c>
       <c r="B660" t="s">
         <v>3304</v>
       </c>
       <c r="C660" t="s">
         <v>3305</v>
       </c>
       <c r="D660">
         <v>13.99</v>
       </c>
+      <c r="E660">
+        <v>14.42</v>
+      </c>
+      <c r="F660" s="1">
+        <v>46112</v>
+      </c>
       <c r="G660" t="s">
         <v>14</v>
       </c>
       <c r="H660" t="s">
         <v>3306</v>
       </c>
       <c r="I660">
         <v>1</v>
       </c>
       <c r="J660" t="s">
         <v>16</v>
       </c>
       <c r="K660" t="s">
         <v>3307</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" t="s">
         <v>3308</v>
       </c>
       <c r="B661" t="s">
         <v>3309</v>
       </c>
       <c r="C661" t="s">
         <v>3310</v>
       </c>
       <c r="D661">
         <v>13.99</v>
       </c>
+      <c r="E661">
+        <v>14.42</v>
+      </c>
+      <c r="F661" s="1">
+        <v>46112</v>
+      </c>
       <c r="G661" t="s">
         <v>14</v>
       </c>
       <c r="H661" t="s">
         <v>3311</v>
       </c>
       <c r="I661">
         <v>1</v>
       </c>
       <c r="J661" t="s">
         <v>16</v>
       </c>
       <c r="K661" t="s">
         <v>3312</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" t="s">
         <v>3313</v>
       </c>
       <c r="B662" t="s">
         <v>3314</v>
       </c>
       <c r="C662" t="s">
         <v>3315</v>
       </c>
       <c r="D662">
         <v>13.99</v>
       </c>
+      <c r="E662">
+        <v>14.42</v>
+      </c>
+      <c r="F662" s="1">
+        <v>46112</v>
+      </c>
       <c r="G662" t="s">
         <v>14</v>
       </c>
       <c r="H662" t="s">
         <v>3316</v>
       </c>
       <c r="I662">
         <v>1</v>
       </c>
       <c r="J662" t="s">
         <v>16</v>
       </c>
       <c r="K662" t="s">
         <v>3317</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" t="s">
         <v>3318</v>
       </c>
       <c r="B663" t="s">
         <v>3319</v>
       </c>
       <c r="C663" t="s">
         <v>3320</v>
       </c>
       <c r="D663">
         <v>13.99</v>
       </c>
+      <c r="E663">
+        <v>14.42</v>
+      </c>
+      <c r="F663" s="1">
+        <v>46112</v>
+      </c>
       <c r="G663" t="s">
         <v>14</v>
       </c>
       <c r="H663" t="s">
         <v>3321</v>
       </c>
       <c r="I663">
         <v>1</v>
       </c>
       <c r="J663" t="s">
         <v>16</v>
       </c>
       <c r="K663" t="s">
         <v>3322</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" t="s">
         <v>3323</v>
       </c>
       <c r="B664" t="s">
         <v>3324</v>
       </c>
       <c r="C664" t="s">
         <v>3325</v>
       </c>
       <c r="D664">
         <v>13.99</v>
       </c>
+      <c r="E664">
+        <v>14.42</v>
+      </c>
+      <c r="F664" s="1">
+        <v>46112</v>
+      </c>
       <c r="G664" t="s">
         <v>14</v>
       </c>
       <c r="H664" t="s">
         <v>3326</v>
       </c>
       <c r="I664">
         <v>1</v>
       </c>
       <c r="J664" t="s">
         <v>16</v>
       </c>
       <c r="K664" t="s">
         <v>3327</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" t="s">
         <v>3328</v>
       </c>
       <c r="B665" t="s">
         <v>3329</v>
       </c>
       <c r="C665" t="s">
         <v>3330</v>
       </c>
       <c r="D665">
         <v>13.99</v>
       </c>
+      <c r="E665">
+        <v>14.42</v>
+      </c>
+      <c r="F665" s="1">
+        <v>46112</v>
+      </c>
       <c r="G665" t="s">
         <v>14</v>
       </c>
       <c r="H665" t="s">
         <v>3331</v>
       </c>
       <c r="I665">
         <v>1</v>
       </c>
       <c r="J665" t="s">
         <v>16</v>
       </c>
       <c r="K665" t="s">
         <v>3332</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" t="s">
         <v>3333</v>
       </c>
       <c r="B666" t="s">
         <v>3334</v>
       </c>
       <c r="C666" t="s">
         <v>3335</v>
       </c>
       <c r="D666">
         <v>13.99</v>
       </c>
+      <c r="E666">
+        <v>14.42</v>
+      </c>
+      <c r="F666" s="1">
+        <v>46112</v>
+      </c>
       <c r="G666" t="s">
         <v>14</v>
       </c>
       <c r="H666" t="s">
         <v>3336</v>
       </c>
       <c r="I666">
         <v>1</v>
       </c>
       <c r="J666" t="s">
         <v>16</v>
       </c>
       <c r="K666" t="s">
         <v>3337</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" t="s">
         <v>3338</v>
       </c>
       <c r="B667" t="s">
         <v>3339</v>
       </c>
       <c r="C667" t="s">
         <v>3340</v>
       </c>
       <c r="D667">
         <v>13.99</v>
       </c>
+      <c r="E667">
+        <v>14.42</v>
+      </c>
+      <c r="F667" s="1">
+        <v>46112</v>
+      </c>
       <c r="G667" t="s">
         <v>14</v>
       </c>
       <c r="H667" t="s">
         <v>3341</v>
       </c>
       <c r="I667">
         <v>1</v>
       </c>
       <c r="J667" t="s">
         <v>16</v>
       </c>
       <c r="K667" t="s">
         <v>3342</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" t="s">
         <v>3343</v>
       </c>
       <c r="B668" t="s">
         <v>3344</v>
       </c>
       <c r="C668" t="s">
         <v>3345</v>
       </c>
       <c r="D668">
         <v>13.99</v>
       </c>
+      <c r="E668">
+        <v>14.42</v>
+      </c>
+      <c r="F668" s="1">
+        <v>46112</v>
+      </c>
       <c r="G668" t="s">
         <v>14</v>
       </c>
       <c r="H668" t="s">
         <v>3346</v>
       </c>
       <c r="I668">
         <v>1</v>
       </c>
       <c r="J668" t="s">
         <v>16</v>
       </c>
       <c r="K668" t="s">
         <v>3347</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" t="s">
         <v>3348</v>
       </c>
       <c r="B669" t="s">
         <v>3349</v>
       </c>
       <c r="C669" t="s">
         <v>3350</v>
       </c>
       <c r="D669">
         <v>13.99</v>
       </c>
+      <c r="E669">
+        <v>14.42</v>
+      </c>
+      <c r="F669" s="1">
+        <v>46112</v>
+      </c>
       <c r="G669" t="s">
         <v>14</v>
       </c>
       <c r="H669" t="s">
         <v>3351</v>
       </c>
       <c r="I669">
         <v>1</v>
       </c>
       <c r="J669" t="s">
         <v>16</v>
       </c>
       <c r="K669" t="s">
         <v>3352</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" t="s">
         <v>3353</v>
       </c>
       <c r="B670" t="s">
         <v>3354</v>
       </c>
       <c r="C670" t="s">
         <v>3355</v>
       </c>
       <c r="D670">
         <v>13.99</v>
       </c>
+      <c r="E670">
+        <v>14.42</v>
+      </c>
+      <c r="F670" s="1">
+        <v>46112</v>
+      </c>
       <c r="G670" t="s">
         <v>14</v>
       </c>
       <c r="H670" t="s">
         <v>3356</v>
       </c>
       <c r="I670">
         <v>1</v>
       </c>
       <c r="J670" t="s">
         <v>16</v>
       </c>
       <c r="K670" t="s">
         <v>3357</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" t="s">
         <v>3358</v>
       </c>
       <c r="B671" t="s">
         <v>3359</v>
       </c>
       <c r="C671" t="s">
         <v>3360</v>
       </c>
       <c r="D671">
         <v>5.43</v>
       </c>
+      <c r="E671">
+        <v>5.59</v>
+      </c>
+      <c r="F671" s="1">
+        <v>46112</v>
+      </c>
       <c r="G671" t="s">
         <v>14</v>
       </c>
       <c r="H671" t="s">
         <v>3361</v>
       </c>
       <c r="I671">
         <v>1</v>
       </c>
       <c r="J671" t="s">
         <v>16</v>
       </c>
       <c r="K671" t="s">
         <v>3362</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" t="s">
         <v>3363</v>
       </c>
       <c r="B672" t="s">
         <v>3364</v>
       </c>
       <c r="C672" t="s">
         <v>3365</v>
       </c>
       <c r="D672">
         <v>5.43</v>
       </c>
+      <c r="E672">
+        <v>5.59</v>
+      </c>
+      <c r="F672" s="1">
+        <v>46112</v>
+      </c>
       <c r="G672" t="s">
         <v>14</v>
       </c>
       <c r="H672" t="s">
         <v>3366</v>
       </c>
       <c r="I672">
         <v>1</v>
       </c>
       <c r="J672" t="s">
         <v>16</v>
       </c>
       <c r="K672" t="s">
         <v>3367</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" t="s">
         <v>3368</v>
       </c>
       <c r="B673" t="s">
         <v>3369</v>
       </c>
       <c r="C673" t="s">
         <v>3370</v>
       </c>
       <c r="D673">
         <v>5.43</v>
       </c>
+      <c r="E673">
+        <v>5.59</v>
+      </c>
+      <c r="F673" s="1">
+        <v>46112</v>
+      </c>
       <c r="G673" t="s">
         <v>14</v>
       </c>
       <c r="H673" t="s">
         <v>3371</v>
       </c>
       <c r="I673">
         <v>1</v>
       </c>
       <c r="J673" t="s">
         <v>16</v>
       </c>
       <c r="K673" t="s">
         <v>3372</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" t="s">
         <v>3373</v>
       </c>
       <c r="B674" t="s">
         <v>3374</v>
       </c>
       <c r="C674" t="s">
         <v>3375</v>
       </c>
       <c r="D674">
         <v>5.43</v>
       </c>
+      <c r="E674">
+        <v>5.59</v>
+      </c>
+      <c r="F674" s="1">
+        <v>46112</v>
+      </c>
       <c r="G674" t="s">
         <v>14</v>
       </c>
       <c r="H674" t="s">
         <v>3376</v>
       </c>
       <c r="I674">
         <v>1</v>
       </c>
       <c r="J674" t="s">
         <v>16</v>
       </c>
       <c r="K674" t="s">
         <v>3377</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" t="s">
         <v>3378</v>
       </c>
       <c r="B675" t="s">
         <v>3379</v>
       </c>
       <c r="C675" t="s">
         <v>3380</v>
       </c>
       <c r="D675">
         <v>5.43</v>
       </c>
+      <c r="E675">
+        <v>5.59</v>
+      </c>
+      <c r="F675" s="1">
+        <v>46112</v>
+      </c>
       <c r="G675" t="s">
         <v>14</v>
       </c>
       <c r="H675" t="s">
         <v>3381</v>
       </c>
       <c r="I675">
         <v>1</v>
       </c>
       <c r="J675" t="s">
         <v>16</v>
       </c>
       <c r="K675" t="s">
         <v>3382</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" t="s">
         <v>3383</v>
       </c>
       <c r="B676" t="s">
         <v>3384</v>
       </c>
       <c r="C676" t="s">
         <v>3385</v>
       </c>
       <c r="D676">
         <v>5.43</v>
       </c>
+      <c r="E676">
+        <v>5.59</v>
+      </c>
+      <c r="F676" s="1">
+        <v>46112</v>
+      </c>
       <c r="G676" t="s">
         <v>14</v>
       </c>
       <c r="H676" t="s">
         <v>3386</v>
       </c>
       <c r="I676">
         <v>1</v>
       </c>
       <c r="J676" t="s">
         <v>16</v>
       </c>
       <c r="K676" t="s">
         <v>3387</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" t="s">
         <v>3388</v>
       </c>
       <c r="B677" t="s">
         <v>3389</v>
       </c>
       <c r="C677" t="s">
         <v>3390</v>
       </c>
       <c r="D677">
         <v>5.43</v>
       </c>
+      <c r="E677">
+        <v>5.59</v>
+      </c>
+      <c r="F677" s="1">
+        <v>46112</v>
+      </c>
       <c r="G677" t="s">
         <v>14</v>
       </c>
       <c r="H677" t="s">
         <v>3391</v>
       </c>
       <c r="I677">
         <v>1</v>
       </c>
       <c r="J677" t="s">
         <v>16</v>
       </c>
       <c r="K677" t="s">
         <v>3392</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" t="s">
         <v>3393</v>
       </c>
       <c r="B678" t="s">
         <v>3394</v>
       </c>
       <c r="C678" t="s">
         <v>3395</v>
       </c>
       <c r="D678">
         <v>5.43</v>
       </c>
+      <c r="E678">
+        <v>5.59</v>
+      </c>
+      <c r="F678" s="1">
+        <v>46112</v>
+      </c>
       <c r="G678" t="s">
         <v>14</v>
       </c>
       <c r="H678" t="s">
         <v>3396</v>
       </c>
       <c r="I678">
         <v>1</v>
       </c>
       <c r="J678" t="s">
         <v>16</v>
       </c>
       <c r="K678" t="s">
         <v>3397</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" t="s">
         <v>3398</v>
       </c>
       <c r="B679" t="s">
         <v>3399</v>
       </c>
       <c r="C679" t="s">
         <v>3400</v>
       </c>
       <c r="D679">
         <v>5.43</v>
       </c>
+      <c r="E679">
+        <v>5.59</v>
+      </c>
+      <c r="F679" s="1">
+        <v>46112</v>
+      </c>
       <c r="G679" t="s">
         <v>14</v>
       </c>
       <c r="H679" t="s">
         <v>3401</v>
       </c>
       <c r="I679">
         <v>1</v>
       </c>
       <c r="J679" t="s">
         <v>16</v>
       </c>
       <c r="K679" t="s">
         <v>3402</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" t="s">
         <v>3403</v>
       </c>
       <c r="B680" t="s">
         <v>3404</v>
       </c>
       <c r="C680" t="s">
         <v>3405</v>
       </c>
       <c r="D680">
         <v>5.43</v>
       </c>
+      <c r="E680">
+        <v>5.59</v>
+      </c>
+      <c r="F680" s="1">
+        <v>46112</v>
+      </c>
       <c r="G680" t="s">
         <v>14</v>
       </c>
       <c r="H680" t="s">
         <v>3406</v>
       </c>
       <c r="I680">
         <v>1</v>
       </c>
       <c r="J680" t="s">
         <v>16</v>
       </c>
       <c r="K680" t="s">
         <v>3407</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" t="s">
         <v>3408</v>
       </c>
       <c r="B681" t="s">
         <v>3409</v>
       </c>
       <c r="C681" t="s">
         <v>3410</v>
       </c>
       <c r="D681">
         <v>5.43</v>
       </c>
+      <c r="E681">
+        <v>5.59</v>
+      </c>
+      <c r="F681" s="1">
+        <v>46112</v>
+      </c>
       <c r="G681" t="s">
         <v>14</v>
       </c>
       <c r="H681" t="s">
         <v>3411</v>
       </c>
       <c r="I681">
         <v>1</v>
       </c>
       <c r="J681" t="s">
         <v>16</v>
       </c>
       <c r="K681" t="s">
         <v>3412</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" t="s">
         <v>3413</v>
       </c>
       <c r="B682" t="s">
         <v>3414</v>
       </c>
       <c r="C682" t="s">
         <v>3415</v>
       </c>
       <c r="D682">
         <v>85.41</v>
       </c>
+      <c r="E682">
+        <v>87.98</v>
+      </c>
+      <c r="F682" s="1">
+        <v>46112</v>
+      </c>
       <c r="G682" t="s">
         <v>14</v>
       </c>
       <c r="H682" t="s">
         <v>3416</v>
       </c>
       <c r="I682">
         <v>1</v>
       </c>
       <c r="J682" t="s">
         <v>16</v>
       </c>
       <c r="K682" t="s">
         <v>3417</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" t="s">
         <v>3418</v>
       </c>
       <c r="B683" t="s">
         <v>3419</v>
       </c>
       <c r="C683" t="s">
         <v>3420</v>
       </c>
       <c r="D683">
         <v>56.6</v>
       </c>
+      <c r="E683">
+        <v>58.3</v>
+      </c>
+      <c r="F683" s="1">
+        <v>46112</v>
+      </c>
       <c r="G683" t="s">
         <v>14</v>
       </c>
       <c r="H683" t="s">
         <v>3421</v>
       </c>
       <c r="I683">
         <v>10</v>
       </c>
       <c r="J683" t="s">
         <v>16</v>
       </c>
       <c r="K683" t="s">
         <v>3422</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" t="s">
         <v>3423</v>
       </c>
       <c r="B684" t="s">
         <v>3424</v>
       </c>
       <c r="C684" t="s">
         <v>3425</v>
       </c>
       <c r="D684">
         <v>55.3</v>
       </c>
+      <c r="E684">
+        <v>56.96</v>
+      </c>
+      <c r="F684" s="1">
+        <v>46112</v>
+      </c>
       <c r="G684" t="s">
         <v>14</v>
       </c>
       <c r="H684" t="s">
         <v>3426</v>
       </c>
       <c r="I684">
         <v>1</v>
       </c>
       <c r="J684" t="s">
         <v>16</v>
       </c>
       <c r="K684" t="s">
         <v>3427</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" t="s">
         <v>3428</v>
       </c>
       <c r="B685" t="s">
         <v>3429</v>
       </c>
       <c r="C685" t="s">
         <v>3430</v>
       </c>
       <c r="D685">
         <v>4.06</v>
       </c>
+      <c r="E685">
+        <v>4.2</v>
+      </c>
+      <c r="F685" s="1">
+        <v>46112</v>
+      </c>
       <c r="G685" t="s">
         <v>14</v>
       </c>
       <c r="H685" t="s">
         <v>3431</v>
       </c>
       <c r="I685">
         <v>10</v>
       </c>
       <c r="J685" t="s">
         <v>16</v>
       </c>
       <c r="K685" t="s">
         <v>3432</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" t="s">
         <v>3433</v>
       </c>
       <c r="B686" t="s">
         <v>3434</v>
       </c>
       <c r="C686" t="s">
         <v>3435</v>
       </c>
       <c r="D686">
         <v>2.79</v>
       </c>
+      <c r="E686">
+        <v>2.86</v>
+      </c>
+      <c r="F686" s="1">
+        <v>46112</v>
+      </c>
       <c r="G686" t="s">
         <v>14</v>
       </c>
       <c r="H686" t="s">
         <v>3436</v>
       </c>
       <c r="I686">
         <v>10</v>
       </c>
       <c r="J686" t="s">
         <v>16</v>
       </c>
       <c r="K686" t="s">
         <v>3437</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" t="s">
         <v>3438</v>
       </c>
       <c r="B687" t="s">
         <v>3439</v>
       </c>
       <c r="C687" t="s">
         <v>3440</v>
       </c>
       <c r="D687">
         <v>22.9</v>
       </c>
+      <c r="E687">
+        <v>22.9</v>
+      </c>
+      <c r="F687" s="1">
+        <v>46112</v>
+      </c>
       <c r="G687" t="s">
         <v>14</v>
       </c>
       <c r="H687" t="s">
         <v>3441</v>
       </c>
       <c r="I687">
         <v>5</v>
       </c>
       <c r="J687" t="s">
         <v>16</v>
       </c>
       <c r="K687" t="s">
         <v>3442</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" t="s">
         <v>3443</v>
       </c>
       <c r="B688" t="s">
         <v>3444</v>
       </c>
       <c r="C688" t="s">
         <v>3445</v>
       </c>
       <c r="D688">
-        <v>25.8</v>
+        <v>31.5</v>
+      </c>
+      <c r="E688">
+        <v>31.5</v>
+      </c>
+      <c r="F688" s="1">
+        <v>46112</v>
       </c>
       <c r="G688" t="s">
         <v>14</v>
       </c>
       <c r="H688" t="s">
         <v>3446</v>
       </c>
       <c r="I688">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="J688" t="s">
         <v>16</v>
       </c>
       <c r="K688" t="s">
         <v>3447</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" t="s">
         <v>3448</v>
       </c>
       <c r="B689" t="s">
         <v>3449</v>
       </c>
       <c r="C689" t="s">
         <v>3450</v>
       </c>
       <c r="D689">
-        <v>31.5</v>
+        <v>8.95</v>
       </c>
       <c r="G689" t="s">
         <v>14</v>
       </c>
       <c r="H689" t="s">
         <v>3451</v>
       </c>
       <c r="I689">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="J689" t="s">
         <v>16</v>
       </c>
       <c r="K689" t="s">
         <v>3452</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" t="s">
         <v>3453</v>
       </c>
       <c r="B690" t="s">
         <v>3454</v>
       </c>
       <c r="C690" t="s">
         <v>3455</v>
       </c>
       <c r="D690">
-        <v>8.95</v>
+        <v>35.9</v>
+      </c>
+      <c r="E690">
+        <v>36.99</v>
+      </c>
+      <c r="F690" s="1">
+        <v>46112</v>
       </c>
       <c r="G690" t="s">
         <v>14</v>
       </c>
       <c r="H690" t="s">
         <v>3456</v>
       </c>
       <c r="I690">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J690" t="s">
         <v>16</v>
       </c>
       <c r="K690" t="s">
         <v>3457</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" t="s">
         <v>3458</v>
       </c>
       <c r="B691" t="s">
         <v>3459</v>
       </c>
       <c r="C691" t="s">
         <v>3460</v>
       </c>
       <c r="D691">
         <v>35.9</v>
       </c>
+      <c r="E691">
+        <v>36.99</v>
+      </c>
+      <c r="F691" s="1">
+        <v>46112</v>
+      </c>
       <c r="G691" t="s">
         <v>14</v>
       </c>
       <c r="H691" t="s">
         <v>3461</v>
       </c>
       <c r="I691">
         <v>1</v>
       </c>
       <c r="J691" t="s">
         <v>16</v>
       </c>
       <c r="K691" t="s">
         <v>3462</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" t="s">
         <v>3463</v>
       </c>
       <c r="B692" t="s">
         <v>3464</v>
       </c>
       <c r="C692" t="s">
         <v>3465</v>
       </c>
       <c r="D692">
-        <v>35.9</v>
+        <v>61.5</v>
+      </c>
+      <c r="E692">
+        <v>63.36</v>
+      </c>
+      <c r="F692" s="1">
+        <v>46112</v>
       </c>
       <c r="G692" t="s">
         <v>14</v>
       </c>
       <c r="H692" t="s">
         <v>3466</v>
       </c>
       <c r="I692">
         <v>1</v>
       </c>
       <c r="J692" t="s">
         <v>16</v>
       </c>
       <c r="K692" t="s">
         <v>3467</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" t="s">
         <v>3468</v>
       </c>
       <c r="B693" t="s">
         <v>3469</v>
       </c>
       <c r="C693" t="s">
         <v>3470</v>
       </c>
       <c r="D693">
-        <v>61.5</v>
+        <v>57.54</v>
+      </c>
+      <c r="E693">
+        <v>59.28</v>
+      </c>
+      <c r="F693" s="1">
+        <v>46112</v>
       </c>
       <c r="G693" t="s">
         <v>14</v>
       </c>
       <c r="H693" t="s">
         <v>3471</v>
       </c>
       <c r="I693">
         <v>1</v>
       </c>
       <c r="J693" t="s">
         <v>16</v>
       </c>
       <c r="K693" t="s">
         <v>3472</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" t="s">
         <v>3473</v>
       </c>
       <c r="B694" t="s">
         <v>3474</v>
       </c>
       <c r="C694" t="s">
         <v>3475</v>
       </c>
       <c r="D694">
-        <v>57.54</v>
+        <v>7.8</v>
+      </c>
+      <c r="E694">
+        <v>7.81</v>
+      </c>
+      <c r="F694" s="1">
+        <v>46112</v>
       </c>
       <c r="G694" t="s">
         <v>14</v>
       </c>
       <c r="H694" t="s">
         <v>3476</v>
       </c>
       <c r="I694">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J694" t="s">
         <v>16</v>
       </c>
       <c r="K694" t="s">
         <v>3477</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" t="s">
         <v>3478</v>
       </c>
       <c r="B695" t="s">
         <v>3479</v>
       </c>
       <c r="C695" t="s">
         <v>3480</v>
       </c>
       <c r="D695">
         <v>7.8</v>
       </c>
+      <c r="E695">
+        <v>7.81</v>
+      </c>
+      <c r="F695" s="1">
+        <v>46112</v>
+      </c>
       <c r="G695" t="s">
         <v>14</v>
       </c>
       <c r="H695" t="s">
         <v>3481</v>
       </c>
       <c r="I695">
         <v>10</v>
       </c>
       <c r="J695" t="s">
         <v>16</v>
       </c>
       <c r="K695" t="s">
         <v>3482</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" t="s">
         <v>3483</v>
       </c>
       <c r="B696" t="s">
         <v>3484</v>
       </c>
       <c r="C696" t="s">
         <v>3485</v>
       </c>
       <c r="D696">
-        <v>7.8</v>
+        <v>8.26</v>
+      </c>
+      <c r="E696">
+        <v>8.25</v>
+      </c>
+      <c r="F696" s="1">
+        <v>46112</v>
       </c>
       <c r="G696" t="s">
         <v>14</v>
       </c>
       <c r="H696" t="s">
         <v>3486</v>
       </c>
       <c r="I696">
         <v>10</v>
       </c>
       <c r="J696" t="s">
         <v>16</v>
       </c>
       <c r="K696" t="s">
         <v>3487</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" t="s">
         <v>3488</v>
       </c>
       <c r="B697" t="s">
         <v>3489</v>
       </c>
       <c r="C697" t="s">
         <v>3490</v>
       </c>
       <c r="D697">
         <v>8.26</v>
       </c>
+      <c r="E697">
+        <v>8.25</v>
+      </c>
+      <c r="F697" s="1">
+        <v>46112</v>
+      </c>
       <c r="G697" t="s">
         <v>14</v>
       </c>
       <c r="H697" t="s">
         <v>3491</v>
       </c>
       <c r="I697">
         <v>10</v>
       </c>
       <c r="J697" t="s">
         <v>16</v>
       </c>
       <c r="K697" t="s">
         <v>3492</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" t="s">
         <v>3493</v>
       </c>
       <c r="B698" t="s">
         <v>3494</v>
       </c>
       <c r="C698" t="s">
         <v>3495</v>
       </c>
       <c r="D698">
-        <v>8.26</v>
+        <v>10.4</v>
+      </c>
+      <c r="E698">
+        <v>10.39</v>
+      </c>
+      <c r="F698" s="1">
+        <v>46112</v>
       </c>
       <c r="G698" t="s">
         <v>14</v>
       </c>
       <c r="H698" t="s">
         <v>3496</v>
       </c>
       <c r="I698">
         <v>10</v>
       </c>
       <c r="J698" t="s">
         <v>16</v>
       </c>
       <c r="K698" t="s">
         <v>3497</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" t="s">
         <v>3498</v>
       </c>
       <c r="B699" t="s">
         <v>3499</v>
       </c>
       <c r="C699" t="s">
         <v>3500</v>
       </c>
       <c r="D699">
-        <v>10.4</v>
+        <v>11.4</v>
+      </c>
+      <c r="E699">
+        <v>11.41</v>
+      </c>
+      <c r="F699" s="1">
+        <v>46112</v>
       </c>
       <c r="G699" t="s">
         <v>14</v>
       </c>
       <c r="H699" t="s">
         <v>3501</v>
       </c>
       <c r="I699">
         <v>10</v>
       </c>
       <c r="J699" t="s">
         <v>16</v>
       </c>
       <c r="K699" t="s">
         <v>3502</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" t="s">
         <v>3503</v>
       </c>
       <c r="B700" t="s">
         <v>3504</v>
       </c>
       <c r="C700" t="s">
         <v>3505</v>
       </c>
       <c r="D700">
-        <v>11.4</v>
+        <v>5.63</v>
+      </c>
+      <c r="E700">
+        <v>5.8</v>
+      </c>
+      <c r="F700" s="1">
+        <v>46112</v>
       </c>
       <c r="G700" t="s">
         <v>14</v>
       </c>
       <c r="H700" t="s">
         <v>3506</v>
       </c>
       <c r="I700">
         <v>10</v>
       </c>
       <c r="J700" t="s">
         <v>16</v>
       </c>
       <c r="K700" t="s">
         <v>3507</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" t="s">
         <v>3508</v>
       </c>
       <c r="B701" t="s">
         <v>3509</v>
       </c>
       <c r="C701" t="s">
         <v>3510</v>
       </c>
       <c r="D701">
-        <v>5.63</v>
+        <v>15.18</v>
+      </c>
+      <c r="E701">
+        <v>15.64</v>
+      </c>
+      <c r="F701" s="1">
+        <v>46112</v>
       </c>
       <c r="G701" t="s">
         <v>14</v>
       </c>
       <c r="H701" t="s">
         <v>3511</v>
       </c>
       <c r="I701">
         <v>10</v>
       </c>
       <c r="J701" t="s">
         <v>16</v>
       </c>
       <c r="K701" t="s">
         <v>3512</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" t="s">
         <v>3513</v>
       </c>
       <c r="B702" t="s">
         <v>3514</v>
       </c>
       <c r="C702" t="s">
         <v>3515</v>
       </c>
       <c r="D702">
-        <v>15.18</v>
+        <v>9.86</v>
+      </c>
+      <c r="E702">
+        <v>10.17</v>
+      </c>
+      <c r="F702" s="1">
+        <v>46112</v>
       </c>
       <c r="G702" t="s">
         <v>14</v>
       </c>
       <c r="H702" t="s">
         <v>3516</v>
       </c>
       <c r="I702">
         <v>10</v>
       </c>
       <c r="J702" t="s">
         <v>16</v>
       </c>
       <c r="K702" t="s">
         <v>3517</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" t="s">
         <v>3518</v>
       </c>
       <c r="B703" t="s">
         <v>3519</v>
       </c>
       <c r="C703" t="s">
         <v>3520</v>
       </c>
       <c r="D703">
-        <v>9.86</v>
+        <v>44.95</v>
+      </c>
+      <c r="E703">
+        <v>46.31</v>
+      </c>
+      <c r="F703" s="1">
+        <v>46112</v>
       </c>
       <c r="G703" t="s">
         <v>14</v>
       </c>
       <c r="H703" t="s">
         <v>3521</v>
       </c>
       <c r="I703">
         <v>10</v>
       </c>
       <c r="J703" t="s">
         <v>16</v>
       </c>
       <c r="K703" t="s">
         <v>3522</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" t="s">
         <v>3523</v>
       </c>
       <c r="B704" t="s">
         <v>3524</v>
       </c>
       <c r="C704" t="s">
         <v>3525</v>
       </c>
       <c r="D704">
-        <v>44.95</v>
+        <v>3.5</v>
+      </c>
+      <c r="E704">
+        <v>3.6</v>
+      </c>
+      <c r="F704" s="1">
+        <v>46112</v>
       </c>
       <c r="G704" t="s">
         <v>14</v>
       </c>
       <c r="H704" t="s">
         <v>3526</v>
       </c>
       <c r="I704">
         <v>10</v>
       </c>
       <c r="J704" t="s">
         <v>16</v>
       </c>
       <c r="K704" t="s">
         <v>3527</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" t="s">
         <v>3528</v>
       </c>
       <c r="B705" t="s">
         <v>3529</v>
       </c>
       <c r="C705" t="s">
         <v>3530</v>
       </c>
       <c r="D705">
-        <v>3.5</v>
+        <v>12.99</v>
+      </c>
+      <c r="E705">
+        <v>13.39</v>
+      </c>
+      <c r="F705" s="1">
+        <v>46112</v>
       </c>
       <c r="G705" t="s">
         <v>14</v>
       </c>
       <c r="H705" t="s">
         <v>3531</v>
       </c>
       <c r="I705">
         <v>10</v>
       </c>
       <c r="J705" t="s">
         <v>16</v>
       </c>
       <c r="K705" t="s">
         <v>3532</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" t="s">
         <v>3533</v>
       </c>
       <c r="B706" t="s">
         <v>3534</v>
       </c>
       <c r="C706" t="s">
         <v>3535</v>
       </c>
       <c r="D706">
-        <v>12.99</v>
+        <v>3.5</v>
+      </c>
+      <c r="E706">
+        <v>3.6</v>
+      </c>
+      <c r="F706" s="1">
+        <v>46112</v>
       </c>
       <c r="G706" t="s">
         <v>14</v>
       </c>
       <c r="H706" t="s">
         <v>3536</v>
       </c>
       <c r="I706">
         <v>10</v>
       </c>
       <c r="J706" t="s">
         <v>16</v>
       </c>
       <c r="K706" t="s">
         <v>3537</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" t="s">
         <v>3538</v>
       </c>
       <c r="B707" t="s">
         <v>3539</v>
       </c>
       <c r="C707" t="s">
         <v>3540</v>
       </c>
       <c r="D707">
-        <v>3.5</v>
+        <v>12.99</v>
+      </c>
+      <c r="E707">
+        <v>13.39</v>
+      </c>
+      <c r="F707" s="1">
+        <v>46112</v>
       </c>
       <c r="G707" t="s">
         <v>14</v>
       </c>
       <c r="H707" t="s">
         <v>3541</v>
       </c>
       <c r="I707">
         <v>10</v>
       </c>
       <c r="J707" t="s">
         <v>16</v>
       </c>
       <c r="K707" t="s">
         <v>3542</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" t="s">
         <v>3543</v>
       </c>
       <c r="B708" t="s">
         <v>3544</v>
       </c>
       <c r="C708" t="s">
         <v>3545</v>
       </c>
       <c r="D708">
-        <v>12.99</v>
+        <v>3.5</v>
+      </c>
+      <c r="E708">
+        <v>3.6</v>
+      </c>
+      <c r="F708" s="1">
+        <v>46112</v>
       </c>
       <c r="G708" t="s">
         <v>14</v>
       </c>
       <c r="H708" t="s">
         <v>3546</v>
       </c>
       <c r="I708">
         <v>10</v>
       </c>
       <c r="J708" t="s">
         <v>16</v>
       </c>
       <c r="K708" t="s">
         <v>3547</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" t="s">
         <v>3548</v>
       </c>
       <c r="B709" t="s">
         <v>3549</v>
       </c>
       <c r="C709" t="s">
         <v>3550</v>
       </c>
       <c r="D709">
-        <v>3.5</v>
+        <v>8.23</v>
+      </c>
+      <c r="E709">
+        <v>8.46</v>
+      </c>
+      <c r="F709" s="1">
+        <v>46112</v>
       </c>
       <c r="G709" t="s">
         <v>14</v>
       </c>
       <c r="H709" t="s">
         <v>3551</v>
       </c>
       <c r="I709">
         <v>10</v>
       </c>
       <c r="J709" t="s">
         <v>16</v>
       </c>
       <c r="K709" t="s">
         <v>3552</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" t="s">
         <v>3553</v>
       </c>
       <c r="B710" t="s">
         <v>3554</v>
       </c>
       <c r="C710" t="s">
         <v>3555</v>
       </c>
       <c r="D710">
-        <v>8.23</v>
+        <v>38.66</v>
+      </c>
+      <c r="E710">
+        <v>39.83</v>
+      </c>
+      <c r="F710" s="1">
+        <v>46112</v>
       </c>
       <c r="G710" t="s">
         <v>14</v>
       </c>
       <c r="H710" t="s">
         <v>3556</v>
       </c>
       <c r="I710">
         <v>10</v>
       </c>
       <c r="J710" t="s">
         <v>16</v>
       </c>
       <c r="K710" t="s">
         <v>3557</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" t="s">
         <v>3558</v>
       </c>
       <c r="B711" t="s">
         <v>3559</v>
       </c>
       <c r="C711" t="s">
         <v>3560</v>
       </c>
       <c r="D711">
         <v>38.66</v>
       </c>
+      <c r="E711">
+        <v>39.83</v>
+      </c>
+      <c r="F711" s="1">
+        <v>46112</v>
+      </c>
       <c r="G711" t="s">
         <v>14</v>
       </c>
       <c r="H711" t="s">
         <v>3561</v>
       </c>
       <c r="I711">
         <v>10</v>
       </c>
       <c r="J711" t="s">
         <v>16</v>
       </c>
       <c r="K711" t="s">
         <v>3562</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" t="s">
         <v>3563</v>
       </c>
       <c r="B712" t="s">
         <v>3564</v>
       </c>
       <c r="C712" t="s">
         <v>3565</v>
       </c>
       <c r="D712">
-        <v>38.66</v>
+        <v>12.88</v>
+      </c>
+      <c r="E712">
+        <v>13.27</v>
+      </c>
+      <c r="F712" s="1">
+        <v>46112</v>
       </c>
       <c r="G712" t="s">
         <v>14</v>
       </c>
       <c r="H712" t="s">
         <v>3566</v>
       </c>
       <c r="I712">
         <v>10</v>
       </c>
       <c r="J712" t="s">
         <v>16</v>
       </c>
       <c r="K712" t="s">
         <v>3567</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" t="s">
         <v>3568</v>
       </c>
       <c r="B713" t="s">
         <v>3569</v>
       </c>
       <c r="C713" t="s">
         <v>3570</v>
       </c>
       <c r="D713">
-        <v>12.88</v>
+        <v>37.91</v>
+      </c>
+      <c r="E713">
+        <v>39.03</v>
+      </c>
+      <c r="F713" s="1">
+        <v>46112</v>
       </c>
       <c r="G713" t="s">
         <v>14</v>
       </c>
       <c r="H713" t="s">
         <v>3571</v>
       </c>
       <c r="I713">
         <v>10</v>
       </c>
       <c r="J713" t="s">
         <v>16</v>
       </c>
       <c r="K713" t="s">
         <v>3572</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" t="s">
         <v>3573</v>
       </c>
       <c r="B714" t="s">
         <v>3574</v>
       </c>
       <c r="C714" t="s">
         <v>3575</v>
       </c>
       <c r="D714">
-        <v>37.91</v>
+        <v>13.43</v>
+      </c>
+      <c r="E714">
+        <v>13.84</v>
+      </c>
+      <c r="F714" s="1">
+        <v>46112</v>
       </c>
       <c r="G714" t="s">
         <v>14</v>
       </c>
       <c r="H714" t="s">
         <v>3576</v>
       </c>
       <c r="I714">
         <v>10</v>
       </c>
       <c r="J714" t="s">
         <v>16</v>
       </c>
       <c r="K714" t="s">
         <v>3577</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" t="s">
         <v>3578</v>
       </c>
       <c r="B715" t="s">
         <v>3579</v>
       </c>
       <c r="C715" t="s">
         <v>3580</v>
       </c>
       <c r="D715">
-        <v>13.43</v>
+        <v>37.91</v>
+      </c>
+      <c r="E715">
+        <v>39.03</v>
+      </c>
+      <c r="F715" s="1">
+        <v>46112</v>
       </c>
       <c r="G715" t="s">
         <v>14</v>
       </c>
       <c r="H715" t="s">
         <v>3581</v>
       </c>
       <c r="I715">
         <v>10</v>
       </c>
       <c r="J715" t="s">
         <v>16</v>
       </c>
       <c r="K715" t="s">
         <v>3582</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" t="s">
         <v>3583</v>
       </c>
       <c r="B716" t="s">
         <v>3584</v>
       </c>
       <c r="C716" t="s">
         <v>3585</v>
       </c>
       <c r="D716">
-        <v>37.91</v>
+        <v>13.43</v>
+      </c>
+      <c r="E716">
+        <v>13.84</v>
+      </c>
+      <c r="F716" s="1">
+        <v>46112</v>
       </c>
       <c r="G716" t="s">
         <v>14</v>
       </c>
       <c r="H716" t="s">
         <v>3586</v>
       </c>
       <c r="I716">
         <v>10</v>
       </c>
       <c r="J716" t="s">
         <v>16</v>
       </c>
       <c r="K716" t="s">
         <v>3587</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" t="s">
         <v>3588</v>
       </c>
       <c r="B717" t="s">
         <v>3589</v>
       </c>
       <c r="C717" t="s">
         <v>3590</v>
       </c>
       <c r="D717">
-        <v>13.43</v>
+        <v>25.64</v>
+      </c>
+      <c r="E717">
+        <v>26.42</v>
+      </c>
+      <c r="F717" s="1">
+        <v>46112</v>
       </c>
       <c r="G717" t="s">
         <v>14</v>
       </c>
       <c r="H717" t="s">
         <v>3591</v>
       </c>
       <c r="I717">
         <v>10</v>
       </c>
       <c r="J717" t="s">
         <v>16</v>
       </c>
       <c r="K717" t="s">
         <v>3592</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" t="s">
         <v>3593</v>
       </c>
       <c r="B718" t="s">
         <v>3594</v>
       </c>
       <c r="C718" t="s">
         <v>3595</v>
       </c>
       <c r="D718">
-        <v>25.64</v>
+        <v>12.85</v>
+      </c>
+      <c r="E718">
+        <v>12.85</v>
+      </c>
+      <c r="F718" s="1">
+        <v>46112</v>
       </c>
       <c r="G718" t="s">
         <v>14</v>
       </c>
       <c r="H718" t="s">
         <v>3596</v>
       </c>
       <c r="I718">
         <v>10</v>
       </c>
       <c r="J718" t="s">
         <v>16</v>
       </c>
       <c r="K718" t="s">
         <v>3597</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" t="s">
         <v>3598</v>
       </c>
       <c r="B719" t="s">
         <v>3599</v>
       </c>
       <c r="C719" t="s">
         <v>3600</v>
       </c>
       <c r="D719">
         <v>12.85</v>
       </c>
+      <c r="E719">
+        <v>12.85</v>
+      </c>
+      <c r="F719" s="1">
+        <v>46112</v>
+      </c>
       <c r="G719" t="s">
         <v>14</v>
       </c>
       <c r="H719" t="s">
         <v>3601</v>
       </c>
       <c r="I719">
         <v>10</v>
       </c>
       <c r="J719" t="s">
         <v>16</v>
       </c>
       <c r="K719" t="s">
         <v>3602</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" t="s">
         <v>3603</v>
       </c>
       <c r="B720" t="s">
         <v>3604</v>
       </c>
       <c r="C720" t="s">
         <v>3605</v>
       </c>
       <c r="D720">
         <v>12.85</v>
       </c>
+      <c r="E720">
+        <v>12.85</v>
+      </c>
+      <c r="F720" s="1">
+        <v>46112</v>
+      </c>
       <c r="G720" t="s">
         <v>14</v>
       </c>
       <c r="H720" t="s">
         <v>3606</v>
       </c>
       <c r="I720">
         <v>10</v>
       </c>
       <c r="J720" t="s">
         <v>16</v>
       </c>
       <c r="K720" t="s">
         <v>3607</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" t="s">
         <v>3608</v>
       </c>
       <c r="B721" t="s">
         <v>3609</v>
       </c>
       <c r="C721" t="s">
         <v>3610</v>
       </c>
       <c r="D721">
-        <v>12.85</v>
+        <v>15.5</v>
+      </c>
+      <c r="E721">
+        <v>15.5</v>
+      </c>
+      <c r="F721" s="1">
+        <v>46112</v>
       </c>
       <c r="G721" t="s">
         <v>14</v>
       </c>
       <c r="H721" t="s">
         <v>3611</v>
       </c>
       <c r="I721">
         <v>10</v>
       </c>
       <c r="J721" t="s">
         <v>16</v>
       </c>
       <c r="K721" t="s">
         <v>3612</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" t="s">
         <v>3613</v>
       </c>
       <c r="B722" t="s">
         <v>3614</v>
       </c>
       <c r="C722" t="s">
         <v>3615</v>
       </c>
       <c r="D722">
-        <v>15.5</v>
+        <v>18.15</v>
+      </c>
+      <c r="E722">
+        <v>18.15</v>
+      </c>
+      <c r="F722" s="1">
+        <v>46112</v>
       </c>
       <c r="G722" t="s">
         <v>14</v>
       </c>
       <c r="H722" t="s">
         <v>3616</v>
       </c>
       <c r="I722">
         <v>10</v>
       </c>
       <c r="J722" t="s">
         <v>16</v>
       </c>
       <c r="K722" t="s">
         <v>3617</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" t="s">
         <v>3618</v>
       </c>
       <c r="B723" t="s">
         <v>3619</v>
       </c>
       <c r="C723" t="s">
         <v>3620</v>
       </c>
       <c r="D723">
-        <v>18.15</v>
+        <v>15.5</v>
+      </c>
+      <c r="E723">
+        <v>15.5</v>
+      </c>
+      <c r="F723" s="1">
+        <v>46112</v>
       </c>
       <c r="G723" t="s">
         <v>14</v>
       </c>
       <c r="H723" t="s">
         <v>3621</v>
       </c>
       <c r="I723">
         <v>10</v>
       </c>
       <c r="J723" t="s">
         <v>16</v>
       </c>
       <c r="K723" t="s">
         <v>3622</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" t="s">
         <v>3623</v>
       </c>
       <c r="B724" t="s">
         <v>3624</v>
       </c>
       <c r="C724" t="s">
         <v>3625</v>
       </c>
       <c r="D724">
-        <v>15.5</v>
+        <v>10.3</v>
+      </c>
+      <c r="E724">
+        <v>10.3</v>
+      </c>
+      <c r="F724" s="1">
+        <v>46112</v>
       </c>
       <c r="G724" t="s">
         <v>14</v>
       </c>
       <c r="H724" t="s">
         <v>3626</v>
       </c>
       <c r="I724">
         <v>10</v>
       </c>
       <c r="J724" t="s">
         <v>16</v>
       </c>
       <c r="K724" t="s">
         <v>3627</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" t="s">
         <v>3628</v>
       </c>
       <c r="B725" t="s">
         <v>3629</v>
       </c>
       <c r="C725" t="s">
         <v>3630</v>
       </c>
       <c r="D725">
         <v>10.3</v>
       </c>
+      <c r="E725">
+        <v>10.3</v>
+      </c>
+      <c r="F725" s="1">
+        <v>46112</v>
+      </c>
       <c r="G725" t="s">
         <v>14</v>
       </c>
       <c r="H725" t="s">
         <v>3631</v>
       </c>
       <c r="I725">
         <v>10</v>
       </c>
       <c r="J725" t="s">
         <v>16</v>
       </c>
       <c r="K725" t="s">
         <v>3632</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" t="s">
         <v>3633</v>
       </c>
       <c r="B726" t="s">
         <v>3634</v>
       </c>
       <c r="C726" t="s">
         <v>3635</v>
       </c>
       <c r="D726">
         <v>10.3</v>
       </c>
+      <c r="E726">
+        <v>10.3</v>
+      </c>
+      <c r="F726" s="1">
+        <v>46112</v>
+      </c>
       <c r="G726" t="s">
         <v>14</v>
       </c>
       <c r="H726" t="s">
         <v>3636</v>
       </c>
       <c r="I726">
         <v>10</v>
       </c>
       <c r="J726" t="s">
         <v>16</v>
       </c>
       <c r="K726" t="s">
         <v>3637</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" t="s">
         <v>3638</v>
       </c>
       <c r="B727" t="s">
         <v>3639</v>
       </c>
       <c r="C727" t="s">
         <v>3640</v>
       </c>
       <c r="D727">
-        <v>10.3</v>
+        <v>9.74</v>
+      </c>
+      <c r="E727">
+        <v>10.05</v>
+      </c>
+      <c r="F727" s="1">
+        <v>46112</v>
       </c>
       <c r="G727" t="s">
         <v>14</v>
       </c>
       <c r="H727" t="s">
         <v>3641</v>
       </c>
       <c r="I727">
         <v>10</v>
       </c>
       <c r="J727" t="s">
         <v>16</v>
       </c>
       <c r="K727" t="s">
         <v>3642</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" t="s">
         <v>3643</v>
       </c>
       <c r="B728" t="s">
         <v>3644</v>
       </c>
       <c r="C728" t="s">
         <v>3645</v>
       </c>
       <c r="D728">
-        <v>9.74</v>
+        <v>3.5</v>
+      </c>
+      <c r="E728">
+        <v>3.6</v>
+      </c>
+      <c r="F728" s="1">
+        <v>46112</v>
       </c>
       <c r="G728" t="s">
         <v>14</v>
       </c>
       <c r="H728" t="s">
         <v>3646</v>
       </c>
       <c r="I728">
         <v>10</v>
       </c>
       <c r="J728" t="s">
         <v>16</v>
       </c>
       <c r="K728" t="s">
         <v>3647</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" t="s">
         <v>3648</v>
       </c>
       <c r="B729" t="s">
         <v>3649</v>
       </c>
       <c r="C729" t="s">
         <v>3650</v>
       </c>
       <c r="D729">
-        <v>3.5</v>
+        <v>12.99</v>
+      </c>
+      <c r="E729">
+        <v>13.39</v>
+      </c>
+      <c r="F729" s="1">
+        <v>46112</v>
       </c>
       <c r="G729" t="s">
         <v>14</v>
       </c>
       <c r="H729" t="s">
         <v>3651</v>
       </c>
       <c r="I729">
         <v>10</v>
       </c>
       <c r="J729" t="s">
         <v>16</v>
       </c>
       <c r="K729" t="s">
         <v>3652</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" t="s">
         <v>3653</v>
       </c>
       <c r="B730" t="s">
         <v>3654</v>
       </c>
       <c r="C730" t="s">
         <v>3655</v>
       </c>
       <c r="D730">
-        <v>12.99</v>
+        <v>3.5</v>
+      </c>
+      <c r="E730">
+        <v>3.6</v>
+      </c>
+      <c r="F730" s="1">
+        <v>46112</v>
       </c>
       <c r="G730" t="s">
         <v>14</v>
       </c>
       <c r="H730" t="s">
         <v>3656</v>
       </c>
       <c r="I730">
         <v>10</v>
       </c>
       <c r="J730" t="s">
         <v>16</v>
       </c>
       <c r="K730" t="s">
         <v>3657</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" t="s">
         <v>3658</v>
       </c>
       <c r="B731" t="s">
         <v>3659</v>
       </c>
       <c r="C731" t="s">
         <v>3660</v>
       </c>
       <c r="D731">
-        <v>3.5</v>
+        <v>12.99</v>
+      </c>
+      <c r="E731">
+        <v>13.39</v>
+      </c>
+      <c r="F731" s="1">
+        <v>46112</v>
       </c>
       <c r="G731" t="s">
         <v>14</v>
       </c>
       <c r="H731" t="s">
         <v>3661</v>
       </c>
       <c r="I731">
         <v>10</v>
       </c>
       <c r="J731" t="s">
         <v>16</v>
       </c>
       <c r="K731" t="s">
         <v>3662</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" t="s">
         <v>3663</v>
       </c>
       <c r="B732" t="s">
         <v>3664</v>
       </c>
       <c r="C732" t="s">
         <v>3665</v>
       </c>
       <c r="D732">
-        <v>12.99</v>
+        <v>3.5</v>
+      </c>
+      <c r="E732">
+        <v>3.6</v>
+      </c>
+      <c r="F732" s="1">
+        <v>46112</v>
       </c>
       <c r="G732" t="s">
         <v>14</v>
       </c>
       <c r="H732" t="s">
         <v>3666</v>
       </c>
       <c r="I732">
         <v>10</v>
       </c>
       <c r="J732" t="s">
         <v>16</v>
       </c>
       <c r="K732" t="s">
         <v>3667</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" t="s">
         <v>3668</v>
       </c>
       <c r="B733" t="s">
         <v>3669</v>
       </c>
       <c r="C733" t="s">
         <v>3670</v>
       </c>
       <c r="D733">
-        <v>3.5</v>
+        <v>8.23</v>
+      </c>
+      <c r="E733">
+        <v>8.46</v>
+      </c>
+      <c r="F733" s="1">
+        <v>46112</v>
       </c>
       <c r="G733" t="s">
         <v>14</v>
       </c>
       <c r="H733" t="s">
         <v>3671</v>
       </c>
       <c r="I733">
         <v>10</v>
       </c>
       <c r="J733" t="s">
         <v>16</v>
       </c>
       <c r="K733" t="s">
         <v>3672</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" t="s">
         <v>3673</v>
       </c>
       <c r="B734" t="s">
         <v>3674</v>
       </c>
       <c r="C734" t="s">
         <v>3675</v>
       </c>
       <c r="D734">
-        <v>8.23</v>
+        <v>38.66</v>
+      </c>
+      <c r="E734">
+        <v>39.83</v>
+      </c>
+      <c r="F734" s="1">
+        <v>46112</v>
       </c>
       <c r="G734" t="s">
         <v>14</v>
       </c>
       <c r="H734" t="s">
         <v>3676</v>
       </c>
       <c r="I734">
         <v>10</v>
       </c>
       <c r="J734" t="s">
         <v>16</v>
       </c>
       <c r="K734" t="s">
         <v>3677</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" t="s">
         <v>3678</v>
       </c>
       <c r="B735" t="s">
         <v>3679</v>
       </c>
       <c r="C735" t="s">
         <v>3680</v>
       </c>
       <c r="D735">
         <v>38.66</v>
       </c>
+      <c r="E735">
+        <v>39.83</v>
+      </c>
+      <c r="F735" s="1">
+        <v>46112</v>
+      </c>
       <c r="G735" t="s">
         <v>14</v>
       </c>
       <c r="H735" t="s">
         <v>3681</v>
       </c>
       <c r="I735">
         <v>10</v>
       </c>
       <c r="J735" t="s">
         <v>16</v>
       </c>
       <c r="K735" t="s">
         <v>3682</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" t="s">
         <v>3683</v>
       </c>
       <c r="B736" t="s">
         <v>3684</v>
       </c>
       <c r="C736" t="s">
         <v>3685</v>
       </c>
       <c r="D736">
-        <v>38.66</v>
+        <v>23.41</v>
+      </c>
+      <c r="E736">
+        <v>24.11</v>
+      </c>
+      <c r="F736" s="1">
+        <v>46112</v>
       </c>
       <c r="G736" t="s">
         <v>14</v>
       </c>
       <c r="H736" t="s">
         <v>3686</v>
       </c>
       <c r="I736">
         <v>10</v>
       </c>
       <c r="J736" t="s">
         <v>16</v>
       </c>
       <c r="K736" t="s">
         <v>3687</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" t="s">
         <v>3688</v>
       </c>
       <c r="B737" t="s">
         <v>3689</v>
       </c>
       <c r="C737" t="s">
         <v>3690</v>
       </c>
       <c r="D737">
-        <v>23.41</v>
+        <v>13.43</v>
+      </c>
+      <c r="E737">
+        <v>13.84</v>
+      </c>
+      <c r="F737" s="1">
+        <v>46112</v>
       </c>
       <c r="G737" t="s">
         <v>14</v>
       </c>
       <c r="H737" t="s">
         <v>3691</v>
       </c>
       <c r="I737">
         <v>10</v>
       </c>
       <c r="J737" t="s">
         <v>16</v>
       </c>
       <c r="K737" t="s">
         <v>3692</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" t="s">
         <v>3693</v>
       </c>
       <c r="B738" t="s">
         <v>3694</v>
       </c>
       <c r="C738" t="s">
         <v>3695</v>
       </c>
       <c r="D738">
-        <v>13.43</v>
+        <v>37.91</v>
+      </c>
+      <c r="E738">
+        <v>39.03</v>
+      </c>
+      <c r="F738" s="1">
+        <v>46112</v>
       </c>
       <c r="G738" t="s">
         <v>14</v>
       </c>
       <c r="H738" t="s">
         <v>3696</v>
       </c>
       <c r="I738">
         <v>10</v>
       </c>
       <c r="J738" t="s">
         <v>16</v>
       </c>
       <c r="K738" t="s">
         <v>3697</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" t="s">
         <v>3698</v>
       </c>
       <c r="B739" t="s">
         <v>3699</v>
       </c>
       <c r="C739" t="s">
         <v>3700</v>
       </c>
       <c r="D739">
-        <v>37.91</v>
+        <v>13.43</v>
+      </c>
+      <c r="E739">
+        <v>13.84</v>
+      </c>
+      <c r="F739" s="1">
+        <v>46112</v>
       </c>
       <c r="G739" t="s">
         <v>14</v>
       </c>
       <c r="H739" t="s">
         <v>3701</v>
       </c>
       <c r="I739">
         <v>10</v>
       </c>
       <c r="J739" t="s">
         <v>16</v>
       </c>
       <c r="K739" t="s">
         <v>3702</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" t="s">
         <v>3703</v>
       </c>
       <c r="B740" t="s">
         <v>3704</v>
       </c>
       <c r="C740" t="s">
         <v>3705</v>
       </c>
       <c r="D740">
-        <v>13.43</v>
+        <v>37.91</v>
+      </c>
+      <c r="E740">
+        <v>39.03</v>
+      </c>
+      <c r="F740" s="1">
+        <v>46112</v>
       </c>
       <c r="G740" t="s">
         <v>14</v>
       </c>
       <c r="H740" t="s">
         <v>3706</v>
       </c>
       <c r="I740">
         <v>10</v>
       </c>
       <c r="J740" t="s">
         <v>16</v>
       </c>
       <c r="K740" t="s">
         <v>3707</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" t="s">
         <v>3708</v>
       </c>
       <c r="B741" t="s">
         <v>3709</v>
       </c>
       <c r="C741" t="s">
         <v>3710</v>
       </c>
       <c r="D741">
-        <v>37.91</v>
+        <v>13.43</v>
+      </c>
+      <c r="E741">
+        <v>13.84</v>
+      </c>
+      <c r="F741" s="1">
+        <v>46112</v>
       </c>
       <c r="G741" t="s">
         <v>14</v>
       </c>
       <c r="H741" t="s">
         <v>3711</v>
       </c>
       <c r="I741">
         <v>10</v>
       </c>
       <c r="J741" t="s">
         <v>16</v>
       </c>
       <c r="K741" t="s">
         <v>3712</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" t="s">
         <v>3713</v>
       </c>
       <c r="B742" t="s">
         <v>3714</v>
       </c>
       <c r="C742" t="s">
         <v>3715</v>
       </c>
       <c r="D742">
-        <v>13.43</v>
+        <v>25.64</v>
+      </c>
+      <c r="E742">
+        <v>26.42</v>
+      </c>
+      <c r="F742" s="1">
+        <v>46112</v>
       </c>
       <c r="G742" t="s">
         <v>14</v>
       </c>
       <c r="H742" t="s">
         <v>3716</v>
       </c>
       <c r="I742">
         <v>10</v>
       </c>
       <c r="J742" t="s">
         <v>16</v>
       </c>
       <c r="K742" t="s">
         <v>3717</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" t="s">
         <v>3718</v>
       </c>
       <c r="B743" t="s">
         <v>3719</v>
       </c>
       <c r="C743" t="s">
         <v>3720</v>
       </c>
       <c r="D743">
-        <v>25.64</v>
+        <v>12.9</v>
+      </c>
+      <c r="E743">
+        <v>12.9</v>
+      </c>
+      <c r="F743" s="1">
+        <v>46112</v>
       </c>
       <c r="G743" t="s">
         <v>14</v>
       </c>
       <c r="H743" t="s">
         <v>3721</v>
       </c>
       <c r="I743">
         <v>10</v>
       </c>
       <c r="J743" t="s">
         <v>16</v>
       </c>
       <c r="K743" t="s">
         <v>3722</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" t="s">
         <v>3723</v>
       </c>
       <c r="B744" t="s">
         <v>3724</v>
       </c>
       <c r="C744" t="s">
         <v>3725</v>
       </c>
       <c r="D744">
         <v>12.9</v>
       </c>
+      <c r="E744">
+        <v>12.9</v>
+      </c>
+      <c r="F744" s="1">
+        <v>46112</v>
+      </c>
       <c r="G744" t="s">
         <v>14</v>
       </c>
       <c r="H744" t="s">
         <v>3726</v>
       </c>
       <c r="I744">
         <v>10</v>
       </c>
       <c r="J744" t="s">
         <v>16</v>
       </c>
       <c r="K744" t="s">
         <v>3727</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" t="s">
         <v>3728</v>
       </c>
       <c r="B745" t="s">
         <v>3729</v>
       </c>
       <c r="C745" t="s">
         <v>3730</v>
       </c>
       <c r="D745">
         <v>12.9</v>
       </c>
+      <c r="E745">
+        <v>12.9</v>
+      </c>
+      <c r="F745" s="1">
+        <v>46112</v>
+      </c>
       <c r="G745" t="s">
         <v>14</v>
       </c>
       <c r="H745" t="s">
         <v>3731</v>
       </c>
       <c r="I745">
         <v>10</v>
       </c>
       <c r="J745" t="s">
         <v>16</v>
       </c>
       <c r="K745" t="s">
         <v>3732</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" t="s">
         <v>3733</v>
       </c>
       <c r="B746" t="s">
         <v>3734</v>
       </c>
       <c r="C746" t="s">
         <v>3735</v>
       </c>
       <c r="D746">
-        <v>12.9</v>
+        <v>15.5</v>
+      </c>
+      <c r="E746">
+        <v>15.5</v>
+      </c>
+      <c r="F746" s="1">
+        <v>46112</v>
       </c>
       <c r="G746" t="s">
         <v>14</v>
       </c>
       <c r="H746" t="s">
         <v>3736</v>
       </c>
       <c r="I746">
         <v>10</v>
       </c>
       <c r="J746" t="s">
         <v>16</v>
       </c>
       <c r="K746" t="s">
         <v>3737</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" t="s">
         <v>3738</v>
       </c>
       <c r="B747" t="s">
         <v>3739</v>
       </c>
       <c r="C747" t="s">
         <v>3740</v>
       </c>
       <c r="D747">
         <v>15.5</v>
       </c>
+      <c r="E747">
+        <v>15.5</v>
+      </c>
+      <c r="F747" s="1">
+        <v>46112</v>
+      </c>
       <c r="G747" t="s">
         <v>14</v>
       </c>
       <c r="H747" t="s">
         <v>3741</v>
       </c>
       <c r="I747">
         <v>10</v>
       </c>
       <c r="J747" t="s">
         <v>16</v>
       </c>
       <c r="K747" t="s">
         <v>3742</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" t="s">
         <v>3743</v>
       </c>
       <c r="B748" t="s">
         <v>3744</v>
       </c>
       <c r="C748" t="s">
         <v>3745</v>
       </c>
       <c r="D748">
         <v>15.5</v>
       </c>
+      <c r="E748">
+        <v>15.5</v>
+      </c>
+      <c r="F748" s="1">
+        <v>46112</v>
+      </c>
       <c r="G748" t="s">
         <v>14</v>
       </c>
       <c r="H748" t="s">
         <v>3746</v>
       </c>
       <c r="I748">
         <v>10</v>
       </c>
       <c r="J748" t="s">
         <v>16</v>
       </c>
       <c r="K748" t="s">
         <v>3747</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" t="s">
         <v>3748</v>
       </c>
       <c r="B749" t="s">
         <v>3749</v>
       </c>
       <c r="C749" t="s">
         <v>3750</v>
       </c>
       <c r="D749">
-        <v>15.5</v>
+        <v>10.3</v>
+      </c>
+      <c r="E749">
+        <v>10.3</v>
+      </c>
+      <c r="F749" s="1">
+        <v>46112</v>
       </c>
       <c r="G749" t="s">
         <v>14</v>
       </c>
       <c r="H749" t="s">
         <v>3751</v>
       </c>
       <c r="I749">
         <v>10</v>
       </c>
       <c r="J749" t="s">
         <v>16</v>
       </c>
       <c r="K749" t="s">
         <v>3752</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" t="s">
         <v>3753</v>
       </c>
       <c r="B750" t="s">
         <v>3754</v>
       </c>
       <c r="C750" t="s">
         <v>3755</v>
       </c>
       <c r="D750">
         <v>10.3</v>
       </c>
+      <c r="E750">
+        <v>10.3</v>
+      </c>
+      <c r="F750" s="1">
+        <v>46112</v>
+      </c>
       <c r="G750" t="s">
         <v>14</v>
       </c>
       <c r="H750" t="s">
         <v>3756</v>
       </c>
       <c r="I750">
         <v>10</v>
       </c>
       <c r="J750" t="s">
         <v>16</v>
       </c>
       <c r="K750" t="s">
         <v>3757</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" t="s">
         <v>3758</v>
       </c>
       <c r="B751" t="s">
         <v>3759</v>
       </c>
       <c r="C751" t="s">
         <v>3760</v>
       </c>
       <c r="D751">
         <v>10.3</v>
       </c>
+      <c r="E751">
+        <v>10.3</v>
+      </c>
+      <c r="F751" s="1">
+        <v>46112</v>
+      </c>
       <c r="G751" t="s">
         <v>14</v>
       </c>
       <c r="H751" t="s">
         <v>3761</v>
       </c>
       <c r="I751">
         <v>10</v>
       </c>
       <c r="J751" t="s">
         <v>16</v>
       </c>
       <c r="K751" t="s">
         <v>3762</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" t="s">
         <v>3763</v>
       </c>
       <c r="B752" t="s">
         <v>3764</v>
       </c>
       <c r="C752" t="s">
         <v>3765</v>
       </c>
       <c r="D752">
-        <v>10.3</v>
+        <v>32.7</v>
+      </c>
+      <c r="E752">
+        <v>33.68</v>
+      </c>
+      <c r="F752" s="1">
+        <v>46112</v>
       </c>
       <c r="G752" t="s">
         <v>14</v>
       </c>
       <c r="H752" t="s">
         <v>3766</v>
       </c>
       <c r="I752">
         <v>10</v>
       </c>
       <c r="J752" t="s">
         <v>16</v>
       </c>
       <c r="K752" t="s">
         <v>3767</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" t="s">
         <v>3768</v>
       </c>
       <c r="B753" t="s">
         <v>3769</v>
       </c>
       <c r="C753" t="s">
         <v>3770</v>
       </c>
       <c r="D753">
-        <v>32.7</v>
+        <v>7.59</v>
+      </c>
+      <c r="E753">
+        <v>7.83</v>
+      </c>
+      <c r="F753" s="1">
+        <v>46112</v>
       </c>
       <c r="G753" t="s">
         <v>14</v>
       </c>
       <c r="H753" t="s">
         <v>3771</v>
       </c>
       <c r="I753">
         <v>10</v>
       </c>
       <c r="J753" t="s">
         <v>16</v>
       </c>
       <c r="K753" t="s">
         <v>3772</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" t="s">
         <v>3773</v>
       </c>
       <c r="B754" t="s">
         <v>3774</v>
       </c>
       <c r="C754" t="s">
         <v>3775</v>
       </c>
       <c r="D754">
         <v>7.59</v>
       </c>
+      <c r="E754">
+        <v>7.83</v>
+      </c>
+      <c r="F754" s="1">
+        <v>46112</v>
+      </c>
       <c r="G754" t="s">
         <v>14</v>
       </c>
       <c r="H754" t="s">
         <v>3776</v>
       </c>
       <c r="I754">
         <v>10</v>
       </c>
       <c r="J754" t="s">
         <v>16</v>
       </c>
       <c r="K754" t="s">
         <v>3777</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" t="s">
         <v>3778</v>
       </c>
       <c r="B755" t="s">
         <v>3779</v>
       </c>
       <c r="C755" t="s">
         <v>3780</v>
       </c>
       <c r="D755">
         <v>7.59</v>
       </c>
+      <c r="E755">
+        <v>7.83</v>
+      </c>
+      <c r="F755" s="1">
+        <v>46112</v>
+      </c>
       <c r="G755" t="s">
         <v>14</v>
       </c>
       <c r="H755" t="s">
         <v>3781</v>
       </c>
       <c r="I755">
         <v>10</v>
       </c>
       <c r="J755" t="s">
         <v>16</v>
       </c>
       <c r="K755" t="s">
         <v>3782</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" t="s">
         <v>3783</v>
       </c>
       <c r="B756" t="s">
         <v>3784</v>
       </c>
       <c r="C756" t="s">
         <v>3785</v>
       </c>
       <c r="D756">
-        <v>7.59</v>
+        <v>11.4</v>
+      </c>
+      <c r="E756">
+        <v>11.4</v>
+      </c>
+      <c r="F756" s="1">
+        <v>46112</v>
       </c>
       <c r="G756" t="s">
         <v>14</v>
       </c>
       <c r="H756" t="s">
         <v>3786</v>
       </c>
       <c r="I756">
         <v>10</v>
       </c>
       <c r="J756" t="s">
         <v>16</v>
       </c>
       <c r="K756" t="s">
         <v>3787</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" t="s">
         <v>3788</v>
       </c>
       <c r="B757" t="s">
         <v>3789</v>
       </c>
       <c r="C757" t="s">
         <v>3790</v>
       </c>
       <c r="D757">
-        <v>11.4</v>
+        <v>32.7</v>
+      </c>
+      <c r="E757">
+        <v>32.7</v>
+      </c>
+      <c r="F757" s="1">
+        <v>46112</v>
       </c>
       <c r="G757" t="s">
         <v>14</v>
       </c>
       <c r="H757" t="s">
         <v>3791</v>
       </c>
       <c r="I757">
         <v>10</v>
       </c>
       <c r="J757" t="s">
         <v>16</v>
       </c>
       <c r="K757" t="s">
         <v>3792</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" t="s">
         <v>3793</v>
       </c>
       <c r="B758" t="s">
         <v>3794</v>
       </c>
       <c r="C758" t="s">
         <v>3795</v>
       </c>
       <c r="D758">
-        <v>32.7</v>
+        <v>11.4</v>
+      </c>
+      <c r="E758">
+        <v>11.4</v>
+      </c>
+      <c r="F758" s="1">
+        <v>46112</v>
       </c>
       <c r="G758" t="s">
         <v>14</v>
       </c>
       <c r="H758" t="s">
         <v>3796</v>
       </c>
       <c r="I758">
         <v>10</v>
       </c>
       <c r="J758" t="s">
         <v>16</v>
       </c>
       <c r="K758" t="s">
         <v>3797</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" t="s">
         <v>3798</v>
       </c>
       <c r="B759" t="s">
         <v>3799</v>
       </c>
       <c r="C759" t="s">
         <v>3800</v>
       </c>
       <c r="D759">
-        <v>11.4</v>
+        <v>34.5</v>
+      </c>
+      <c r="E759">
+        <v>34.5</v>
+      </c>
+      <c r="F759" s="1">
+        <v>46112</v>
       </c>
       <c r="G759" t="s">
         <v>14</v>
       </c>
       <c r="H759" t="s">
         <v>3801</v>
       </c>
       <c r="I759">
         <v>10</v>
       </c>
       <c r="J759" t="s">
         <v>16</v>
       </c>
       <c r="K759" t="s">
         <v>3802</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" t="s">
         <v>3803</v>
       </c>
       <c r="B760" t="s">
         <v>3804</v>
       </c>
       <c r="C760" t="s">
         <v>3805</v>
       </c>
       <c r="D760">
-        <v>34.5</v>
+        <v>11.4</v>
+      </c>
+      <c r="E760">
+        <v>11.4</v>
+      </c>
+      <c r="F760" s="1">
+        <v>46112</v>
       </c>
       <c r="G760" t="s">
         <v>14</v>
       </c>
       <c r="H760" t="s">
         <v>3806</v>
       </c>
       <c r="I760">
         <v>10</v>
       </c>
       <c r="J760" t="s">
         <v>16</v>
       </c>
       <c r="K760" t="s">
         <v>3807</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" t="s">
         <v>3808</v>
       </c>
       <c r="B761" t="s">
         <v>3809</v>
       </c>
       <c r="C761" t="s">
         <v>3810</v>
       </c>
       <c r="D761">
-        <v>11.4</v>
+        <v>32.7</v>
+      </c>
+      <c r="E761">
+        <v>32.7</v>
+      </c>
+      <c r="F761" s="1">
+        <v>46112</v>
       </c>
       <c r="G761" t="s">
         <v>14</v>
       </c>
       <c r="H761" t="s">
         <v>3811</v>
       </c>
       <c r="I761">
         <v>10</v>
       </c>
       <c r="J761" t="s">
         <v>16</v>
       </c>
       <c r="K761" t="s">
         <v>3812</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" t="s">
         <v>3813</v>
       </c>
       <c r="B762" t="s">
         <v>3814</v>
       </c>
       <c r="C762" t="s">
         <v>3815</v>
       </c>
       <c r="D762">
-        <v>32.7</v>
+        <v>18.63</v>
+      </c>
+      <c r="E762">
+        <v>19.18</v>
+      </c>
+      <c r="F762" s="1">
+        <v>46112</v>
       </c>
       <c r="G762" t="s">
         <v>14</v>
       </c>
       <c r="H762" t="s">
         <v>3816</v>
       </c>
       <c r="I762">
         <v>10</v>
       </c>
       <c r="J762" t="s">
         <v>16</v>
       </c>
       <c r="K762" t="s">
         <v>3817</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" t="s">
         <v>3818</v>
       </c>
       <c r="B763" t="s">
         <v>3819</v>
       </c>
       <c r="C763" t="s">
         <v>3820</v>
       </c>
       <c r="D763">
-        <v>18.63</v>
+        <v>9.86</v>
+      </c>
+      <c r="E763">
+        <v>10.17</v>
+      </c>
+      <c r="F763" s="1">
+        <v>46112</v>
       </c>
       <c r="G763" t="s">
         <v>14</v>
       </c>
       <c r="H763" t="s">
         <v>3821</v>
       </c>
       <c r="I763">
         <v>10</v>
       </c>
       <c r="J763" t="s">
         <v>16</v>
       </c>
       <c r="K763" t="s">
         <v>3822</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" t="s">
         <v>3823</v>
       </c>
       <c r="B764" t="s">
         <v>3824</v>
       </c>
       <c r="C764" t="s">
         <v>3825</v>
       </c>
       <c r="D764">
-        <v>9.86</v>
+        <v>18.63</v>
+      </c>
+      <c r="E764">
+        <v>19.18</v>
+      </c>
+      <c r="F764" s="1">
+        <v>46112</v>
       </c>
       <c r="G764" t="s">
         <v>14</v>
       </c>
       <c r="H764" t="s">
         <v>3826</v>
       </c>
       <c r="I764">
         <v>10</v>
       </c>
       <c r="J764" t="s">
         <v>16</v>
       </c>
       <c r="K764" t="s">
         <v>3827</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" t="s">
         <v>3828</v>
       </c>
       <c r="B765" t="s">
         <v>3829</v>
       </c>
       <c r="C765" t="s">
         <v>3830</v>
       </c>
       <c r="D765">
-        <v>18.63</v>
+        <v>9.86</v>
+      </c>
+      <c r="E765">
+        <v>10.17</v>
+      </c>
+      <c r="F765" s="1">
+        <v>46112</v>
       </c>
       <c r="G765" t="s">
         <v>14</v>
       </c>
       <c r="H765" t="s">
         <v>3831</v>
       </c>
       <c r="I765">
         <v>10</v>
       </c>
       <c r="J765" t="s">
         <v>16</v>
       </c>
       <c r="K765" t="s">
         <v>3832</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" t="s">
         <v>3833</v>
       </c>
       <c r="B766" t="s">
         <v>3834</v>
       </c>
       <c r="C766" t="s">
         <v>3835</v>
       </c>
       <c r="D766">
-        <v>9.86</v>
+        <v>18.63</v>
+      </c>
+      <c r="E766">
+        <v>19.18</v>
+      </c>
+      <c r="F766" s="1">
+        <v>46112</v>
       </c>
       <c r="G766" t="s">
         <v>14</v>
       </c>
       <c r="H766" t="s">
         <v>3836</v>
       </c>
       <c r="I766">
         <v>10</v>
       </c>
       <c r="J766" t="s">
         <v>16</v>
       </c>
       <c r="K766" t="s">
         <v>3837</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" t="s">
         <v>3838</v>
       </c>
       <c r="B767" t="s">
         <v>3839</v>
       </c>
       <c r="C767" t="s">
         <v>3840</v>
       </c>
       <c r="D767">
-        <v>18.63</v>
+        <v>9.86</v>
+      </c>
+      <c r="E767">
+        <v>10.17</v>
+      </c>
+      <c r="F767" s="1">
+        <v>46112</v>
       </c>
       <c r="G767" t="s">
         <v>14</v>
       </c>
       <c r="H767" t="s">
         <v>3841</v>
       </c>
       <c r="I767">
         <v>10</v>
       </c>
       <c r="J767" t="s">
         <v>16</v>
       </c>
       <c r="K767" t="s">
         <v>3842</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" t="s">
         <v>3843</v>
       </c>
       <c r="B768" t="s">
         <v>3844</v>
       </c>
       <c r="C768" t="s">
         <v>3845</v>
       </c>
       <c r="D768">
-        <v>9.86</v>
+        <v>18.63</v>
+      </c>
+      <c r="E768">
+        <v>19.18</v>
+      </c>
+      <c r="F768" s="1">
+        <v>46112</v>
       </c>
       <c r="G768" t="s">
         <v>14</v>
       </c>
       <c r="H768" t="s">
         <v>3846</v>
       </c>
       <c r="I768">
         <v>10</v>
       </c>
       <c r="J768" t="s">
         <v>16</v>
       </c>
       <c r="K768" t="s">
         <v>3847</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" t="s">
         <v>3848</v>
       </c>
       <c r="B769" t="s">
         <v>3849</v>
       </c>
       <c r="C769" t="s">
         <v>3850</v>
       </c>
       <c r="D769">
-        <v>18.63</v>
+        <v>9.86</v>
+      </c>
+      <c r="E769">
+        <v>10.17</v>
+      </c>
+      <c r="F769" s="1">
+        <v>46112</v>
       </c>
       <c r="G769" t="s">
         <v>14</v>
       </c>
       <c r="H769" t="s">
         <v>3851</v>
       </c>
       <c r="I769">
         <v>10</v>
       </c>
       <c r="J769" t="s">
         <v>16</v>
       </c>
       <c r="K769" t="s">
         <v>3852</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" t="s">
         <v>3853</v>
       </c>
       <c r="B770" t="s">
         <v>3854</v>
       </c>
       <c r="C770" t="s">
         <v>3855</v>
       </c>
       <c r="D770">
-        <v>9.86</v>
+        <v>18.63</v>
+      </c>
+      <c r="E770">
+        <v>19.18</v>
+      </c>
+      <c r="F770" s="1">
+        <v>46112</v>
       </c>
       <c r="G770" t="s">
         <v>14</v>
       </c>
       <c r="H770" t="s">
         <v>3856</v>
       </c>
       <c r="I770">
         <v>10</v>
       </c>
       <c r="J770" t="s">
         <v>16</v>
       </c>
       <c r="K770" t="s">
         <v>3857</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" t="s">
         <v>3858</v>
       </c>
       <c r="B771" t="s">
         <v>3859</v>
       </c>
       <c r="C771" t="s">
         <v>3860</v>
       </c>
       <c r="D771">
-        <v>18.63</v>
+        <v>9.86</v>
+      </c>
+      <c r="E771">
+        <v>10.17</v>
+      </c>
+      <c r="F771" s="1">
+        <v>46112</v>
       </c>
       <c r="G771" t="s">
         <v>14</v>
       </c>
       <c r="H771" t="s">
         <v>3861</v>
       </c>
       <c r="I771">
         <v>10</v>
       </c>
       <c r="J771" t="s">
         <v>16</v>
       </c>
       <c r="K771" t="s">
         <v>3862</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" t="s">
         <v>3863</v>
       </c>
       <c r="B772" t="s">
         <v>3864</v>
       </c>
       <c r="C772" t="s">
         <v>3865</v>
       </c>
       <c r="D772">
-        <v>9.86</v>
+        <v>18.63</v>
+      </c>
+      <c r="E772">
+        <v>19.18</v>
+      </c>
+      <c r="F772" s="1">
+        <v>46112</v>
       </c>
       <c r="G772" t="s">
         <v>14</v>
       </c>
       <c r="H772" t="s">
         <v>3866</v>
       </c>
       <c r="I772">
         <v>10</v>
       </c>
       <c r="J772" t="s">
         <v>16</v>
       </c>
       <c r="K772" t="s">
         <v>3867</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" t="s">
         <v>3868</v>
       </c>
       <c r="B773" t="s">
         <v>3869</v>
       </c>
       <c r="C773" t="s">
         <v>3870</v>
       </c>
       <c r="D773">
-        <v>18.63</v>
+        <v>9.86</v>
+      </c>
+      <c r="E773">
+        <v>10.17</v>
+      </c>
+      <c r="F773" s="1">
+        <v>46112</v>
       </c>
       <c r="G773" t="s">
         <v>14</v>
       </c>
       <c r="H773" t="s">
         <v>3871</v>
       </c>
       <c r="I773">
         <v>10</v>
       </c>
       <c r="J773" t="s">
         <v>16</v>
       </c>
       <c r="K773" t="s">
         <v>3872</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" t="s">
         <v>3873</v>
       </c>
       <c r="B774" t="s">
         <v>3874</v>
       </c>
       <c r="C774" t="s">
         <v>3875</v>
       </c>
       <c r="D774">
-        <v>9.86</v>
+        <v>18.63</v>
+      </c>
+      <c r="E774">
+        <v>19.18</v>
+      </c>
+      <c r="F774" s="1">
+        <v>46112</v>
       </c>
       <c r="G774" t="s">
         <v>14</v>
       </c>
       <c r="H774" t="s">
         <v>3876</v>
       </c>
       <c r="I774">
         <v>10</v>
       </c>
       <c r="J774" t="s">
         <v>16</v>
       </c>
       <c r="K774" t="s">
         <v>3877</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" t="s">
         <v>3878</v>
       </c>
       <c r="B775" t="s">
         <v>3879</v>
       </c>
       <c r="C775" t="s">
         <v>3880</v>
       </c>
       <c r="D775">
-        <v>18.63</v>
+        <v>24.34</v>
+      </c>
+      <c r="E775">
+        <v>25.06</v>
+      </c>
+      <c r="F775" s="1">
+        <v>46112</v>
       </c>
       <c r="G775" t="s">
         <v>14</v>
       </c>
       <c r="H775" t="s">
         <v>3881</v>
       </c>
       <c r="I775">
         <v>10</v>
       </c>
       <c r="J775" t="s">
         <v>16</v>
       </c>
       <c r="K775" t="s">
         <v>3882</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" t="s">
         <v>3883</v>
       </c>
       <c r="B776" t="s">
         <v>3884</v>
       </c>
       <c r="C776" t="s">
         <v>3885</v>
       </c>
       <c r="D776">
-        <v>24.34</v>
+        <v>8.57</v>
+      </c>
+      <c r="E776">
+        <v>8.84</v>
+      </c>
+      <c r="F776" s="1">
+        <v>46112</v>
       </c>
       <c r="G776" t="s">
         <v>14</v>
       </c>
       <c r="H776" t="s">
         <v>3886</v>
       </c>
       <c r="I776">
         <v>10</v>
       </c>
       <c r="J776" t="s">
         <v>16</v>
       </c>
       <c r="K776" t="s">
         <v>3887</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" t="s">
         <v>3888</v>
       </c>
       <c r="B777" t="s">
         <v>3889</v>
       </c>
       <c r="C777" t="s">
         <v>3890</v>
       </c>
       <c r="D777">
         <v>8.57</v>
       </c>
+      <c r="E777">
+        <v>8.84</v>
+      </c>
+      <c r="F777" s="1">
+        <v>46112</v>
+      </c>
       <c r="G777" t="s">
         <v>14</v>
       </c>
       <c r="H777" t="s">
         <v>3891</v>
       </c>
       <c r="I777">
         <v>10</v>
       </c>
       <c r="J777" t="s">
         <v>16</v>
       </c>
       <c r="K777" t="s">
         <v>3892</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" t="s">
         <v>3893</v>
       </c>
       <c r="B778" t="s">
         <v>3894</v>
       </c>
       <c r="C778" t="s">
         <v>3895</v>
       </c>
       <c r="D778">
         <v>8.57</v>
       </c>
+      <c r="E778">
+        <v>8.84</v>
+      </c>
+      <c r="F778" s="1">
+        <v>46112</v>
+      </c>
       <c r="G778" t="s">
         <v>14</v>
       </c>
       <c r="H778" t="s">
         <v>3896</v>
       </c>
       <c r="I778">
         <v>10</v>
       </c>
       <c r="J778" t="s">
         <v>16</v>
       </c>
       <c r="K778" t="s">
         <v>3897</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" t="s">
         <v>3898</v>
       </c>
       <c r="B779" t="s">
         <v>3899</v>
       </c>
       <c r="C779" t="s">
         <v>3900</v>
       </c>
       <c r="D779">
         <v>8.57</v>
       </c>
+      <c r="E779">
+        <v>8.84</v>
+      </c>
+      <c r="F779" s="1">
+        <v>46112</v>
+      </c>
       <c r="G779" t="s">
         <v>14</v>
       </c>
       <c r="H779" t="s">
         <v>3901</v>
       </c>
       <c r="I779">
         <v>10</v>
       </c>
       <c r="J779" t="s">
         <v>16</v>
       </c>
       <c r="K779" t="s">
         <v>3902</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" t="s">
         <v>3903</v>
       </c>
       <c r="B780" t="s">
         <v>3904</v>
       </c>
       <c r="C780" t="s">
         <v>3905</v>
       </c>
       <c r="D780">
         <v>8.57</v>
       </c>
+      <c r="E780">
+        <v>8.84</v>
+      </c>
+      <c r="F780" s="1">
+        <v>46112</v>
+      </c>
       <c r="G780" t="s">
         <v>14</v>
       </c>
       <c r="H780" t="s">
         <v>3906</v>
       </c>
       <c r="I780">
         <v>10</v>
       </c>
       <c r="J780" t="s">
         <v>16</v>
       </c>
       <c r="K780" t="s">
         <v>3907</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" t="s">
         <v>3908</v>
       </c>
       <c r="B781" t="s">
         <v>3909</v>
       </c>
       <c r="C781" t="s">
         <v>3910</v>
       </c>
       <c r="D781">
         <v>8.57</v>
       </c>
+      <c r="E781">
+        <v>8.84</v>
+      </c>
+      <c r="F781" s="1">
+        <v>46112</v>
+      </c>
       <c r="G781" t="s">
         <v>14</v>
       </c>
       <c r="H781" t="s">
         <v>3911</v>
       </c>
       <c r="I781">
         <v>10</v>
       </c>
       <c r="J781" t="s">
         <v>16</v>
       </c>
       <c r="K781" t="s">
         <v>3912</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" t="s">
         <v>3913</v>
       </c>
       <c r="B782" t="s">
         <v>3914</v>
       </c>
       <c r="C782" t="s">
         <v>3915</v>
       </c>
       <c r="D782">
         <v>8.57</v>
       </c>
+      <c r="E782">
+        <v>8.84</v>
+      </c>
+      <c r="F782" s="1">
+        <v>46112</v>
+      </c>
       <c r="G782" t="s">
         <v>14</v>
       </c>
       <c r="H782" t="s">
         <v>3916</v>
       </c>
       <c r="I782">
         <v>10</v>
       </c>
       <c r="J782" t="s">
         <v>16</v>
       </c>
       <c r="K782" t="s">
         <v>3917</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" t="s">
         <v>3918</v>
       </c>
       <c r="B783" t="s">
         <v>3919</v>
       </c>
       <c r="C783" t="s">
         <v>3920</v>
       </c>
       <c r="D783">
         <v>8.57</v>
       </c>
+      <c r="E783">
+        <v>8.84</v>
+      </c>
+      <c r="F783" s="1">
+        <v>46112</v>
+      </c>
       <c r="G783" t="s">
         <v>14</v>
       </c>
       <c r="H783" t="s">
         <v>3921</v>
       </c>
       <c r="I783">
         <v>10</v>
       </c>
       <c r="J783" t="s">
         <v>16</v>
       </c>
       <c r="K783" t="s">
         <v>3922</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" t="s">
         <v>3923</v>
       </c>
       <c r="B784" t="s">
         <v>3924</v>
       </c>
       <c r="C784" t="s">
         <v>3925</v>
       </c>
       <c r="D784">
         <v>8.57</v>
       </c>
+      <c r="E784">
+        <v>8.84</v>
+      </c>
+      <c r="F784" s="1">
+        <v>46112</v>
+      </c>
       <c r="G784" t="s">
         <v>14</v>
       </c>
       <c r="H784" t="s">
         <v>3926</v>
       </c>
       <c r="I784">
         <v>10</v>
       </c>
       <c r="J784" t="s">
         <v>16</v>
       </c>
       <c r="K784" t="s">
         <v>3927</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" t="s">
         <v>3928</v>
       </c>
       <c r="B785" t="s">
         <v>3929</v>
       </c>
       <c r="C785" t="s">
         <v>3930</v>
       </c>
       <c r="D785">
         <v>8.57</v>
       </c>
+      <c r="E785">
+        <v>8.84</v>
+      </c>
+      <c r="F785" s="1">
+        <v>46112</v>
+      </c>
       <c r="G785" t="s">
         <v>14</v>
       </c>
       <c r="H785" t="s">
         <v>3931</v>
       </c>
       <c r="I785">
         <v>10</v>
       </c>
       <c r="J785" t="s">
         <v>16</v>
       </c>
       <c r="K785" t="s">
         <v>3932</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" t="s">
         <v>3933</v>
       </c>
       <c r="B786" t="s">
         <v>3934</v>
       </c>
       <c r="C786" t="s">
         <v>3935</v>
       </c>
       <c r="D786">
         <v>8.57</v>
       </c>
+      <c r="E786">
+        <v>8.84</v>
+      </c>
+      <c r="F786" s="1">
+        <v>46112</v>
+      </c>
       <c r="G786" t="s">
         <v>14</v>
       </c>
       <c r="H786" t="s">
         <v>3936</v>
       </c>
       <c r="I786">
         <v>10</v>
       </c>
       <c r="J786" t="s">
         <v>16</v>
       </c>
       <c r="K786" t="s">
         <v>3937</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" t="s">
         <v>3938</v>
       </c>
       <c r="B787" t="s">
         <v>3939</v>
       </c>
       <c r="C787" t="s">
         <v>3940</v>
       </c>
       <c r="D787">
         <v>8.57</v>
       </c>
+      <c r="E787">
+        <v>8.84</v>
+      </c>
+      <c r="F787" s="1">
+        <v>46112</v>
+      </c>
       <c r="G787" t="s">
         <v>14</v>
       </c>
       <c r="H787" t="s">
         <v>3941</v>
       </c>
       <c r="I787">
         <v>10</v>
       </c>
       <c r="J787" t="s">
         <v>16</v>
       </c>
       <c r="K787" t="s">
         <v>3942</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" t="s">
         <v>3943</v>
       </c>
       <c r="B788" t="s">
         <v>3944</v>
       </c>
       <c r="C788" t="s">
         <v>3945</v>
       </c>
       <c r="D788">
-        <v>8.57</v>
+        <v>22.69</v>
+      </c>
+      <c r="E788">
+        <v>23.36</v>
+      </c>
+      <c r="F788" s="1">
+        <v>46112</v>
       </c>
       <c r="G788" t="s">
         <v>14</v>
       </c>
       <c r="H788" t="s">
         <v>3946</v>
       </c>
       <c r="I788">
         <v>10</v>
       </c>
       <c r="J788" t="s">
         <v>16</v>
       </c>
       <c r="K788" t="s">
         <v>3947</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" t="s">
         <v>3948</v>
       </c>
       <c r="B789" t="s">
         <v>3949</v>
       </c>
       <c r="C789" t="s">
         <v>3950</v>
       </c>
       <c r="D789">
         <v>22.69</v>
       </c>
+      <c r="E789">
+        <v>23.36</v>
+      </c>
+      <c r="F789" s="1">
+        <v>46112</v>
+      </c>
       <c r="G789" t="s">
         <v>14</v>
       </c>
       <c r="H789" t="s">
         <v>3951</v>
       </c>
       <c r="I789">
         <v>10</v>
       </c>
       <c r="J789" t="s">
         <v>16</v>
       </c>
       <c r="K789" t="s">
         <v>3952</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" t="s">
         <v>3953</v>
       </c>
       <c r="B790" t="s">
         <v>3954</v>
       </c>
       <c r="C790" t="s">
         <v>3955</v>
       </c>
       <c r="D790">
         <v>22.69</v>
       </c>
+      <c r="E790">
+        <v>23.36</v>
+      </c>
+      <c r="F790" s="1">
+        <v>46112</v>
+      </c>
       <c r="G790" t="s">
         <v>14</v>
       </c>
       <c r="H790" t="s">
         <v>3956</v>
       </c>
       <c r="I790">
         <v>10</v>
       </c>
       <c r="J790" t="s">
         <v>16</v>
       </c>
       <c r="K790" t="s">
         <v>3957</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" t="s">
         <v>3958</v>
       </c>
       <c r="B791" t="s">
         <v>3959</v>
       </c>
       <c r="C791" t="s">
         <v>3960</v>
       </c>
       <c r="D791">
         <v>22.69</v>
       </c>
+      <c r="E791">
+        <v>23.36</v>
+      </c>
+      <c r="F791" s="1">
+        <v>46112</v>
+      </c>
       <c r="G791" t="s">
         <v>14</v>
       </c>
       <c r="H791" t="s">
         <v>3961</v>
       </c>
       <c r="I791">
         <v>10</v>
       </c>
       <c r="J791" t="s">
         <v>16</v>
       </c>
       <c r="K791" t="s">
         <v>3962</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" t="s">
         <v>3963</v>
       </c>
       <c r="B792" t="s">
         <v>3964</v>
       </c>
       <c r="C792" t="s">
         <v>3965</v>
       </c>
       <c r="D792">
         <v>22.69</v>
       </c>
+      <c r="E792">
+        <v>23.36</v>
+      </c>
+      <c r="F792" s="1">
+        <v>46112</v>
+      </c>
       <c r="G792" t="s">
         <v>14</v>
       </c>
       <c r="H792" t="s">
         <v>3966</v>
       </c>
       <c r="I792">
         <v>10</v>
       </c>
       <c r="J792" t="s">
         <v>16</v>
       </c>
       <c r="K792" t="s">
         <v>3967</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" t="s">
         <v>3968</v>
       </c>
       <c r="B793" t="s">
         <v>3969</v>
       </c>
       <c r="C793" t="s">
         <v>3970</v>
       </c>
       <c r="D793">
         <v>22.69</v>
       </c>
+      <c r="E793">
+        <v>23.36</v>
+      </c>
+      <c r="F793" s="1">
+        <v>46112</v>
+      </c>
       <c r="G793" t="s">
         <v>14</v>
       </c>
       <c r="H793" t="s">
         <v>3971</v>
       </c>
       <c r="I793">
         <v>10</v>
       </c>
       <c r="J793" t="s">
         <v>16</v>
       </c>
       <c r="K793" t="s">
         <v>3972</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" t="s">
         <v>3973</v>
       </c>
       <c r="B794" t="s">
         <v>3974</v>
       </c>
       <c r="C794" t="s">
         <v>3975</v>
       </c>
       <c r="D794">
         <v>22.69</v>
       </c>
+      <c r="E794">
+        <v>23.36</v>
+      </c>
+      <c r="F794" s="1">
+        <v>46112</v>
+      </c>
       <c r="G794" t="s">
         <v>14</v>
       </c>
       <c r="H794" t="s">
         <v>3976</v>
       </c>
       <c r="I794">
         <v>10</v>
       </c>
       <c r="J794" t="s">
         <v>16</v>
       </c>
       <c r="K794" t="s">
         <v>3977</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" t="s">
         <v>3978</v>
       </c>
       <c r="B795" t="s">
         <v>3979</v>
       </c>
       <c r="C795" t="s">
         <v>3980</v>
       </c>
       <c r="D795">
-        <v>22.69</v>
+        <v>13.1</v>
+      </c>
+      <c r="E795">
+        <v>13.1</v>
+      </c>
+      <c r="F795" s="1">
+        <v>46112</v>
       </c>
       <c r="G795" t="s">
         <v>14</v>
       </c>
       <c r="H795" t="s">
         <v>3981</v>
       </c>
       <c r="I795">
         <v>10</v>
       </c>
       <c r="J795" t="s">
         <v>16</v>
       </c>
       <c r="K795" t="s">
         <v>3982</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" t="s">
         <v>3983</v>
       </c>
       <c r="B796" t="s">
         <v>3984</v>
       </c>
       <c r="C796" t="s">
         <v>3985</v>
       </c>
       <c r="D796">
         <v>13.1</v>
       </c>
+      <c r="E796">
+        <v>13.1</v>
+      </c>
+      <c r="F796" s="1">
+        <v>46112</v>
+      </c>
       <c r="G796" t="s">
         <v>14</v>
       </c>
       <c r="H796" t="s">
         <v>3986</v>
       </c>
       <c r="I796">
         <v>10</v>
       </c>
       <c r="J796" t="s">
         <v>16</v>
       </c>
       <c r="K796" t="s">
         <v>3987</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" t="s">
         <v>3988</v>
       </c>
       <c r="B797" t="s">
         <v>3989</v>
       </c>
       <c r="C797" t="s">
         <v>3990</v>
       </c>
       <c r="D797">
         <v>13.1</v>
       </c>
+      <c r="E797">
+        <v>13.1</v>
+      </c>
+      <c r="F797" s="1">
+        <v>46112</v>
+      </c>
       <c r="G797" t="s">
         <v>14</v>
       </c>
       <c r="H797" t="s">
         <v>3991</v>
       </c>
       <c r="I797">
         <v>10</v>
       </c>
       <c r="J797" t="s">
         <v>16</v>
       </c>
       <c r="K797" t="s">
         <v>3992</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" t="s">
         <v>3993</v>
       </c>
       <c r="B798" t="s">
         <v>3994</v>
       </c>
       <c r="C798" t="s">
         <v>3995</v>
       </c>
       <c r="D798">
         <v>13.1</v>
       </c>
+      <c r="E798">
+        <v>13.1</v>
+      </c>
+      <c r="F798" s="1">
+        <v>46112</v>
+      </c>
       <c r="G798" t="s">
         <v>14</v>
       </c>
       <c r="H798" t="s">
         <v>3996</v>
       </c>
       <c r="I798">
         <v>10</v>
       </c>
       <c r="J798" t="s">
         <v>16</v>
       </c>
       <c r="K798" t="s">
         <v>3997</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" t="s">
         <v>3998</v>
       </c>
       <c r="B799" t="s">
         <v>3999</v>
       </c>
       <c r="C799" t="s">
         <v>4000</v>
       </c>
       <c r="D799">
         <v>13.1</v>
       </c>
+      <c r="E799">
+        <v>13.1</v>
+      </c>
+      <c r="F799" s="1">
+        <v>46112</v>
+      </c>
       <c r="G799" t="s">
         <v>14</v>
       </c>
       <c r="H799" t="s">
         <v>4001</v>
       </c>
       <c r="I799">
         <v>10</v>
       </c>
       <c r="J799" t="s">
         <v>16</v>
       </c>
       <c r="K799" t="s">
         <v>4002</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" t="s">
         <v>4003</v>
       </c>
       <c r="B800" t="s">
         <v>4004</v>
       </c>
       <c r="C800" t="s">
         <v>4005</v>
       </c>
       <c r="D800">
         <v>13.1</v>
       </c>
+      <c r="E800">
+        <v>13.1</v>
+      </c>
+      <c r="F800" s="1">
+        <v>46112</v>
+      </c>
       <c r="G800" t="s">
         <v>14</v>
       </c>
       <c r="H800" t="s">
         <v>4006</v>
       </c>
       <c r="I800">
         <v>10</v>
       </c>
       <c r="J800" t="s">
         <v>16</v>
       </c>
       <c r="K800" t="s">
         <v>4007</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" t="s">
         <v>4008</v>
       </c>
       <c r="B801" t="s">
         <v>4009</v>
       </c>
       <c r="C801" t="s">
         <v>4010</v>
       </c>
       <c r="D801">
         <v>13.1</v>
       </c>
+      <c r="E801">
+        <v>13.1</v>
+      </c>
+      <c r="F801" s="1">
+        <v>46112</v>
+      </c>
       <c r="G801" t="s">
         <v>14</v>
       </c>
       <c r="H801" t="s">
         <v>4011</v>
       </c>
       <c r="I801">
         <v>10</v>
       </c>
       <c r="J801" t="s">
         <v>16</v>
       </c>
       <c r="K801" t="s">
         <v>4012</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" t="s">
         <v>4013</v>
       </c>
       <c r="B802" t="s">
         <v>4014</v>
       </c>
       <c r="C802" t="s">
         <v>4015</v>
       </c>
       <c r="D802">
-        <v>13.1</v>
+        <v>12.87</v>
+      </c>
+      <c r="E802">
+        <v>13.27</v>
+      </c>
+      <c r="F802" s="1">
+        <v>46112</v>
       </c>
       <c r="G802" t="s">
         <v>14</v>
       </c>
       <c r="H802" t="s">
         <v>4016</v>
       </c>
       <c r="I802">
         <v>10</v>
       </c>
       <c r="J802" t="s">
         <v>16</v>
       </c>
       <c r="K802" t="s">
         <v>4017</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" t="s">
         <v>4018</v>
       </c>
       <c r="B803" t="s">
         <v>4019</v>
       </c>
       <c r="C803" t="s">
         <v>4020</v>
       </c>
       <c r="D803">
         <v>12.87</v>
       </c>
+      <c r="E803">
+        <v>13.27</v>
+      </c>
+      <c r="F803" s="1">
+        <v>46112</v>
+      </c>
       <c r="G803" t="s">
         <v>14</v>
       </c>
       <c r="H803" t="s">
         <v>4021</v>
       </c>
       <c r="I803">
         <v>10</v>
       </c>
       <c r="J803" t="s">
         <v>16</v>
       </c>
       <c r="K803" t="s">
         <v>4022</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" t="s">
         <v>4023</v>
       </c>
       <c r="B804" t="s">
         <v>4024</v>
       </c>
       <c r="C804" t="s">
         <v>4025</v>
       </c>
       <c r="D804">
         <v>12.87</v>
       </c>
+      <c r="E804">
+        <v>13.27</v>
+      </c>
+      <c r="F804" s="1">
+        <v>46112</v>
+      </c>
       <c r="G804" t="s">
         <v>14</v>
       </c>
       <c r="H804" t="s">
         <v>4026</v>
       </c>
       <c r="I804">
         <v>10</v>
       </c>
       <c r="J804" t="s">
         <v>16</v>
       </c>
       <c r="K804" t="s">
         <v>4027</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" t="s">
         <v>4028</v>
       </c>
       <c r="B805" t="s">
         <v>4029</v>
       </c>
       <c r="C805" t="s">
         <v>4030</v>
       </c>
       <c r="D805">
         <v>12.87</v>
       </c>
+      <c r="E805">
+        <v>13.27</v>
+      </c>
+      <c r="F805" s="1">
+        <v>46112</v>
+      </c>
       <c r="G805" t="s">
         <v>14</v>
       </c>
       <c r="H805" t="s">
         <v>4031</v>
       </c>
       <c r="I805">
         <v>10</v>
       </c>
       <c r="J805" t="s">
         <v>16</v>
       </c>
       <c r="K805" t="s">
         <v>4032</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" t="s">
         <v>4033</v>
       </c>
       <c r="B806" t="s">
         <v>4034</v>
       </c>
       <c r="C806" t="s">
         <v>4035</v>
       </c>
       <c r="D806">
         <v>12.87</v>
       </c>
+      <c r="E806">
+        <v>13.27</v>
+      </c>
+      <c r="F806" s="1">
+        <v>46112</v>
+      </c>
       <c r="G806" t="s">
         <v>14</v>
       </c>
       <c r="H806" t="s">
         <v>4036</v>
       </c>
       <c r="I806">
         <v>10</v>
       </c>
       <c r="J806" t="s">
         <v>16</v>
       </c>
       <c r="K806" t="s">
         <v>4037</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" t="s">
         <v>4038</v>
       </c>
       <c r="B807" t="s">
         <v>4039</v>
       </c>
       <c r="C807" t="s">
         <v>4040</v>
       </c>
       <c r="D807">
         <v>12.87</v>
       </c>
+      <c r="E807">
+        <v>13.27</v>
+      </c>
+      <c r="F807" s="1">
+        <v>46112</v>
+      </c>
       <c r="G807" t="s">
         <v>14</v>
       </c>
       <c r="H807" t="s">
         <v>4041</v>
       </c>
       <c r="I807">
         <v>10</v>
       </c>
       <c r="J807" t="s">
         <v>16</v>
       </c>
       <c r="K807" t="s">
         <v>4042</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" t="s">
         <v>4043</v>
       </c>
       <c r="B808" t="s">
         <v>4044</v>
       </c>
       <c r="C808" t="s">
         <v>4045</v>
       </c>
       <c r="D808">
         <v>12.87</v>
       </c>
+      <c r="E808">
+        <v>13.27</v>
+      </c>
+      <c r="F808" s="1">
+        <v>46112</v>
+      </c>
       <c r="G808" t="s">
         <v>14</v>
       </c>
       <c r="H808" t="s">
         <v>4046</v>
       </c>
       <c r="I808">
         <v>10</v>
       </c>
       <c r="J808" t="s">
         <v>16</v>
       </c>
       <c r="K808" t="s">
         <v>4047</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" t="s">
         <v>4048</v>
       </c>
       <c r="B809" t="s">
         <v>4049</v>
       </c>
       <c r="C809" t="s">
         <v>4050</v>
       </c>
       <c r="D809">
-        <v>12.87</v>
+        <v>12.72</v>
+      </c>
+      <c r="E809">
+        <v>13.09</v>
+      </c>
+      <c r="F809" s="1">
+        <v>46112</v>
       </c>
       <c r="G809" t="s">
         <v>14</v>
       </c>
       <c r="H809" t="s">
         <v>4051</v>
       </c>
       <c r="I809">
         <v>10</v>
       </c>
       <c r="J809" t="s">
         <v>16</v>
       </c>
       <c r="K809" t="s">
         <v>4052</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" t="s">
         <v>4053</v>
       </c>
       <c r="B810" t="s">
         <v>4054</v>
       </c>
       <c r="C810" t="s">
         <v>4055</v>
       </c>
       <c r="D810">
-        <v>12.72</v>
+        <v>24.06</v>
+      </c>
+      <c r="E810">
+        <v>24.76</v>
+      </c>
+      <c r="F810" s="1">
+        <v>46112</v>
       </c>
       <c r="G810" t="s">
         <v>14</v>
       </c>
       <c r="H810" t="s">
         <v>4056</v>
       </c>
       <c r="I810">
         <v>10</v>
       </c>
       <c r="J810" t="s">
         <v>16</v>
       </c>
       <c r="K810" t="s">
         <v>4057</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" t="s">
         <v>4058</v>
       </c>
       <c r="B811" t="s">
         <v>4059</v>
       </c>
       <c r="C811" t="s">
         <v>4060</v>
       </c>
       <c r="D811">
-        <v>24.06</v>
+        <v>12.72</v>
+      </c>
+      <c r="E811">
+        <v>13.09</v>
+      </c>
+      <c r="F811" s="1">
+        <v>46112</v>
       </c>
       <c r="G811" t="s">
         <v>14</v>
       </c>
       <c r="H811" t="s">
         <v>4061</v>
       </c>
       <c r="I811">
         <v>10</v>
       </c>
       <c r="J811" t="s">
         <v>16</v>
       </c>
       <c r="K811" t="s">
         <v>4062</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" t="s">
         <v>4063</v>
       </c>
       <c r="B812" t="s">
         <v>4064</v>
       </c>
       <c r="C812" t="s">
         <v>4065</v>
       </c>
       <c r="D812">
-        <v>12.72</v>
+        <v>24.06</v>
+      </c>
+      <c r="E812">
+        <v>24.76</v>
+      </c>
+      <c r="F812" s="1">
+        <v>46112</v>
       </c>
       <c r="G812" t="s">
         <v>14</v>
       </c>
       <c r="H812" t="s">
         <v>4066</v>
       </c>
       <c r="I812">
         <v>10</v>
       </c>
       <c r="J812" t="s">
         <v>16</v>
       </c>
       <c r="K812" t="s">
         <v>4067</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" t="s">
         <v>4068</v>
       </c>
       <c r="B813" t="s">
         <v>4069</v>
       </c>
       <c r="C813" t="s">
         <v>4070</v>
       </c>
       <c r="D813">
-        <v>24.06</v>
+        <v>12.72</v>
+      </c>
+      <c r="E813">
+        <v>13.09</v>
+      </c>
+      <c r="F813" s="1">
+        <v>46112</v>
       </c>
       <c r="G813" t="s">
         <v>14</v>
       </c>
       <c r="H813" t="s">
         <v>4071</v>
       </c>
       <c r="I813">
         <v>10</v>
       </c>
       <c r="J813" t="s">
         <v>16</v>
       </c>
       <c r="K813" t="s">
         <v>4072</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" t="s">
         <v>4073</v>
       </c>
       <c r="B814" t="s">
         <v>4074</v>
       </c>
       <c r="C814" t="s">
         <v>4075</v>
       </c>
       <c r="D814">
-        <v>12.72</v>
+        <v>24.06</v>
+      </c>
+      <c r="E814">
+        <v>24.76</v>
+      </c>
+      <c r="F814" s="1">
+        <v>46112</v>
       </c>
       <c r="G814" t="s">
         <v>14</v>
       </c>
       <c r="H814" t="s">
         <v>4076</v>
       </c>
       <c r="I814">
         <v>10</v>
       </c>
       <c r="J814" t="s">
         <v>16</v>
       </c>
       <c r="K814" t="s">
         <v>4077</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" t="s">
         <v>4078</v>
       </c>
       <c r="B815" t="s">
         <v>4079</v>
       </c>
       <c r="C815" t="s">
         <v>4080</v>
       </c>
       <c r="D815">
-        <v>24.06</v>
+        <v>21.9</v>
+      </c>
+      <c r="E815">
+        <v>21.9</v>
+      </c>
+      <c r="F815" s="1">
+        <v>46112</v>
       </c>
       <c r="G815" t="s">
         <v>14</v>
       </c>
       <c r="H815" t="s">
         <v>4081</v>
       </c>
       <c r="I815">
         <v>10</v>
       </c>
       <c r="J815" t="s">
         <v>16</v>
       </c>
       <c r="K815" t="s">
         <v>4082</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" t="s">
         <v>4083</v>
       </c>
       <c r="B816" t="s">
         <v>4084</v>
       </c>
       <c r="C816" t="s">
         <v>4085</v>
       </c>
       <c r="D816">
-        <v>21.9</v>
+        <v>25.23</v>
+      </c>
+      <c r="E816">
+        <v>25.98</v>
+      </c>
+      <c r="F816" s="1">
+        <v>46112</v>
       </c>
       <c r="G816" t="s">
         <v>14</v>
       </c>
       <c r="H816" t="s">
         <v>4086</v>
       </c>
       <c r="I816">
         <v>10</v>
       </c>
       <c r="J816" t="s">
         <v>16</v>
       </c>
       <c r="K816" t="s">
         <v>4087</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" t="s">
         <v>4088</v>
       </c>
       <c r="B817" t="s">
         <v>4089</v>
       </c>
       <c r="C817" t="s">
         <v>4090</v>
       </c>
       <c r="D817">
         <v>25.23</v>
       </c>
+      <c r="E817">
+        <v>25.98</v>
+      </c>
+      <c r="F817" s="1">
+        <v>46112</v>
+      </c>
       <c r="G817" t="s">
         <v>14</v>
       </c>
       <c r="H817" t="s">
         <v>4091</v>
       </c>
       <c r="I817">
         <v>10</v>
       </c>
       <c r="J817" t="s">
         <v>16</v>
       </c>
       <c r="K817" t="s">
         <v>4092</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" t="s">
         <v>4093</v>
       </c>
       <c r="B818" t="s">
         <v>4094</v>
       </c>
       <c r="C818" t="s">
         <v>4095</v>
       </c>
       <c r="D818">
         <v>25.23</v>
       </c>
+      <c r="E818">
+        <v>25.98</v>
+      </c>
+      <c r="F818" s="1">
+        <v>46112</v>
+      </c>
       <c r="G818" t="s">
         <v>14</v>
       </c>
       <c r="H818" t="s">
         <v>4096</v>
       </c>
       <c r="I818">
         <v>10</v>
       </c>
       <c r="J818" t="s">
         <v>16</v>
       </c>
       <c r="K818" t="s">
         <v>4097</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" t="s">
         <v>4098</v>
       </c>
       <c r="B819" t="s">
         <v>4099</v>
       </c>
       <c r="C819" t="s">
         <v>4100</v>
       </c>
       <c r="D819">
-        <v>25.23</v>
+        <v>12.72</v>
+      </c>
+      <c r="E819">
+        <v>13.09</v>
+      </c>
+      <c r="F819" s="1">
+        <v>46112</v>
       </c>
       <c r="G819" t="s">
         <v>14</v>
       </c>
       <c r="H819" t="s">
         <v>4101</v>
       </c>
       <c r="I819">
         <v>10</v>
       </c>
       <c r="J819" t="s">
         <v>16</v>
       </c>
       <c r="K819" t="s">
         <v>4102</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" t="s">
         <v>4103</v>
       </c>
       <c r="B820" t="s">
         <v>4104</v>
       </c>
       <c r="C820" t="s">
         <v>4105</v>
       </c>
       <c r="D820">
-        <v>12.72</v>
+        <v>24.06</v>
+      </c>
+      <c r="E820">
+        <v>24.76</v>
+      </c>
+      <c r="F820" s="1">
+        <v>46112</v>
       </c>
       <c r="G820" t="s">
         <v>14</v>
       </c>
       <c r="H820" t="s">
         <v>4106</v>
       </c>
       <c r="I820">
         <v>10</v>
       </c>
       <c r="J820" t="s">
         <v>16</v>
       </c>
       <c r="K820" t="s">
         <v>4107</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" t="s">
         <v>4108</v>
       </c>
       <c r="B821" t="s">
         <v>4109</v>
       </c>
       <c r="C821" t="s">
         <v>4110</v>
       </c>
       <c r="D821">
-        <v>24.06</v>
+        <v>12.72</v>
+      </c>
+      <c r="E821">
+        <v>13.09</v>
+      </c>
+      <c r="F821" s="1">
+        <v>46112</v>
       </c>
       <c r="G821" t="s">
         <v>14</v>
       </c>
       <c r="H821" t="s">
         <v>4111</v>
       </c>
       <c r="I821">
         <v>10</v>
       </c>
       <c r="J821" t="s">
         <v>16</v>
       </c>
       <c r="K821" t="s">
         <v>4112</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" t="s">
         <v>4113</v>
       </c>
       <c r="B822" t="s">
         <v>4114</v>
       </c>
       <c r="C822" t="s">
         <v>4115</v>
       </c>
       <c r="D822">
-        <v>12.72</v>
+        <v>24.06</v>
+      </c>
+      <c r="E822">
+        <v>24.76</v>
+      </c>
+      <c r="F822" s="1">
+        <v>46112</v>
       </c>
       <c r="G822" t="s">
         <v>14</v>
       </c>
       <c r="H822" t="s">
         <v>4116</v>
       </c>
       <c r="I822">
         <v>10</v>
       </c>
       <c r="J822" t="s">
         <v>16</v>
       </c>
       <c r="K822" t="s">
         <v>4117</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" t="s">
         <v>4118</v>
       </c>
       <c r="B823" t="s">
         <v>4119</v>
       </c>
       <c r="C823" t="s">
         <v>4120</v>
       </c>
       <c r="D823">
-        <v>24.06</v>
+        <v>12.72</v>
+      </c>
+      <c r="E823">
+        <v>13.09</v>
+      </c>
+      <c r="F823" s="1">
+        <v>46112</v>
       </c>
       <c r="G823" t="s">
         <v>14</v>
       </c>
       <c r="H823" t="s">
         <v>4121</v>
       </c>
       <c r="I823">
         <v>10</v>
       </c>
       <c r="J823" t="s">
         <v>16</v>
       </c>
       <c r="K823" t="s">
         <v>4122</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" t="s">
         <v>4123</v>
       </c>
       <c r="B824" t="s">
         <v>4124</v>
       </c>
       <c r="C824" t="s">
         <v>4125</v>
       </c>
       <c r="D824">
-        <v>12.72</v>
+        <v>24.06</v>
+      </c>
+      <c r="E824">
+        <v>24.76</v>
+      </c>
+      <c r="F824" s="1">
+        <v>46112</v>
       </c>
       <c r="G824" t="s">
         <v>14</v>
       </c>
       <c r="H824" t="s">
         <v>4126</v>
       </c>
       <c r="I824">
         <v>10</v>
       </c>
       <c r="J824" t="s">
         <v>16</v>
       </c>
       <c r="K824" t="s">
         <v>4127</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" t="s">
         <v>4128</v>
       </c>
       <c r="B825" t="s">
         <v>4129</v>
       </c>
       <c r="C825" t="s">
         <v>4130</v>
       </c>
       <c r="D825">
-        <v>24.06</v>
+        <v>25.23</v>
+      </c>
+      <c r="E825">
+        <v>25.98</v>
+      </c>
+      <c r="F825" s="1">
+        <v>46112</v>
       </c>
       <c r="G825" t="s">
         <v>14</v>
       </c>
       <c r="H825" t="s">
         <v>4131</v>
       </c>
       <c r="I825">
         <v>10</v>
       </c>
       <c r="J825" t="s">
         <v>16</v>
       </c>
       <c r="K825" t="s">
         <v>4132</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" t="s">
         <v>4133</v>
       </c>
       <c r="B826" t="s">
         <v>4134</v>
       </c>
       <c r="C826" t="s">
         <v>4135</v>
       </c>
       <c r="D826">
         <v>25.23</v>
       </c>
+      <c r="E826">
+        <v>25.98</v>
+      </c>
+      <c r="F826" s="1">
+        <v>46112</v>
+      </c>
       <c r="G826" t="s">
         <v>14</v>
       </c>
       <c r="H826" t="s">
         <v>4136</v>
       </c>
       <c r="I826">
         <v>10</v>
       </c>
       <c r="J826" t="s">
         <v>16</v>
       </c>
       <c r="K826" t="s">
         <v>4137</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" t="s">
         <v>4138</v>
       </c>
       <c r="B827" t="s">
         <v>4139</v>
       </c>
       <c r="C827" t="s">
         <v>4140</v>
       </c>
       <c r="D827">
         <v>25.23</v>
       </c>
+      <c r="E827">
+        <v>25.98</v>
+      </c>
+      <c r="F827" s="1">
+        <v>46112</v>
+      </c>
       <c r="G827" t="s">
         <v>14</v>
       </c>
       <c r="H827" t="s">
         <v>4141</v>
       </c>
       <c r="I827">
         <v>10</v>
       </c>
       <c r="J827" t="s">
         <v>16</v>
       </c>
       <c r="K827" t="s">
         <v>4142</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" t="s">
         <v>4143</v>
       </c>
       <c r="B828" t="s">
         <v>4144</v>
       </c>
       <c r="C828" t="s">
         <v>4145</v>
       </c>
       <c r="D828">
-        <v>25.23</v>
+        <v>21.12</v>
+      </c>
+      <c r="E828">
+        <v>21.75</v>
+      </c>
+      <c r="F828" s="1">
+        <v>46112</v>
       </c>
       <c r="G828" t="s">
         <v>14</v>
       </c>
       <c r="H828" t="s">
         <v>4146</v>
       </c>
       <c r="I828">
         <v>10</v>
       </c>
       <c r="J828" t="s">
         <v>16</v>
       </c>
       <c r="K828" t="s">
         <v>4147</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" t="s">
         <v>4148</v>
       </c>
       <c r="B829" t="s">
         <v>4149</v>
       </c>
       <c r="C829" t="s">
         <v>4150</v>
       </c>
       <c r="D829">
         <v>21.12</v>
       </c>
+      <c r="E829">
+        <v>21.75</v>
+      </c>
+      <c r="F829" s="1">
+        <v>46112</v>
+      </c>
       <c r="G829" t="s">
         <v>14</v>
       </c>
       <c r="H829" t="s">
         <v>4151</v>
       </c>
       <c r="I829">
         <v>10</v>
       </c>
       <c r="J829" t="s">
         <v>16</v>
       </c>
       <c r="K829" t="s">
         <v>4152</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" t="s">
         <v>4153</v>
       </c>
       <c r="B830" t="s">
         <v>4154</v>
       </c>
       <c r="C830" t="s">
         <v>4155</v>
       </c>
       <c r="D830">
-        <v>21.12</v>
+        <v>40.22</v>
+      </c>
+      <c r="E830">
+        <v>41.44</v>
+      </c>
+      <c r="F830" s="1">
+        <v>46112</v>
       </c>
       <c r="G830" t="s">
         <v>14</v>
       </c>
       <c r="H830" t="s">
         <v>4156</v>
       </c>
       <c r="I830">
         <v>10</v>
       </c>
       <c r="J830" t="s">
         <v>16</v>
       </c>
       <c r="K830" t="s">
         <v>4157</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" t="s">
         <v>4158</v>
       </c>
       <c r="B831" t="s">
         <v>4159</v>
       </c>
       <c r="C831" t="s">
         <v>4160</v>
       </c>
       <c r="D831">
-        <v>40.22</v>
+        <v>21.12</v>
+      </c>
+      <c r="E831">
+        <v>21.75</v>
+      </c>
+      <c r="F831" s="1">
+        <v>46112</v>
       </c>
       <c r="G831" t="s">
         <v>14</v>
       </c>
       <c r="H831" t="s">
         <v>4161</v>
       </c>
       <c r="I831">
         <v>10</v>
       </c>
       <c r="J831" t="s">
         <v>16</v>
       </c>
       <c r="K831" t="s">
         <v>4162</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" t="s">
         <v>4163</v>
       </c>
       <c r="B832" t="s">
         <v>4164</v>
       </c>
       <c r="C832" t="s">
         <v>4165</v>
       </c>
       <c r="D832">
-        <v>21.12</v>
+        <v>40.22</v>
+      </c>
+      <c r="E832">
+        <v>41.44</v>
+      </c>
+      <c r="F832" s="1">
+        <v>46112</v>
       </c>
       <c r="G832" t="s">
         <v>14</v>
       </c>
       <c r="H832" t="s">
         <v>4166</v>
       </c>
       <c r="I832">
         <v>10</v>
       </c>
       <c r="J832" t="s">
         <v>16</v>
       </c>
       <c r="K832" t="s">
         <v>4167</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" t="s">
         <v>4168</v>
       </c>
       <c r="B833" t="s">
         <v>4169</v>
       </c>
       <c r="C833" t="s">
         <v>4170</v>
       </c>
       <c r="D833">
-        <v>40.22</v>
+        <v>21.12</v>
+      </c>
+      <c r="E833">
+        <v>21.75</v>
+      </c>
+      <c r="F833" s="1">
+        <v>46112</v>
       </c>
       <c r="G833" t="s">
         <v>14</v>
       </c>
       <c r="H833" t="s">
         <v>4171</v>
       </c>
       <c r="I833">
         <v>10</v>
       </c>
       <c r="J833" t="s">
         <v>16</v>
       </c>
       <c r="K833" t="s">
         <v>4172</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" t="s">
         <v>4173</v>
       </c>
       <c r="B834" t="s">
         <v>4174</v>
       </c>
       <c r="C834" t="s">
         <v>4175</v>
       </c>
       <c r="D834">
-        <v>21.12</v>
+        <v>34.4</v>
+      </c>
+      <c r="E834">
+        <v>34.4</v>
+      </c>
+      <c r="F834" s="1">
+        <v>46112</v>
       </c>
       <c r="G834" t="s">
         <v>14</v>
       </c>
       <c r="H834" t="s">
         <v>4176</v>
       </c>
       <c r="I834">
         <v>10</v>
       </c>
       <c r="J834" t="s">
         <v>16</v>
       </c>
       <c r="K834" t="s">
         <v>4177</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" t="s">
         <v>4178</v>
       </c>
       <c r="B835" t="s">
         <v>4179</v>
       </c>
       <c r="C835" t="s">
         <v>4180</v>
       </c>
       <c r="D835">
-        <v>34.4</v>
+        <v>21.12</v>
+      </c>
+      <c r="E835">
+        <v>21.75</v>
+      </c>
+      <c r="F835" s="1">
+        <v>46112</v>
       </c>
       <c r="G835" t="s">
         <v>14</v>
       </c>
       <c r="H835" t="s">
         <v>4181</v>
       </c>
       <c r="I835">
         <v>10</v>
       </c>
       <c r="J835" t="s">
         <v>16</v>
       </c>
       <c r="K835" t="s">
         <v>4182</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" t="s">
         <v>4183</v>
       </c>
       <c r="B836" t="s">
         <v>4184</v>
       </c>
       <c r="C836" t="s">
         <v>4185</v>
       </c>
       <c r="D836">
-        <v>21.12</v>
+        <v>40.22</v>
+      </c>
+      <c r="E836">
+        <v>41.44</v>
+      </c>
+      <c r="F836" s="1">
+        <v>46112</v>
       </c>
       <c r="G836" t="s">
         <v>14</v>
       </c>
       <c r="H836" t="s">
         <v>4186</v>
       </c>
       <c r="I836">
         <v>10</v>
       </c>
       <c r="J836" t="s">
         <v>16</v>
       </c>
       <c r="K836" t="s">
         <v>4187</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" t="s">
         <v>4188</v>
       </c>
       <c r="B837" t="s">
         <v>4189</v>
       </c>
       <c r="C837" t="s">
         <v>4190</v>
       </c>
       <c r="D837">
-        <v>40.22</v>
+        <v>26.24</v>
+      </c>
+      <c r="E837">
+        <v>27.04</v>
+      </c>
+      <c r="F837" s="1">
+        <v>46112</v>
       </c>
       <c r="G837" t="s">
         <v>14</v>
       </c>
       <c r="H837" t="s">
         <v>4191</v>
       </c>
       <c r="I837">
         <v>10</v>
       </c>
       <c r="J837" t="s">
         <v>16</v>
       </c>
       <c r="K837" t="s">
         <v>4192</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" t="s">
         <v>4193</v>
       </c>
       <c r="B838" t="s">
         <v>4194</v>
       </c>
       <c r="C838" t="s">
         <v>4195</v>
       </c>
       <c r="D838">
-        <v>26.24</v>
+        <v>25.5</v>
+      </c>
+      <c r="E838">
+        <v>25.5</v>
+      </c>
+      <c r="F838" s="1">
+        <v>46112</v>
       </c>
       <c r="G838" t="s">
         <v>14</v>
       </c>
       <c r="H838" t="s">
         <v>4196</v>
       </c>
       <c r="I838">
         <v>10</v>
       </c>
       <c r="J838" t="s">
         <v>16</v>
       </c>
       <c r="K838" t="s">
         <v>4197</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" t="s">
         <v>4198</v>
       </c>
       <c r="B839" t="s">
         <v>4199</v>
       </c>
       <c r="C839" t="s">
         <v>4200</v>
       </c>
       <c r="D839">
-        <v>25.5</v>
+        <v>24.79</v>
+      </c>
+      <c r="E839">
+        <v>25.53</v>
+      </c>
+      <c r="F839" s="1">
+        <v>46112</v>
       </c>
       <c r="G839" t="s">
         <v>14</v>
       </c>
       <c r="H839" t="s">
         <v>4201</v>
       </c>
       <c r="I839">
         <v>10</v>
       </c>
       <c r="J839" t="s">
         <v>16</v>
       </c>
       <c r="K839" t="s">
         <v>4202</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" t="s">
         <v>4203</v>
       </c>
       <c r="B840" t="s">
         <v>4204</v>
       </c>
       <c r="C840" t="s">
         <v>4205</v>
       </c>
       <c r="D840">
         <v>24.79</v>
       </c>
+      <c r="E840">
+        <v>25.53</v>
+      </c>
+      <c r="F840" s="1">
+        <v>46112</v>
+      </c>
       <c r="G840" t="s">
         <v>14</v>
       </c>
       <c r="H840" t="s">
         <v>4206</v>
       </c>
       <c r="I840">
         <v>10</v>
       </c>
       <c r="J840" t="s">
         <v>16</v>
       </c>
       <c r="K840" t="s">
         <v>4207</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" t="s">
         <v>4208</v>
       </c>
       <c r="B841" t="s">
         <v>4209</v>
       </c>
       <c r="C841" t="s">
         <v>4210</v>
       </c>
       <c r="D841">
         <v>24.79</v>
       </c>
+      <c r="E841">
+        <v>25.53</v>
+      </c>
+      <c r="F841" s="1">
+        <v>46112</v>
+      </c>
       <c r="G841" t="s">
         <v>14</v>
       </c>
       <c r="H841" t="s">
         <v>4211</v>
       </c>
       <c r="I841">
         <v>10</v>
       </c>
       <c r="J841" t="s">
         <v>16</v>
       </c>
       <c r="K841" t="s">
         <v>4212</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" t="s">
         <v>4213</v>
       </c>
       <c r="B842" t="s">
         <v>4214</v>
       </c>
       <c r="C842" t="s">
         <v>4215</v>
       </c>
       <c r="D842">
         <v>24.79</v>
       </c>
+      <c r="E842">
+        <v>25.53</v>
+      </c>
+      <c r="F842" s="1">
+        <v>46112</v>
+      </c>
       <c r="G842" t="s">
         <v>14</v>
       </c>
       <c r="H842" t="s">
         <v>4216</v>
       </c>
       <c r="I842">
         <v>10</v>
       </c>
       <c r="J842" t="s">
         <v>16</v>
       </c>
       <c r="K842" t="s">
         <v>4217</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" t="s">
         <v>4218</v>
       </c>
       <c r="B843" t="s">
         <v>4219</v>
       </c>
       <c r="C843" t="s">
         <v>4220</v>
       </c>
       <c r="D843">
         <v>24.79</v>
       </c>
+      <c r="E843">
+        <v>25.53</v>
+      </c>
+      <c r="F843" s="1">
+        <v>46112</v>
+      </c>
       <c r="G843" t="s">
         <v>14</v>
       </c>
       <c r="H843" t="s">
         <v>4221</v>
       </c>
       <c r="I843">
         <v>10</v>
       </c>
       <c r="J843" t="s">
         <v>16</v>
       </c>
       <c r="K843" t="s">
         <v>4222</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" t="s">
         <v>4223</v>
       </c>
       <c r="B844" t="s">
         <v>4224</v>
       </c>
       <c r="C844" t="s">
         <v>4225</v>
       </c>
       <c r="D844">
         <v>24.79</v>
       </c>
+      <c r="E844">
+        <v>25.53</v>
+      </c>
+      <c r="F844" s="1">
+        <v>46112</v>
+      </c>
       <c r="G844" t="s">
         <v>14</v>
       </c>
       <c r="H844" t="s">
         <v>4226</v>
       </c>
       <c r="I844">
         <v>10</v>
       </c>
       <c r="J844" t="s">
         <v>16</v>
       </c>
       <c r="K844" t="s">
         <v>4227</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" t="s">
         <v>4228</v>
       </c>
       <c r="B845" t="s">
         <v>4229</v>
       </c>
       <c r="C845" t="s">
         <v>4230</v>
       </c>
       <c r="D845">
         <v>24.79</v>
       </c>
+      <c r="E845">
+        <v>25.53</v>
+      </c>
+      <c r="F845" s="1">
+        <v>46112</v>
+      </c>
       <c r="G845" t="s">
         <v>14</v>
       </c>
       <c r="H845" t="s">
         <v>4231</v>
       </c>
       <c r="I845">
         <v>10</v>
       </c>
       <c r="J845" t="s">
         <v>16</v>
       </c>
       <c r="K845" t="s">
         <v>4232</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" t="s">
         <v>4233</v>
       </c>
       <c r="B846" t="s">
         <v>4234</v>
       </c>
       <c r="C846" t="s">
         <v>4235</v>
       </c>
       <c r="D846">
         <v>24.79</v>
       </c>
+      <c r="E846">
+        <v>25.53</v>
+      </c>
+      <c r="F846" s="1">
+        <v>46112</v>
+      </c>
       <c r="G846" t="s">
         <v>14</v>
       </c>
       <c r="H846" t="s">
         <v>4236</v>
       </c>
       <c r="I846">
         <v>10</v>
       </c>
       <c r="J846" t="s">
         <v>16</v>
       </c>
       <c r="K846" t="s">
         <v>4237</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" t="s">
         <v>4238</v>
       </c>
       <c r="B847" t="s">
         <v>4239</v>
       </c>
       <c r="C847" t="s">
         <v>4240</v>
       </c>
       <c r="D847">
-        <v>24.79</v>
+        <v>30.78</v>
+      </c>
+      <c r="E847">
+        <v>31.68</v>
+      </c>
+      <c r="F847" s="1">
+        <v>46112</v>
       </c>
       <c r="G847" t="s">
         <v>14</v>
       </c>
       <c r="H847" t="s">
         <v>4241</v>
       </c>
       <c r="I847">
         <v>10</v>
       </c>
       <c r="J847" t="s">
         <v>16</v>
       </c>
       <c r="K847" t="s">
         <v>4242</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" t="s">
         <v>4243</v>
       </c>
       <c r="B848" t="s">
         <v>4244</v>
       </c>
       <c r="C848" t="s">
         <v>4245</v>
       </c>
       <c r="D848">
-        <v>30.78</v>
+        <v>21.05</v>
+      </c>
+      <c r="E848">
+        <v>21.69</v>
+      </c>
+      <c r="F848" s="1">
+        <v>46112</v>
       </c>
       <c r="G848" t="s">
         <v>14</v>
       </c>
       <c r="H848" t="s">
         <v>4246</v>
       </c>
       <c r="I848">
         <v>10</v>
       </c>
       <c r="J848" t="s">
         <v>16</v>
       </c>
       <c r="K848" t="s">
         <v>4247</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" t="s">
         <v>4248</v>
       </c>
       <c r="B849" t="s">
         <v>4249</v>
       </c>
       <c r="C849" t="s">
         <v>4250</v>
       </c>
       <c r="D849">
         <v>21.05</v>
       </c>
+      <c r="E849">
+        <v>21.69</v>
+      </c>
+      <c r="F849" s="1">
+        <v>46112</v>
+      </c>
       <c r="G849" t="s">
         <v>14</v>
       </c>
       <c r="H849" t="s">
         <v>4251</v>
       </c>
       <c r="I849">
         <v>10</v>
       </c>
       <c r="J849" t="s">
         <v>16</v>
       </c>
       <c r="K849" t="s">
         <v>4252</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" t="s">
         <v>4253</v>
       </c>
       <c r="B850" t="s">
         <v>4254</v>
       </c>
       <c r="C850" t="s">
         <v>4255</v>
       </c>
       <c r="D850">
         <v>21.05</v>
       </c>
+      <c r="E850">
+        <v>21.69</v>
+      </c>
+      <c r="F850" s="1">
+        <v>46112</v>
+      </c>
       <c r="G850" t="s">
         <v>14</v>
       </c>
       <c r="H850" t="s">
         <v>4256</v>
       </c>
       <c r="I850">
         <v>10</v>
       </c>
       <c r="J850" t="s">
         <v>16</v>
       </c>
       <c r="K850" t="s">
         <v>4257</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" t="s">
         <v>4258</v>
       </c>
       <c r="B851" t="s">
         <v>4259</v>
       </c>
       <c r="C851" t="s">
         <v>4260</v>
       </c>
       <c r="D851">
         <v>21.05</v>
       </c>
+      <c r="E851">
+        <v>21.69</v>
+      </c>
+      <c r="F851" s="1">
+        <v>46112</v>
+      </c>
       <c r="G851" t="s">
         <v>14</v>
       </c>
       <c r="H851" t="s">
         <v>4261</v>
       </c>
       <c r="I851">
         <v>10</v>
       </c>
       <c r="J851" t="s">
         <v>16</v>
       </c>
       <c r="K851" t="s">
         <v>4262</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" t="s">
         <v>4263</v>
       </c>
       <c r="B852" t="s">
         <v>4264</v>
       </c>
       <c r="C852" t="s">
         <v>4265</v>
       </c>
       <c r="D852">
         <v>21.05</v>
       </c>
+      <c r="E852">
+        <v>21.69</v>
+      </c>
+      <c r="F852" s="1">
+        <v>46112</v>
+      </c>
       <c r="G852" t="s">
         <v>14</v>
       </c>
       <c r="H852" t="s">
         <v>4266</v>
       </c>
       <c r="I852">
         <v>10</v>
       </c>
       <c r="J852" t="s">
         <v>16</v>
       </c>
       <c r="K852" t="s">
         <v>4267</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" t="s">
         <v>4268</v>
       </c>
       <c r="B853" t="s">
         <v>4269</v>
       </c>
       <c r="C853" t="s">
         <v>4270</v>
       </c>
       <c r="D853">
         <v>21.05</v>
       </c>
+      <c r="E853">
+        <v>21.69</v>
+      </c>
+      <c r="F853" s="1">
+        <v>46112</v>
+      </c>
       <c r="G853" t="s">
         <v>14</v>
       </c>
       <c r="H853" t="s">
         <v>4271</v>
       </c>
       <c r="I853">
         <v>10</v>
       </c>
       <c r="J853" t="s">
         <v>16</v>
       </c>
       <c r="K853" t="s">
         <v>4272</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" t="s">
         <v>4273</v>
       </c>
       <c r="B854" t="s">
         <v>4274</v>
       </c>
       <c r="C854" t="s">
         <v>4275</v>
       </c>
       <c r="D854">
         <v>21.05</v>
       </c>
+      <c r="E854">
+        <v>21.69</v>
+      </c>
+      <c r="F854" s="1">
+        <v>46112</v>
+      </c>
       <c r="G854" t="s">
         <v>14</v>
       </c>
       <c r="H854" t="s">
         <v>4276</v>
       </c>
       <c r="I854">
         <v>10</v>
       </c>
       <c r="J854" t="s">
         <v>16</v>
       </c>
       <c r="K854" t="s">
         <v>4277</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" t="s">
         <v>4278</v>
       </c>
       <c r="B855" t="s">
         <v>4279</v>
       </c>
       <c r="C855" t="s">
         <v>4280</v>
       </c>
       <c r="D855">
-        <v>21.05</v>
+        <v>32.18</v>
+      </c>
+      <c r="E855">
+        <v>32.17</v>
+      </c>
+      <c r="F855" s="1">
+        <v>46112</v>
       </c>
       <c r="G855" t="s">
         <v>14</v>
       </c>
       <c r="H855" t="s">
         <v>4281</v>
       </c>
       <c r="I855">
         <v>10</v>
       </c>
       <c r="J855" t="s">
         <v>16</v>
       </c>
       <c r="K855" t="s">
         <v>4282</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" t="s">
         <v>4283</v>
       </c>
       <c r="B856" t="s">
         <v>4284</v>
       </c>
       <c r="C856" t="s">
         <v>4285</v>
       </c>
       <c r="D856">
-        <v>32.18</v>
+        <v>39.81</v>
+      </c>
+      <c r="E856">
+        <v>40.99</v>
+      </c>
+      <c r="F856" s="1">
+        <v>46112</v>
       </c>
       <c r="G856" t="s">
         <v>14</v>
       </c>
       <c r="H856" t="s">
         <v>4286</v>
       </c>
       <c r="I856">
         <v>10</v>
       </c>
       <c r="J856" t="s">
         <v>16</v>
       </c>
       <c r="K856" t="s">
         <v>4287</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" t="s">
         <v>4288</v>
       </c>
       <c r="B857" t="s">
         <v>4289</v>
       </c>
       <c r="C857" t="s">
         <v>4290</v>
       </c>
       <c r="D857">
-        <v>39.81</v>
+        <v>40.68</v>
+      </c>
+      <c r="E857">
+        <v>41.89</v>
+      </c>
+      <c r="F857" s="1">
+        <v>46112</v>
       </c>
       <c r="G857" t="s">
         <v>14</v>
       </c>
       <c r="H857" t="s">
         <v>4291</v>
       </c>
       <c r="I857">
         <v>10</v>
       </c>
       <c r="J857" t="s">
         <v>16</v>
       </c>
       <c r="K857" t="s">
         <v>4292</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" t="s">
         <v>4293</v>
       </c>
       <c r="B858" t="s">
         <v>4294</v>
       </c>
       <c r="C858" t="s">
         <v>4295</v>
       </c>
       <c r="D858">
         <v>40.68</v>
       </c>
+      <c r="E858">
+        <v>41.89</v>
+      </c>
+      <c r="F858" s="1">
+        <v>46112</v>
+      </c>
       <c r="G858" t="s">
         <v>14</v>
       </c>
       <c r="H858" t="s">
         <v>4296</v>
       </c>
       <c r="I858">
         <v>10</v>
       </c>
       <c r="J858" t="s">
         <v>16</v>
       </c>
       <c r="K858" t="s">
         <v>4297</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" t="s">
         <v>4298</v>
       </c>
       <c r="B859" t="s">
         <v>4299</v>
       </c>
       <c r="C859" t="s">
         <v>4300</v>
       </c>
       <c r="D859">
-        <v>40.68</v>
+        <v>26.1</v>
+      </c>
+      <c r="E859">
+        <v>26.1</v>
+      </c>
+      <c r="F859" s="1">
+        <v>46112</v>
       </c>
       <c r="G859" t="s">
         <v>14</v>
       </c>
       <c r="H859" t="s">
         <v>4301</v>
       </c>
       <c r="I859">
         <v>10</v>
       </c>
       <c r="J859" t="s">
         <v>16</v>
       </c>
       <c r="K859" t="s">
         <v>4302</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" t="s">
         <v>4303</v>
       </c>
       <c r="B860" t="s">
         <v>4304</v>
       </c>
       <c r="C860" t="s">
         <v>4305</v>
       </c>
       <c r="D860">
-        <v>26.1</v>
+        <v>40.68</v>
+      </c>
+      <c r="E860">
+        <v>41.89</v>
+      </c>
+      <c r="F860" s="1">
+        <v>46112</v>
       </c>
       <c r="G860" t="s">
         <v>14</v>
       </c>
       <c r="H860" t="s">
         <v>4306</v>
       </c>
       <c r="I860">
         <v>10</v>
       </c>
       <c r="J860" t="s">
         <v>16</v>
       </c>
       <c r="K860" t="s">
         <v>4307</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" t="s">
         <v>4308</v>
       </c>
       <c r="B861" t="s">
         <v>4309</v>
       </c>
       <c r="C861" t="s">
         <v>4310</v>
       </c>
       <c r="D861">
         <v>40.68</v>
       </c>
+      <c r="E861">
+        <v>41.89</v>
+      </c>
+      <c r="F861" s="1">
+        <v>46112</v>
+      </c>
       <c r="G861" t="s">
         <v>14</v>
       </c>
       <c r="H861" t="s">
         <v>4311</v>
       </c>
       <c r="I861">
         <v>10</v>
       </c>
       <c r="J861" t="s">
         <v>16</v>
       </c>
       <c r="K861" t="s">
         <v>4312</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" t="s">
         <v>4313</v>
       </c>
       <c r="B862" t="s">
         <v>4314</v>
       </c>
       <c r="C862" t="s">
         <v>4315</v>
       </c>
       <c r="D862">
-        <v>40.68</v>
+        <v>13.9</v>
+      </c>
+      <c r="E862">
+        <v>13.9</v>
+      </c>
+      <c r="F862" s="1">
+        <v>46112</v>
       </c>
       <c r="G862" t="s">
         <v>14</v>
       </c>
       <c r="H862" t="s">
         <v>4316</v>
       </c>
       <c r="I862">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="J862" t="s">
         <v>16</v>
       </c>
       <c r="K862" t="s">
         <v>4317</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" t="s">
         <v>4318</v>
       </c>
       <c r="B863" t="s">
         <v>4319</v>
       </c>
       <c r="C863" t="s">
         <v>4320</v>
       </c>
       <c r="D863">
-        <v>13.9</v>
+        <v>3.62</v>
+      </c>
+      <c r="E863">
+        <v>3.62</v>
+      </c>
+      <c r="F863" s="1">
+        <v>46112</v>
       </c>
       <c r="G863" t="s">
         <v>14</v>
       </c>
       <c r="H863" t="s">
         <v>4321</v>
       </c>
       <c r="I863">
         <v>5</v>
       </c>
       <c r="J863" t="s">
         <v>16</v>
       </c>
       <c r="K863" t="s">
         <v>4322</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" t="s">
         <v>4323</v>
       </c>
       <c r="B864" t="s">
         <v>4324</v>
       </c>
       <c r="C864" t="s">
         <v>4325</v>
       </c>
       <c r="D864">
-        <v>3.62</v>
+        <v>25</v>
+      </c>
+      <c r="E864">
+        <v>25</v>
+      </c>
+      <c r="F864" s="1">
+        <v>46112</v>
       </c>
       <c r="G864" t="s">
         <v>14</v>
       </c>
       <c r="H864" t="s">
         <v>4326</v>
       </c>
       <c r="I864">
         <v>5</v>
       </c>
       <c r="J864" t="s">
         <v>16</v>
       </c>
       <c r="K864" t="s">
         <v>4327</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" t="s">
         <v>4328</v>
       </c>
       <c r="B865" t="s">
         <v>4329</v>
       </c>
       <c r="C865" t="s">
         <v>4330</v>
       </c>
       <c r="D865">
-        <v>25</v>
+        <v>3.62</v>
+      </c>
+      <c r="E865">
+        <v>3.62</v>
+      </c>
+      <c r="F865" s="1">
+        <v>46112</v>
       </c>
       <c r="G865" t="s">
         <v>14</v>
       </c>
       <c r="H865" t="s">
         <v>4331</v>
       </c>
       <c r="I865">
         <v>5</v>
       </c>
       <c r="J865" t="s">
         <v>16</v>
       </c>
       <c r="K865" t="s">
         <v>4332</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" t="s">
         <v>4333</v>
       </c>
       <c r="B866" t="s">
         <v>4334</v>
       </c>
       <c r="C866" t="s">
         <v>4335</v>
       </c>
       <c r="D866">
-        <v>3.62</v>
+        <v>26</v>
+      </c>
+      <c r="E866">
+        <v>26</v>
+      </c>
+      <c r="F866" s="1">
+        <v>46112</v>
       </c>
       <c r="G866" t="s">
         <v>14</v>
       </c>
       <c r="H866" t="s">
         <v>4336</v>
       </c>
       <c r="I866">
         <v>5</v>
       </c>
       <c r="J866" t="s">
         <v>16</v>
       </c>
       <c r="K866" t="s">
         <v>4337</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" t="s">
         <v>4338</v>
       </c>
       <c r="B867" t="s">
         <v>4339</v>
       </c>
       <c r="C867" t="s">
         <v>4340</v>
       </c>
       <c r="D867">
-        <v>26</v>
+        <v>8.16</v>
+      </c>
+      <c r="E867">
+        <v>8.16</v>
+      </c>
+      <c r="F867" s="1">
+        <v>46112</v>
       </c>
       <c r="G867" t="s">
         <v>14</v>
       </c>
       <c r="H867" t="s">
         <v>4341</v>
       </c>
       <c r="I867">
         <v>5</v>
       </c>
       <c r="J867" t="s">
         <v>16</v>
       </c>
       <c r="K867" t="s">
         <v>4342</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" t="s">
         <v>4343</v>
       </c>
       <c r="B868" t="s">
         <v>4344</v>
       </c>
       <c r="C868" t="s">
         <v>4345</v>
       </c>
       <c r="D868">
-        <v>8.16</v>
+        <v>8</v>
+      </c>
+      <c r="E868">
+        <v>8</v>
+      </c>
+      <c r="F868" s="1">
+        <v>46112</v>
       </c>
       <c r="G868" t="s">
         <v>14</v>
       </c>
       <c r="H868" t="s">
         <v>4346</v>
       </c>
       <c r="I868">
         <v>5</v>
       </c>
       <c r="J868" t="s">
         <v>16</v>
       </c>
       <c r="K868" t="s">
         <v>4347</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" t="s">
         <v>4348</v>
       </c>
       <c r="B869" t="s">
         <v>4349</v>
       </c>
       <c r="C869" t="s">
         <v>4350</v>
       </c>
       <c r="D869">
-        <v>8</v>
+        <v>8.2</v>
+      </c>
+      <c r="E869">
+        <v>8.2</v>
+      </c>
+      <c r="F869" s="1">
+        <v>46112</v>
       </c>
       <c r="G869" t="s">
         <v>14</v>
       </c>
       <c r="H869" t="s">
         <v>4351</v>
       </c>
       <c r="I869">
         <v>5</v>
       </c>
       <c r="J869" t="s">
         <v>16</v>
       </c>
       <c r="K869" t="s">
         <v>4352</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" t="s">
         <v>4353</v>
       </c>
       <c r="B870" t="s">
         <v>4354</v>
       </c>
       <c r="C870" t="s">
         <v>4355</v>
       </c>
       <c r="D870">
-        <v>8.2</v>
+        <v>14.8</v>
+      </c>
+      <c r="E870">
+        <v>14.8</v>
+      </c>
+      <c r="F870" s="1">
+        <v>46112</v>
       </c>
       <c r="G870" t="s">
         <v>14</v>
       </c>
       <c r="H870" t="s">
         <v>4356</v>
       </c>
       <c r="I870">
         <v>5</v>
       </c>
       <c r="J870" t="s">
         <v>16</v>
       </c>
       <c r="K870" t="s">
         <v>4357</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" t="s">
         <v>4358</v>
       </c>
       <c r="B871" t="s">
         <v>4359</v>
       </c>
       <c r="C871" t="s">
         <v>4360</v>
       </c>
       <c r="D871">
-        <v>14.8</v>
+        <v>23.7</v>
+      </c>
+      <c r="E871">
+        <v>23.7</v>
+      </c>
+      <c r="F871" s="1">
+        <v>46112</v>
       </c>
       <c r="G871" t="s">
         <v>14</v>
       </c>
       <c r="H871" t="s">
         <v>4361</v>
       </c>
       <c r="I871">
         <v>5</v>
       </c>
       <c r="J871" t="s">
         <v>16</v>
       </c>
       <c r="K871" t="s">
         <v>4362</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" t="s">
         <v>4363</v>
       </c>
       <c r="B872" t="s">
         <v>4364</v>
       </c>
       <c r="C872" t="s">
         <v>4365</v>
       </c>
       <c r="D872">
-        <v>23.7</v>
+        <v>25.9</v>
+      </c>
+      <c r="E872">
+        <v>25.9</v>
+      </c>
+      <c r="F872" s="1">
+        <v>46112</v>
       </c>
       <c r="G872" t="s">
         <v>14</v>
       </c>
       <c r="H872" t="s">
         <v>4366</v>
       </c>
       <c r="I872">
         <v>5</v>
       </c>
       <c r="J872" t="s">
         <v>16</v>
       </c>
       <c r="K872" t="s">
         <v>4367</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" t="s">
         <v>4368</v>
       </c>
       <c r="B873" t="s">
         <v>4369</v>
       </c>
       <c r="C873" t="s">
         <v>4370</v>
       </c>
       <c r="D873">
-        <v>25.9</v>
+        <v>30</v>
+      </c>
+      <c r="E873">
+        <v>30</v>
+      </c>
+      <c r="F873" s="1">
+        <v>46112</v>
       </c>
       <c r="G873" t="s">
         <v>14</v>
       </c>
       <c r="H873" t="s">
         <v>4371</v>
       </c>
       <c r="I873">
         <v>5</v>
       </c>
       <c r="J873" t="s">
         <v>16</v>
       </c>
       <c r="K873" t="s">
         <v>4372</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" t="s">
         <v>4373</v>
       </c>
       <c r="B874" t="s">
         <v>4374</v>
       </c>
       <c r="C874" t="s">
         <v>4375</v>
       </c>
       <c r="D874">
-        <v>30</v>
+        <v>9.65</v>
+      </c>
+      <c r="E874">
+        <v>9.94</v>
+      </c>
+      <c r="F874" s="1">
+        <v>46112</v>
       </c>
       <c r="G874" t="s">
         <v>14</v>
       </c>
       <c r="H874" t="s">
         <v>4376</v>
       </c>
       <c r="I874">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="J874" t="s">
         <v>16</v>
       </c>
       <c r="K874" t="s">
         <v>4377</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" t="s">
         <v>4378</v>
       </c>
       <c r="B875" t="s">
         <v>4379</v>
       </c>
       <c r="C875" t="s">
         <v>4380</v>
       </c>
       <c r="D875">
         <v>9.65</v>
       </c>
+      <c r="E875">
+        <v>9.94</v>
+      </c>
+      <c r="F875" s="1">
+        <v>46112</v>
+      </c>
       <c r="G875" t="s">
         <v>14</v>
       </c>
       <c r="H875" t="s">
         <v>4381</v>
       </c>
       <c r="I875">
         <v>10</v>
       </c>
       <c r="J875" t="s">
         <v>16</v>
       </c>
       <c r="K875" t="s">
         <v>4382</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" t="s">
         <v>4383</v>
       </c>
       <c r="B876" t="s">
         <v>4384</v>
       </c>
       <c r="C876" t="s">
         <v>4385</v>
       </c>
       <c r="D876">
-        <v>9.65</v>
+        <v>12.39</v>
+      </c>
+      <c r="E876">
+        <v>12.75</v>
+      </c>
+      <c r="F876" s="1">
+        <v>46112</v>
       </c>
       <c r="G876" t="s">
         <v>14</v>
       </c>
       <c r="H876" t="s">
         <v>4386</v>
       </c>
       <c r="I876">
         <v>10</v>
       </c>
       <c r="J876" t="s">
         <v>16</v>
       </c>
       <c r="K876" t="s">
         <v>4387</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" t="s">
         <v>4388</v>
       </c>
       <c r="B877" t="s">
         <v>4389</v>
       </c>
       <c r="C877" t="s">
         <v>4390</v>
       </c>
       <c r="D877">
-        <v>12.39</v>
+        <v>10.4</v>
+      </c>
+      <c r="E877">
+        <v>10.73</v>
+      </c>
+      <c r="F877" s="1">
+        <v>46112</v>
       </c>
       <c r="G877" t="s">
         <v>14</v>
       </c>
       <c r="H877" t="s">
         <v>4391</v>
       </c>
       <c r="I877">
         <v>10</v>
       </c>
       <c r="J877" t="s">
         <v>16</v>
       </c>
       <c r="K877" t="s">
         <v>4392</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" t="s">
         <v>4393</v>
       </c>
       <c r="B878" t="s">
         <v>4394</v>
       </c>
       <c r="C878" t="s">
         <v>4395</v>
       </c>
       <c r="D878">
-        <v>10.4</v>
+        <v>9.97</v>
+      </c>
+      <c r="E878">
+        <v>10.27</v>
+      </c>
+      <c r="F878" s="1">
+        <v>46112</v>
       </c>
       <c r="G878" t="s">
         <v>14</v>
       </c>
       <c r="H878" t="s">
         <v>4396</v>
       </c>
       <c r="I878">
         <v>10</v>
       </c>
       <c r="J878" t="s">
         <v>16</v>
       </c>
       <c r="K878" t="s">
         <v>4397</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" t="s">
         <v>4398</v>
       </c>
       <c r="B879" t="s">
         <v>4399</v>
       </c>
       <c r="C879" t="s">
         <v>4400</v>
       </c>
       <c r="D879">
-        <v>9.97</v>
+        <v>10.95</v>
+      </c>
+      <c r="E879">
+        <v>11.28</v>
+      </c>
+      <c r="F879" s="1">
+        <v>46112</v>
       </c>
       <c r="G879" t="s">
         <v>14</v>
       </c>
       <c r="H879" t="s">
         <v>4401</v>
       </c>
       <c r="I879">
         <v>10</v>
       </c>
       <c r="J879" t="s">
         <v>16</v>
       </c>
       <c r="K879" t="s">
         <v>4402</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" t="s">
         <v>4403</v>
       </c>
       <c r="B880" t="s">
         <v>4404</v>
       </c>
       <c r="C880" t="s">
         <v>4405</v>
       </c>
       <c r="D880">
-        <v>10.95</v>
+        <v>13.7</v>
+      </c>
+      <c r="E880">
+        <v>14.13</v>
+      </c>
+      <c r="F880" s="1">
+        <v>46112</v>
       </c>
       <c r="G880" t="s">
         <v>14</v>
       </c>
       <c r="H880" t="s">
         <v>4406</v>
       </c>
       <c r="I880">
         <v>10</v>
       </c>
       <c r="J880" t="s">
         <v>16</v>
       </c>
       <c r="K880" t="s">
         <v>4407</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" t="s">
         <v>4408</v>
       </c>
       <c r="B881" t="s">
         <v>4409</v>
       </c>
       <c r="C881" t="s">
         <v>4410</v>
       </c>
       <c r="D881">
-        <v>13.7</v>
+        <v>17.1</v>
+      </c>
+      <c r="E881">
+        <v>17.63</v>
+      </c>
+      <c r="F881" s="1">
+        <v>46112</v>
       </c>
       <c r="G881" t="s">
         <v>14</v>
       </c>
       <c r="H881" t="s">
         <v>4411</v>
       </c>
       <c r="I881">
         <v>10</v>
       </c>
       <c r="J881" t="s">
         <v>16</v>
       </c>
       <c r="K881" t="s">
         <v>4412</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" t="s">
         <v>4413</v>
       </c>
       <c r="B882" t="s">
         <v>4414</v>
       </c>
       <c r="C882" t="s">
         <v>4415</v>
       </c>
       <c r="D882">
-        <v>17.1</v>
+        <v>56.73</v>
+      </c>
+      <c r="E882">
+        <v>58.43</v>
+      </c>
+      <c r="F882" s="1">
+        <v>46112</v>
       </c>
       <c r="G882" t="s">
         <v>14</v>
       </c>
       <c r="H882" t="s">
         <v>4416</v>
       </c>
       <c r="I882">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J882" t="s">
         <v>16</v>
       </c>
       <c r="K882" t="s">
         <v>4417</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" t="s">
         <v>4418</v>
       </c>
       <c r="B883" t="s">
         <v>4419</v>
       </c>
       <c r="C883" t="s">
         <v>4420</v>
       </c>
       <c r="D883">
-        <v>56.73</v>
+        <v>0</v>
       </c>
       <c r="G883" t="s">
         <v>14</v>
       </c>
       <c r="H883" t="s">
         <v>4421</v>
       </c>
       <c r="I883">
         <v>1</v>
       </c>
       <c r="J883" t="s">
         <v>16</v>
       </c>
       <c r="K883" t="s">
         <v>4422</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" t="s">
         <v>4423</v>
       </c>
       <c r="B884" t="s">
         <v>4424</v>
       </c>
       <c r="C884" t="s">
@@ -39227,514 +44493,497 @@
       </c>
       <c r="J884" t="s">
         <v>16</v>
       </c>
       <c r="K884" t="s">
         <v>4427</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" t="s">
         <v>4428</v>
       </c>
       <c r="B885" t="s">
         <v>4429</v>
       </c>
       <c r="C885" t="s">
         <v>4430</v>
       </c>
       <c r="D885">
         <v>0</v>
       </c>
       <c r="G885" t="s">
         <v>14</v>
       </c>
       <c r="H885" t="s">
-        <v>4431</v>
+        <v>4426</v>
       </c>
       <c r="I885">
         <v>1</v>
       </c>
       <c r="J885" t="s">
         <v>16</v>
       </c>
       <c r="K885" t="s">
-        <v>4432</v>
+        <v>4431</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" t="s">
+        <v>4432</v>
+      </c>
+      <c r="B886" t="s">
         <v>4433</v>
       </c>
-      <c r="B886" t="s">
+      <c r="C886" t="s">
         <v>4434</v>
-      </c>
-[...1 lines deleted...]
-        <v>4435</v>
       </c>
       <c r="D886">
         <v>0</v>
       </c>
       <c r="G886" t="s">
         <v>14</v>
       </c>
       <c r="H886" t="s">
-        <v>4431</v>
+        <v>4426</v>
       </c>
       <c r="I886">
         <v>1</v>
       </c>
       <c r="J886" t="s">
         <v>16</v>
       </c>
       <c r="K886" t="s">
-        <v>4436</v>
+        <v>4435</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" t="s">
+        <v>4436</v>
+      </c>
+      <c r="B887" t="s">
         <v>4437</v>
       </c>
-      <c r="B887" t="s">
+      <c r="C887" t="s">
         <v>4438</v>
-      </c>
-[...1 lines deleted...]
-        <v>4439</v>
       </c>
       <c r="D887">
         <v>0</v>
       </c>
       <c r="G887" t="s">
         <v>14</v>
       </c>
       <c r="H887" t="s">
-        <v>4431</v>
+        <v>4426</v>
       </c>
       <c r="I887">
         <v>1</v>
       </c>
       <c r="J887" t="s">
         <v>16</v>
       </c>
       <c r="K887" t="s">
-        <v>4440</v>
+        <v>4439</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" t="s">
+        <v>4440</v>
+      </c>
+      <c r="B888" t="s">
         <v>4441</v>
       </c>
-      <c r="B888" t="s">
+      <c r="C888" t="s">
         <v>4442</v>
-      </c>
-[...1 lines deleted...]
-        <v>4443</v>
       </c>
       <c r="D888">
         <v>0</v>
       </c>
       <c r="G888" t="s">
         <v>14</v>
       </c>
       <c r="H888" t="s">
-        <v>4431</v>
+        <v>4426</v>
       </c>
       <c r="I888">
         <v>1</v>
       </c>
       <c r="J888" t="s">
         <v>16</v>
       </c>
       <c r="K888" t="s">
-        <v>4444</v>
+        <v>4443</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" t="s">
+        <v>4444</v>
+      </c>
+      <c r="B889" t="s">
         <v>4445</v>
       </c>
-      <c r="B889" t="s">
+      <c r="C889" t="s">
         <v>4446</v>
-      </c>
-[...1 lines deleted...]
-        <v>4447</v>
       </c>
       <c r="D889">
         <v>0</v>
       </c>
       <c r="G889" t="s">
         <v>14</v>
       </c>
       <c r="H889" t="s">
-        <v>4431</v>
+        <v>4447</v>
       </c>
       <c r="I889">
         <v>1</v>
       </c>
       <c r="J889" t="s">
         <v>16</v>
       </c>
       <c r="K889" t="s">
         <v>4448</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" t="s">
         <v>4449</v>
       </c>
       <c r="B890" t="s">
         <v>4450</v>
       </c>
       <c r="C890" t="s">
         <v>4451</v>
       </c>
       <c r="D890">
         <v>0</v>
       </c>
       <c r="G890" t="s">
         <v>14</v>
       </c>
       <c r="H890" t="s">
-        <v>4452</v>
+        <v>4426</v>
       </c>
       <c r="I890">
         <v>1</v>
       </c>
       <c r="J890" t="s">
         <v>16</v>
       </c>
       <c r="K890" t="s">
-        <v>4453</v>
+        <v>4452</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" t="s">
+        <v>4453</v>
+      </c>
+      <c r="B891" t="s">
         <v>4454</v>
       </c>
-      <c r="B891" t="s">
+      <c r="C891" t="s">
         <v>4455</v>
-      </c>
-[...1 lines deleted...]
-        <v>4456</v>
       </c>
       <c r="D891">
         <v>0</v>
       </c>
       <c r="G891" t="s">
         <v>14</v>
       </c>
       <c r="H891" t="s">
-        <v>4431</v>
+        <v>4456</v>
       </c>
       <c r="I891">
         <v>1</v>
       </c>
       <c r="J891" t="s">
         <v>16</v>
       </c>
       <c r="K891" t="s">
         <v>4457</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" t="s">
         <v>4458</v>
       </c>
       <c r="B892" t="s">
         <v>4459</v>
       </c>
       <c r="C892" t="s">
         <v>4460</v>
       </c>
       <c r="D892">
         <v>0</v>
       </c>
       <c r="G892" t="s">
         <v>14</v>
       </c>
       <c r="H892" t="s">
-        <v>4461</v>
+        <v>4426</v>
       </c>
       <c r="I892">
         <v>1</v>
       </c>
       <c r="J892" t="s">
         <v>16</v>
       </c>
       <c r="K892" t="s">
-        <v>4462</v>
+        <v>4461</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" t="s">
+        <v>4462</v>
+      </c>
+      <c r="B893" t="s">
         <v>4463</v>
       </c>
-      <c r="B893" t="s">
+      <c r="C893" t="s">
         <v>4464</v>
-      </c>
-[...1 lines deleted...]
-        <v>4465</v>
       </c>
       <c r="D893">
         <v>0</v>
       </c>
       <c r="G893" t="s">
         <v>14</v>
       </c>
       <c r="H893" t="s">
-        <v>4431</v>
+        <v>4426</v>
       </c>
       <c r="I893">
         <v>1</v>
       </c>
       <c r="J893" t="s">
         <v>16</v>
       </c>
       <c r="K893" t="s">
-        <v>4466</v>
+        <v>4465</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" t="s">
+        <v>4466</v>
+      </c>
+      <c r="B894" t="s">
         <v>4467</v>
       </c>
-      <c r="B894" t="s">
+      <c r="C894" t="s">
         <v>4468</v>
-      </c>
-[...1 lines deleted...]
-        <v>4469</v>
       </c>
       <c r="D894">
         <v>0</v>
       </c>
       <c r="G894" t="s">
         <v>14</v>
       </c>
       <c r="H894" t="s">
-        <v>4431</v>
+        <v>4469</v>
       </c>
       <c r="I894">
         <v>1</v>
       </c>
       <c r="J894" t="s">
         <v>16</v>
       </c>
       <c r="K894" t="s">
-        <v>4470</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" t="s">
+        <v>4470</v>
+      </c>
+      <c r="B895" t="s">
         <v>4471</v>
       </c>
-      <c r="B895" t="s">
+      <c r="C895" t="s">
         <v>4472</v>
-      </c>
-[...1 lines deleted...]
-        <v>4473</v>
       </c>
       <c r="D895">
         <v>0</v>
       </c>
       <c r="G895" t="s">
         <v>14</v>
       </c>
       <c r="H895" t="s">
-        <v>4474</v>
+        <v>4426</v>
       </c>
       <c r="I895">
         <v>1</v>
       </c>
       <c r="J895" t="s">
         <v>16</v>
       </c>
-      <c r="K895" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="896">
       <c r="A896" t="s">
+        <v>4473</v>
+      </c>
+      <c r="B896" t="s">
+        <v>4474</v>
+      </c>
+      <c r="C896" t="s">
         <v>4475</v>
-      </c>
-[...4 lines deleted...]
-        <v>4477</v>
       </c>
       <c r="D896">
         <v>0</v>
       </c>
       <c r="G896" t="s">
         <v>14</v>
       </c>
       <c r="H896" t="s">
-        <v>4431</v>
+        <v>4426</v>
       </c>
       <c r="I896">
         <v>1</v>
       </c>
       <c r="J896" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" t="s">
+        <v>4476</v>
+      </c>
+      <c r="B897" t="s">
+        <v>4477</v>
+      </c>
+      <c r="C897" t="s">
         <v>4478</v>
       </c>
-      <c r="B897" t="s">
+      <c r="D897">
+        <v>11.06</v>
+      </c>
+      <c r="E897">
+        <v>11.39</v>
+      </c>
+      <c r="F897" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G897" t="s">
+        <v>14</v>
+      </c>
+      <c r="H897" t="s">
         <v>4479</v>
       </c>
-      <c r="C897" t="s">
+      <c r="I897">
+        <v>10</v>
+      </c>
+      <c r="J897" t="s">
+        <v>16</v>
+      </c>
+      <c r="K897" t="s">
         <v>4480</v>
-      </c>
-[...13 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" t="s">
         <v>4481</v>
       </c>
       <c r="B898" t="s">
         <v>4482</v>
       </c>
       <c r="C898" t="s">
         <v>4483</v>
       </c>
       <c r="D898">
-        <v>11.06</v>
+        <v>0</v>
       </c>
       <c r="G898" t="s">
         <v>14</v>
       </c>
       <c r="H898" t="s">
         <v>4484</v>
       </c>
       <c r="I898">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J898" t="s">
         <v>16</v>
       </c>
       <c r="K898" t="s">
         <v>4485</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" t="s">
         <v>4486</v>
       </c>
       <c r="B899" t="s">
         <v>4487</v>
       </c>
       <c r="C899" t="s">
         <v>4488</v>
       </c>
       <c r="D899">
-        <v>0</v>
+        <v>324.55</v>
       </c>
       <c r="G899" t="s">
         <v>14</v>
       </c>
       <c r="H899" t="s">
-        <v>4489</v>
+        <v>4426</v>
       </c>
       <c r="I899">
         <v>1</v>
       </c>
       <c r="J899" t="s">
         <v>16</v>
       </c>
       <c r="K899" t="s">
-        <v>4490</v>
+        <v>4422</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" t="s">
+        <v>4489</v>
+      </c>
+      <c r="B900" t="s">
+        <v>4490</v>
+      </c>
+      <c r="C900" t="s">
         <v>4491</v>
       </c>
-      <c r="B900" t="s">
+      <c r="D900">
+        <v>48.47</v>
+      </c>
+      <c r="E900">
+        <v>49.91</v>
+      </c>
+      <c r="F900" s="1">
+        <v>46112</v>
+      </c>
+      <c r="G900" t="s">
+        <v>14</v>
+      </c>
+      <c r="H900" t="s">
         <v>4492</v>
       </c>
-      <c r="C900" t="s">
+      <c r="I900">
+        <v>10</v>
+      </c>
+      <c r="J900" t="s">
+        <v>16</v>
+      </c>
+      <c r="K900" t="s">
         <v>4493</v>
-      </c>
-[...45 lines deleted...]
-        <v>4498</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>